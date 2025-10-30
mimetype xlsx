--- v0 (2025-10-06)
+++ v1 (2025-10-30)
@@ -191,77 +191,77 @@
   <si>
     <t>Probing Optical Losses and Dispersion of Fully Guided Waves through Critical Evanescent Coupling</t>
   </si>
   <si>
     <t>Dmitry Permyakov, V. I. Kondratiev, Dmitry Pidgayko, Ivan Sinev, Anton Samusev</t>
   </si>
   <si>
     <t>JETP Letters</t>
   </si>
   <si>
     <t>10.1134/s0021364021120031</t>
   </si>
   <si>
     <t>Scanning Tunneling Microscopy-Induced Light Emission and I(V) Study of Optical Near-Field Properties of Single Plasmonic Nanoantennas</t>
   </si>
   <si>
     <t>Denis V. Lebedev, Vitaliy Shkoldin, Dmitry Permyakov, Lilia N. Dvoretckaia, Andrey Bogdanov, Anton Samusev, Alexander O. Golubok, Ivan Mukhin</t>
   </si>
   <si>
     <t>501-507</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.0c03039</t>
   </si>
   <si>
+    <t>Measuring full complex dispersion of guided modes and surface waves in planar photonic structures</t>
+  </si>
+  <si>
+    <t>Dmitry Permyakov, Dmitry Pidgayko, Ivan Sinev, Anton Samusev</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020096</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031978</t>
+  </si>
+  <si>
     <t>Indirect observation of the light emission in the tunnel junction with metal nanodisk</t>
   </si>
   <si>
     <t>Denis Lebedev, Vitaliy Shkoldin, Alexey Mozharov, Alexander Golubok, Dmitry Permyakov, Anton Samusev, Ivan Mukhin</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020080</t>
   </si>
   <si>
     <t>10.1063/5.0032068</t>
   </si>
   <si>
-    <t>Measuring full complex dispersion of guided modes and surface waves in planar photonic structures</t>
-[...10 lines deleted...]
-  <si>
     <t>Stimulated Raman scattering from Mie-resonant subwavelength nanoparticles</t>
   </si>
   <si>
     <t>Georgiy Zograf, Daniil Ryabov, Pavel Voroshilov, Pavel Tonkaev, Dmitry Permyakov, Yuri Kivshar, Sergey Makarov</t>
   </si>
   <si>
     <t>5786–5791</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.0c01646</t>
   </si>
   <si>
     <t>Steering of Guided Light with Dielectric Nanoantennas</t>
   </si>
   <si>
     <t>Ivan Sinev, Filipp Komissarenko, Ivan Iorsh, Dmitry Permyakov, Anton Samusev, Andrey Bogdanov</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>680-686</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.9b01515</t>
@@ -425,69 +425,69 @@
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>vol. 10(5)</t>
   </si>
   <si>
     <t>799-806</t>
   </si>
   <si>
     <t>10.1002/lpor.201600055</t>
   </si>
   <si>
     <t>From high-Q magnetic dipole scattering to broadband electric field localization by silicon nanoparticle on metal</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Ivan Sinev, Ivan Iorsh, Dmitry Permyakov, Filipp Komissarenko, Ivan Mukhin, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>Conference on Lasers and Electro-Optics (CLEO)</t>
   </si>
   <si>
     <t>10.1364/CLEO_QELS.2016.FM4B.6</t>
   </si>
   <si>
+    <t>Dark-field spectroscopy of whispering gallery mode cavities</t>
+  </si>
+  <si>
+    <t>Ivan Shishkin, Dmitry Permyakov, Kirill Samusev, Anton Samusev, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>2015 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2015.7354828</t>
+  </si>
+  <si>
     <t>Direct measurements of magnetic and electric optical responses from silicon nanoparticles</t>
   </si>
   <si>
     <t>Dmitry Permyakov, Ivan Sinev, Dmitry Markovich, Anton Samusev, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
-    <t>2015 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/DD.2015.7354867</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1109/DD.2015.7354828</t>
   </si>
   <si>
     <t>Silicon NanoDimers for Magnetic and Electric Field Hotspots</t>
   </si>
   <si>
     <t>Dmitry Permyakov, Dmitry Markovich, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>Proc. Frontiers in Optics 2015 San Jose, California</t>
   </si>
   <si>
     <t>10.1364/FIO.2015.FW3E.6</t>
   </si>
   <si>
     <t>Probing magnetic and electric optical responses of silicon nanoparticles</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/1.4919536</t>
   </si>
   <si>
     <t>Magnetic and Electric Hotspots with Silicon Nanodimers</t>
   </si>
@@ -1784,51 +1784,51 @@
       <c r="A34" t="s">
         <v>144</v>
       </c>
       <c r="B34" t="s">
         <v>145</v>
       </c>
       <c r="C34" t="s">
         <v>146</v>
       </c>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34">
         <v>2015</v>
       </c>
       <c r="G34" t="s">
         <v>147</v>
       </c>
       <c r="H34"/>
       <c r="I34"/>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>148</v>
       </c>
       <c r="B35" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="C35" t="s">
         <v>149</v>
       </c>
       <c r="D35">
         <v>106</v>
       </c>
       <c r="E35">
         <v>171110</v>
       </c>
       <c r="F35">
         <v>2015</v>
       </c>
       <c r="G35" t="s">
         <v>150</v>
       </c>
       <c r="H35">
         <v>3.14</v>
       </c>
       <c r="I35">
         <v>1.5</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">