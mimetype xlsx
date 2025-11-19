--- v1 (2025-10-30)
+++ v2 (2025-11-19)
@@ -12,79 +12,91 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Structural colouring and luminescence anisotropy of perovskite thin films via laser-induced periodic surface structure formation</t>
+  </si>
+  <si>
+    <t>Александра Фурасова, Yaroslava Andreeva, Xiaohan Chen, Valeriy Kondratev, Сун Цинхао, Иван Важенин, Evgeniia Stepanidenko, Vyacheslav Goncharov, Sergei Cherevkov, Дмитрий Пермяков, Дмитрий Жирихин, Сергей Макаров</t>
+  </si>
+  <si>
+    <t>Light: Advanced Manufacturing</t>
+  </si>
+  <si>
+    <t>10.37188/lam.2025.062</t>
+  </si>
+  <si>
     <t>Up-Conversion Photoluminescence Reconfiguration in Silicon by Inner Microstructure Control of Hybrid Plasmonic-Semiconductor Nanoparticles</t>
   </si>
   <si>
     <t>Artem Larin, Stephanie Bruyere, Alexandre Nomine, G. M. Maragkakis, Sotiris Psilodimitrakopoulos, Dmitry Permyakov, Thierry Belmonte, Emmanuel Stratakis, Dmitry Zuev</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry Letters</t>
   </si>
   <si>
     <t>12663-12672</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.4c02969</t>
   </si>
   <si>
     <t>Ultra-Low Intensity Light-Driven Ionic Conductivity through a Plasmonic Nanopore</t>
   </si>
   <si>
     <t>Denis V. Lebedev, Nikita V. Vaulin, Polina K. Afonicheva, Alexander A. Vorobyov, Alexey Mozharov, Vladislav A. Sharov, Vladimir Yu. Mikhailovskii, Demid A. Kirilenko, Dmitry Permyakov, Lev Logunov, Yuri D. Ivanov, Ilya I. Ryzhkov, Anton S. Bukatin, Anatoly A. Evstrapov, Sergey Makarov, Ivan Mukhin</t>
   </si>
   <si>
     <t>ACS Applied Nano Materials</t>
   </si>
   <si>
     <t>16172-16181</t>
@@ -191,75 +203,75 @@
   <si>
     <t>Probing Optical Losses and Dispersion of Fully Guided Waves through Critical Evanescent Coupling</t>
   </si>
   <si>
     <t>Dmitry Permyakov, V. I. Kondratiev, Dmitry Pidgayko, Ivan Sinev, Anton Samusev</t>
   </si>
   <si>
     <t>JETP Letters</t>
   </si>
   <si>
     <t>10.1134/s0021364021120031</t>
   </si>
   <si>
     <t>Scanning Tunneling Microscopy-Induced Light Emission and I(V) Study of Optical Near-Field Properties of Single Plasmonic Nanoantennas</t>
   </si>
   <si>
     <t>Denis V. Lebedev, Vitaliy Shkoldin, Dmitry Permyakov, Lilia N. Dvoretckaia, Andrey Bogdanov, Anton Samusev, Alexander O. Golubok, Ivan Mukhin</t>
   </si>
   <si>
     <t>501-507</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.0c03039</t>
   </si>
   <si>
+    <t>Indirect observation of the light emission in the tunnel junction with metal nanodisk</t>
+  </si>
+  <si>
+    <t>Denis Lebedev, Vitaliy Shkoldin, Alexey Mozharov, Alexander Golubok, Dmitry Permyakov, Anton Samusev, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020080</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032068</t>
+  </si>
+  <si>
     <t>Measuring full complex dispersion of guided modes and surface waves in planar photonic structures</t>
   </si>
   <si>
     <t>Dmitry Permyakov, Dmitry Pidgayko, Ivan Sinev, Anton Samusev</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020096</t>
   </si>
   <si>
     <t>10.1063/5.0031978</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1063/5.0032068</t>
   </si>
   <si>
     <t>Stimulated Raman scattering from Mie-resonant subwavelength nanoparticles</t>
   </si>
   <si>
     <t>Georgiy Zograf, Daniil Ryabov, Pavel Voroshilov, Pavel Tonkaev, Dmitry Permyakov, Yuri Kivshar, Sergey Makarov</t>
   </si>
   <si>
     <t>5786–5791</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.0c01646</t>
   </si>
   <si>
     <t>Steering of Guided Light with Dielectric Nanoantennas</t>
   </si>
   <si>
     <t>Ivan Sinev, Filipp Komissarenko, Ivan Iorsh, Dmitry Permyakov, Anton Samusev, Andrey Bogdanov</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>680-686</t>
   </si>
@@ -848,51 +860,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I38"/>
+  <dimension ref="A1:I39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="185.098" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="352.628" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="122.542" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -907,1031 +919,1060 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="E2" t="s">
+        <v>6</v>
+      </c>
+      <c r="E2">
+        <v>1</v>
+      </c>
+      <c r="F2">
+        <v>2025</v>
+      </c>
+      <c r="G2" t="s">
         <v>12</v>
       </c>
-      <c r="F2">
-[...4 lines deleted...]
-      </c>
       <c r="H2">
-        <v>6.71</v>
+        <v>13.3</v>
       </c>
       <c r="I2">
-        <v>2.98</v>
+        <v>3.18</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
         <v>14</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
         <v>16</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="F3">
         <v>2024</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="H3">
-        <v>5.9</v>
+        <v>6.71</v>
       </c>
       <c r="I3">
-        <v>1.19</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" t="s">
         <v>19</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>20</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4">
+        <v>7</v>
+      </c>
+      <c r="E4" t="s">
         <v>21</v>
       </c>
-      <c r="D4"/>
-      <c r="E4"/>
       <c r="F4">
         <v>2024</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>9.93</v>
+        <v>5.9</v>
       </c>
       <c r="I4">
-        <v>2.89</v>
+        <v>1.19</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>23</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
-      <c r="D5">
-[...2 lines deleted...]
-      <c r="E5" t="s">
+      <c r="D5"/>
+      <c r="E5"/>
+      <c r="F5">
+        <v>2024</v>
+      </c>
+      <c r="G5" t="s">
         <v>26</v>
       </c>
-      <c r="F5">
-[...4 lines deleted...]
-      </c>
       <c r="H5">
-        <v>12.26</v>
+        <v>9.93</v>
       </c>
       <c r="I5">
-        <v>3.76</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B6" t="s">
         <v>28</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>29</v>
       </c>
-      <c r="C6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6">
         <v>2023</v>
       </c>
       <c r="G6" t="s">
         <v>31</v>
       </c>
       <c r="H6">
-        <v>6.89</v>
+        <v>12.26</v>
       </c>
       <c r="I6">
-        <v>1.85</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
         <v>33</v>
       </c>
       <c r="C7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7">
+        <v>14</v>
+      </c>
+      <c r="E7" t="s">
         <v>34</v>
       </c>
-      <c r="D7">
-[...2 lines deleted...]
-      <c r="E7" t="s">
+      <c r="F7">
+        <v>2023</v>
+      </c>
+      <c r="G7" t="s">
         <v>35</v>
       </c>
-      <c r="F7">
-[...4 lines deleted...]
-      </c>
       <c r="H7">
-        <v>0.27</v>
+        <v>6.89</v>
       </c>
       <c r="I7">
-        <v>0.13</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" t="s">
         <v>37</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>38</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8">
+        <v>16</v>
+      </c>
+      <c r="E8" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="F8">
         <v>2022</v>
       </c>
       <c r="G8" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="H8">
         <v>0.27</v>
       </c>
       <c r="I8">
         <v>0.13</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>41</v>
+      </c>
+      <c r="B9" t="s">
         <v>42</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>43</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E9" t="s">
         <v>44</v>
       </c>
       <c r="F9">
         <v>2022</v>
       </c>
       <c r="G9" t="s">
         <v>45</v>
       </c>
       <c r="H9">
-        <v>6.71</v>
+        <v>0.27</v>
       </c>
       <c r="I9">
-        <v>2.98</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>46</v>
       </c>
       <c r="B10" t="s">
         <v>47</v>
       </c>
       <c r="C10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
         <v>48</v>
       </c>
-      <c r="D10">
-[...2 lines deleted...]
-      <c r="E10" t="s">
+      <c r="F10">
+        <v>2022</v>
+      </c>
+      <c r="G10" t="s">
         <v>49</v>
       </c>
-      <c r="F10">
-[...5 lines deleted...]
-      <c r="H10"/>
+      <c r="H10">
+        <v>6.71</v>
+      </c>
       <c r="I10">
-        <v>0.21</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>50</v>
+      </c>
+      <c r="B11" t="s">
         <v>51</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>52</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11">
+        <v>2015</v>
+      </c>
+      <c r="E11" t="s">
         <v>53</v>
       </c>
-      <c r="D11"/>
-      <c r="E11"/>
       <c r="F11">
         <v>2021</v>
       </c>
       <c r="G11" t="s">
         <v>54</v>
       </c>
-      <c r="H11">
-[...1 lines deleted...]
-      </c>
+      <c r="H11"/>
       <c r="I11">
-        <v>0.42</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>55</v>
       </c>
       <c r="B12" t="s">
         <v>56</v>
       </c>
       <c r="C12" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="D12"/>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E12"/>
       <c r="F12">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G12" t="s">
         <v>58</v>
       </c>
       <c r="H12">
-        <v>6.71</v>
+        <v>1.4</v>
       </c>
       <c r="I12">
-        <v>2.98</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>59</v>
       </c>
       <c r="B13" t="s">
         <v>60</v>
       </c>
       <c r="C13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13"/>
+      <c r="E13" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
       <c r="F13">
         <v>2020</v>
       </c>
       <c r="G13" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="H13"/>
+        <v>62</v>
+      </c>
+      <c r="H13">
+        <v>6.71</v>
+      </c>
       <c r="I13">
-        <v>0.19</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>63</v>
+      </c>
+      <c r="B14" t="s">
         <v>64</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="D14">
         <v>2300</v>
       </c>
       <c r="E14" t="s">
         <v>66</v>
       </c>
       <c r="F14">
         <v>2020</v>
       </c>
       <c r="G14" t="s">
         <v>67</v>
       </c>
       <c r="H14"/>
       <c r="I14">
         <v>0.19</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>68</v>
       </c>
       <c r="B15" t="s">
         <v>69</v>
       </c>
       <c r="C15" t="s">
-        <v>25</v>
+        <v>65</v>
       </c>
       <c r="D15">
-        <v>20</v>
+        <v>2300</v>
       </c>
       <c r="E15" t="s">
         <v>70</v>
       </c>
       <c r="F15">
         <v>2020</v>
       </c>
       <c r="G15" t="s">
         <v>71</v>
       </c>
-      <c r="H15">
-[...1 lines deleted...]
-      </c>
+      <c r="H15"/>
       <c r="I15">
-        <v>4.85</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>72</v>
       </c>
       <c r="B16" t="s">
         <v>73</v>
       </c>
       <c r="C16" t="s">
+        <v>29</v>
+      </c>
+      <c r="D16">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
       <c r="F16">
         <v>2020</v>
       </c>
       <c r="G16" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="H16">
-        <v>7.53</v>
+        <v>11.19</v>
       </c>
       <c r="I16">
-        <v>2.74</v>
+        <v>4.85</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>76</v>
+      </c>
+      <c r="B17" t="s">
         <v>77</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>78</v>
       </c>
-      <c r="C17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D17">
-        <v>1410</v>
+        <v>7</v>
       </c>
       <c r="E17" t="s">
         <v>79</v>
       </c>
       <c r="F17">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G17" t="s">
         <v>80</v>
       </c>
-      <c r="H17"/>
+      <c r="H17">
+        <v>7.53</v>
+      </c>
       <c r="I17">
-        <v>0.21</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>81</v>
       </c>
       <c r="B18" t="s">
         <v>82</v>
       </c>
       <c r="C18" t="s">
+        <v>52</v>
+      </c>
+      <c r="D18">
+        <v>1410</v>
+      </c>
+      <c r="E18" t="s">
         <v>83</v>
       </c>
-      <c r="D18"/>
-      <c r="E18"/>
       <c r="F18">
         <v>2019</v>
       </c>
       <c r="G18" t="s">
         <v>84</v>
       </c>
       <c r="H18"/>
-      <c r="I18"/>
+      <c r="I18">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>85</v>
       </c>
       <c r="B19" t="s">
         <v>86</v>
       </c>
       <c r="C19" t="s">
         <v>87</v>
       </c>
-      <c r="D19">
-[...4 lines deleted...]
-      </c>
+      <c r="D19"/>
+      <c r="E19"/>
       <c r="F19">
         <v>2019</v>
       </c>
       <c r="G19" t="s">
         <v>88</v>
       </c>
-      <c r="H19">
-[...4 lines deleted...]
-      </c>
+      <c r="H19"/>
+      <c r="I19"/>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>89</v>
       </c>
       <c r="B20" t="s">
         <v>90</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>91</v>
       </c>
       <c r="D20">
-        <v>1199</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>14</v>
+      </c>
+      <c r="E20">
+        <v>1900607</v>
       </c>
       <c r="F20">
         <v>2019</v>
       </c>
       <c r="G20" t="s">
         <v>92</v>
       </c>
-      <c r="H20"/>
+      <c r="H20">
+        <v>3.73</v>
+      </c>
       <c r="I20">
-        <v>0.22</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>93</v>
       </c>
       <c r="B21" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C21" t="s">
-        <v>94</v>
+        <v>52</v>
       </c>
       <c r="D21">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>8813</v>
+        <v>1199</v>
+      </c>
+      <c r="E21" t="s">
+        <v>95</v>
       </c>
       <c r="F21">
         <v>2019</v>
       </c>
       <c r="G21" t="s">
-        <v>95</v>
-[...3 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="H21"/>
       <c r="I21">
-        <v>1.48</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B22" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="C22" t="s">
-        <v>48</v>
+        <v>98</v>
       </c>
       <c r="D22">
-        <v>1124</v>
+        <v>123</v>
       </c>
       <c r="E22">
-        <v>41018</v>
+        <v>8813</v>
       </c>
       <c r="F22">
         <v>2019</v>
       </c>
       <c r="G22" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="H22"/>
+        <v>99</v>
+      </c>
+      <c r="H22">
+        <v>4.19</v>
+      </c>
       <c r="I22">
-        <v>0.22</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B23" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C23" t="s">
-        <v>74</v>
+        <v>52</v>
       </c>
       <c r="D23">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>101</v>
+        <v>1124</v>
+      </c>
+      <c r="E23">
+        <v>41018</v>
       </c>
       <c r="F23">
         <v>2019</v>
       </c>
       <c r="G23" t="s">
         <v>102</v>
       </c>
-      <c r="H23">
-[...1 lines deleted...]
-      </c>
+      <c r="H23"/>
       <c r="I23">
-        <v>2.97</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>103</v>
       </c>
       <c r="B24" t="s">
         <v>104</v>
       </c>
       <c r="C24" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="D24">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>12116</v>
+        <v>6</v>
+      </c>
+      <c r="E24" t="s">
+        <v>105</v>
       </c>
       <c r="F24">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G24" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="H24"/>
+        <v>106</v>
+      </c>
+      <c r="H24">
+        <v>6.86</v>
+      </c>
       <c r="I24">
-        <v>0.24</v>
+        <v>2.97</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B25" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C25" t="s">
-        <v>108</v>
+        <v>52</v>
       </c>
       <c r="D25">
-        <v>8</v>
+        <v>1092</v>
       </c>
       <c r="E25">
-        <v>14135</v>
+        <v>12116</v>
       </c>
       <c r="F25">
         <v>2018</v>
       </c>
       <c r="G25" t="s">
         <v>109</v>
       </c>
-      <c r="H25">
-[...1 lines deleted...]
-      </c>
+      <c r="H25"/>
       <c r="I25">
-        <v>1.41</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>110</v>
       </c>
       <c r="B26" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C26" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D26">
-        <v>10671</v>
+        <v>8</v>
       </c>
       <c r="E26">
-        <v>1067118</v>
+        <v>14135</v>
       </c>
       <c r="F26">
         <v>2018</v>
       </c>
       <c r="G26" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="H26"/>
+        <v>113</v>
+      </c>
+      <c r="H26">
+        <v>4.01</v>
+      </c>
       <c r="I26">
-        <v>0.23</v>
+        <v>1.41</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B27" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="C27" t="s">
         <v>115</v>
       </c>
       <c r="D27">
-        <v>107</v>
+        <v>10671</v>
       </c>
       <c r="E27">
-        <v>43070</v>
+        <v>1067118</v>
       </c>
       <c r="F27">
         <v>2018</v>
       </c>
       <c r="G27" t="s">
         <v>116</v>
       </c>
       <c r="H27"/>
-      <c r="I27"/>
+      <c r="I27">
+        <v>0.23</v>
+      </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>117</v>
       </c>
       <c r="B28" t="s">
         <v>118</v>
       </c>
       <c r="C28" t="s">
         <v>119</v>
       </c>
       <c r="D28">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="E28" t="s">
+        <v>107</v>
+      </c>
+      <c r="E28">
+        <v>43070</v>
+      </c>
+      <c r="F28">
+        <v>2018</v>
+      </c>
+      <c r="G28" t="s">
         <v>120</v>
       </c>
-      <c r="F28">
-[...10 lines deleted...]
-      </c>
+      <c r="H28"/>
+      <c r="I28"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>121</v>
+      </c>
+      <c r="B29" t="s">
         <v>122</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>123</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29">
+        <v>25</v>
+      </c>
+      <c r="E29" t="s">
         <v>124</v>
       </c>
-      <c r="D29"/>
-      <c r="E29" t="s">
+      <c r="F29">
+        <v>2017</v>
+      </c>
+      <c r="G29" t="s">
         <v>125</v>
       </c>
-      <c r="F29">
-[...6 lines deleted...]
-      <c r="I29"/>
+      <c r="H29">
+        <v>3.36</v>
+      </c>
+      <c r="I29">
+        <v>1.52</v>
+      </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>126</v>
+      </c>
+      <c r="B30" t="s">
         <v>127</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>128</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30"/>
+      <c r="E30" t="s">
         <v>129</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
       <c r="F30">
         <v>2016</v>
       </c>
       <c r="G30" t="s">
-        <v>132</v>
-[...6 lines deleted...]
-      </c>
+        <v>130</v>
+      </c>
+      <c r="H30"/>
+      <c r="I30"/>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>131</v>
+      </c>
+      <c r="B31" t="s">
+        <v>132</v>
+      </c>
+      <c r="C31" t="s">
         <v>133</v>
       </c>
-      <c r="B31" t="s">
+      <c r="D31" t="s">
         <v>134</v>
       </c>
-      <c r="C31" t="s">
+      <c r="E31" t="s">
         <v>135</v>
       </c>
-      <c r="D31"/>
-      <c r="E31"/>
       <c r="F31">
         <v>2016</v>
       </c>
       <c r="G31" t="s">
         <v>136</v>
       </c>
-      <c r="H31"/>
+      <c r="H31">
+        <v>8.43</v>
+      </c>
       <c r="I31">
-        <v>0.1</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>137</v>
       </c>
       <c r="B32" t="s">
         <v>138</v>
       </c>
       <c r="C32" t="s">
         <v>139</v>
       </c>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G32" t="s">
         <v>140</v>
       </c>
       <c r="H32"/>
-      <c r="I32"/>
+      <c r="I32">
+        <v>0.1</v>
+      </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>141</v>
       </c>
       <c r="B33" t="s">
         <v>142</v>
       </c>
       <c r="C33" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33">
         <v>2015</v>
       </c>
       <c r="G33" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="H33"/>
       <c r="I33"/>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B34" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C34" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34">
         <v>2015</v>
       </c>
       <c r="G34" t="s">
         <v>147</v>
       </c>
       <c r="H34"/>
       <c r="I34"/>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>148</v>
       </c>
       <c r="B35" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="C35" t="s">
-        <v>149</v>
-[...6 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="D35"/>
+      <c r="E35"/>
       <c r="F35">
         <v>2015</v>
       </c>
       <c r="G35" t="s">
-        <v>150</v>
-[...6 lines deleted...]
-      </c>
+        <v>151</v>
+      </c>
+      <c r="H35"/>
+      <c r="I35"/>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B36" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="C36" t="s">
-        <v>25</v>
+        <v>153</v>
       </c>
       <c r="D36">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>153</v>
+        <v>106</v>
+      </c>
+      <c r="E36">
+        <v>171110</v>
       </c>
       <c r="F36">
         <v>2015</v>
       </c>
       <c r="G36" t="s">
         <v>154</v>
       </c>
       <c r="H36">
-        <v>13.78</v>
+        <v>3.14</v>
       </c>
       <c r="I36">
-        <v>8.36</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>155</v>
       </c>
       <c r="B37" t="s">
         <v>156</v>
       </c>
       <c r="C37" t="s">
-        <v>53</v>
+        <v>29</v>
       </c>
       <c r="D37">
-        <v>99</v>
+        <v>15</v>
       </c>
       <c r="E37" t="s">
         <v>157</v>
       </c>
       <c r="F37">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G37" t="s">
         <v>158</v>
       </c>
       <c r="H37">
-        <v>1.36</v>
+        <v>13.78</v>
       </c>
       <c r="I37">
-        <v>0.76</v>
+        <v>8.36</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>159</v>
       </c>
       <c r="B38" t="s">
         <v>160</v>
       </c>
       <c r="C38" t="s">
+        <v>57</v>
+      </c>
+      <c r="D38">
+        <v>99</v>
+      </c>
+      <c r="E38" t="s">
         <v>161</v>
       </c>
-      <c r="D38" t="s">
+      <c r="F38">
+        <v>2014</v>
+      </c>
+      <c r="G38" t="s">
         <v>162</v>
       </c>
-      <c r="E38">
+      <c r="H38">
+        <v>1.36</v>
+      </c>
+      <c r="I38">
+        <v>0.76</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39" t="s">
+        <v>163</v>
+      </c>
+      <c r="B39" t="s">
+        <v>164</v>
+      </c>
+      <c r="C39" t="s">
+        <v>165</v>
+      </c>
+      <c r="D39" t="s">
+        <v>166</v>
+      </c>
+      <c r="E39">
         <v>43804</v>
       </c>
-      <c r="F38">
+      <c r="F39">
         <v>2013</v>
       </c>
-      <c r="G38"/>
-[...1 lines deleted...]
-      <c r="I38"/>
+      <c r="G39"/>
+      <c r="H39"/>
+      <c r="I39"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>