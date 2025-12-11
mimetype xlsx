--- v2 (2025-11-19)
+++ v3 (2025-12-11)
@@ -203,77 +203,77 @@
   <si>
     <t>Probing Optical Losses and Dispersion of Fully Guided Waves through Critical Evanescent Coupling</t>
   </si>
   <si>
     <t>Dmitry Permyakov, V. I. Kondratiev, Dmitry Pidgayko, Ivan Sinev, Anton Samusev</t>
   </si>
   <si>
     <t>JETP Letters</t>
   </si>
   <si>
     <t>10.1134/s0021364021120031</t>
   </si>
   <si>
     <t>Scanning Tunneling Microscopy-Induced Light Emission and I(V) Study of Optical Near-Field Properties of Single Plasmonic Nanoantennas</t>
   </si>
   <si>
     <t>Denis V. Lebedev, Vitaliy Shkoldin, Dmitry Permyakov, Lilia N. Dvoretckaia, Andrey Bogdanov, Anton Samusev, Alexander O. Golubok, Ivan Mukhin</t>
   </si>
   <si>
     <t>501-507</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.0c03039</t>
   </si>
   <si>
+    <t>Measuring full complex dispersion of guided modes and surface waves in planar photonic structures</t>
+  </si>
+  <si>
+    <t>Dmitry Permyakov, Dmitry Pidgayko, Ivan Sinev, Anton Samusev</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020096</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031978</t>
+  </si>
+  <si>
     <t>Indirect observation of the light emission in the tunnel junction with metal nanodisk</t>
   </si>
   <si>
     <t>Denis Lebedev, Vitaliy Shkoldin, Alexey Mozharov, Alexander Golubok, Dmitry Permyakov, Anton Samusev, Ivan Mukhin</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020080</t>
   </si>
   <si>
     <t>10.1063/5.0032068</t>
   </si>
   <si>
-    <t>Measuring full complex dispersion of guided modes and surface waves in planar photonic structures</t>
-[...10 lines deleted...]
-  <si>
     <t>Stimulated Raman scattering from Mie-resonant subwavelength nanoparticles</t>
   </si>
   <si>
     <t>Georgiy Zograf, Daniil Ryabov, Pavel Voroshilov, Pavel Tonkaev, Dmitry Permyakov, Yuri Kivshar, Sergey Makarov</t>
   </si>
   <si>
     <t>5786–5791</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.0c01646</t>
   </si>
   <si>
     <t>Steering of Guided Light with Dielectric Nanoantennas</t>
   </si>
   <si>
     <t>Ivan Sinev, Filipp Komissarenko, Ivan Iorsh, Dmitry Permyakov, Anton Samusev, Andrey Bogdanov</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>680-686</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.9b01515</t>
@@ -437,69 +437,69 @@
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>vol. 10(5)</t>
   </si>
   <si>
     <t>799-806</t>
   </si>
   <si>
     <t>10.1002/lpor.201600055</t>
   </si>
   <si>
     <t>From high-Q magnetic dipole scattering to broadband electric field localization by silicon nanoparticle on metal</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Ivan Sinev, Ivan Iorsh, Dmitry Permyakov, Filipp Komissarenko, Ivan Mukhin, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>Conference on Lasers and Electro-Optics (CLEO)</t>
   </si>
   <si>
     <t>10.1364/CLEO_QELS.2016.FM4B.6</t>
   </si>
   <si>
+    <t>Direct measurements of magnetic and electric optical responses from silicon nanoparticles</t>
+  </si>
+  <si>
+    <t>Dmitry Permyakov, Ivan Sinev, Dmitry Markovich, Anton Samusev, Pavel Belov, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>2015 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2015.7354867</t>
+  </si>
+  <si>
     <t>Dark-field spectroscopy of whispering gallery mode cavities</t>
   </si>
   <si>
     <t>Ivan Shishkin, Dmitry Permyakov, Kirill Samusev, Anton Samusev, Andrey Bogdanov</t>
   </si>
   <si>
-    <t>2015 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/DD.2015.7354828</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1109/DD.2015.7354867</t>
   </si>
   <si>
     <t>Silicon NanoDimers for Magnetic and Electric Field Hotspots</t>
   </si>
   <si>
     <t>Dmitry Permyakov, Dmitry Markovich, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>Proc. Frontiers in Optics 2015 San Jose, California</t>
   </si>
   <si>
     <t>10.1364/FIO.2015.FW3E.6</t>
   </si>
   <si>
     <t>Probing magnetic and electric optical responses of silicon nanoparticles</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/1.4919536</t>
   </si>
   <si>
     <t>Magnetic and Electric Hotspots with Silicon Nanodimers</t>
   </si>
@@ -1825,51 +1825,51 @@
       <c r="A35" t="s">
         <v>148</v>
       </c>
       <c r="B35" t="s">
         <v>149</v>
       </c>
       <c r="C35" t="s">
         <v>150</v>
       </c>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35">
         <v>2015</v>
       </c>
       <c r="G35" t="s">
         <v>151</v>
       </c>
       <c r="H35"/>
       <c r="I35"/>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>152</v>
       </c>
       <c r="B36" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="C36" t="s">
         <v>153</v>
       </c>
       <c r="D36">
         <v>106</v>
       </c>
       <c r="E36">
         <v>171110</v>
       </c>
       <c r="F36">
         <v>2015</v>
       </c>
       <c r="G36" t="s">
         <v>154</v>
       </c>
       <c r="H36">
         <v>3.14</v>
       </c>
       <c r="I36">
         <v>1.5</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">