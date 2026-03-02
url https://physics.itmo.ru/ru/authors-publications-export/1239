--- v3 (2025-12-11)
+++ v4 (2026-03-02)
@@ -437,69 +437,69 @@
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>vol. 10(5)</t>
   </si>
   <si>
     <t>799-806</t>
   </si>
   <si>
     <t>10.1002/lpor.201600055</t>
   </si>
   <si>
     <t>From high-Q magnetic dipole scattering to broadband electric field localization by silicon nanoparticle on metal</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Ivan Sinev, Ivan Iorsh, Dmitry Permyakov, Filipp Komissarenko, Ivan Mukhin, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>Conference on Lasers and Electro-Optics (CLEO)</t>
   </si>
   <si>
     <t>10.1364/CLEO_QELS.2016.FM4B.6</t>
   </si>
   <si>
+    <t>Dark-field spectroscopy of whispering gallery mode cavities</t>
+  </si>
+  <si>
+    <t>Ivan Shishkin, Dmitry Permyakov, Kirill Samusev, Anton Samusev, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>2015 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2015.7354828</t>
+  </si>
+  <si>
     <t>Direct measurements of magnetic and electric optical responses from silicon nanoparticles</t>
   </si>
   <si>
     <t>Dmitry Permyakov, Ivan Sinev, Dmitry Markovich, Anton Samusev, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
-    <t>2015 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/DD.2015.7354867</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1109/DD.2015.7354828</t>
   </si>
   <si>
     <t>Silicon NanoDimers for Magnetic and Electric Field Hotspots</t>
   </si>
   <si>
     <t>Dmitry Permyakov, Dmitry Markovich, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>Proc. Frontiers in Optics 2015 San Jose, California</t>
   </si>
   <si>
     <t>10.1364/FIO.2015.FW3E.6</t>
   </si>
   <si>
     <t>Probing magnetic and electric optical responses of silicon nanoparticles</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/1.4919536</t>
   </si>
   <si>
     <t>Magnetic and Electric Hotspots with Silicon Nanodimers</t>
   </si>
@@ -1825,51 +1825,51 @@
       <c r="A35" t="s">
         <v>148</v>
       </c>
       <c r="B35" t="s">
         <v>149</v>
       </c>
       <c r="C35" t="s">
         <v>150</v>
       </c>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35">
         <v>2015</v>
       </c>
       <c r="G35" t="s">
         <v>151</v>
       </c>
       <c r="H35"/>
       <c r="I35"/>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>152</v>
       </c>
       <c r="B36" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="C36" t="s">
         <v>153</v>
       </c>
       <c r="D36">
         <v>106</v>
       </c>
       <c r="E36">
         <v>171110</v>
       </c>
       <c r="F36">
         <v>2015</v>
       </c>
       <c r="G36" t="s">
         <v>154</v>
       </c>
       <c r="H36">
         <v>3.14</v>
       </c>
       <c r="I36">
         <v>1.5</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">