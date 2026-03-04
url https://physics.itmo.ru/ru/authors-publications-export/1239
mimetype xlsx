--- v4 (2026-03-02)
+++ v5 (2026-03-04)
@@ -203,77 +203,77 @@
   <si>
     <t>Probing Optical Losses and Dispersion of Fully Guided Waves through Critical Evanescent Coupling</t>
   </si>
   <si>
     <t>Dmitry Permyakov, V. I. Kondratiev, Dmitry Pidgayko, Ivan Sinev, Anton Samusev</t>
   </si>
   <si>
     <t>JETP Letters</t>
   </si>
   <si>
     <t>10.1134/s0021364021120031</t>
   </si>
   <si>
     <t>Scanning Tunneling Microscopy-Induced Light Emission and I(V) Study of Optical Near-Field Properties of Single Plasmonic Nanoantennas</t>
   </si>
   <si>
     <t>Denis V. Lebedev, Vitaliy Shkoldin, Dmitry Permyakov, Lilia N. Dvoretckaia, Andrey Bogdanov, Anton Samusev, Alexander O. Golubok, Ivan Mukhin</t>
   </si>
   <si>
     <t>501-507</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.0c03039</t>
   </si>
   <si>
+    <t>Indirect observation of the light emission in the tunnel junction with metal nanodisk</t>
+  </si>
+  <si>
+    <t>Denis Lebedev, Vitaliy Shkoldin, Alexey Mozharov, Alexander Golubok, Dmitry Permyakov, Anton Samusev, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020080</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032068</t>
+  </si>
+  <si>
     <t>Measuring full complex dispersion of guided modes and surface waves in planar photonic structures</t>
   </si>
   <si>
     <t>Dmitry Permyakov, Dmitry Pidgayko, Ivan Sinev, Anton Samusev</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020096</t>
   </si>
   <si>
     <t>10.1063/5.0031978</t>
   </si>
   <si>
-    <t>Indirect observation of the light emission in the tunnel junction with metal nanodisk</t>
-[...10 lines deleted...]
-  <si>
     <t>Stimulated Raman scattering from Mie-resonant subwavelength nanoparticles</t>
   </si>
   <si>
     <t>Georgiy Zograf, Daniil Ryabov, Pavel Voroshilov, Pavel Tonkaev, Dmitry Permyakov, Yuri Kivshar, Sergey Makarov</t>
   </si>
   <si>
     <t>5786–5791</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.0c01646</t>
   </si>
   <si>
     <t>Steering of Guided Light with Dielectric Nanoantennas</t>
   </si>
   <si>
     <t>Ivan Sinev, Filipp Komissarenko, Ivan Iorsh, Dmitry Permyakov, Anton Samusev, Andrey Bogdanov</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>680-686</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.9b01515</t>
@@ -437,69 +437,69 @@
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>vol. 10(5)</t>
   </si>
   <si>
     <t>799-806</t>
   </si>
   <si>
     <t>10.1002/lpor.201600055</t>
   </si>
   <si>
     <t>From high-Q magnetic dipole scattering to broadband electric field localization by silicon nanoparticle on metal</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Ivan Sinev, Ivan Iorsh, Dmitry Permyakov, Filipp Komissarenko, Ivan Mukhin, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>Conference on Lasers and Electro-Optics (CLEO)</t>
   </si>
   <si>
     <t>10.1364/CLEO_QELS.2016.FM4B.6</t>
   </si>
   <si>
+    <t>Direct measurements of magnetic and electric optical responses from silicon nanoparticles</t>
+  </si>
+  <si>
+    <t>Dmitry Permyakov, Ivan Sinev, Dmitry Markovich, Anton Samusev, Pavel Belov, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>2015 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2015.7354867</t>
+  </si>
+  <si>
     <t>Dark-field spectroscopy of whispering gallery mode cavities</t>
   </si>
   <si>
     <t>Ivan Shishkin, Dmitry Permyakov, Kirill Samusev, Anton Samusev, Andrey Bogdanov</t>
   </si>
   <si>
-    <t>2015 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/DD.2015.7354828</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1109/DD.2015.7354867</t>
   </si>
   <si>
     <t>Silicon NanoDimers for Magnetic and Electric Field Hotspots</t>
   </si>
   <si>
     <t>Dmitry Permyakov, Dmitry Markovich, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>Proc. Frontiers in Optics 2015 San Jose, California</t>
   </si>
   <si>
     <t>10.1364/FIO.2015.FW3E.6</t>
   </si>
   <si>
     <t>Probing magnetic and electric optical responses of silicon nanoparticles</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/1.4919536</t>
   </si>
   <si>
     <t>Magnetic and Electric Hotspots with Silicon Nanodimers</t>
   </si>
@@ -1825,51 +1825,51 @@
       <c r="A35" t="s">
         <v>148</v>
       </c>
       <c r="B35" t="s">
         <v>149</v>
       </c>
       <c r="C35" t="s">
         <v>150</v>
       </c>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35">
         <v>2015</v>
       </c>
       <c r="G35" t="s">
         <v>151</v>
       </c>
       <c r="H35"/>
       <c r="I35"/>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>152</v>
       </c>
       <c r="B36" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="C36" t="s">
         <v>153</v>
       </c>
       <c r="D36">
         <v>106</v>
       </c>
       <c r="E36">
         <v>171110</v>
       </c>
       <c r="F36">
         <v>2015</v>
       </c>
       <c r="G36" t="s">
         <v>154</v>
       </c>
       <c r="H36">
         <v>3.14</v>
       </c>
       <c r="I36">
         <v>1.5</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">