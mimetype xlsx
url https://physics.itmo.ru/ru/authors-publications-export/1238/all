--- v0 (2025-10-06)
+++ v1 (2025-10-26)
@@ -170,59 +170,155 @@
   <si>
     <t>Theory, Observation, and Ultrafast Response of the Hybrid Anapole Regime in Light Scattering</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Egor Gurvitz, Fedor Benimetskiy, Dmitry Pidgayko, Anton Samusev,  Andrey B. Evlyukhin, Vjaceslavs Bobrovs, Dmitrii Redka, Michael I. Tribelsky, Mohsen Rahmani, Khosro Zangeneh Kamali, Alexander A. Pavlov, Andrey E. Miroshnichenko, Alexander Shalin</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202100114</t>
   </si>
   <si>
     <t>Multipole Engineering of Attractive−Repulsive and Bending Optical Forces</t>
   </si>
   <si>
     <t>Denis Kislov, Egor Gurvitz, Vjaceslavs Bobrovs, Alexander A. Pavlov, Dmitrii N. Redka, Manuel I. Marqués, Alexander Shalin</t>
   </si>
   <si>
     <t>Advanced Photonics Research</t>
   </si>
   <si>
     <t>10.1002/adpr.202100082</t>
   </si>
   <si>
+    <t>Long-range optical binding due to volumetric modes of hyperbolic metamaterial slab</t>
+  </si>
+  <si>
+    <t>Natalia Kostina, Denis Kislov, Alexey Proskurin, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020066</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032064</t>
+  </si>
+  <si>
+    <t>The exceptional points of non-Hermitian optical systems: Scattering matrix definition, coherent perfect absorption, and lasing</t>
+  </si>
+  <si>
+    <t>Denis Novitsky, Alexander Shalin, Andrey V. Novitsky</t>
+  </si>
+  <si>
+    <t>020092</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031767</t>
+  </si>
+  <si>
+    <t>Enhanced helicity at the transverse Kerker condition</t>
+  </si>
+  <si>
+    <t>Hadi Shamkhi Al Naeemah, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>020114</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031704</t>
+  </si>
+  <si>
+    <t>Spin-locked scattering forces in the near field of high index particles</t>
+  </si>
+  <si>
+    <t>Adria Сanos Valero, Denis Kislov, Egor Gurvitz,  Hadi. K. Shamkhi, Alexander. A. Pavlov, Dmitrii Redka, Sergey Yankin, Pavel Zemánek, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>020016</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031977</t>
+  </si>
+  <si>
+    <t>Novel concept for contactless all-optical temperature measurement based on diffusion-inspired phosphorescent decay in nanostructured environment</t>
+  </si>
+  <si>
+    <t>Denis Kislov, Denis Novitsky, Alexey Kadochkin, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>020054</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031716</t>
+  </si>
+  <si>
+    <t>Optical pulling force near one-dimensional photonic crystal</t>
+  </si>
+  <si>
+    <t>N. A. Kostina, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>020067</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032067</t>
+  </si>
+  <si>
+    <t>Anapole electric dipole modes for a dielectric sphere</t>
+  </si>
+  <si>
+    <t>Sofiya Ponomareva, Egor Gurvitz, Konstantin Ladutenko, A. M. Miroshnichenko, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>020099</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032562</t>
+  </si>
+  <si>
+    <t>Effective electromagnetic fields of a particle situated near a substrate</t>
+  </si>
+  <si>
+    <t>Hadi Shamkhi Al Naeemah, Adria Сanos Valero, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>020115</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031705</t>
+  </si>
+  <si>
     <t>Nonlinear control of lateral optical forces excited by high-order multipole resonances in all-dielectric nanoparticles</t>
   </si>
   <si>
     <t>Egor Gurvitz, Alexander Shalin</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020043</t>
   </si>
   <si>
     <t>10.1063/5.0031961</t>
   </si>
   <si>
     <t>Optomechanical manipulation of nanoparticles with a magnetic response in a Gaussian beam</t>
   </si>
   <si>
     <t>Denis Kislov, Alexander Shalin</t>
   </si>
   <si>
     <t>020055</t>
   </si>
   <si>
     <t>10.1063/5.0031717</t>
   </si>
   <si>
     <t>Optical properties of a metasurface based on silicon nanocylinders in a hybrid Anapole state</t>
   </si>
   <si>
     <t>Alexey Kuznetsov, Adria Сanos Valero, Alexander Shalin</t>
   </si>
   <si>
     <t>020075</t>
@@ -254,209 +350,113 @@
   <si>
     <t>10.1063/5.0031674</t>
   </si>
   <si>
     <t>Hybrid anapoles: Near-zero scattering States driven by high order modal interference</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Egor Gurvitz, Andrey Miroshnichenko, Alexander Shalin</t>
   </si>
   <si>
     <t>020015</t>
   </si>
   <si>
     <t>10.1063/5.0031974</t>
   </si>
   <si>
     <t>The development of the toroidal electric dipole source</t>
   </si>
   <si>
     <t>020044</t>
   </si>
   <si>
     <t>10.1063/5.0031962</t>
   </si>
   <si>
-    <t>Long-range optical binding due to volumetric modes of hyperbolic metamaterial slab</t>
-[...94 lines deleted...]
-  <si>
     <t>Dynamics of Particles Trapped by Dissipative Domain Walls</t>
   </si>
   <si>
     <t>Daria Dolinina, Alexander Shalin, Alexey Yulin</t>
   </si>
   <si>
     <t>JETP Letters</t>
   </si>
   <si>
     <t>71-76</t>
   </si>
   <si>
     <t>10.1134/s0021364020140027</t>
   </si>
   <si>
+    <t>Nontrivial invisibility induced by optical hybrid anapole</t>
+  </si>
+  <si>
+    <t>Adria Сanos Valero, Egor Gurvitz, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>012020</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012020</t>
+  </si>
+  <si>
     <t>Nanovortex‐Driven All‐Dielectric Optical Diffusion Boosting and Sorting Concept for Lab‐on‐a‐Chip Platforms</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Denis Kislov, Egor Gurvitz, Hadi Shamkhi Al Naeemah, Alexander A. Pavlov, Dmitrii Redka, Sergey Yankin, Pavel Zemánek, Alexander Shalin</t>
   </si>
   <si>
     <t>Advanced Science</t>
   </si>
   <si>
     <t>10.1002/advs.201903049</t>
   </si>
   <si>
     <t>Simultaneous suppression of forward and backward light scattering by high-index nanoparticles based on Kerker-like effects</t>
   </si>
   <si>
     <t>Hadi Shamkhi Al Naeemah, Kseniia Baryshnikova, Andrey Sayanskiy, Polina Kapitanova, Pavel Terekhov, Pavel Belov, Andrei Evlyukhin, Yuri Kivshar, Alexander Shalin</t>
   </si>
   <si>
     <t>012158</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012158</t>
   </si>
   <si>
     <t>Optically-driven Rotation of Perfectly Absorbing Nanoparticles</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Alexander Shalin</t>
   </si>
   <si>
     <t>012021</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012021</t>
   </si>
   <si>
-    <t>Nontrivial invisibility induced by optical hybrid anapole</t>
-[...10 lines deleted...]
-  <si>
     <t>Magnetic Octupole Response of Dielectric Quadrumers</t>
   </si>
   <si>
     <t>Pavel Terekhov, Andrei Evlyukhin, Dmitrii Redka, Valentyn S. Volkov, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1002/lpor.201900331</t>
   </si>
   <si>
     <t>Complex Dynamics of Optical Solitons Interacting with Nanoparticles</t>
   </si>
   <si>
     <t>268-272</t>
   </si>
   <si>
     <t>10.1134/s002136402005001x</t>
   </si>
   <si>
     <t>Non-Huygens Invisible Metasurfaces</t>
   </si>
   <si>
     <t>Hadi Shamkhi Al Naeemah, Kseniia Baryshnikova, Andrey Sayanskiy, Pavel Terekhov, Egor Gurvitz, Adria Сanos Valero, Polina Kapitanova, Andrei Evlyukhin, Pavel Belov, Yuri Kivshar, Alexander Shalin</t>
   </si>
   <si>
     <t>2019 PhotonIcs &amp; Electromagnetics Research Symposium - Spring (PIERS-Spring)</t>
@@ -626,230 +626,230 @@
   <si>
     <t>Pavel Terekhov, Kseniia Baryshnikova, Andrei Evlyukhin, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1038/s41598-019-40226-0</t>
   </si>
   <si>
     <t>Multipole analysis of dielectric metasurfaces composed of nonspherical nanoparticles and lattice invisibility effect</t>
   </si>
   <si>
     <t>Pavel Terekhov, Kseniia Baryshnikova, Alexander Shalin, Andrei Evlyukhin</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.99.045424</t>
   </si>
   <si>
     <t>Optical binding via surface plasmon polariton interference</t>
   </si>
   <si>
     <t>Natalia Kostina, Mihail Petrov, Aleksandra Ivinskaia, Andrey Bogdanov, Ivan Toftul, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.99.125416</t>
   </si>
   <si>
+    <t>Transmission and reflection features of all-dielectrics metasurfaces with electric and magnetic resonances</t>
+  </si>
+  <si>
+    <t>Proceedings of SPIE</t>
+  </si>
+  <si>
+    <t>10.1117/12.2506973</t>
+  </si>
+  <si>
+    <t>The high-order toroidal moments and anapole states in all-dielectric photonics</t>
+  </si>
+  <si>
+    <t>Egor Gurvitz, Konstantin Ladutenko, Andrei Evlyukhin, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>10.1002/lpor.201800266</t>
+  </si>
+  <si>
+    <t>All-Optical Transmission Modulation Due to Inelastic Interactions of Ultrashort Pulses in a Disordered Resonant Medium</t>
+  </si>
+  <si>
+    <t>531(2)</t>
+  </si>
+  <si>
+    <t>10.1002/andp.201800405</t>
+  </si>
+  <si>
     <t>Nano-Antennas Based on Silicon-Gold Nanostructures</t>
   </si>
   <si>
     <t>Alexander Shalin, Andrei Evlyukhin</t>
   </si>
   <si>
     <t>10.1038/s41598-018-36851-w</t>
   </si>
   <si>
-    <t>Transmission and reflection features of all-dielectrics metasurfaces with electric and magnetic resonances</t>
-[...25 lines deleted...]
-  <si>
     <t>Optomechanical manipulation with hyperbolic metasurfaces</t>
   </si>
   <si>
     <t>Aleksandra Ivinskaia, Natalia Kostina, Mihail Petrov, Andrey Bogdanov, Alexander Shalin</t>
   </si>
   <si>
     <t>4371-4377</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.8b00775</t>
   </si>
   <si>
     <t>Tractor beams at metamaterial substrates</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012132</t>
   </si>
   <si>
     <t>Giant magnetoelectric field separation via anapole-type states in high-index dielectric structures</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Dmitry Filonov, Andrei Evlyukhin, Alexey Kadochkin, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.165419</t>
   </si>
   <si>
     <t>New 2D-graphene hybrid composites as an effective elemental base of optical nanodevices</t>
   </si>
   <si>
     <t>Alexander Shalin</t>
   </si>
   <si>
     <t>Beilstein Journal of Nanotechnology</t>
   </si>
   <si>
     <t>1321–1327</t>
   </si>
   <si>
     <t>10.3762/bjnano.9.125</t>
   </si>
   <si>
+    <t>Circular Dichroism Enhancement in Plasmonic Nanorod Metamaterials</t>
+  </si>
+  <si>
+    <t>Ivan Shishkin, Egor Gurvitz, Alexey Slobozhanyuk, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>17841-17848</t>
+  </si>
+  <si>
+    <t>10.1364/OE.26.017841</t>
+  </si>
+  <si>
+    <t>Optical multipole resonances of non-spherical silicon nanoparticles and the influence of illumination direction</t>
+  </si>
+  <si>
+    <t>Optical Components and Materials XV</t>
+  </si>
+  <si>
+    <t>10.1117/12.2289894</t>
+  </si>
+  <si>
+    <t>Femtosecond laser printing of single Ge and SiGe nanoparticles with electric and magnetic optical resonances</t>
+  </si>
+  <si>
+    <t>Andrei Evlyukhin, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>977-983</t>
+  </si>
+  <si>
+    <t>10.1021/acsphotonics.7b01275</t>
+  </si>
+  <si>
+    <t>Magnetic hot-spots in hollow silicon cylinders</t>
+  </si>
+  <si>
+    <t>Kseniia Baryshnikova, Andrei Evlyukhin, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/741/1/012156</t>
+  </si>
+  <si>
+    <t>Scattering Forces within a Left-Handed Photonic Crystal</t>
+  </si>
+  <si>
+    <t>Angeleene Ang, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>10.1038/srep41014</t>
+  </si>
+  <si>
     <t>Spherically symmetric inhomogeneous bianisotropic media: Wave propagation and light scattering</t>
   </si>
   <si>
     <t>Andrey Novitsky, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1103/PhysRevA.95.053818</t>
   </si>
   <si>
     <t>Magnetic field concentration with coaxial silicon nanocylinders in the optical spectral range</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Andrey Novitsky, Andrei Evlyukhin, Alexander Shalin</t>
   </si>
   <si>
     <t>Journal of the Optical Society of America B: Optical Physics</t>
   </si>
   <si>
     <t>D36-D41</t>
   </si>
   <si>
     <t>https://doi.org/10.1364/JOSAB.34.000D36</t>
   </si>
   <si>
     <t>Near-field analysis of the anapole states in high-index particles</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1063/1.4998032</t>
   </si>
   <si>
     <t>Simulation of circular dichroism enhancement in gold nanocuboids array lled by chiral medium for optical frequency range</t>
   </si>
   <si>
     <t>2017 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>159-166</t>
   </si>
   <si>
     <t>10.1109/DD.2017.8168015</t>
   </si>
   <si>
     <t>‘Photonic Hook’ based optomechanical nanoparticle manipulator</t>
   </si>
   <si>
-    <t>Angeleene Ang, Alexander Shalin</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1038/s41598-018-20224-4</t>
   </si>
   <si>
-    <t>Circular Dichroism Enhancement in Plasmonic Nanorod Metamaterials</t>
-[...46 lines deleted...]
-  <si>
     <t>Photonic hook: A new curved light beam</t>
   </si>
   <si>
     <t>771-774</t>
   </si>
   <si>
     <t>10.1364/OL.43.000771</t>
   </si>
   <si>
     <t>Optical binding of two nanoparticles near interface</t>
   </si>
   <si>
     <t>Natalia Kostina, Mihail Petrov, Aleksandra Ivinskaia, Andrey Bogdanov, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1109/DD.2017.8168020</t>
   </si>
   <si>
     <t>Plasmon-assisted optical trapping and anti-trapping</t>
   </si>
   <si>
     <t>Aleksandra Ivinskaia, Mihail Petrov, Andrey Bogdanov, Ivan Shishkin, Alexander Shalin</t>
   </si>
   <si>
     <t>Light: Science and Applications</t>
@@ -893,221 +893,221 @@
   <si>
     <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
   </si>
   <si>
     <t>2325-2328</t>
   </si>
   <si>
     <t>10.1109/PIERS.2017.8262140</t>
   </si>
   <si>
     <t>Destructive interference between electric and toroidal dipole moments in TiO2 cylinders and frustums with coaxial voids</t>
   </si>
   <si>
     <t>10.1088/1742-6596/929/1/012065</t>
   </si>
   <si>
     <t>Resonant forward scattering of light by high-refractive-index dielectric nanoparticles with toroidal dipole contribution</t>
   </si>
   <si>
     <t>835-838</t>
   </si>
   <si>
     <t>10.1364/OL.42.000835</t>
   </si>
   <si>
+    <t>Optically asymmetric structures for transparent electrodes</t>
+  </si>
+  <si>
+    <t>Alexander Shalin, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>2016 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>234-236</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756848</t>
+  </si>
+  <si>
+    <t>Nonradiating anapole modes of dielectric particles in terahertz range</t>
+  </si>
+  <si>
+    <t>Pavel Terekhov, Kseniia Baryshnikova, Alexander Shalin, Andrei Evlyukhin, Irina Khromova</t>
+  </si>
+  <si>
+    <t>406-409</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756883</t>
+  </si>
+  <si>
     <t>Plasmonic substrates for optical tweezers</t>
   </si>
   <si>
     <t>Aleksandra Ivinskaia, Mihail Petrov, Andrey Bogdanov, Alexander Shalin, Ivan Shishkin</t>
   </si>
   <si>
-    <t>2016 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>198-201</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756841</t>
   </si>
   <si>
-    <t>Optically asymmetric structures for transparent electrodes</t>
-[...22 lines deleted...]
-  <si>
     <t>Asymmetric backscattering from the hybrid magneto-electric meta particle</t>
   </si>
   <si>
     <t>Dmitry Filonov, Alexander Shalin</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/1.4967238</t>
   </si>
   <si>
     <t>Controlling electromagnetic scattering with wire metamaterial resonators</t>
   </si>
   <si>
     <t>Dmitry Filonov, Alexander Shalin, Ivan Iorsh, Pavel Belov</t>
   </si>
   <si>
     <t>Journal of the Optical Society of America A: Optics and Image Science, and Vision</t>
   </si>
   <si>
     <t>1910-1916</t>
   </si>
   <si>
     <t>10.1364/JOSAA.33.001910</t>
   </si>
   <si>
     <t>Solar photovoltaics: current state and trends</t>
   </si>
   <si>
     <t>Valentin Milichko, Alexander Shalin, Ivan Mukhin, Andrey Krasilin, Pavel Belov</t>
   </si>
   <si>
     <t>Physics-Uspekhi</t>
   </si>
   <si>
     <t>727-772</t>
   </si>
   <si>
     <t>10.3367/UFNr.2016.02.037703</t>
   </si>
   <si>
+    <t>Optical forces in nanorod metamaterials: beyond the effective medium approach</t>
+  </si>
+  <si>
+    <t>Andrey Bogdanov, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>Conference on Lasers and Electro-Optics (CLEO)</t>
+  </si>
+  <si>
+    <t>10.1364/CLEO_AT.2016.JW2A.32</t>
+  </si>
+  <si>
+    <t>Attraction Optical Forces inside Hyperbolic Metamaterials</t>
+  </si>
+  <si>
+    <t>Alexander Shalin, Andrey Bogdanov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1364/CLEO_AT.2016.JW2A.17</t>
+  </si>
+  <si>
     <t>Optical pulling force in the vicinity of plasmonic interfaces</t>
   </si>
   <si>
-    <t>Andrey Bogdanov, Alexander Shalin</t>
-[...4 lines deleted...]
-  <si>
     <t>10.1364/CLEO_QELS.2016.FM2B.5</t>
   </si>
   <si>
-    <t>Optical forces in nanorod metamaterials: beyond the effective medium approach</t>
-[...13 lines deleted...]
-  <si>
     <t>Enhancement of artificial magnetism via resonant bianisotropy</t>
   </si>
   <si>
     <t>Dmitry Markovich, Kseniia Baryshnikova, Alexander Shalin, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1038/srep22546</t>
   </si>
   <si>
     <t>Surface plasmon polariton assisted optical pulling force</t>
   </si>
   <si>
     <t>Mihail Petrov, Andrey Bogdanov, Alexander Shalin</t>
   </si>
   <si>
     <t>116-122</t>
   </si>
   <si>
     <t>10.1002/lpor.201500173</t>
   </si>
   <si>
     <t>Enhancement of photovoltaic absorption in thin-film silicon solar cells by all-dielectric light-trapping and antireflective coatings</t>
   </si>
   <si>
     <t>Pavel Voroshilov, Pavel Belov, Alexander Shalin</t>
   </si>
   <si>
     <t>2015 9th International Congress on Adv. Electromagnetic Mat. in Microwaves and Optics (METAMAT.)</t>
   </si>
   <si>
     <t>517-519</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2015.7342508</t>
   </si>
   <si>
+    <t>Antireflective properties of periodic nanopore arrays</t>
+  </si>
+  <si>
+    <t>Pavel Dmitriev, Dmitry Baranov, Ivan Mukhin, Anton Samusev, Pavel Belov, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>2015 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2015.7354837</t>
+  </si>
+  <si>
+    <t>Optical forces induced at the metal surface</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2015.7354869</t>
+  </si>
+  <si>
     <t>Scattering suppression with homogeneous ENZ-media</t>
   </si>
   <si>
     <t>Alexander Shalin, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
-    <t>2015 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/DD.2015.7354879</t>
   </si>
   <si>
-    <t>Antireflective properties of periodic nanopore arrays</t>
-[...13 lines deleted...]
-  <si>
     <t>Emulation of complex optical phenomena with radio waves: Tailoring scattering characteristics with wire metamaterial</t>
   </si>
   <si>
     <t>Dmitry Filonov, Alexander Shalin, Pavel Belov</t>
   </si>
   <si>
     <t>2015 IEEE Int. Conf. on Microwaves, Communications, Antennas and Electronic Systems (COMCAS)</t>
   </si>
   <si>
     <t>1-2, 2-4</t>
   </si>
   <si>
     <t>10.1109/COMCAS.2015.7360417</t>
   </si>
   <si>
     <t>Optical forces in nanorod metamaterial</t>
   </si>
   <si>
     <t>10.1038/srep15846</t>
   </si>
   <si>
     <t>Nanostructural Antireflecting Coatings: Classification Analysis (A Review)</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Alexey Kadochkin, Alexander Shalin</t>
@@ -1349,105 +1349,105 @@
   <si>
     <t>Optical forces in plasmonic nanoantennas</t>
   </si>
   <si>
     <t>Quantum Electronics</t>
   </si>
   <si>
     <t>355-360</t>
   </si>
   <si>
     <t>10.1070/QE2012v042n04ABEH014740</t>
   </si>
   <si>
     <t>Effect of Argon buffer gas and the dimer component on the optical properties of sodium vapor</t>
   </si>
   <si>
     <t>Journal of Applied Spectroscopy</t>
   </si>
   <si>
     <t>113-119</t>
   </si>
   <si>
     <t>10.1007/s10812-012-9571-9</t>
   </si>
   <si>
+    <t>Метод «мнимой границы» в исследовании оптических свойств упорядоченных наноструктур</t>
+  </si>
+  <si>
+    <t>Наносистемы: физика, химия, математика</t>
+  </si>
+  <si>
+    <t>78-83</t>
+  </si>
+  <si>
+    <t>Наноматериал повышенной прозрачности</t>
+  </si>
+  <si>
+    <t>Известия Самарского научного центра РАН</t>
+  </si>
+  <si>
+    <t>1114-1119</t>
+  </si>
+  <si>
     <t>Optical forces in light-concentrators (in Russian)</t>
   </si>
   <si>
     <t>118-119</t>
   </si>
   <si>
-    <t>Метод «мнимой границы» в исследовании оптических свойств упорядоченных наноструктур</t>
-[...16 lines deleted...]
-  <si>
     <t>Optical Accelerator of Nanoparticles</t>
   </si>
   <si>
     <t>Journal of Communications Technology and Electronics</t>
   </si>
   <si>
     <t>976-984</t>
   </si>
   <si>
     <t>10.1134/S1064226911080109</t>
   </si>
   <si>
+    <t>Metallodielectric Nanocomposites with Enhanced Transparency</t>
+  </si>
+  <si>
+    <t>Physics of Metals and Metallography</t>
+  </si>
+  <si>
+    <t>01.дек</t>
+  </si>
+  <si>
+    <t>10.1134/S0031918X11010340</t>
+  </si>
+  <si>
     <t>Optically Induced Forces in a Nanoparticle-on-Substrate System</t>
   </si>
   <si>
-    <t>Physics of Metals and Metallography</t>
-[...1 lines deleted...]
-  <si>
     <t>36-43</t>
   </si>
   <si>
     <t>10.1134/S0031918X11010352</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1134/S0031918X11010340</t>
   </si>
   <si>
     <t>Optical blooming of a medium by nanocrystal layers</t>
   </si>
   <si>
     <t>163-169</t>
   </si>
   <si>
     <t>10.1070/QE2011v041n02ABEH014331</t>
   </si>
   <si>
     <t>Broadband optical blooming of media by single nano-crystalline layer (in Russian)</t>
   </si>
   <si>
     <t>Optical Antireflection of a Medium by Nanostructural Layers</t>
   </si>
   <si>
     <t>45-66</t>
   </si>
   <si>
     <t>10.2528/PIERB11032509</t>
   </si>
   <si>
     <t>Optical Properties of Nanocrystal Layers Embedded in a Carrier Medium</t>
   </si>
@@ -2307,267 +2307,267 @@
       <c r="C17" t="s">
         <v>54</v>
       </c>
       <c r="D17">
         <v>2300</v>
       </c>
       <c r="E17" t="s">
         <v>75</v>
       </c>
       <c r="F17">
         <v>2020</v>
       </c>
       <c r="G17" t="s">
         <v>76</v>
       </c>
       <c r="H17"/>
       <c r="I17">
         <v>0.19</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>77</v>
       </c>
       <c r="B18" t="s">
-        <v>53</v>
+        <v>78</v>
       </c>
       <c r="C18" t="s">
         <v>54</v>
       </c>
       <c r="D18">
         <v>2300</v>
       </c>
       <c r="E18" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F18">
         <v>2020</v>
       </c>
       <c r="G18" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H18"/>
       <c r="I18">
         <v>0.19</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B19" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C19" t="s">
         <v>54</v>
       </c>
       <c r="D19">
         <v>2300</v>
       </c>
       <c r="E19" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F19">
         <v>2020</v>
       </c>
       <c r="G19" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H19"/>
       <c r="I19">
         <v>0.19</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B20" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C20" t="s">
         <v>54</v>
       </c>
       <c r="D20">
         <v>2300</v>
       </c>
       <c r="E20" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F20">
         <v>2020</v>
       </c>
       <c r="G20" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H20"/>
       <c r="I20">
         <v>0.19</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B21" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C21" t="s">
         <v>54</v>
       </c>
       <c r="D21">
         <v>2300</v>
       </c>
       <c r="E21" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F21">
         <v>2020</v>
       </c>
       <c r="G21" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H21"/>
       <c r="I21">
         <v>0.19</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B22" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C22" t="s">
         <v>54</v>
       </c>
       <c r="D22">
         <v>2300</v>
       </c>
       <c r="E22" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F22">
         <v>2020</v>
       </c>
       <c r="G22" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H22"/>
       <c r="I22">
         <v>0.19</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B23" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C23" t="s">
         <v>54</v>
       </c>
       <c r="D23">
         <v>2300</v>
       </c>
       <c r="E23" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F23">
         <v>2020</v>
       </c>
       <c r="G23" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="H23"/>
       <c r="I23">
         <v>0.19</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B24" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C24" t="s">
         <v>54</v>
       </c>
       <c r="D24">
         <v>2300</v>
       </c>
       <c r="E24" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F24">
         <v>2020</v>
       </c>
       <c r="G24" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="H24"/>
       <c r="I24">
         <v>0.19</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B25" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C25" t="s">
         <v>54</v>
       </c>
       <c r="D25">
         <v>2300</v>
       </c>
       <c r="E25" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F25">
         <v>2020</v>
       </c>
       <c r="G25" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="H25"/>
       <c r="I25">
         <v>0.19</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B26" t="s">
-        <v>109</v>
+        <v>86</v>
       </c>
       <c r="C26" t="s">
         <v>54</v>
       </c>
       <c r="D26">
         <v>2300</v>
       </c>
       <c r="E26" t="s">
         <v>110</v>
       </c>
       <c r="F26">
         <v>2020</v>
       </c>
       <c r="G26" t="s">
         <v>111</v>
       </c>
       <c r="H26"/>
       <c r="I26">
         <v>0.19</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>112</v>
       </c>
@@ -2582,96 +2582,96 @@
       </c>
       <c r="E27" t="s">
         <v>115</v>
       </c>
       <c r="F27">
         <v>2020</v>
       </c>
       <c r="G27" t="s">
         <v>116</v>
       </c>
       <c r="H27">
         <v>1.53</v>
       </c>
       <c r="I27">
         <v>0.57</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>117</v>
       </c>
       <c r="B28" t="s">
         <v>118</v>
       </c>
       <c r="C28" t="s">
+        <v>27</v>
+      </c>
+      <c r="D28">
+        <v>1461</v>
+      </c>
+      <c r="E28" t="s">
         <v>119</v>
-      </c>
-[...4 lines deleted...]
-        <v>1903049</v>
       </c>
       <c r="F28">
         <v>2020</v>
       </c>
       <c r="G28" t="s">
         <v>120</v>
       </c>
-      <c r="H28">
-[...1 lines deleted...]
-      </c>
+      <c r="H28"/>
       <c r="I28">
-        <v>5.39</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>121</v>
       </c>
       <c r="B29" t="s">
         <v>122</v>
       </c>
       <c r="C29" t="s">
-        <v>27</v>
+        <v>123</v>
       </c>
       <c r="D29">
-        <v>1461</v>
-[...2 lines deleted...]
-        <v>123</v>
+        <v>7</v>
+      </c>
+      <c r="E29">
+        <v>1903049</v>
       </c>
       <c r="F29">
         <v>2020</v>
       </c>
       <c r="G29" t="s">
         <v>124</v>
       </c>
-      <c r="H29"/>
+      <c r="H29">
+        <v>16.81</v>
+      </c>
       <c r="I29">
-        <v>0.23</v>
+        <v>5.39</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>125</v>
       </c>
       <c r="B30" t="s">
         <v>126</v>
       </c>
       <c r="C30" t="s">
         <v>27</v>
       </c>
       <c r="D30">
         <v>1461</v>
       </c>
       <c r="E30" t="s">
         <v>127</v>
       </c>
       <c r="F30">
         <v>2020</v>
       </c>
       <c r="G30" t="s">
         <v>128</v>
       </c>
       <c r="H30"/>
@@ -2990,80 +2990,80 @@
       </c>
       <c r="D42">
         <v>531</v>
       </c>
       <c r="E42">
         <v>1900080</v>
       </c>
       <c r="F42">
         <v>2019</v>
       </c>
       <c r="G42" t="s">
         <v>175</v>
       </c>
       <c r="H42">
         <v>3.32</v>
       </c>
       <c r="I42">
         <v>1.28</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>176</v>
       </c>
       <c r="B43" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="C43" t="s">
         <v>177</v>
       </c>
       <c r="D43">
         <v>122</v>
       </c>
       <c r="E43">
         <v>193905</v>
       </c>
       <c r="F43">
         <v>2019</v>
       </c>
       <c r="G43" t="s">
         <v>178</v>
       </c>
       <c r="H43">
         <v>8.39</v>
       </c>
       <c r="I43">
         <v>3.59</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>179</v>
       </c>
       <c r="B44" t="s">
-        <v>70</v>
+        <v>102</v>
       </c>
       <c r="C44" t="s">
         <v>180</v>
       </c>
       <c r="D44">
         <v>125</v>
       </c>
       <c r="E44">
         <v>173108</v>
       </c>
       <c r="F44">
         <v>2019</v>
       </c>
       <c r="G44" t="s">
         <v>181</v>
       </c>
       <c r="H44">
         <v>2.29</v>
       </c>
       <c r="I44">
         <v>0.73</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
@@ -3218,157 +3218,157 @@
       </c>
       <c r="D50">
         <v>99</v>
       </c>
       <c r="E50">
         <v>125416</v>
       </c>
       <c r="F50">
         <v>2019</v>
       </c>
       <c r="G50" t="s">
         <v>203</v>
       </c>
       <c r="H50">
         <v>3.58</v>
       </c>
       <c r="I50">
         <v>1.81</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>204</v>
       </c>
       <c r="B51" t="s">
+        <v>199</v>
+      </c>
+      <c r="C51" t="s">
         <v>205</v>
       </c>
-      <c r="C51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D51">
-        <v>9</v>
+        <v>10927</v>
       </c>
       <c r="E51">
-        <v>338</v>
+        <v>109270</v>
       </c>
       <c r="F51">
         <v>2019</v>
       </c>
       <c r="G51" t="s">
         <v>206</v>
       </c>
-      <c r="H51">
-[...1 lines deleted...]
-      </c>
+      <c r="H51"/>
       <c r="I51">
-        <v>1.34</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>207</v>
       </c>
       <c r="B52" t="s">
-        <v>199</v>
+        <v>208</v>
       </c>
       <c r="C52" t="s">
-        <v>208</v>
+        <v>46</v>
       </c>
       <c r="D52">
-        <v>10927</v>
+        <v>13</v>
       </c>
       <c r="E52">
-        <v>109270</v>
+        <v>1800266</v>
       </c>
       <c r="F52">
         <v>2019</v>
       </c>
       <c r="G52" t="s">
         <v>209</v>
       </c>
-      <c r="H52"/>
+      <c r="H52">
+        <v>10.66</v>
+      </c>
       <c r="I52">
-        <v>0.24</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>210</v>
       </c>
       <c r="B53" t="s">
+        <v>156</v>
+      </c>
+      <c r="C53" t="s">
+        <v>174</v>
+      </c>
+      <c r="D53" t="s">
         <v>211</v>
       </c>
-      <c r="C53" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E53">
-        <v>1800266</v>
+        <v>1800405</v>
       </c>
       <c r="F53">
         <v>2019</v>
       </c>
       <c r="G53" t="s">
         <v>212</v>
       </c>
       <c r="H53">
-        <v>10.66</v>
+        <v>3.32</v>
       </c>
       <c r="I53">
-        <v>4.01</v>
+        <v>1.28</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>213</v>
       </c>
       <c r="B54" t="s">
-        <v>156</v>
+        <v>214</v>
       </c>
       <c r="C54" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-        <v>214</v>
+        <v>19</v>
+      </c>
+      <c r="D54">
+        <v>9</v>
       </c>
       <c r="E54">
-        <v>1800405</v>
+        <v>338</v>
       </c>
       <c r="F54">
         <v>2019</v>
       </c>
       <c r="G54" t="s">
         <v>215</v>
       </c>
       <c r="H54">
-        <v>3.32</v>
+        <v>4.0</v>
       </c>
       <c r="I54">
-        <v>1.28</v>
+        <v>1.34</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>216</v>
       </c>
       <c r="B55" t="s">
         <v>217</v>
       </c>
       <c r="C55" t="s">
         <v>149</v>
       </c>
       <c r="D55">
         <v>5</v>
       </c>
       <c r="E55" t="s">
         <v>218</v>
       </c>
       <c r="F55">
         <v>2018</v>
       </c>
       <c r="G55" t="s">
         <v>219</v>
       </c>
       <c r="H55">
@@ -3449,308 +3449,308 @@
       </c>
       <c r="E58" t="s">
         <v>228</v>
       </c>
       <c r="F58">
         <v>2018</v>
       </c>
       <c r="G58" t="s">
         <v>229</v>
       </c>
       <c r="H58">
         <v>2.27</v>
       </c>
       <c r="I58">
         <v>0.77</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>230</v>
       </c>
       <c r="B59" t="s">
         <v>231</v>
       </c>
       <c r="C59" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="D59">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>53818</v>
+        <v>26</v>
+      </c>
+      <c r="E59" t="s">
+        <v>232</v>
       </c>
       <c r="F59">
         <v>2018</v>
       </c>
       <c r="G59" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="H59">
-        <v>2.91</v>
+        <v>3.56</v>
       </c>
       <c r="I59">
-        <v>1.27</v>
+        <v>1.47</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B60" t="s">
-        <v>234</v>
+        <v>199</v>
       </c>
       <c r="C60" t="s">
         <v>235</v>
       </c>
       <c r="D60">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>236</v>
+        <v>10528</v>
+      </c>
+      <c r="E60">
+        <v>1052802</v>
       </c>
       <c r="F60">
         <v>2018</v>
       </c>
       <c r="G60" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="H60">
-        <v>2.05</v>
+        <v>0.56</v>
       </c>
       <c r="I60">
-        <v>0.86</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>237</v>
+      </c>
+      <c r="B61" t="s">
         <v>238</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
+        <v>149</v>
+      </c>
+      <c r="D61">
+        <v>5</v>
+      </c>
+      <c r="E61" t="s">
         <v>239</v>
-      </c>
-[...7 lines deleted...]
-        <v>30003</v>
       </c>
       <c r="F61">
         <v>2018</v>
       </c>
       <c r="G61" t="s">
         <v>240</v>
       </c>
-      <c r="H61"/>
+      <c r="H61">
+        <v>7.14</v>
+      </c>
       <c r="I61">
-        <v>0.17</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>241</v>
       </c>
       <c r="B62" t="s">
-        <v>53</v>
+        <v>242</v>
       </c>
       <c r="C62" t="s">
-        <v>242</v>
-[...3 lines deleted...]
-        <v>243</v>
+        <v>27</v>
+      </c>
+      <c r="D62">
+        <v>741</v>
+      </c>
+      <c r="E62">
+        <v>12156</v>
       </c>
       <c r="F62">
         <v>2018</v>
       </c>
       <c r="G62" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="H62"/>
-      <c r="I62"/>
+      <c r="I62">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>244</v>
+      </c>
+      <c r="B63" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="C63" t="s">
         <v>19</v>
       </c>
       <c r="D63">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E63">
-        <v>2029</v>
+        <v>41014</v>
       </c>
       <c r="F63">
         <v>2018</v>
       </c>
       <c r="G63" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="H63">
         <v>4.01</v>
       </c>
       <c r="I63">
         <v>1.41</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>247</v>
+      </c>
+      <c r="B64" t="s">
         <v>248</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="D64">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>250</v>
+        <v>95</v>
+      </c>
+      <c r="E64">
+        <v>53818</v>
       </c>
       <c r="F64">
         <v>2018</v>
       </c>
       <c r="G64" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="H64">
-        <v>3.56</v>
+        <v>2.91</v>
       </c>
       <c r="I64">
-        <v>1.47</v>
+        <v>1.27</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>250</v>
+      </c>
+      <c r="B65" t="s">
+        <v>251</v>
+      </c>
+      <c r="C65" t="s">
         <v>252</v>
       </c>
-      <c r="B65" t="s">
-[...2 lines deleted...]
-      <c r="C65" t="s">
+      <c r="D65">
+        <v>34</v>
+      </c>
+      <c r="E65" t="s">
         <v>253</v>
-      </c>
-[...4 lines deleted...]
-        <v>1052802</v>
       </c>
       <c r="F65">
         <v>2018</v>
       </c>
       <c r="G65" t="s">
         <v>254</v>
       </c>
       <c r="H65">
-        <v>0.56</v>
+        <v>2.05</v>
       </c>
       <c r="I65">
-        <v>0.24</v>
+        <v>0.86</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>255</v>
       </c>
       <c r="B66" t="s">
         <v>256</v>
       </c>
       <c r="C66" t="s">
-        <v>149</v>
+        <v>54</v>
       </c>
       <c r="D66">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>257</v>
+        <v>1874</v>
+      </c>
+      <c r="E66">
+        <v>30003</v>
       </c>
       <c r="F66">
         <v>2018</v>
       </c>
       <c r="G66" t="s">
-        <v>258</v>
-[...3 lines deleted...]
-      </c>
+        <v>257</v>
+      </c>
+      <c r="H66"/>
       <c r="I66">
-        <v>2.98</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>258</v>
+      </c>
+      <c r="B67" t="s">
+        <v>86</v>
+      </c>
+      <c r="C67" t="s">
         <v>259</v>
       </c>
-      <c r="B67" t="s">
+      <c r="D67"/>
+      <c r="E67" t="s">
         <v>260</v>
-      </c>
-[...7 lines deleted...]
-        <v>12156</v>
       </c>
       <c r="F67">
         <v>2018</v>
       </c>
       <c r="G67" t="s">
         <v>261</v>
       </c>
       <c r="H67"/>
-      <c r="I67">
-[...1 lines deleted...]
-      </c>
+      <c r="I67"/>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>262</v>
       </c>
       <c r="B68" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="C68" t="s">
         <v>19</v>
       </c>
       <c r="D68">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E68">
-        <v>41014</v>
+        <v>2029</v>
       </c>
       <c r="F68">
         <v>2018</v>
       </c>
       <c r="G68" t="s">
         <v>263</v>
       </c>
       <c r="H68">
         <v>4.01</v>
       </c>
       <c r="I68">
         <v>1.41</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>264</v>
       </c>
       <c r="B69" t="s">
         <v>226</v>
       </c>
       <c r="C69" t="s">
         <v>157</v>
       </c>
       <c r="D69">
@@ -3758,51 +3758,51 @@
       </c>
       <c r="E69" t="s">
         <v>265</v>
       </c>
       <c r="F69">
         <v>2018</v>
       </c>
       <c r="G69" t="s">
         <v>266</v>
       </c>
       <c r="H69">
         <v>3.87</v>
       </c>
       <c r="I69">
         <v>1.71</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>267</v>
       </c>
       <c r="B70" t="s">
         <v>268</v>
       </c>
       <c r="C70" t="s">
-        <v>242</v>
+        <v>259</v>
       </c>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70">
         <v>2017</v>
       </c>
       <c r="G70" t="s">
         <v>269</v>
       </c>
       <c r="H70"/>
       <c r="I70"/>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>270</v>
       </c>
       <c r="B71" t="s">
         <v>271</v>
       </c>
       <c r="C71" t="s">
         <v>272</v>
       </c>
       <c r="D71">
         <v>6</v>
       </c>
@@ -3837,71 +3837,71 @@
       </c>
       <c r="E72">
         <v>35443</v>
       </c>
       <c r="F72">
         <v>2017</v>
       </c>
       <c r="G72" t="s">
         <v>276</v>
       </c>
       <c r="H72">
         <v>3.81</v>
       </c>
       <c r="I72">
         <v>2.34</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
         <v>277</v>
       </c>
       <c r="B73" t="s">
         <v>199</v>
       </c>
       <c r="C73" t="s">
-        <v>242</v>
+        <v>259</v>
       </c>
       <c r="D73"/>
       <c r="E73" t="s">
         <v>278</v>
       </c>
       <c r="F73">
         <v>2017</v>
       </c>
       <c r="G73" t="s">
         <v>279</v>
       </c>
       <c r="H73"/>
       <c r="I73"/>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
         <v>280</v>
       </c>
       <c r="B74" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="C74" t="s">
         <v>281</v>
       </c>
       <c r="D74"/>
       <c r="E74" t="s">
         <v>282</v>
       </c>
       <c r="F74">
         <v>2017</v>
       </c>
       <c r="G74" t="s">
         <v>283</v>
       </c>
       <c r="H74"/>
       <c r="I74"/>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>284</v>
       </c>
       <c r="B75" t="s">
         <v>199</v>
       </c>
       <c r="C75" t="s">
@@ -4138,74 +4138,74 @@
       </c>
       <c r="B84" t="s">
         <v>321</v>
       </c>
       <c r="C84" t="s">
         <v>322</v>
       </c>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84">
         <v>2016</v>
       </c>
       <c r="G84" t="s">
         <v>323</v>
       </c>
       <c r="H84"/>
       <c r="I84">
         <v>0.1</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
         <v>324</v>
       </c>
       <c r="B85" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="C85" t="s">
         <v>322</v>
       </c>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85">
         <v>2016</v>
       </c>
       <c r="G85" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="H85"/>
       <c r="I85">
         <v>0.1</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="B86" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="C86" t="s">
         <v>322</v>
       </c>
       <c r="D86"/>
       <c r="E86"/>
       <c r="F86">
         <v>2016</v>
       </c>
       <c r="G86" t="s">
         <v>328</v>
       </c>
       <c r="H86"/>
       <c r="I86">
         <v>0.1</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
         <v>329</v>
       </c>
       <c r="B87" t="s">
         <v>330</v>
       </c>
       <c r="C87" t="s">
@@ -4286,72 +4286,72 @@
       <c r="A90" t="s">
         <v>341</v>
       </c>
       <c r="B90" t="s">
         <v>342</v>
       </c>
       <c r="C90" t="s">
         <v>343</v>
       </c>
       <c r="D90"/>
       <c r="E90"/>
       <c r="F90">
         <v>2015</v>
       </c>
       <c r="G90" t="s">
         <v>344</v>
       </c>
       <c r="H90"/>
       <c r="I90"/>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
         <v>345</v>
       </c>
       <c r="B91" t="s">
-        <v>346</v>
+        <v>333</v>
       </c>
       <c r="C91" t="s">
         <v>343</v>
       </c>
       <c r="D91"/>
       <c r="E91"/>
       <c r="F91">
         <v>2015</v>
       </c>
       <c r="G91" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="H91"/>
       <c r="I91"/>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
+        <v>347</v>
+      </c>
+      <c r="B92" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
       <c r="C92" t="s">
         <v>343</v>
       </c>
       <c r="D92"/>
       <c r="E92"/>
       <c r="F92">
         <v>2015</v>
       </c>
       <c r="G92" t="s">
         <v>349</v>
       </c>
       <c r="H92"/>
       <c r="I92"/>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
         <v>350</v>
       </c>
       <c r="B93" t="s">
         <v>351</v>
       </c>
       <c r="C93" t="s">
         <v>352</v>
       </c>
@@ -4409,72 +4409,72 @@
       </c>
       <c r="D95">
         <v>119</v>
       </c>
       <c r="E95" t="s">
         <v>360</v>
       </c>
       <c r="F95">
         <v>2015</v>
       </c>
       <c r="G95" t="s">
         <v>361</v>
       </c>
       <c r="H95">
         <v>0.64</v>
       </c>
       <c r="I95">
         <v>0.27</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
         <v>362</v>
       </c>
       <c r="B96" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="C96" t="s">
         <v>363</v>
       </c>
       <c r="D96"/>
       <c r="E96" t="s">
         <v>364</v>
       </c>
       <c r="F96">
         <v>2015</v>
       </c>
       <c r="G96"/>
       <c r="H96"/>
       <c r="I96"/>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
         <v>365</v>
       </c>
       <c r="B97" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="C97" t="s">
         <v>184</v>
       </c>
       <c r="D97">
         <v>91</v>
       </c>
       <c r="E97">
         <v>63830</v>
       </c>
       <c r="F97">
         <v>2015</v>
       </c>
       <c r="G97" t="s">
         <v>366</v>
       </c>
       <c r="H97">
         <v>2.77</v>
       </c>
       <c r="I97"/>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
         <v>367</v>
       </c>
@@ -4727,51 +4727,51 @@
       </c>
       <c r="B107" t="s">
         <v>396</v>
       </c>
       <c r="C107" t="s">
         <v>397</v>
       </c>
       <c r="D107"/>
       <c r="E107" t="s">
         <v>398</v>
       </c>
       <c r="F107">
         <v>2014</v>
       </c>
       <c r="G107" t="s">
         <v>399</v>
       </c>
       <c r="H107"/>
       <c r="I107"/>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
         <v>400</v>
       </c>
       <c r="B108" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="C108" t="s">
         <v>322</v>
       </c>
       <c r="D108" t="s">
         <v>401</v>
       </c>
       <c r="E108" t="s">
         <v>402</v>
       </c>
       <c r="F108">
         <v>2014</v>
       </c>
       <c r="G108" t="s">
         <v>403</v>
       </c>
       <c r="H108"/>
       <c r="I108">
         <v>0.1</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
         <v>404</v>
       </c>
@@ -4804,80 +4804,80 @@
       </c>
       <c r="B110" t="s">
         <v>409</v>
       </c>
       <c r="C110" t="s">
         <v>410</v>
       </c>
       <c r="D110">
         <v>4</v>
       </c>
       <c r="E110" t="s">
         <v>411</v>
       </c>
       <c r="F110">
         <v>2013</v>
       </c>
       <c r="G110"/>
       <c r="H110"/>
       <c r="I110"/>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
         <v>412</v>
       </c>
       <c r="B111" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="C111" t="s">
         <v>46</v>
       </c>
       <c r="D111">
         <v>8</v>
       </c>
       <c r="E111" t="s">
         <v>413</v>
       </c>
       <c r="F111">
         <v>2013</v>
       </c>
       <c r="G111" t="s">
         <v>414</v>
       </c>
       <c r="H111">
         <v>9.31</v>
       </c>
       <c r="I111">
         <v>5.13</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
         <v>415</v>
       </c>
       <c r="B112" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="C112" t="s">
         <v>416</v>
       </c>
       <c r="D112"/>
       <c r="E112" t="s">
         <v>417</v>
       </c>
       <c r="F112">
         <v>2013</v>
       </c>
       <c r="G112" t="s">
         <v>418</v>
       </c>
       <c r="H112"/>
       <c r="I112"/>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
         <v>419</v>
       </c>
       <c r="B113" t="s">
         <v>396</v>
       </c>
       <c r="C113" t="s">
@@ -5054,100 +5054,100 @@
       </c>
       <c r="E119" t="s">
         <v>443</v>
       </c>
       <c r="F119">
         <v>2012</v>
       </c>
       <c r="G119" t="s">
         <v>444</v>
       </c>
       <c r="H119">
         <v>0.69</v>
       </c>
       <c r="I119">
         <v>0.18</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
         <v>445</v>
       </c>
       <c r="B120" t="s">
         <v>409</v>
       </c>
       <c r="C120" t="s">
-        <v>427</v>
+        <v>446</v>
       </c>
       <c r="D120">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="E120" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="F120">
         <v>2012</v>
       </c>
       <c r="G120"/>
       <c r="H120"/>
       <c r="I120"/>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B121" t="s">
         <v>409</v>
       </c>
       <c r="C121" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="D121">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E121" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="F121">
         <v>2012</v>
       </c>
       <c r="G121"/>
       <c r="H121"/>
       <c r="I121"/>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B122" t="s">
         <v>409</v>
       </c>
       <c r="C122" t="s">
-        <v>451</v>
+        <v>427</v>
       </c>
       <c r="D122">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="E122" t="s">
         <v>452</v>
       </c>
       <c r="F122">
         <v>2012</v>
       </c>
       <c r="G122"/>
       <c r="H122"/>
       <c r="I122"/>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
         <v>453</v>
       </c>
       <c r="B123" t="s">
         <v>226</v>
       </c>
       <c r="C123" t="s">
         <v>454</v>
       </c>
       <c r="D123">
         <v>56</v>
       </c>
       <c r="E123" t="s">