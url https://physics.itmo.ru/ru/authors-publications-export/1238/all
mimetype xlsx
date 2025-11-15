--- v1 (2025-10-26)
+++ v2 (2025-11-15)
@@ -170,230 +170,230 @@
   <si>
     <t>Theory, Observation, and Ultrafast Response of the Hybrid Anapole Regime in Light Scattering</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Egor Gurvitz, Fedor Benimetskiy, Dmitry Pidgayko, Anton Samusev,  Andrey B. Evlyukhin, Vjaceslavs Bobrovs, Dmitrii Redka, Michael I. Tribelsky, Mohsen Rahmani, Khosro Zangeneh Kamali, Alexander A. Pavlov, Andrey E. Miroshnichenko, Alexander Shalin</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202100114</t>
   </si>
   <si>
     <t>Multipole Engineering of Attractive−Repulsive and Bending Optical Forces</t>
   </si>
   <si>
     <t>Denis Kislov, Egor Gurvitz, Vjaceslavs Bobrovs, Alexander A. Pavlov, Dmitrii N. Redka, Manuel I. Marqués, Alexander Shalin</t>
   </si>
   <si>
     <t>Advanced Photonics Research</t>
   </si>
   <si>
     <t>10.1002/adpr.202100082</t>
   </si>
   <si>
+    <t>Spin-locked scattering forces in the near field of high index particles</t>
+  </si>
+  <si>
+    <t>Adria Сanos Valero, Denis Kislov, Egor Gurvitz,  Hadi. K. Shamkhi, Alexander. A. Pavlov, Dmitrii Redka, Sergey Yankin, Pavel Zemánek, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020016</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031977</t>
+  </si>
+  <si>
+    <t>Novel concept for contactless all-optical temperature measurement based on diffusion-inspired phosphorescent decay in nanostructured environment</t>
+  </si>
+  <si>
+    <t>Denis Kislov, Denis Novitsky, Alexey Kadochkin, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>020054</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031716</t>
+  </si>
+  <si>
+    <t>Optical pulling force near one-dimensional photonic crystal</t>
+  </si>
+  <si>
+    <t>N. A. Kostina, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>020067</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032067</t>
+  </si>
+  <si>
+    <t>Anapole electric dipole modes for a dielectric sphere</t>
+  </si>
+  <si>
+    <t>Sofiya Ponomareva, Egor Gurvitz, Konstantin Ladutenko, A. M. Miroshnichenko, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>020099</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032562</t>
+  </si>
+  <si>
+    <t>Effective electromagnetic fields of a particle situated near a substrate</t>
+  </si>
+  <si>
+    <t>Hadi Shamkhi Al Naeemah, Adria Сanos Valero, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>020115</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031705</t>
+  </si>
+  <si>
+    <t>Nonlinear control of lateral optical forces excited by high-order multipole resonances in all-dielectric nanoparticles</t>
+  </si>
+  <si>
+    <t>Egor Gurvitz, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>020043</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031961</t>
+  </si>
+  <si>
+    <t>Optomechanical manipulation of nanoparticles with a magnetic response in a Gaussian beam</t>
+  </si>
+  <si>
+    <t>Denis Kislov, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>020055</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031717</t>
+  </si>
+  <si>
+    <t>Optical properties of a metasurface based on silicon nanocylinders in a hybrid Anapole state</t>
+  </si>
+  <si>
+    <t>Alexey Kuznetsov, Adria Сanos Valero, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>020075</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031735</t>
+  </si>
+  <si>
+    <t>Light-Induced particle binding assisted by metamaterial substrates</t>
+  </si>
+  <si>
+    <t>Alexander Shalin, Natalia Kostina</t>
+  </si>
+  <si>
+    <t>020113</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032090</t>
+  </si>
+  <si>
+    <t>Exciting magnetic octupole in near-infrared range by nanostructuring</t>
+  </si>
+  <si>
+    <t>Pavel Terekhov, Andrei Evlyukhin, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>020126</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031674</t>
+  </si>
+  <si>
+    <t>Hybrid anapoles: Near-zero scattering States driven by high order modal interference</t>
+  </si>
+  <si>
+    <t>Adria Сanos Valero, Egor Gurvitz, Andrey Miroshnichenko, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>020015</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031974</t>
+  </si>
+  <si>
+    <t>The development of the toroidal electric dipole source</t>
+  </si>
+  <si>
+    <t>020044</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031962</t>
+  </si>
+  <si>
     <t>Long-range optical binding due to volumetric modes of hyperbolic metamaterial slab</t>
   </si>
   <si>
     <t>Natalia Kostina, Denis Kislov, Alexey Proskurin, Alexander Shalin</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020066</t>
   </si>
   <si>
     <t>10.1063/5.0032064</t>
   </si>
   <si>
     <t>The exceptional points of non-Hermitian optical systems: Scattering matrix definition, coherent perfect absorption, and lasing</t>
   </si>
   <si>
     <t>Denis Novitsky, Alexander Shalin, Andrey V. Novitsky</t>
   </si>
   <si>
     <t>020092</t>
   </si>
   <si>
     <t>10.1063/5.0031767</t>
   </si>
   <si>
     <t>Enhanced helicity at the transverse Kerker condition</t>
   </si>
   <si>
     <t>Hadi Shamkhi Al Naeemah, Alexander Shalin</t>
   </si>
   <si>
     <t>020114</t>
   </si>
   <si>
     <t>10.1063/5.0031704</t>
   </si>
   <si>
-    <t>Spin-locked scattering forces in the near field of high index particles</t>
-[...139 lines deleted...]
-  <si>
     <t>Dynamics of Particles Trapped by Dissipative Domain Walls</t>
   </si>
   <si>
     <t>Daria Dolinina, Alexander Shalin, Alexey Yulin</t>
   </si>
   <si>
     <t>JETP Letters</t>
   </si>
   <si>
     <t>71-76</t>
   </si>
   <si>
     <t>10.1134/s0021364020140027</t>
   </si>
   <si>
     <t>Nontrivial invisibility induced by optical hybrid anapole</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Egor Gurvitz, Alexander Shalin</t>
   </si>
   <si>
     <t>012020</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012020</t>
@@ -626,230 +626,230 @@
   <si>
     <t>Pavel Terekhov, Kseniia Baryshnikova, Andrei Evlyukhin, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1038/s41598-019-40226-0</t>
   </si>
   <si>
     <t>Multipole analysis of dielectric metasurfaces composed of nonspherical nanoparticles and lattice invisibility effect</t>
   </si>
   <si>
     <t>Pavel Terekhov, Kseniia Baryshnikova, Alexander Shalin, Andrei Evlyukhin</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.99.045424</t>
   </si>
   <si>
     <t>Optical binding via surface plasmon polariton interference</t>
   </si>
   <si>
     <t>Natalia Kostina, Mihail Petrov, Aleksandra Ivinskaia, Andrey Bogdanov, Ivan Toftul, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.99.125416</t>
   </si>
   <si>
+    <t>All-Optical Transmission Modulation Due to Inelastic Interactions of Ultrashort Pulses in a Disordered Resonant Medium</t>
+  </si>
+  <si>
+    <t>531(2)</t>
+  </si>
+  <si>
+    <t>10.1002/andp.201800405</t>
+  </si>
+  <si>
+    <t>Nano-Antennas Based on Silicon-Gold Nanostructures</t>
+  </si>
+  <si>
+    <t>Alexander Shalin, Andrei Evlyukhin</t>
+  </si>
+  <si>
+    <t>10.1038/s41598-018-36851-w</t>
+  </si>
+  <si>
     <t>Transmission and reflection features of all-dielectrics metasurfaces with electric and magnetic resonances</t>
   </si>
   <si>
     <t>Proceedings of SPIE</t>
   </si>
   <si>
     <t>10.1117/12.2506973</t>
   </si>
   <si>
     <t>The high-order toroidal moments and anapole states in all-dielectric photonics</t>
   </si>
   <si>
     <t>Egor Gurvitz, Konstantin Ladutenko, Andrei Evlyukhin, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1002/lpor.201800266</t>
   </si>
   <si>
-    <t>All-Optical Transmission Modulation Due to Inelastic Interactions of Ultrashort Pulses in a Disordered Resonant Medium</t>
-[...16 lines deleted...]
-  <si>
     <t>Optomechanical manipulation with hyperbolic metasurfaces</t>
   </si>
   <si>
     <t>Aleksandra Ivinskaia, Natalia Kostina, Mihail Petrov, Andrey Bogdanov, Alexander Shalin</t>
   </si>
   <si>
     <t>4371-4377</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.8b00775</t>
   </si>
   <si>
     <t>Tractor beams at metamaterial substrates</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012132</t>
   </si>
   <si>
     <t>Giant magnetoelectric field separation via anapole-type states in high-index dielectric structures</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Dmitry Filonov, Andrei Evlyukhin, Alexey Kadochkin, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.165419</t>
   </si>
   <si>
     <t>New 2D-graphene hybrid composites as an effective elemental base of optical nanodevices</t>
   </si>
   <si>
     <t>Alexander Shalin</t>
   </si>
   <si>
     <t>Beilstein Journal of Nanotechnology</t>
   </si>
   <si>
     <t>1321–1327</t>
   </si>
   <si>
     <t>10.3762/bjnano.9.125</t>
   </si>
   <si>
+    <t>Femtosecond laser printing of single Ge and SiGe nanoparticles with electric and magnetic optical resonances</t>
+  </si>
+  <si>
+    <t>Andrei Evlyukhin, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>977-983</t>
+  </si>
+  <si>
+    <t>10.1021/acsphotonics.7b01275</t>
+  </si>
+  <si>
+    <t>Magnetic hot-spots in hollow silicon cylinders</t>
+  </si>
+  <si>
+    <t>Kseniia Baryshnikova, Andrei Evlyukhin, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/741/1/012156</t>
+  </si>
+  <si>
+    <t>Scattering Forces within a Left-Handed Photonic Crystal</t>
+  </si>
+  <si>
+    <t>Angeleene Ang, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>10.1038/srep41014</t>
+  </si>
+  <si>
+    <t>Spherically symmetric inhomogeneous bianisotropic media: Wave propagation and light scattering</t>
+  </si>
+  <si>
+    <t>Andrey Novitsky, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>10.1103/PhysRevA.95.053818</t>
+  </si>
+  <si>
+    <t>Magnetic field concentration with coaxial silicon nanocylinders in the optical spectral range</t>
+  </si>
+  <si>
+    <t>Kseniia Baryshnikova, Andrey Novitsky, Andrei Evlyukhin, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>Journal of the Optical Society of America B: Optical Physics</t>
+  </si>
+  <si>
+    <t>D36-D41</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1364/JOSAB.34.000D36</t>
+  </si>
+  <si>
+    <t>Near-field analysis of the anapole states in high-index particles</t>
+  </si>
+  <si>
+    <t>Kseniia Baryshnikova, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998032</t>
+  </si>
+  <si>
+    <t>Simulation of circular dichroism enhancement in gold nanocuboids array lled by chiral medium for optical frequency range</t>
+  </si>
+  <si>
+    <t>2017 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>159-166</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2017.8168015</t>
+  </si>
+  <si>
+    <t>‘Photonic Hook’ based optomechanical nanoparticle manipulator</t>
+  </si>
+  <si>
+    <t>10.1038/s41598-018-20224-4</t>
+  </si>
+  <si>
     <t>Circular Dichroism Enhancement in Plasmonic Nanorod Metamaterials</t>
   </si>
   <si>
     <t>Ivan Shishkin, Egor Gurvitz, Alexey Slobozhanyuk, Alexander Shalin</t>
   </si>
   <si>
     <t>17841-17848</t>
   </si>
   <si>
     <t>10.1364/OE.26.017841</t>
   </si>
   <si>
     <t>Optical multipole resonances of non-spherical silicon nanoparticles and the influence of illumination direction</t>
   </si>
   <si>
     <t>Optical Components and Materials XV</t>
   </si>
   <si>
     <t>10.1117/12.2289894</t>
   </si>
   <si>
-    <t>Femtosecond laser printing of single Ge and SiGe nanoparticles with electric and magnetic optical resonances</t>
-[...79 lines deleted...]
-  <si>
     <t>Photonic hook: A new curved light beam</t>
   </si>
   <si>
     <t>771-774</t>
   </si>
   <si>
     <t>10.1364/OL.43.000771</t>
   </si>
   <si>
     <t>Optical binding of two nanoparticles near interface</t>
   </si>
   <si>
     <t>Natalia Kostina, Mihail Petrov, Aleksandra Ivinskaia, Andrey Bogdanov, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1109/DD.2017.8168020</t>
   </si>
   <si>
     <t>Plasmon-assisted optical trapping and anti-trapping</t>
   </si>
   <si>
     <t>Aleksandra Ivinskaia, Mihail Petrov, Andrey Bogdanov, Ivan Shishkin, Alexander Shalin</t>
   </si>
   <si>
     <t>Light: Science and Applications</t>
@@ -893,221 +893,221 @@
   <si>
     <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
   </si>
   <si>
     <t>2325-2328</t>
   </si>
   <si>
     <t>10.1109/PIERS.2017.8262140</t>
   </si>
   <si>
     <t>Destructive interference between electric and toroidal dipole moments in TiO2 cylinders and frustums with coaxial voids</t>
   </si>
   <si>
     <t>10.1088/1742-6596/929/1/012065</t>
   </si>
   <si>
     <t>Resonant forward scattering of light by high-refractive-index dielectric nanoparticles with toroidal dipole contribution</t>
   </si>
   <si>
     <t>835-838</t>
   </si>
   <si>
     <t>10.1364/OL.42.000835</t>
   </si>
   <si>
+    <t>Nonradiating anapole modes of dielectric particles in terahertz range</t>
+  </si>
+  <si>
+    <t>Pavel Terekhov, Kseniia Baryshnikova, Alexander Shalin, Andrei Evlyukhin, Irina Khromova</t>
+  </si>
+  <si>
+    <t>2016 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>406-409</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756883</t>
+  </si>
+  <si>
+    <t>Plasmonic substrates for optical tweezers</t>
+  </si>
+  <si>
+    <t>Aleksandra Ivinskaia, Mihail Petrov, Andrey Bogdanov, Alexander Shalin, Ivan Shishkin</t>
+  </si>
+  <si>
+    <t>198-201</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756841</t>
+  </si>
+  <si>
     <t>Optically asymmetric structures for transparent electrodes</t>
   </si>
   <si>
     <t>Alexander Shalin, Ivan Mukhin</t>
   </si>
   <si>
-    <t>2016 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>234-236</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756848</t>
   </si>
   <si>
-    <t>Nonradiating anapole modes of dielectric particles in terahertz range</t>
-[...22 lines deleted...]
-  <si>
     <t>Asymmetric backscattering from the hybrid magneto-electric meta particle</t>
   </si>
   <si>
     <t>Dmitry Filonov, Alexander Shalin</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/1.4967238</t>
   </si>
   <si>
     <t>Controlling electromagnetic scattering with wire metamaterial resonators</t>
   </si>
   <si>
     <t>Dmitry Filonov, Alexander Shalin, Ivan Iorsh, Pavel Belov</t>
   </si>
   <si>
     <t>Journal of the Optical Society of America A: Optics and Image Science, and Vision</t>
   </si>
   <si>
     <t>1910-1916</t>
   </si>
   <si>
     <t>10.1364/JOSAA.33.001910</t>
   </si>
   <si>
     <t>Solar photovoltaics: current state and trends</t>
   </si>
   <si>
     <t>Valentin Milichko, Alexander Shalin, Ivan Mukhin, Andrey Krasilin, Pavel Belov</t>
   </si>
   <si>
     <t>Physics-Uspekhi</t>
   </si>
   <si>
     <t>727-772</t>
   </si>
   <si>
     <t>10.3367/UFNr.2016.02.037703</t>
   </si>
   <si>
+    <t>Attraction Optical Forces inside Hyperbolic Metamaterials</t>
+  </si>
+  <si>
+    <t>Alexander Shalin, Andrey Bogdanov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>Conference on Lasers and Electro-Optics (CLEO)</t>
+  </si>
+  <si>
+    <t>10.1364/CLEO_AT.2016.JW2A.17</t>
+  </si>
+  <si>
+    <t>Optical pulling force in the vicinity of plasmonic interfaces</t>
+  </si>
+  <si>
+    <t>Andrey Bogdanov, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>10.1364/CLEO_QELS.2016.FM2B.5</t>
+  </si>
+  <si>
     <t>Optical forces in nanorod metamaterials: beyond the effective medium approach</t>
   </si>
   <si>
-    <t>Andrey Bogdanov, Alexander Shalin</t>
-[...4 lines deleted...]
-  <si>
     <t>10.1364/CLEO_AT.2016.JW2A.32</t>
   </si>
   <si>
-    <t>Attraction Optical Forces inside Hyperbolic Metamaterials</t>
-[...13 lines deleted...]
-  <si>
     <t>Enhancement of artificial magnetism via resonant bianisotropy</t>
   </si>
   <si>
     <t>Dmitry Markovich, Kseniia Baryshnikova, Alexander Shalin, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1038/srep22546</t>
   </si>
   <si>
     <t>Surface plasmon polariton assisted optical pulling force</t>
   </si>
   <si>
     <t>Mihail Petrov, Andrey Bogdanov, Alexander Shalin</t>
   </si>
   <si>
     <t>116-122</t>
   </si>
   <si>
     <t>10.1002/lpor.201500173</t>
   </si>
   <si>
     <t>Enhancement of photovoltaic absorption in thin-film silicon solar cells by all-dielectric light-trapping and antireflective coatings</t>
   </si>
   <si>
     <t>Pavel Voroshilov, Pavel Belov, Alexander Shalin</t>
   </si>
   <si>
     <t>2015 9th International Congress on Adv. Electromagnetic Mat. in Microwaves and Optics (METAMAT.)</t>
   </si>
   <si>
     <t>517-519</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2015.7342508</t>
   </si>
   <si>
+    <t>Optical forces induced at the metal surface</t>
+  </si>
+  <si>
+    <t>2015 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2015.7354869</t>
+  </si>
+  <si>
+    <t>Scattering suppression with homogeneous ENZ-media</t>
+  </si>
+  <si>
+    <t>Alexander Shalin, Pavel Belov, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2015.7354879</t>
+  </si>
+  <si>
     <t>Antireflective properties of periodic nanopore arrays</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Baranov, Ivan Mukhin, Anton Samusev, Pavel Belov, Alexander Shalin</t>
   </si>
   <si>
-    <t>2015 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/DD.2015.7354837</t>
   </si>
   <si>
-    <t>Optical forces induced at the metal surface</t>
-[...13 lines deleted...]
-  <si>
     <t>Emulation of complex optical phenomena with radio waves: Tailoring scattering characteristics with wire metamaterial</t>
   </si>
   <si>
     <t>Dmitry Filonov, Alexander Shalin, Pavel Belov</t>
   </si>
   <si>
     <t>2015 IEEE Int. Conf. on Microwaves, Communications, Antennas and Electronic Systems (COMCAS)</t>
   </si>
   <si>
     <t>1-2, 2-4</t>
   </si>
   <si>
     <t>10.1109/COMCAS.2015.7360417</t>
   </si>
   <si>
     <t>Optical forces in nanorod metamaterial</t>
   </si>
   <si>
     <t>10.1038/srep15846</t>
   </si>
   <si>
     <t>Nanostructural Antireflecting Coatings: Classification Analysis (A Review)</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Alexey Kadochkin, Alexander Shalin</t>
@@ -1214,74 +1214,74 @@
   <si>
     <t>Physica Status Solidi - Rapid Research Letters</t>
   </si>
   <si>
     <t>1015-1018</t>
   </si>
   <si>
     <t>10.1002/pssr.201409396</t>
   </si>
   <si>
     <t>Non-plasmonic light trapping for thin film solar cells</t>
   </si>
   <si>
     <t>Alexander Shalin, Pavel Voroshilov, Pavel Belov</t>
   </si>
   <si>
     <t>2014 8th International Congress on Advanced Electromagnetic Materials in Microwaves and Optics</t>
   </si>
   <si>
     <t>433-436</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2014.6948586</t>
   </si>
   <si>
+    <t>Ultra-Fast Motion of Optically Driven Metallic Nanoparticles</t>
+  </si>
+  <si>
+    <t>JW2A</t>
+  </si>
+  <si>
+    <t>JW2A.107</t>
+  </si>
+  <si>
+    <t>10.1364/CLEO_AT.2014.JW2A.107</t>
+  </si>
+  <si>
     <t>Classical and Quantum Opto-mechanics with Plasmonics and Metamaterials</t>
   </si>
   <si>
     <t>FTu3C</t>
   </si>
   <si>
     <t>FTu3C.2</t>
   </si>
   <si>
     <t>10.1364/CLEO_QELS.2014.FTu3C.2</t>
   </si>
   <si>
-    <t>Ultra-Fast Motion of Optically Driven Metallic Nanoparticles</t>
-[...10 lines deleted...]
-  <si>
     <t>Non-absorbing metamaterial with a dispersion of the effective refractive index (in Russian)</t>
   </si>
   <si>
     <t>Александр Шалин</t>
   </si>
   <si>
     <t>University proceedings. Volga region</t>
   </si>
   <si>
     <t>119-132</t>
   </si>
   <si>
     <t>Nano-opto-mechanical effects in plasmonic waveguides</t>
   </si>
   <si>
     <t>131–136</t>
   </si>
   <si>
     <t>10.1002/lpor.201300109</t>
   </si>
   <si>
     <t>Optomechanical “nonlinear” light modulation on nano-scales</t>
   </si>
   <si>
     <t>2013 7th International Congress on Advanced Electromagnetic Materials in Microwaves and Optics</t>
@@ -1349,144 +1349,144 @@
   <si>
     <t>Optical forces in plasmonic nanoantennas</t>
   </si>
   <si>
     <t>Quantum Electronics</t>
   </si>
   <si>
     <t>355-360</t>
   </si>
   <si>
     <t>10.1070/QE2012v042n04ABEH014740</t>
   </si>
   <si>
     <t>Effect of Argon buffer gas and the dimer component on the optical properties of sodium vapor</t>
   </si>
   <si>
     <t>Journal of Applied Spectroscopy</t>
   </si>
   <si>
     <t>113-119</t>
   </si>
   <si>
     <t>10.1007/s10812-012-9571-9</t>
   </si>
   <si>
+    <t>Наноматериал повышенной прозрачности</t>
+  </si>
+  <si>
+    <t>Известия Самарского научного центра РАН</t>
+  </si>
+  <si>
+    <t>1114-1119</t>
+  </si>
+  <si>
+    <t>Optical forces in light-concentrators (in Russian)</t>
+  </si>
+  <si>
+    <t>118-119</t>
+  </si>
+  <si>
     <t>Метод «мнимой границы» в исследовании оптических свойств упорядоченных наноструктур</t>
   </si>
   <si>
     <t>Наносистемы: физика, химия, математика</t>
   </si>
   <si>
     <t>78-83</t>
   </si>
   <si>
-    <t>Наноматериал повышенной прозрачности</t>
-[...13 lines deleted...]
-  <si>
     <t>Optical Accelerator of Nanoparticles</t>
   </si>
   <si>
     <t>Journal of Communications Technology and Electronics</t>
   </si>
   <si>
     <t>976-984</t>
   </si>
   <si>
     <t>10.1134/S1064226911080109</t>
   </si>
   <si>
     <t>Metallodielectric Nanocomposites with Enhanced Transparency</t>
   </si>
   <si>
     <t>Physics of Metals and Metallography</t>
   </si>
   <si>
     <t>01.дек</t>
   </si>
   <si>
     <t>10.1134/S0031918X11010340</t>
   </si>
   <si>
     <t>Optically Induced Forces in a Nanoparticle-on-Substrate System</t>
   </si>
   <si>
     <t>36-43</t>
   </si>
   <si>
     <t>10.1134/S0031918X11010352</t>
   </si>
   <si>
     <t>Optical blooming of a medium by nanocrystal layers</t>
   </si>
   <si>
     <t>163-169</t>
   </si>
   <si>
     <t>10.1070/QE2011v041n02ABEH014331</t>
   </si>
   <si>
+    <t>Optical Properties of Nanocrystal Layers Embedded in a Carrier Medium</t>
+  </si>
+  <si>
+    <t>14-26</t>
+  </si>
+  <si>
+    <t>10.1134/S1064226911010098</t>
+  </si>
+  <si>
+    <t>Quasi-classical theory of optical properties of nickel nano-clusters (in Russian)</t>
+  </si>
+  <si>
+    <t>Nanotechnics</t>
+  </si>
+  <si>
+    <t>1(25)</t>
+  </si>
+  <si>
     <t>Broadband optical blooming of media by single nano-crystalline layer (in Russian)</t>
   </si>
   <si>
     <t>Optical Antireflection of a Medium by Nanostructural Layers</t>
   </si>
   <si>
     <t>45-66</t>
   </si>
   <si>
     <t>10.2528/PIERB11032509</t>
-  </si>
-[...16 lines deleted...]
-    <t>1(25)</t>
   </si>
   <si>
     <t>Microscopic theory of optical properties of composite media with chaotically distributed nanoparticles</t>
   </si>
   <si>
     <t>1004-1011</t>
   </si>
   <si>
     <t>10.1070/QE2010v040n11ABEH014330</t>
   </si>
   <si>
     <t>Negative Effective Refractive Index of Metallic Nanoparticles in Disordered Nanocomposites</t>
   </si>
   <si>
     <t>119-130</t>
   </si>
   <si>
     <t>10.1134/S0031918X10080028</t>
   </si>
   <si>
     <t>Anomalies of Light Transmission In Structurally Ordered Nanocomposites</t>
   </si>
   <si>
     <t>Journal of Russian Laser Research</t>
   </si>
@@ -2442,132 +2442,132 @@
       <c r="C22" t="s">
         <v>54</v>
       </c>
       <c r="D22">
         <v>2300</v>
       </c>
       <c r="E22" t="s">
         <v>95</v>
       </c>
       <c r="F22">
         <v>2020</v>
       </c>
       <c r="G22" t="s">
         <v>96</v>
       </c>
       <c r="H22"/>
       <c r="I22">
         <v>0.19</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>97</v>
       </c>
       <c r="B23" t="s">
-        <v>98</v>
+        <v>74</v>
       </c>
       <c r="C23" t="s">
         <v>54</v>
       </c>
       <c r="D23">
         <v>2300</v>
       </c>
       <c r="E23" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="F23">
         <v>2020</v>
       </c>
       <c r="G23" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="H23"/>
       <c r="I23">
         <v>0.19</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>100</v>
+      </c>
+      <c r="B24" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="C24" t="s">
         <v>54</v>
       </c>
       <c r="D24">
         <v>2300</v>
       </c>
       <c r="E24" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="F24">
         <v>2020</v>
       </c>
       <c r="G24" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="H24"/>
       <c r="I24">
         <v>0.19</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>104</v>
+      </c>
+      <c r="B25" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="C25" t="s">
         <v>54</v>
       </c>
       <c r="D25">
         <v>2300</v>
       </c>
       <c r="E25" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="F25">
         <v>2020</v>
       </c>
       <c r="G25" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="H25"/>
       <c r="I25">
         <v>0.19</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>108</v>
+      </c>
+      <c r="B26" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="C26" t="s">
         <v>54</v>
       </c>
       <c r="D26">
         <v>2300</v>
       </c>
       <c r="E26" t="s">
         <v>110</v>
       </c>
       <c r="F26">
         <v>2020</v>
       </c>
       <c r="G26" t="s">
         <v>111</v>
       </c>
       <c r="H26"/>
       <c r="I26">
         <v>0.19</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>112</v>
       </c>
@@ -3019,51 +3019,51 @@
       </c>
       <c r="D43">
         <v>122</v>
       </c>
       <c r="E43">
         <v>193905</v>
       </c>
       <c r="F43">
         <v>2019</v>
       </c>
       <c r="G43" t="s">
         <v>178</v>
       </c>
       <c r="H43">
         <v>8.39</v>
       </c>
       <c r="I43">
         <v>3.59</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>179</v>
       </c>
       <c r="B44" t="s">
-        <v>102</v>
+        <v>90</v>
       </c>
       <c r="C44" t="s">
         <v>180</v>
       </c>
       <c r="D44">
         <v>125</v>
       </c>
       <c r="E44">
         <v>173108</v>
       </c>
       <c r="F44">
         <v>2019</v>
       </c>
       <c r="G44" t="s">
         <v>181</v>
       </c>
       <c r="H44">
         <v>2.29</v>
       </c>
       <c r="I44">
         <v>0.73</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
@@ -3218,157 +3218,157 @@
       </c>
       <c r="D50">
         <v>99</v>
       </c>
       <c r="E50">
         <v>125416</v>
       </c>
       <c r="F50">
         <v>2019</v>
       </c>
       <c r="G50" t="s">
         <v>203</v>
       </c>
       <c r="H50">
         <v>3.58</v>
       </c>
       <c r="I50">
         <v>1.81</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>204</v>
       </c>
       <c r="B51" t="s">
-        <v>199</v>
+        <v>156</v>
       </c>
       <c r="C51" t="s">
+        <v>174</v>
+      </c>
+      <c r="D51" t="s">
         <v>205</v>
       </c>
-      <c r="D51">
-[...1 lines deleted...]
-      </c>
       <c r="E51">
-        <v>109270</v>
+        <v>1800405</v>
       </c>
       <c r="F51">
         <v>2019</v>
       </c>
       <c r="G51" t="s">
         <v>206</v>
       </c>
-      <c r="H51"/>
+      <c r="H51">
+        <v>3.32</v>
+      </c>
       <c r="I51">
-        <v>0.24</v>
+        <v>1.28</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>207</v>
       </c>
       <c r="B52" t="s">
         <v>208</v>
       </c>
       <c r="C52" t="s">
-        <v>46</v>
+        <v>19</v>
       </c>
       <c r="D52">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E52">
-        <v>1800266</v>
+        <v>338</v>
       </c>
       <c r="F52">
         <v>2019</v>
       </c>
       <c r="G52" t="s">
         <v>209</v>
       </c>
       <c r="H52">
-        <v>10.66</v>
+        <v>4.0</v>
       </c>
       <c r="I52">
-        <v>4.01</v>
+        <v>1.34</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>210</v>
       </c>
       <c r="B53" t="s">
-        <v>156</v>
+        <v>199</v>
       </c>
       <c r="C53" t="s">
-        <v>174</v>
-[...1 lines deleted...]
-      <c r="D53" t="s">
         <v>211</v>
       </c>
+      <c r="D53">
+        <v>10927</v>
+      </c>
       <c r="E53">
-        <v>1800405</v>
+        <v>109270</v>
       </c>
       <c r="F53">
         <v>2019</v>
       </c>
       <c r="G53" t="s">
         <v>212</v>
       </c>
-      <c r="H53">
-[...1 lines deleted...]
-      </c>
+      <c r="H53"/>
       <c r="I53">
-        <v>1.28</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>213</v>
       </c>
       <c r="B54" t="s">
         <v>214</v>
       </c>
       <c r="C54" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="D54">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E54">
-        <v>338</v>
+        <v>1800266</v>
       </c>
       <c r="F54">
         <v>2019</v>
       </c>
       <c r="G54" t="s">
         <v>215</v>
       </c>
       <c r="H54">
-        <v>4.0</v>
+        <v>10.66</v>
       </c>
       <c r="I54">
-        <v>1.34</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>216</v>
       </c>
       <c r="B55" t="s">
         <v>217</v>
       </c>
       <c r="C55" t="s">
         <v>149</v>
       </c>
       <c r="D55">
         <v>5</v>
       </c>
       <c r="E55" t="s">
         <v>218</v>
       </c>
       <c r="F55">
         <v>2018</v>
       </c>
       <c r="G55" t="s">
         <v>219</v>
       </c>
       <c r="H55">
@@ -3449,360 +3449,360 @@
       </c>
       <c r="E58" t="s">
         <v>228</v>
       </c>
       <c r="F58">
         <v>2018</v>
       </c>
       <c r="G58" t="s">
         <v>229</v>
       </c>
       <c r="H58">
         <v>2.27</v>
       </c>
       <c r="I58">
         <v>0.77</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>230</v>
       </c>
       <c r="B59" t="s">
         <v>231</v>
       </c>
       <c r="C59" t="s">
-        <v>189</v>
+        <v>149</v>
       </c>
       <c r="D59">
-        <v>26</v>
+        <v>5</v>
       </c>
       <c r="E59" t="s">
         <v>232</v>
       </c>
       <c r="F59">
         <v>2018</v>
       </c>
       <c r="G59" t="s">
         <v>233</v>
       </c>
       <c r="H59">
-        <v>3.56</v>
+        <v>7.14</v>
       </c>
       <c r="I59">
-        <v>1.47</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>234</v>
       </c>
       <c r="B60" t="s">
-        <v>199</v>
+        <v>235</v>
       </c>
       <c r="C60" t="s">
-        <v>235</v>
+        <v>27</v>
       </c>
       <c r="D60">
-        <v>10528</v>
+        <v>741</v>
       </c>
       <c r="E60">
-        <v>1052802</v>
+        <v>12156</v>
       </c>
       <c r="F60">
         <v>2018</v>
       </c>
       <c r="G60" t="s">
         <v>236</v>
       </c>
-      <c r="H60">
-[...1 lines deleted...]
-      </c>
+      <c r="H60"/>
       <c r="I60">
         <v>0.24</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>237</v>
       </c>
       <c r="B61" t="s">
         <v>238</v>
       </c>
       <c r="C61" t="s">
-        <v>149</v>
+        <v>19</v>
       </c>
       <c r="D61">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>239</v>
+        <v>7</v>
+      </c>
+      <c r="E61">
+        <v>41014</v>
       </c>
       <c r="F61">
         <v>2018</v>
       </c>
       <c r="G61" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="H61">
-        <v>7.14</v>
+        <v>4.01</v>
       </c>
       <c r="I61">
-        <v>2.98</v>
+        <v>1.41</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>240</v>
+      </c>
+      <c r="B62" t="s">
         <v>241</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62" t="s">
-        <v>27</v>
+        <v>184</v>
       </c>
       <c r="D62">
-        <v>741</v>
+        <v>95</v>
       </c>
       <c r="E62">
-        <v>12156</v>
+        <v>53818</v>
       </c>
       <c r="F62">
         <v>2018</v>
       </c>
       <c r="G62" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="H62"/>
+        <v>242</v>
+      </c>
+      <c r="H62">
+        <v>2.91</v>
+      </c>
       <c r="I62">
-        <v>0.24</v>
+        <v>1.27</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>243</v>
+      </c>
+      <c r="B63" t="s">
         <v>244</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63" t="s">
         <v>245</v>
       </c>
-      <c r="C63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D63">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>41014</v>
+        <v>34</v>
+      </c>
+      <c r="E63" t="s">
+        <v>246</v>
       </c>
       <c r="F63">
         <v>2018</v>
       </c>
       <c r="G63" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="H63">
-        <v>4.01</v>
+        <v>2.05</v>
       </c>
       <c r="I63">
-        <v>1.41</v>
+        <v>0.86</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B64" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C64" t="s">
-        <v>184</v>
+        <v>54</v>
       </c>
       <c r="D64">
-        <v>95</v>
+        <v>1874</v>
       </c>
       <c r="E64">
-        <v>53818</v>
+        <v>30003</v>
       </c>
       <c r="F64">
         <v>2018</v>
       </c>
       <c r="G64" t="s">
-        <v>249</v>
-[...3 lines deleted...]
-      </c>
+        <v>250</v>
+      </c>
+      <c r="H64"/>
       <c r="I64">
-        <v>1.27</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B65" t="s">
-        <v>251</v>
+        <v>74</v>
       </c>
       <c r="C65" t="s">
         <v>252</v>
       </c>
-      <c r="D65">
-[...1 lines deleted...]
-      </c>
+      <c r="D65"/>
       <c r="E65" t="s">
         <v>253</v>
       </c>
       <c r="F65">
         <v>2018</v>
       </c>
       <c r="G65" t="s">
         <v>254</v>
       </c>
-      <c r="H65">
-[...4 lines deleted...]
-      </c>
+      <c r="H65"/>
+      <c r="I65"/>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>255</v>
       </c>
       <c r="B66" t="s">
-        <v>256</v>
+        <v>238</v>
       </c>
       <c r="C66" t="s">
-        <v>54</v>
+        <v>19</v>
       </c>
       <c r="D66">
-        <v>1874</v>
+        <v>8</v>
       </c>
       <c r="E66">
-        <v>30003</v>
+        <v>2029</v>
       </c>
       <c r="F66">
         <v>2018</v>
       </c>
       <c r="G66" t="s">
-        <v>257</v>
-[...1 lines deleted...]
-      <c r="H66"/>
+        <v>256</v>
+      </c>
+      <c r="H66">
+        <v>4.01</v>
+      </c>
       <c r="I66">
-        <v>0.17</v>
+        <v>1.41</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>257</v>
+      </c>
+      <c r="B67" t="s">
         <v>258</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67" t="s">
+        <v>189</v>
+      </c>
+      <c r="D67">
+        <v>26</v>
+      </c>
+      <c r="E67" t="s">
         <v>259</v>
-      </c>
-[...2 lines deleted...]
-        <v>260</v>
       </c>
       <c r="F67">
         <v>2018</v>
       </c>
       <c r="G67" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-      <c r="I67"/>
+        <v>260</v>
+      </c>
+      <c r="H67">
+        <v>3.56</v>
+      </c>
+      <c r="I67">
+        <v>1.47</v>
+      </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>261</v>
+      </c>
+      <c r="B68" t="s">
+        <v>199</v>
+      </c>
+      <c r="C68" t="s">
         <v>262</v>
       </c>
-      <c r="B68" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D68">
-        <v>8</v>
+        <v>10528</v>
       </c>
       <c r="E68">
-        <v>2029</v>
+        <v>1052802</v>
       </c>
       <c r="F68">
         <v>2018</v>
       </c>
       <c r="G68" t="s">
         <v>263</v>
       </c>
       <c r="H68">
-        <v>4.01</v>
+        <v>0.56</v>
       </c>
       <c r="I68">
-        <v>1.41</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>264</v>
       </c>
       <c r="B69" t="s">
         <v>226</v>
       </c>
       <c r="C69" t="s">
         <v>157</v>
       </c>
       <c r="D69">
         <v>43</v>
       </c>
       <c r="E69" t="s">
         <v>265</v>
       </c>
       <c r="F69">
         <v>2018</v>
       </c>
       <c r="G69" t="s">
         <v>266</v>
       </c>
       <c r="H69">
         <v>3.87</v>
       </c>
       <c r="I69">
         <v>1.71</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>267</v>
       </c>
       <c r="B70" t="s">
         <v>268</v>
       </c>
       <c r="C70" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70">
         <v>2017</v>
       </c>
       <c r="G70" t="s">
         <v>269</v>
       </c>
       <c r="H70"/>
       <c r="I70"/>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>270</v>
       </c>
       <c r="B71" t="s">
         <v>271</v>
       </c>
       <c r="C71" t="s">
         <v>272</v>
       </c>
       <c r="D71">
         <v>6</v>
       </c>
@@ -3837,71 +3837,71 @@
       </c>
       <c r="E72">
         <v>35443</v>
       </c>
       <c r="F72">
         <v>2017</v>
       </c>
       <c r="G72" t="s">
         <v>276</v>
       </c>
       <c r="H72">
         <v>3.81</v>
       </c>
       <c r="I72">
         <v>2.34</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
         <v>277</v>
       </c>
       <c r="B73" t="s">
         <v>199</v>
       </c>
       <c r="C73" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="D73"/>
       <c r="E73" t="s">
         <v>278</v>
       </c>
       <c r="F73">
         <v>2017</v>
       </c>
       <c r="G73" t="s">
         <v>279</v>
       </c>
       <c r="H73"/>
       <c r="I73"/>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
         <v>280</v>
       </c>
       <c r="B74" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="C74" t="s">
         <v>281</v>
       </c>
       <c r="D74"/>
       <c r="E74" t="s">
         <v>282</v>
       </c>
       <c r="F74">
         <v>2017</v>
       </c>
       <c r="G74" t="s">
         <v>283</v>
       </c>
       <c r="H74"/>
       <c r="I74"/>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>284</v>
       </c>
       <c r="B75" t="s">
         <v>199</v>
       </c>
       <c r="C75" t="s">
@@ -4161,51 +4161,51 @@
       </c>
       <c r="B85" t="s">
         <v>325</v>
       </c>
       <c r="C85" t="s">
         <v>322</v>
       </c>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85">
         <v>2016</v>
       </c>
       <c r="G85" t="s">
         <v>326</v>
       </c>
       <c r="H85"/>
       <c r="I85">
         <v>0.1</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
         <v>327</v>
       </c>
       <c r="B86" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="C86" t="s">
         <v>322</v>
       </c>
       <c r="D86"/>
       <c r="E86"/>
       <c r="F86">
         <v>2016</v>
       </c>
       <c r="G86" t="s">
         <v>328</v>
       </c>
       <c r="H86"/>
       <c r="I86">
         <v>0.1</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
         <v>329</v>
       </c>
       <c r="B87" t="s">
         <v>330</v>
       </c>
       <c r="C87" t="s">
@@ -4265,137 +4265,137 @@
       </c>
       <c r="B89" t="s">
         <v>337</v>
       </c>
       <c r="C89" t="s">
         <v>338</v>
       </c>
       <c r="D89"/>
       <c r="E89" t="s">
         <v>339</v>
       </c>
       <c r="F89">
         <v>2015</v>
       </c>
       <c r="G89" t="s">
         <v>340</v>
       </c>
       <c r="H89"/>
       <c r="I89"/>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
         <v>341</v>
       </c>
       <c r="B90" t="s">
+        <v>333</v>
+      </c>
+      <c r="C90" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
       <c r="D90"/>
       <c r="E90"/>
       <c r="F90">
         <v>2015</v>
       </c>
       <c r="G90" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="H90"/>
       <c r="I90"/>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
+        <v>344</v>
+      </c>
+      <c r="B91" t="s">
         <v>345</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="D91"/>
       <c r="E91"/>
       <c r="F91">
         <v>2015</v>
       </c>
       <c r="G91" t="s">
         <v>346</v>
       </c>
       <c r="H91"/>
       <c r="I91"/>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
         <v>347</v>
       </c>
       <c r="B92" t="s">
         <v>348</v>
       </c>
       <c r="C92" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="D92"/>
       <c r="E92"/>
       <c r="F92">
         <v>2015</v>
       </c>
       <c r="G92" t="s">
         <v>349</v>
       </c>
       <c r="H92"/>
       <c r="I92"/>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
         <v>350</v>
       </c>
       <c r="B93" t="s">
         <v>351</v>
       </c>
       <c r="C93" t="s">
         <v>352</v>
       </c>
       <c r="D93"/>
       <c r="E93" t="s">
         <v>353</v>
       </c>
       <c r="F93">
         <v>2015</v>
       </c>
       <c r="G93" t="s">
         <v>354</v>
       </c>
       <c r="H93"/>
       <c r="I93"/>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
         <v>355</v>
       </c>
       <c r="B94" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="C94" t="s">
         <v>19</v>
       </c>
       <c r="D94">
         <v>5</v>
       </c>
       <c r="E94">
         <v>15846</v>
       </c>
       <c r="F94">
         <v>2015</v>
       </c>
       <c r="G94" t="s">
         <v>356</v>
       </c>
       <c r="H94">
         <v>5.23</v>
       </c>
       <c r="I94">
         <v>2.03</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
@@ -4409,72 +4409,72 @@
       </c>
       <c r="D95">
         <v>119</v>
       </c>
       <c r="E95" t="s">
         <v>360</v>
       </c>
       <c r="F95">
         <v>2015</v>
       </c>
       <c r="G95" t="s">
         <v>361</v>
       </c>
       <c r="H95">
         <v>0.64</v>
       </c>
       <c r="I95">
         <v>0.27</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
         <v>362</v>
       </c>
       <c r="B96" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="C96" t="s">
         <v>363</v>
       </c>
       <c r="D96"/>
       <c r="E96" t="s">
         <v>364</v>
       </c>
       <c r="F96">
         <v>2015</v>
       </c>
       <c r="G96"/>
       <c r="H96"/>
       <c r="I96"/>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
         <v>365</v>
       </c>
       <c r="B97" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="C97" t="s">
         <v>184</v>
       </c>
       <c r="D97">
         <v>91</v>
       </c>
       <c r="E97">
         <v>63830</v>
       </c>
       <c r="F97">
         <v>2015</v>
       </c>
       <c r="G97" t="s">
         <v>366</v>
       </c>
       <c r="H97">
         <v>2.77</v>
       </c>
       <c r="I97"/>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
         <v>367</v>
       </c>
@@ -4727,157 +4727,157 @@
       </c>
       <c r="B107" t="s">
         <v>396</v>
       </c>
       <c r="C107" t="s">
         <v>397</v>
       </c>
       <c r="D107"/>
       <c r="E107" t="s">
         <v>398</v>
       </c>
       <c r="F107">
         <v>2014</v>
       </c>
       <c r="G107" t="s">
         <v>399</v>
       </c>
       <c r="H107"/>
       <c r="I107"/>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
         <v>400</v>
       </c>
       <c r="B108" t="s">
-        <v>348</v>
+        <v>226</v>
       </c>
       <c r="C108" t="s">
         <v>322</v>
       </c>
       <c r="D108" t="s">
         <v>401</v>
       </c>
       <c r="E108" t="s">
         <v>402</v>
       </c>
       <c r="F108">
         <v>2014</v>
       </c>
       <c r="G108" t="s">
         <v>403</v>
       </c>
       <c r="H108"/>
       <c r="I108">
         <v>0.1</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
         <v>404</v>
       </c>
       <c r="B109" t="s">
-        <v>226</v>
+        <v>345</v>
       </c>
       <c r="C109" t="s">
         <v>322</v>
       </c>
       <c r="D109" t="s">
         <v>405</v>
       </c>
       <c r="E109" t="s">
         <v>406</v>
       </c>
       <c r="F109">
         <v>2014</v>
       </c>
       <c r="G109" t="s">
         <v>407</v>
       </c>
       <c r="H109"/>
       <c r="I109">
         <v>0.1</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
         <v>408</v>
       </c>
       <c r="B110" t="s">
         <v>409</v>
       </c>
       <c r="C110" t="s">
         <v>410</v>
       </c>
       <c r="D110">
         <v>4</v>
       </c>
       <c r="E110" t="s">
         <v>411</v>
       </c>
       <c r="F110">
         <v>2013</v>
       </c>
       <c r="G110"/>
       <c r="H110"/>
       <c r="I110"/>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
         <v>412</v>
       </c>
       <c r="B111" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="C111" t="s">
         <v>46</v>
       </c>
       <c r="D111">
         <v>8</v>
       </c>
       <c r="E111" t="s">
         <v>413</v>
       </c>
       <c r="F111">
         <v>2013</v>
       </c>
       <c r="G111" t="s">
         <v>414</v>
       </c>
       <c r="H111">
         <v>9.31</v>
       </c>
       <c r="I111">
         <v>5.13</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
         <v>415</v>
       </c>
       <c r="B112" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="C112" t="s">
         <v>416</v>
       </c>
       <c r="D112"/>
       <c r="E112" t="s">
         <v>417</v>
       </c>
       <c r="F112">
         <v>2013</v>
       </c>
       <c r="G112" t="s">
         <v>418</v>
       </c>
       <c r="H112"/>
       <c r="I112"/>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
         <v>419</v>
       </c>
       <c r="B113" t="s">
         <v>396</v>
       </c>
       <c r="C113" t="s">
@@ -5057,97 +5057,97 @@
       </c>
       <c r="F119">
         <v>2012</v>
       </c>
       <c r="G119" t="s">
         <v>444</v>
       </c>
       <c r="H119">
         <v>0.69</v>
       </c>
       <c r="I119">
         <v>0.18</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
         <v>445</v>
       </c>
       <c r="B120" t="s">
         <v>409</v>
       </c>
       <c r="C120" t="s">
         <v>446</v>
       </c>
       <c r="D120">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E120" t="s">
         <v>447</v>
       </c>
       <c r="F120">
         <v>2012</v>
       </c>
       <c r="G120"/>
       <c r="H120"/>
       <c r="I120"/>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
         <v>448</v>
       </c>
       <c r="B121" t="s">
         <v>409</v>
       </c>
       <c r="C121" t="s">
+        <v>427</v>
+      </c>
+      <c r="D121">
+        <v>10</v>
+      </c>
+      <c r="E121" t="s">
         <v>449</v>
-      </c>
-[...4 lines deleted...]
-        <v>450</v>
       </c>
       <c r="F121">
         <v>2012</v>
       </c>
       <c r="G121"/>
       <c r="H121"/>
       <c r="I121"/>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="B122" t="s">
         <v>409</v>
       </c>
       <c r="C122" t="s">
-        <v>427</v>
+        <v>451</v>
       </c>
       <c r="D122">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="E122" t="s">
         <v>452</v>
       </c>
       <c r="F122">
         <v>2012</v>
       </c>
       <c r="G122"/>
       <c r="H122"/>
       <c r="I122"/>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
         <v>453</v>
       </c>
       <c r="B123" t="s">
         <v>226</v>
       </c>
       <c r="C123" t="s">
         <v>454</v>
       </c>
       <c r="D123">
         <v>56</v>
       </c>
       <c r="E123" t="s">
@@ -5236,146 +5236,146 @@
       </c>
       <c r="D126">
         <v>41</v>
       </c>
       <c r="E126" t="s">
         <v>465</v>
       </c>
       <c r="F126">
         <v>2011</v>
       </c>
       <c r="G126" t="s">
         <v>466</v>
       </c>
       <c r="H126">
         <v>0.83</v>
       </c>
       <c r="I126">
         <v>0.49</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
         <v>467</v>
       </c>
       <c r="B127" t="s">
-        <v>409</v>
+        <v>226</v>
       </c>
       <c r="C127" t="s">
-        <v>427</v>
+        <v>454</v>
       </c>
       <c r="D127">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>43589</v>
+        <v>56</v>
+      </c>
+      <c r="E127" t="s">
+        <v>468</v>
       </c>
       <c r="F127">
         <v>2011</v>
       </c>
-      <c r="G127"/>
-[...1 lines deleted...]
-      <c r="I127"/>
+      <c r="G127" t="s">
+        <v>469</v>
+      </c>
+      <c r="H127">
+        <v>0.38</v>
+      </c>
+      <c r="I127">
+        <v>0.25</v>
+      </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B128" t="s">
-        <v>226</v>
+        <v>409</v>
       </c>
       <c r="C128" t="s">
-        <v>430</v>
-[...5 lines deleted...]
-        <v>469</v>
+        <v>471</v>
+      </c>
+      <c r="D128" t="s">
+        <v>472</v>
+      </c>
+      <c r="E128">
+        <v>42</v>
       </c>
       <c r="F128">
         <v>2011</v>
       </c>
-      <c r="G128" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G128"/>
       <c r="H128"/>
-      <c r="I128">
-[...1 lines deleted...]
-      </c>
+      <c r="I128"/>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B129" t="s">
-        <v>226</v>
+        <v>409</v>
       </c>
       <c r="C129" t="s">
-        <v>454</v>
+        <v>427</v>
       </c>
       <c r="D129">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>472</v>
+        <v>9</v>
+      </c>
+      <c r="E129">
+        <v>43589</v>
       </c>
       <c r="F129">
         <v>2011</v>
       </c>
-      <c r="G129" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G129"/>
+      <c r="H129"/>
+      <c r="I129"/>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
         <v>474</v>
       </c>
       <c r="B130" t="s">
-        <v>409</v>
+        <v>226</v>
       </c>
       <c r="C130" t="s">
+        <v>430</v>
+      </c>
+      <c r="D130">
+        <v>31</v>
+      </c>
+      <c r="E130" t="s">
         <v>475</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
       <c r="F130">
         <v>2011</v>
       </c>
-      <c r="G130"/>
+      <c r="G130" t="s">
+        <v>476</v>
+      </c>
       <c r="H130"/>
-      <c r="I130"/>
+      <c r="I130">
+        <v>0.72</v>
+      </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
         <v>477</v>
       </c>
       <c r="B131" t="s">
         <v>226</v>
       </c>
       <c r="C131" t="s">
         <v>438</v>
       </c>
       <c r="D131">
         <v>40</v>
       </c>
       <c r="E131" t="s">
         <v>478</v>
       </c>
       <c r="F131">
         <v>2010</v>
       </c>
       <c r="G131" t="s">
         <v>479</v>
       </c>
       <c r="H131">
         <v>0.81</v>