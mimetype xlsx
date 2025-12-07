--- v2 (2025-11-15)
+++ v3 (2025-12-07)
@@ -626,128 +626,137 @@
   <si>
     <t>Pavel Terekhov, Kseniia Baryshnikova, Andrei Evlyukhin, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1038/s41598-019-40226-0</t>
   </si>
   <si>
     <t>Multipole analysis of dielectric metasurfaces composed of nonspherical nanoparticles and lattice invisibility effect</t>
   </si>
   <si>
     <t>Pavel Terekhov, Kseniia Baryshnikova, Alexander Shalin, Andrei Evlyukhin</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.99.045424</t>
   </si>
   <si>
     <t>Optical binding via surface plasmon polariton interference</t>
   </si>
   <si>
     <t>Natalia Kostina, Mihail Petrov, Aleksandra Ivinskaia, Andrey Bogdanov, Ivan Toftul, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.99.125416</t>
   </si>
   <si>
+    <t>The high-order toroidal moments and anapole states in all-dielectric photonics</t>
+  </si>
+  <si>
+    <t>Egor Gurvitz, Konstantin Ladutenko, Andrei Evlyukhin, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>10.1002/lpor.201800266</t>
+  </si>
+  <si>
     <t>All-Optical Transmission Modulation Due to Inelastic Interactions of Ultrashort Pulses in a Disordered Resonant Medium</t>
   </si>
   <si>
     <t>531(2)</t>
   </si>
   <si>
     <t>10.1002/andp.201800405</t>
   </si>
   <si>
     <t>Nano-Antennas Based on Silicon-Gold Nanostructures</t>
   </si>
   <si>
     <t>Alexander Shalin, Andrei Evlyukhin</t>
   </si>
   <si>
     <t>10.1038/s41598-018-36851-w</t>
   </si>
   <si>
     <t>Transmission and reflection features of all-dielectrics metasurfaces with electric and magnetic resonances</t>
   </si>
   <si>
     <t>Proceedings of SPIE</t>
   </si>
   <si>
     <t>10.1117/12.2506973</t>
   </si>
   <si>
-    <t>The high-order toroidal moments and anapole states in all-dielectric photonics</t>
-[...7 lines deleted...]
-  <si>
     <t>Optomechanical manipulation with hyperbolic metasurfaces</t>
   </si>
   <si>
     <t>Aleksandra Ivinskaia, Natalia Kostina, Mihail Petrov, Andrey Bogdanov, Alexander Shalin</t>
   </si>
   <si>
     <t>4371-4377</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.8b00775</t>
   </si>
   <si>
     <t>Tractor beams at metamaterial substrates</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012132</t>
   </si>
   <si>
     <t>Giant magnetoelectric field separation via anapole-type states in high-index dielectric structures</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Dmitry Filonov, Andrei Evlyukhin, Alexey Kadochkin, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.165419</t>
   </si>
   <si>
     <t>New 2D-graphene hybrid composites as an effective elemental base of optical nanodevices</t>
   </si>
   <si>
     <t>Alexander Shalin</t>
   </si>
   <si>
     <t>Beilstein Journal of Nanotechnology</t>
   </si>
   <si>
     <t>1321–1327</t>
   </si>
   <si>
     <t>10.3762/bjnano.9.125</t>
   </si>
   <si>
+    <t>Optical multipole resonances of non-spherical silicon nanoparticles and the influence of illumination direction</t>
+  </si>
+  <si>
+    <t>Optical Components and Materials XV</t>
+  </si>
+  <si>
+    <t>10.1117/12.2289894</t>
+  </si>
+  <si>
     <t>Femtosecond laser printing of single Ge and SiGe nanoparticles with electric and magnetic optical resonances</t>
   </si>
   <si>
     <t>Andrei Evlyukhin, Alexander Shalin</t>
   </si>
   <si>
     <t>977-983</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.7b01275</t>
   </si>
   <si>
     <t>Magnetic hot-spots in hollow silicon cylinders</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Andrei Evlyukhin, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1088/1742-6596/741/1/012156</t>
   </si>
   <si>
     <t>Scattering Forces within a Left-Handed Photonic Crystal</t>
   </si>
   <si>
     <t>Angeleene Ang, Alexander Shalin</t>
@@ -797,59 +806,50 @@
   <si>
     <t>159-166</t>
   </si>
   <si>
     <t>10.1109/DD.2017.8168015</t>
   </si>
   <si>
     <t>‘Photonic Hook’ based optomechanical nanoparticle manipulator</t>
   </si>
   <si>
     <t>10.1038/s41598-018-20224-4</t>
   </si>
   <si>
     <t>Circular Dichroism Enhancement in Plasmonic Nanorod Metamaterials</t>
   </si>
   <si>
     <t>Ivan Shishkin, Egor Gurvitz, Alexey Slobozhanyuk, Alexander Shalin</t>
   </si>
   <si>
     <t>17841-17848</t>
   </si>
   <si>
     <t>10.1364/OE.26.017841</t>
   </si>
   <si>
-    <t>Optical multipole resonances of non-spherical silicon nanoparticles and the influence of illumination direction</t>
-[...7 lines deleted...]
-  <si>
     <t>Photonic hook: A new curved light beam</t>
   </si>
   <si>
     <t>771-774</t>
   </si>
   <si>
     <t>10.1364/OL.43.000771</t>
   </si>
   <si>
     <t>Optical binding of two nanoparticles near interface</t>
   </si>
   <si>
     <t>Natalia Kostina, Mihail Petrov, Aleksandra Ivinskaia, Andrey Bogdanov, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1109/DD.2017.8168020</t>
   </si>
   <si>
     <t>Plasmon-assisted optical trapping and anti-trapping</t>
   </si>
   <si>
     <t>Aleksandra Ivinskaia, Mihail Petrov, Andrey Bogdanov, Ivan Shishkin, Alexander Shalin</t>
   </si>
   <si>
     <t>Light: Science and Applications</t>
@@ -974,77 +974,77 @@
   <si>
     <t>Journal of the Optical Society of America A: Optics and Image Science, and Vision</t>
   </si>
   <si>
     <t>1910-1916</t>
   </si>
   <si>
     <t>10.1364/JOSAA.33.001910</t>
   </si>
   <si>
     <t>Solar photovoltaics: current state and trends</t>
   </si>
   <si>
     <t>Valentin Milichko, Alexander Shalin, Ivan Mukhin, Andrey Krasilin, Pavel Belov</t>
   </si>
   <si>
     <t>Physics-Uspekhi</t>
   </si>
   <si>
     <t>727-772</t>
   </si>
   <si>
     <t>10.3367/UFNr.2016.02.037703</t>
   </si>
   <si>
+    <t>Optical forces in nanorod metamaterials: beyond the effective medium approach</t>
+  </si>
+  <si>
+    <t>Andrey Bogdanov, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>Conference on Lasers and Electro-Optics (CLEO)</t>
+  </si>
+  <si>
+    <t>10.1364/CLEO_AT.2016.JW2A.32</t>
+  </si>
+  <si>
     <t>Attraction Optical Forces inside Hyperbolic Metamaterials</t>
   </si>
   <si>
     <t>Alexander Shalin, Andrey Bogdanov, Pavel Belov</t>
   </si>
   <si>
-    <t>Conference on Lasers and Electro-Optics (CLEO)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1364/CLEO_AT.2016.JW2A.17</t>
   </si>
   <si>
     <t>Optical pulling force in the vicinity of plasmonic interfaces</t>
   </si>
   <si>
-    <t>Andrey Bogdanov, Alexander Shalin</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1364/CLEO_QELS.2016.FM2B.5</t>
   </si>
   <si>
-    <t>Optical forces in nanorod metamaterials: beyond the effective medium approach</t>
-[...4 lines deleted...]
-  <si>
     <t>Enhancement of artificial magnetism via resonant bianisotropy</t>
   </si>
   <si>
     <t>Dmitry Markovich, Kseniia Baryshnikova, Alexander Shalin, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1038/srep22546</t>
   </si>
   <si>
     <t>Surface plasmon polariton assisted optical pulling force</t>
   </si>
   <si>
     <t>Mihail Petrov, Andrey Bogdanov, Alexander Shalin</t>
   </si>
   <si>
     <t>116-122</t>
   </si>
   <si>
     <t>10.1002/lpor.201500173</t>
   </si>
   <si>
     <t>Enhancement of photovoltaic absorption in thin-film silicon solar cells by all-dielectric light-trapping and antireflective coatings</t>
   </si>
   <si>
     <t>Pavel Voroshilov, Pavel Belov, Alexander Shalin</t>
@@ -1115,63 +1115,63 @@
   <si>
     <t>Optics and Spectroscopy</t>
   </si>
   <si>
     <t>367–380</t>
   </si>
   <si>
     <t>10.1134/S0030400X15090040</t>
   </si>
   <si>
     <t>Suppression of Light Scattering with ENZ-metamaterials</t>
   </si>
   <si>
     <t>Progress in Electromagnetics Research Symposium</t>
   </si>
   <si>
     <t>1178-1181</t>
   </si>
   <si>
     <t>Optical pulling forces in hyperbolic metamaterials</t>
   </si>
   <si>
     <t>10.1103/PhysRevA.91.063830</t>
   </si>
   <si>
+    <t>Strong Purcell effect in anisotropic epsilon-near-zero metamaterials</t>
+  </si>
+  <si>
+    <t>Alexander Chebykin, Alexey Orlov, Alexander Shalin, Alexander Poddubny, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1103/PhysRevB.91.205126</t>
+  </si>
+  <si>
     <t>Light-trapping and antireflective coatings for amorphous Si-based thin film solar cells</t>
   </si>
   <si>
     <t>10.1063/1.4921440</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1103/PhysRevB.91.205126</t>
   </si>
   <si>
     <t>Nonreciprocal Optical Interaction of Dissimilar Particles</t>
   </si>
   <si>
     <t>CLEO: QELS_Fundamental Science 2015</t>
   </si>
   <si>
     <t>10.1364/CLEO_QELS.2015.FF2C.6</t>
   </si>
   <si>
     <t>Broadband antireflective coatings based on two-dimensional arrays of subwavelength nanopores</t>
   </si>
   <si>
     <t>Dmitry Baranov, Pavel Dmitriev, Ivan Mukhin, Anton Samusev, Pavel Belov, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1063/1.4919589</t>
   </si>
   <si>
     <t>Scattering suppression from arbitrary objects in spatially dispersive layered metamaterials</t>
   </si>
   <si>
     <t>Alexander Shalin, Alexey Orlov, Ivan Iorsh, Pavel Belov, Yuri Kivshar</t>
   </si>
@@ -3218,157 +3218,157 @@
       </c>
       <c r="D50">
         <v>99</v>
       </c>
       <c r="E50">
         <v>125416</v>
       </c>
       <c r="F50">
         <v>2019</v>
       </c>
       <c r="G50" t="s">
         <v>203</v>
       </c>
       <c r="H50">
         <v>3.58</v>
       </c>
       <c r="I50">
         <v>1.81</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>204</v>
       </c>
       <c r="B51" t="s">
-        <v>156</v>
+        <v>205</v>
       </c>
       <c r="C51" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-        <v>205</v>
+        <v>46</v>
+      </c>
+      <c r="D51">
+        <v>13</v>
       </c>
       <c r="E51">
-        <v>1800405</v>
+        <v>1800266</v>
       </c>
       <c r="F51">
         <v>2019</v>
       </c>
       <c r="G51" t="s">
         <v>206</v>
       </c>
       <c r="H51">
-        <v>3.32</v>
+        <v>10.66</v>
       </c>
       <c r="I51">
-        <v>1.28</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>207</v>
       </c>
       <c r="B52" t="s">
+        <v>156</v>
+      </c>
+      <c r="C52" t="s">
+        <v>174</v>
+      </c>
+      <c r="D52" t="s">
         <v>208</v>
       </c>
-      <c r="C52" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E52">
-        <v>338</v>
+        <v>1800405</v>
       </c>
       <c r="F52">
         <v>2019</v>
       </c>
       <c r="G52" t="s">
         <v>209</v>
       </c>
       <c r="H52">
-        <v>4.0</v>
+        <v>3.32</v>
       </c>
       <c r="I52">
-        <v>1.34</v>
+        <v>1.28</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>210</v>
       </c>
       <c r="B53" t="s">
-        <v>199</v>
+        <v>211</v>
       </c>
       <c r="C53" t="s">
-        <v>211</v>
+        <v>19</v>
       </c>
       <c r="D53">
-        <v>10927</v>
+        <v>9</v>
       </c>
       <c r="E53">
-        <v>109270</v>
+        <v>338</v>
       </c>
       <c r="F53">
         <v>2019</v>
       </c>
       <c r="G53" t="s">
         <v>212</v>
       </c>
-      <c r="H53"/>
+      <c r="H53">
+        <v>4.0</v>
+      </c>
       <c r="I53">
-        <v>0.24</v>
+        <v>1.34</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>213</v>
       </c>
       <c r="B54" t="s">
+        <v>199</v>
+      </c>
+      <c r="C54" t="s">
         <v>214</v>
       </c>
-      <c r="C54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D54">
-        <v>13</v>
+        <v>10927</v>
       </c>
       <c r="E54">
-        <v>1800266</v>
+        <v>109270</v>
       </c>
       <c r="F54">
         <v>2019</v>
       </c>
       <c r="G54" t="s">
         <v>215</v>
       </c>
-      <c r="H54">
-[...1 lines deleted...]
-      </c>
+      <c r="H54"/>
       <c r="I54">
-        <v>4.01</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>216</v>
       </c>
       <c r="B55" t="s">
         <v>217</v>
       </c>
       <c r="C55" t="s">
         <v>149</v>
       </c>
       <c r="D55">
         <v>5</v>
       </c>
       <c r="E55" t="s">
         <v>218</v>
       </c>
       <c r="F55">
         <v>2018</v>
       </c>
       <c r="G55" t="s">
         <v>219</v>
       </c>
       <c r="H55">
@@ -3446,363 +3446,363 @@
       </c>
       <c r="D58">
         <v>9</v>
       </c>
       <c r="E58" t="s">
         <v>228</v>
       </c>
       <c r="F58">
         <v>2018</v>
       </c>
       <c r="G58" t="s">
         <v>229</v>
       </c>
       <c r="H58">
         <v>2.27</v>
       </c>
       <c r="I58">
         <v>0.77</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>230</v>
       </c>
       <c r="B59" t="s">
+        <v>199</v>
+      </c>
+      <c r="C59" t="s">
         <v>231</v>
       </c>
-      <c r="C59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D59">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>232</v>
+        <v>10528</v>
+      </c>
+      <c r="E59">
+        <v>1052802</v>
       </c>
       <c r="F59">
         <v>2018</v>
       </c>
       <c r="G59" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="H59">
-        <v>7.14</v>
+        <v>0.56</v>
       </c>
       <c r="I59">
-        <v>2.98</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>233</v>
+      </c>
+      <c r="B60" t="s">
         <v>234</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
+        <v>149</v>
+      </c>
+      <c r="D60">
+        <v>5</v>
+      </c>
+      <c r="E60" t="s">
         <v>235</v>
-      </c>
-[...7 lines deleted...]
-        <v>12156</v>
       </c>
       <c r="F60">
         <v>2018</v>
       </c>
       <c r="G60" t="s">
         <v>236</v>
       </c>
-      <c r="H60"/>
+      <c r="H60">
+        <v>7.14</v>
+      </c>
       <c r="I60">
-        <v>0.24</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>237</v>
       </c>
       <c r="B61" t="s">
         <v>238</v>
       </c>
       <c r="C61" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D61">
-        <v>7</v>
+        <v>741</v>
       </c>
       <c r="E61">
-        <v>41014</v>
+        <v>12156</v>
       </c>
       <c r="F61">
         <v>2018</v>
       </c>
       <c r="G61" t="s">
         <v>239</v>
       </c>
-      <c r="H61">
-[...1 lines deleted...]
-      </c>
+      <c r="H61"/>
       <c r="I61">
-        <v>1.41</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>240</v>
       </c>
       <c r="B62" t="s">
         <v>241</v>
       </c>
       <c r="C62" t="s">
-        <v>184</v>
+        <v>19</v>
       </c>
       <c r="D62">
-        <v>95</v>
+        <v>7</v>
       </c>
       <c r="E62">
-        <v>53818</v>
+        <v>41014</v>
       </c>
       <c r="F62">
         <v>2018</v>
       </c>
       <c r="G62" t="s">
         <v>242</v>
       </c>
       <c r="H62">
-        <v>2.91</v>
+        <v>4.01</v>
       </c>
       <c r="I62">
-        <v>1.27</v>
+        <v>1.41</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>243</v>
       </c>
       <c r="B63" t="s">
         <v>244</v>
       </c>
       <c r="C63" t="s">
-        <v>245</v>
+        <v>184</v>
       </c>
       <c r="D63">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>246</v>
+        <v>95</v>
+      </c>
+      <c r="E63">
+        <v>53818</v>
       </c>
       <c r="F63">
         <v>2018</v>
       </c>
       <c r="G63" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="H63">
-        <v>2.05</v>
+        <v>2.91</v>
       </c>
       <c r="I63">
-        <v>0.86</v>
+        <v>1.27</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>246</v>
+      </c>
+      <c r="B64" t="s">
+        <v>247</v>
+      </c>
+      <c r="C64" t="s">
         <v>248</v>
       </c>
-      <c r="B64" t="s">
+      <c r="D64">
+        <v>34</v>
+      </c>
+      <c r="E64" t="s">
         <v>249</v>
-      </c>
-[...7 lines deleted...]
-        <v>30003</v>
       </c>
       <c r="F64">
         <v>2018</v>
       </c>
       <c r="G64" t="s">
         <v>250</v>
       </c>
-      <c r="H64"/>
+      <c r="H64">
+        <v>2.05</v>
+      </c>
       <c r="I64">
-        <v>0.17</v>
+        <v>0.86</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
         <v>251</v>
       </c>
       <c r="B65" t="s">
-        <v>74</v>
+        <v>252</v>
       </c>
       <c r="C65" t="s">
-        <v>252</v>
-[...3 lines deleted...]
-        <v>253</v>
+        <v>54</v>
+      </c>
+      <c r="D65">
+        <v>1874</v>
+      </c>
+      <c r="E65">
+        <v>30003</v>
       </c>
       <c r="F65">
         <v>2018</v>
       </c>
       <c r="G65" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="H65"/>
-      <c r="I65"/>
+      <c r="I65">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>254</v>
+      </c>
+      <c r="B66" t="s">
+        <v>74</v>
+      </c>
+      <c r="C66" t="s">
         <v>255</v>
       </c>
-      <c r="B66" t="s">
-[...9 lines deleted...]
-        <v>2029</v>
+      <c r="D66"/>
+      <c r="E66" t="s">
+        <v>256</v>
       </c>
       <c r="F66">
         <v>2018</v>
       </c>
       <c r="G66" t="s">
-        <v>256</v>
-[...6 lines deleted...]
-      </c>
+        <v>257</v>
+      </c>
+      <c r="H66"/>
+      <c r="I66"/>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B67" t="s">
-        <v>258</v>
+        <v>241</v>
       </c>
       <c r="C67" t="s">
-        <v>189</v>
+        <v>19</v>
       </c>
       <c r="D67">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>259</v>
+        <v>8</v>
+      </c>
+      <c r="E67">
+        <v>2029</v>
       </c>
       <c r="F67">
         <v>2018</v>
       </c>
       <c r="G67" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="H67">
-        <v>3.56</v>
+        <v>4.01</v>
       </c>
       <c r="I67">
-        <v>1.47</v>
+        <v>1.41</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>260</v>
+      </c>
+      <c r="B68" t="s">
         <v>261</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68" t="s">
+        <v>189</v>
+      </c>
+      <c r="D68">
+        <v>26</v>
+      </c>
+      <c r="E68" t="s">
         <v>262</v>
-      </c>
-[...4 lines deleted...]
-        <v>1052802</v>
       </c>
       <c r="F68">
         <v>2018</v>
       </c>
       <c r="G68" t="s">
         <v>263</v>
       </c>
       <c r="H68">
-        <v>0.56</v>
+        <v>3.56</v>
       </c>
       <c r="I68">
-        <v>0.24</v>
+        <v>1.47</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>264</v>
       </c>
       <c r="B69" t="s">
         <v>226</v>
       </c>
       <c r="C69" t="s">
         <v>157</v>
       </c>
       <c r="D69">
         <v>43</v>
       </c>
       <c r="E69" t="s">
         <v>265</v>
       </c>
       <c r="F69">
         <v>2018</v>
       </c>
       <c r="G69" t="s">
         <v>266</v>
       </c>
       <c r="H69">
         <v>3.87</v>
       </c>
       <c r="I69">
         <v>1.71</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>267</v>
       </c>
       <c r="B70" t="s">
         <v>268</v>
       </c>
       <c r="C70" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70">
         <v>2017</v>
       </c>
       <c r="G70" t="s">
         <v>269</v>
       </c>
       <c r="H70"/>
       <c r="I70"/>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>270</v>
       </c>
       <c r="B71" t="s">
         <v>271</v>
       </c>
       <c r="C71" t="s">
         <v>272</v>
       </c>
       <c r="D71">
         <v>6</v>
       </c>
@@ -3837,71 +3837,71 @@
       </c>
       <c r="E72">
         <v>35443</v>
       </c>
       <c r="F72">
         <v>2017</v>
       </c>
       <c r="G72" t="s">
         <v>276</v>
       </c>
       <c r="H72">
         <v>3.81</v>
       </c>
       <c r="I72">
         <v>2.34</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
         <v>277</v>
       </c>
       <c r="B73" t="s">
         <v>199</v>
       </c>
       <c r="C73" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="D73"/>
       <c r="E73" t="s">
         <v>278</v>
       </c>
       <c r="F73">
         <v>2017</v>
       </c>
       <c r="G73" t="s">
         <v>279</v>
       </c>
       <c r="H73"/>
       <c r="I73"/>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
         <v>280</v>
       </c>
       <c r="B74" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C74" t="s">
         <v>281</v>
       </c>
       <c r="D74"/>
       <c r="E74" t="s">
         <v>282</v>
       </c>
       <c r="F74">
         <v>2017</v>
       </c>
       <c r="G74" t="s">
         <v>283</v>
       </c>
       <c r="H74"/>
       <c r="I74"/>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>284</v>
       </c>
       <c r="B75" t="s">
         <v>199</v>
       </c>
       <c r="C75" t="s">
@@ -4161,51 +4161,51 @@
       </c>
       <c r="B85" t="s">
         <v>325</v>
       </c>
       <c r="C85" t="s">
         <v>322</v>
       </c>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85">
         <v>2016</v>
       </c>
       <c r="G85" t="s">
         <v>326</v>
       </c>
       <c r="H85"/>
       <c r="I85">
         <v>0.1</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
         <v>327</v>
       </c>
       <c r="B86" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="C86" t="s">
         <v>322</v>
       </c>
       <c r="D86"/>
       <c r="E86"/>
       <c r="F86">
         <v>2016</v>
       </c>
       <c r="G86" t="s">
         <v>328</v>
       </c>
       <c r="H86"/>
       <c r="I86">
         <v>0.1</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
         <v>329</v>
       </c>
       <c r="B87" t="s">
         <v>330</v>
       </c>
       <c r="C87" t="s">
@@ -4351,51 +4351,51 @@
       </c>
       <c r="B93" t="s">
         <v>351</v>
       </c>
       <c r="C93" t="s">
         <v>352</v>
       </c>
       <c r="D93"/>
       <c r="E93" t="s">
         <v>353</v>
       </c>
       <c r="F93">
         <v>2015</v>
       </c>
       <c r="G93" t="s">
         <v>354</v>
       </c>
       <c r="H93"/>
       <c r="I93"/>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
         <v>355</v>
       </c>
       <c r="B94" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="C94" t="s">
         <v>19</v>
       </c>
       <c r="D94">
         <v>5</v>
       </c>
       <c r="E94">
         <v>15846</v>
       </c>
       <c r="F94">
         <v>2015</v>
       </c>
       <c r="G94" t="s">
         <v>356</v>
       </c>
       <c r="H94">
         <v>5.23</v>
       </c>
       <c r="I94">
         <v>2.03</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
@@ -4430,127 +4430,127 @@
       <c r="A96" t="s">
         <v>362</v>
       </c>
       <c r="B96" t="s">
         <v>345</v>
       </c>
       <c r="C96" t="s">
         <v>363</v>
       </c>
       <c r="D96"/>
       <c r="E96" t="s">
         <v>364</v>
       </c>
       <c r="F96">
         <v>2015</v>
       </c>
       <c r="G96"/>
       <c r="H96"/>
       <c r="I96"/>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
         <v>365</v>
       </c>
       <c r="B97" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="C97" t="s">
         <v>184</v>
       </c>
       <c r="D97">
         <v>91</v>
       </c>
       <c r="E97">
         <v>63830</v>
       </c>
       <c r="F97">
         <v>2015</v>
       </c>
       <c r="G97" t="s">
         <v>366</v>
       </c>
       <c r="H97">
         <v>2.77</v>
       </c>
       <c r="I97"/>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
         <v>367</v>
       </c>
       <c r="B98" t="s">
-        <v>337</v>
+        <v>368</v>
       </c>
       <c r="C98" t="s">
-        <v>180</v>
+        <v>145</v>
       </c>
       <c r="D98">
-        <v>117</v>
+        <v>91</v>
       </c>
       <c r="E98">
-        <v>203101</v>
+        <v>205126</v>
       </c>
       <c r="F98">
         <v>2015</v>
       </c>
       <c r="G98" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="H98">
-        <v>2.1</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.72</v>
+      </c>
+      <c r="I98"/>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B99" t="s">
-        <v>370</v>
+        <v>337</v>
       </c>
       <c r="C99" t="s">
-        <v>145</v>
+        <v>180</v>
       </c>
       <c r="D99">
-        <v>91</v>
+        <v>117</v>
       </c>
       <c r="E99">
-        <v>205126</v>
+        <v>203101</v>
       </c>
       <c r="F99">
         <v>2015</v>
       </c>
       <c r="G99" t="s">
         <v>371</v>
       </c>
       <c r="H99">
-        <v>3.72</v>
-[...1 lines deleted...]
-      <c r="I99"/>
+        <v>2.1</v>
+      </c>
+      <c r="I99">
+        <v>0.82</v>
+      </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
         <v>372</v>
       </c>
       <c r="B100" t="s">
         <v>226</v>
       </c>
       <c r="C100" t="s">
         <v>373</v>
       </c>
       <c r="D100"/>
       <c r="E100"/>
       <c r="F100">
         <v>2015</v>
       </c>
       <c r="G100" t="s">
         <v>374</v>
       </c>
       <c r="H100"/>
       <c r="I100"/>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
         <v>375</v>