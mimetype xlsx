--- v0 (2025-10-06)
+++ v1 (2025-10-26)
@@ -365,98 +365,98 @@
   <si>
     <t>Pavel Terekhov, Andrei Evlyukhin, Alexander Shalin</t>
   </si>
   <si>
     <t>020126</t>
   </si>
   <si>
     <t>10.1063/5.0031674</t>
   </si>
   <si>
     <t>Dynamics of Particles Trapped by Dissipative Domain Walls</t>
   </si>
   <si>
     <t>Daria Dolinina, Alexander Shalin, Alexey Yulin</t>
   </si>
   <si>
     <t>JETP Letters</t>
   </si>
   <si>
     <t>71-76</t>
   </si>
   <si>
     <t>10.1134/s0021364020140027</t>
   </si>
   <si>
+    <t>Nontrivial invisibility induced by optical hybrid anapole</t>
+  </si>
+  <si>
+    <t>Adria Сanos Valero, Egor Gurvitz, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>012020</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012020</t>
+  </si>
+  <si>
+    <t>Nanovortex‐Driven All‐Dielectric Optical Diffusion Boosting and Sorting Concept for Lab‐on‐a‐Chip Platforms</t>
+  </si>
+  <si>
+    <t>Adria Сanos Valero, Denis Kislov, Egor Gurvitz, Hadi Shamkhi Al Naeemah, Alexander A. Pavlov, Dmitrii Redka, Sergey Yankin, Pavel Zemánek, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>Advanced Science</t>
+  </si>
+  <si>
+    <t>10.1002/advs.201903049</t>
+  </si>
+  <si>
     <t>Simultaneous suppression of forward and backward light scattering by high-index nanoparticles based on Kerker-like effects</t>
   </si>
   <si>
     <t>Hadi Shamkhi Al Naeemah, Kseniia Baryshnikova, Andrey Sayanskiy, Polina Kapitanova, Pavel Terekhov, Pavel Belov, Andrei Evlyukhin, Yuri Kivshar, Alexander Shalin</t>
   </si>
   <si>
     <t>012158</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012158</t>
   </si>
   <si>
     <t>Optically-driven Rotation of Perfectly Absorbing Nanoparticles</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Alexander Shalin</t>
   </si>
   <si>
     <t>012021</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012021</t>
   </si>
   <si>
-    <t>Nontrivial invisibility induced by optical hybrid anapole</t>
-[...22 lines deleted...]
-  <si>
     <t>Magnetic Octupole Response of Dielectric Quadrumers</t>
   </si>
   <si>
     <t>Pavel Terekhov, Andrei Evlyukhin, Dmitrii Redka, Valentyn S. Volkov, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1002/lpor.201900331</t>
   </si>
   <si>
     <t>Complex Dynamics of Optical Solitons Interacting with Nanoparticles</t>
   </si>
   <si>
     <t>268-272</t>
   </si>
   <si>
     <t>10.1134/s002136402005001x</t>
   </si>
   <si>
     <t>Non-Huygens Invisible Metasurfaces</t>
   </si>
   <si>
     <t>Hadi Shamkhi Al Naeemah, Kseniia Baryshnikova, Andrey Sayanskiy, Pavel Terekhov, Egor Gurvitz, Adria Сanos Valero, Polina Kapitanova, Andrei Evlyukhin, Pavel Belov, Yuri Kivshar, Alexander Shalin</t>
   </si>
   <si>
     <t>2019 PhotonIcs &amp; Electromagnetics Research Symposium - Spring (PIERS-Spring)</t>
@@ -662,66 +662,66 @@
   <si>
     <t>Egor Gurvitz, Konstantin Ladutenko, Andrei Evlyukhin, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1002/lpor.201800266</t>
   </si>
   <si>
     <t>All-Optical Transmission Modulation Due to Inelastic Interactions of Ultrashort Pulses in a Disordered Resonant Medium</t>
   </si>
   <si>
     <t>531(2)</t>
   </si>
   <si>
     <t>10.1002/andp.201800405</t>
   </si>
   <si>
     <t>Nano-Antennas Based on Silicon-Gold Nanostructures</t>
   </si>
   <si>
     <t>Alexander Shalin, Andrei Evlyukhin</t>
   </si>
   <si>
     <t>10.1038/s41598-018-36851-w</t>
   </si>
   <si>
+    <t>Optomechanical manipulation with hyperbolic metasurfaces</t>
+  </si>
+  <si>
+    <t>Aleksandra Ivinskaia, Natalia Kostina, Mihail Petrov, Andrey Bogdanov, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>4371-4377</t>
+  </si>
+  <si>
+    <t>10.1021/acsphotonics.8b00775</t>
+  </si>
+  <si>
     <t>Tractor beams at metamaterial substrates</t>
   </si>
   <si>
-    <t>Aleksandra Ivinskaia, Natalia Kostina, Mihail Petrov, Andrey Bogdanov, Alexander Shalin</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1088/1742-6596/1092/1/012132</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1021/acsphotonics.8b00775</t>
   </si>
   <si>
     <t>Giant magnetoelectric field separation via anapole-type states in high-index dielectric structures</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Dmitry Filonov, Andrei Evlyukhin, Alexey Kadochkin, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.165419</t>
   </si>
   <si>
     <t>New 2D-graphene hybrid composites as an effective elemental base of optical nanodevices</t>
   </si>
   <si>
     <t>Alexander Shalin</t>
   </si>
   <si>
     <t>Beilstein Journal of Nanotechnology</t>
   </si>
   <si>
     <t>1321–1327</t>
   </si>
   <si>
     <t>10.3762/bjnano.9.125</t>
   </si>
@@ -2609,123 +2609,123 @@
       <c r="D28">
         <v>1461</v>
       </c>
       <c r="E28" t="s">
         <v>119</v>
       </c>
       <c r="F28">
         <v>2020</v>
       </c>
       <c r="G28" t="s">
         <v>120</v>
       </c>
       <c r="H28"/>
       <c r="I28">
         <v>0.23</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>121</v>
       </c>
       <c r="B29" t="s">
         <v>122</v>
       </c>
       <c r="C29" t="s">
-        <v>27</v>
+        <v>123</v>
       </c>
       <c r="D29">
-        <v>1461</v>
-[...2 lines deleted...]
-        <v>123</v>
+        <v>7</v>
+      </c>
+      <c r="E29">
+        <v>1903049</v>
       </c>
       <c r="F29">
         <v>2020</v>
       </c>
       <c r="G29" t="s">
         <v>124</v>
       </c>
-      <c r="H29"/>
+      <c r="H29">
+        <v>16.81</v>
+      </c>
       <c r="I29">
-        <v>0.23</v>
+        <v>5.39</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>125</v>
       </c>
       <c r="B30" t="s">
         <v>126</v>
       </c>
       <c r="C30" t="s">
         <v>27</v>
       </c>
       <c r="D30">
         <v>1461</v>
       </c>
       <c r="E30" t="s">
         <v>127</v>
       </c>
       <c r="F30">
         <v>2020</v>
       </c>
       <c r="G30" t="s">
         <v>128</v>
       </c>
       <c r="H30"/>
       <c r="I30">
         <v>0.23</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>129</v>
       </c>
       <c r="B31" t="s">
         <v>130</v>
       </c>
       <c r="C31" t="s">
+        <v>27</v>
+      </c>
+      <c r="D31">
+        <v>1461</v>
+      </c>
+      <c r="E31" t="s">
         <v>131</v>
-      </c>
-[...4 lines deleted...]
-        <v>1903049</v>
       </c>
       <c r="F31">
         <v>2020</v>
       </c>
       <c r="G31" t="s">
         <v>132</v>
       </c>
-      <c r="H31">
-[...1 lines deleted...]
-      </c>
+      <c r="H31"/>
       <c r="I31">
-        <v>5.39</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>133</v>
       </c>
       <c r="B32" t="s">
         <v>134</v>
       </c>
       <c r="C32" t="s">
         <v>46</v>
       </c>
       <c r="D32">
         <v>14</v>
       </c>
       <c r="E32">
         <v>1900331</v>
       </c>
       <c r="F32">
         <v>2020</v>
       </c>
       <c r="G32" t="s">
         <v>135</v>
       </c>
       <c r="H32">
@@ -2990,51 +2990,51 @@
       </c>
       <c r="D42">
         <v>531</v>
       </c>
       <c r="E42">
         <v>1900080</v>
       </c>
       <c r="F42">
         <v>2019</v>
       </c>
       <c r="G42" t="s">
         <v>175</v>
       </c>
       <c r="H42">
         <v>3.32</v>
       </c>
       <c r="I42">
         <v>1.28</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>176</v>
       </c>
       <c r="B43" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="C43" t="s">
         <v>177</v>
       </c>
       <c r="D43">
         <v>122</v>
       </c>
       <c r="E43">
         <v>193905</v>
       </c>
       <c r="F43">
         <v>2019</v>
       </c>
       <c r="G43" t="s">
         <v>178</v>
       </c>
       <c r="H43">
         <v>8.39</v>
       </c>
       <c r="I43">
         <v>3.59</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
@@ -3335,96 +3335,96 @@
       </c>
       <c r="E54">
         <v>338</v>
       </c>
       <c r="F54">
         <v>2019</v>
       </c>
       <c r="G54" t="s">
         <v>215</v>
       </c>
       <c r="H54">
         <v>4.0</v>
       </c>
       <c r="I54">
         <v>1.34</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>216</v>
       </c>
       <c r="B55" t="s">
         <v>217</v>
       </c>
       <c r="C55" t="s">
-        <v>27</v>
+        <v>149</v>
       </c>
       <c r="D55">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>12132</v>
+        <v>5</v>
+      </c>
+      <c r="E55" t="s">
+        <v>218</v>
       </c>
       <c r="F55">
         <v>2018</v>
       </c>
       <c r="G55" t="s">
-        <v>218</v>
-[...1 lines deleted...]
-      <c r="H55"/>
+        <v>219</v>
+      </c>
+      <c r="H55">
+        <v>7.14</v>
+      </c>
       <c r="I55">
-        <v>0.24</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B56" t="s">
         <v>217</v>
       </c>
       <c r="C56" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="D56">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>220</v>
+        <v>1092</v>
+      </c>
+      <c r="E56">
+        <v>12132</v>
       </c>
       <c r="F56">
         <v>2018</v>
       </c>
       <c r="G56" t="s">
         <v>221</v>
       </c>
-      <c r="H56">
-[...1 lines deleted...]
-      </c>
+      <c r="H56"/>
       <c r="I56">
-        <v>2.98</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
         <v>222</v>
       </c>
       <c r="B57" t="s">
         <v>223</v>
       </c>
       <c r="C57" t="s">
         <v>145</v>
       </c>
       <c r="D57">
         <v>98</v>
       </c>
       <c r="E57">
         <v>165419</v>
       </c>
       <c r="F57">
         <v>2018</v>
       </c>
       <c r="G57" t="s">
         <v>224</v>
       </c>
       <c r="H57">