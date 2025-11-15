--- v1 (2025-10-26)
+++ v2 (2025-11-15)
@@ -170,71 +170,128 @@
   <si>
     <t>Theory, Observation, and Ultrafast Response of the Hybrid Anapole Regime in Light Scattering</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Egor Gurvitz, Fedor Benimetskiy, Dmitry Pidgayko, Anton Samusev,  Andrey B. Evlyukhin, Vjaceslavs Bobrovs, Dmitrii Redka, Michael I. Tribelsky, Mohsen Rahmani, Khosro Zangeneh Kamali, Alexander A. Pavlov, Andrey E. Miroshnichenko, Alexander Shalin</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202100114</t>
   </si>
   <si>
     <t>Multipole Engineering of Attractive−Repulsive and Bending Optical Forces</t>
   </si>
   <si>
     <t>Denis Kislov, Egor Gurvitz, Vjaceslavs Bobrovs, Alexander A. Pavlov, Dmitrii N. Redka, Manuel I. Marqués, Alexander Shalin</t>
   </si>
   <si>
     <t>Advanced Photonics Research</t>
   </si>
   <si>
     <t>10.1002/adpr.202100082</t>
   </si>
   <si>
+    <t>Nonlinear control of lateral optical forces excited by high-order multipole resonances in all-dielectric nanoparticles</t>
+  </si>
+  <si>
+    <t>Egor Gurvitz, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020043</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031961</t>
+  </si>
+  <si>
+    <t>Optomechanical manipulation of nanoparticles with a magnetic response in a Gaussian beam</t>
+  </si>
+  <si>
+    <t>Denis Kislov, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>020055</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031717</t>
+  </si>
+  <si>
+    <t>Optical properties of a metasurface based on silicon nanocylinders in a hybrid Anapole state</t>
+  </si>
+  <si>
+    <t>Alexey Kuznetsov, Adria Сanos Valero, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>020075</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031735</t>
+  </si>
+  <si>
+    <t>Light-Induced particle binding assisted by metamaterial substrates</t>
+  </si>
+  <si>
+    <t>Alexander Shalin, Natalia Kostina</t>
+  </si>
+  <si>
+    <t>020113</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032090</t>
+  </si>
+  <si>
+    <t>Exciting magnetic octupole in near-infrared range by nanostructuring</t>
+  </si>
+  <si>
+    <t>Pavel Terekhov, Andrei Evlyukhin, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>020126</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031674</t>
+  </si>
+  <si>
     <t>Hybrid anapoles: Near-zero scattering States driven by high order modal interference</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Egor Gurvitz, Andrey Miroshnichenko, Alexander Shalin</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020015</t>
   </si>
   <si>
     <t>10.1063/5.0031974</t>
   </si>
   <si>
     <t>The development of the toroidal electric dipole source</t>
   </si>
   <si>
-    <t>Egor Gurvitz, Alexander Shalin</t>
-[...1 lines deleted...]
-  <si>
     <t>020044</t>
   </si>
   <si>
     <t>10.1063/5.0031962</t>
   </si>
   <si>
     <t>Long-range optical binding due to volumetric modes of hyperbolic metamaterial slab</t>
   </si>
   <si>
     <t>Natalia Kostina, Denis Kislov, Alexey Proskurin, Alexander Shalin</t>
   </si>
   <si>
     <t>020066</t>
   </si>
   <si>
     <t>10.1063/5.0032064</t>
   </si>
   <si>
     <t>The exceptional points of non-Hermitian optical systems: Scattering matrix definition, coherent perfect absorption, and lasing</t>
   </si>
   <si>
     <t>Denis Novitsky, Alexander Shalin, Andrey V. Novitsky</t>
   </si>
   <si>
     <t>020092</t>
@@ -293,170 +350,113 @@
   <si>
     <t>Anapole electric dipole modes for a dielectric sphere</t>
   </si>
   <si>
     <t>Sofiya Ponomareva, Egor Gurvitz, Konstantin Ladutenko, A. M. Miroshnichenko, Alexander Shalin</t>
   </si>
   <si>
     <t>020099</t>
   </si>
   <si>
     <t>10.1063/5.0032562</t>
   </si>
   <si>
     <t>Effective electromagnetic fields of a particle situated near a substrate</t>
   </si>
   <si>
     <t>Hadi Shamkhi Al Naeemah, Adria Сanos Valero, Alexander Shalin</t>
   </si>
   <si>
     <t>020115</t>
   </si>
   <si>
     <t>10.1063/5.0031705</t>
   </si>
   <si>
-    <t>Nonlinear control of lateral optical forces excited by high-order multipole resonances in all-dielectric nanoparticles</t>
-[...55 lines deleted...]
-  <si>
     <t>Dynamics of Particles Trapped by Dissipative Domain Walls</t>
   </si>
   <si>
     <t>Daria Dolinina, Alexander Shalin, Alexey Yulin</t>
   </si>
   <si>
     <t>JETP Letters</t>
   </si>
   <si>
     <t>71-76</t>
   </si>
   <si>
     <t>10.1134/s0021364020140027</t>
   </si>
   <si>
+    <t>Nanovortex‐Driven All‐Dielectric Optical Diffusion Boosting and Sorting Concept for Lab‐on‐a‐Chip Platforms</t>
+  </si>
+  <si>
+    <t>Adria Сanos Valero, Denis Kislov, Egor Gurvitz, Hadi Shamkhi Al Naeemah, Alexander A. Pavlov, Dmitrii Redka, Sergey Yankin, Pavel Zemánek, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>Advanced Science</t>
+  </si>
+  <si>
+    <t>10.1002/advs.201903049</t>
+  </si>
+  <si>
+    <t>Simultaneous suppression of forward and backward light scattering by high-index nanoparticles based on Kerker-like effects</t>
+  </si>
+  <si>
+    <t>Hadi Shamkhi Al Naeemah, Kseniia Baryshnikova, Andrey Sayanskiy, Polina Kapitanova, Pavel Terekhov, Pavel Belov, Andrei Evlyukhin, Yuri Kivshar, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>012158</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012158</t>
+  </si>
+  <si>
+    <t>Optically-driven Rotation of Perfectly Absorbing Nanoparticles</t>
+  </si>
+  <si>
+    <t>Adria Сanos Valero, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>012021</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012021</t>
+  </si>
+  <si>
     <t>Nontrivial invisibility induced by optical hybrid anapole</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Egor Gurvitz, Alexander Shalin</t>
   </si>
   <si>
     <t>012020</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012020</t>
   </si>
   <si>
-    <t>Nanovortex‐Driven All‐Dielectric Optical Diffusion Boosting and Sorting Concept for Lab‐on‐a‐Chip Platforms</t>
-[...34 lines deleted...]
-  <si>
     <t>Magnetic Octupole Response of Dielectric Quadrumers</t>
   </si>
   <si>
     <t>Pavel Terekhov, Andrei Evlyukhin, Dmitrii Redka, Valentyn S. Volkov, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1002/lpor.201900331</t>
   </si>
   <si>
     <t>Complex Dynamics of Optical Solitons Interacting with Nanoparticles</t>
   </si>
   <si>
     <t>268-272</t>
   </si>
   <si>
     <t>10.1134/s002136402005001x</t>
   </si>
   <si>
     <t>Non-Huygens Invisible Metasurfaces</t>
   </si>
   <si>
     <t>Hadi Shamkhi Al Naeemah, Kseniia Baryshnikova, Andrey Sayanskiy, Pavel Terekhov, Egor Gurvitz, Adria Сanos Valero, Polina Kapitanova, Andrei Evlyukhin, Pavel Belov, Yuri Kivshar, Alexander Shalin</t>
   </si>
   <si>
     <t>2019 PhotonIcs &amp; Electromagnetics Research Symposium - Spring (PIERS-Spring)</t>
@@ -626,230 +626,230 @@
   <si>
     <t>Pavel Terekhov, Kseniia Baryshnikova, Andrei Evlyukhin, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1038/s41598-019-40226-0</t>
   </si>
   <si>
     <t>Multipole analysis of dielectric metasurfaces composed of nonspherical nanoparticles and lattice invisibility effect</t>
   </si>
   <si>
     <t>Pavel Terekhov, Kseniia Baryshnikova, Alexander Shalin, Andrei Evlyukhin</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.99.045424</t>
   </si>
   <si>
     <t>Optical binding via surface plasmon polariton interference</t>
   </si>
   <si>
     <t>Natalia Kostina, Mihail Petrov, Aleksandra Ivinskaia, Andrey Bogdanov, Ivan Toftul, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.99.125416</t>
   </si>
   <si>
+    <t>All-Optical Transmission Modulation Due to Inelastic Interactions of Ultrashort Pulses in a Disordered Resonant Medium</t>
+  </si>
+  <si>
+    <t>531(2)</t>
+  </si>
+  <si>
+    <t>10.1002/andp.201800405</t>
+  </si>
+  <si>
+    <t>Nano-Antennas Based on Silicon-Gold Nanostructures</t>
+  </si>
+  <si>
+    <t>Alexander Shalin, Andrei Evlyukhin</t>
+  </si>
+  <si>
+    <t>10.1038/s41598-018-36851-w</t>
+  </si>
+  <si>
     <t>Transmission and reflection features of all-dielectrics metasurfaces with electric and magnetic resonances</t>
   </si>
   <si>
     <t>Proceedings of SPIE</t>
   </si>
   <si>
     <t>10.1117/12.2506973</t>
   </si>
   <si>
     <t>The high-order toroidal moments and anapole states in all-dielectric photonics</t>
   </si>
   <si>
     <t>Egor Gurvitz, Konstantin Ladutenko, Andrei Evlyukhin, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1002/lpor.201800266</t>
   </si>
   <si>
-    <t>All-Optical Transmission Modulation Due to Inelastic Interactions of Ultrashort Pulses in a Disordered Resonant Medium</t>
-[...16 lines deleted...]
-  <si>
     <t>Optomechanical manipulation with hyperbolic metasurfaces</t>
   </si>
   <si>
     <t>Aleksandra Ivinskaia, Natalia Kostina, Mihail Petrov, Andrey Bogdanov, Alexander Shalin</t>
   </si>
   <si>
     <t>4371-4377</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.8b00775</t>
   </si>
   <si>
     <t>Tractor beams at metamaterial substrates</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012132</t>
   </si>
   <si>
     <t>Giant magnetoelectric field separation via anapole-type states in high-index dielectric structures</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Dmitry Filonov, Andrei Evlyukhin, Alexey Kadochkin, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.165419</t>
   </si>
   <si>
     <t>New 2D-graphene hybrid composites as an effective elemental base of optical nanodevices</t>
   </si>
   <si>
     <t>Alexander Shalin</t>
   </si>
   <si>
     <t>Beilstein Journal of Nanotechnology</t>
   </si>
   <si>
     <t>1321–1327</t>
   </si>
   <si>
     <t>10.3762/bjnano.9.125</t>
   </si>
   <si>
+    <t>Scattering Forces within a Left-Handed Photonic Crystal</t>
+  </si>
+  <si>
+    <t>Angeleene Ang, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>10.1038/srep41014</t>
+  </si>
+  <si>
+    <t>Spherically symmetric inhomogeneous bianisotropic media: Wave propagation and light scattering</t>
+  </si>
+  <si>
+    <t>Andrey Novitsky, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>10.1103/PhysRevA.95.053818</t>
+  </si>
+  <si>
+    <t>Magnetic field concentration with coaxial silicon nanocylinders in the optical spectral range</t>
+  </si>
+  <si>
+    <t>Kseniia Baryshnikova, Andrey Novitsky, Andrei Evlyukhin, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>Journal of the Optical Society of America B: Optical Physics</t>
+  </si>
+  <si>
+    <t>D36-D41</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1364/JOSAB.34.000D36</t>
+  </si>
+  <si>
+    <t>Near-field analysis of the anapole states in high-index particles</t>
+  </si>
+  <si>
+    <t>Kseniia Baryshnikova, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998032</t>
+  </si>
+  <si>
+    <t>Simulation of circular dichroism enhancement in gold nanocuboids array lled by chiral medium for optical frequency range</t>
+  </si>
+  <si>
+    <t>2017 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>159-166</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2017.8168015</t>
+  </si>
+  <si>
     <t>‘Photonic Hook’ based optomechanical nanoparticle manipulator</t>
   </si>
   <si>
-    <t>Angeleene Ang, Alexander Shalin</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1038/s41598-018-20224-4</t>
   </si>
   <si>
     <t>Circular Dichroism Enhancement in Plasmonic Nanorod Metamaterials</t>
   </si>
   <si>
     <t>Ivan Shishkin, Egor Gurvitz, Alexey Slobozhanyuk, Alexander Shalin</t>
   </si>
   <si>
     <t>17841-17848</t>
   </si>
   <si>
     <t>10.1364/OE.26.017841</t>
   </si>
   <si>
     <t>Optical multipole resonances of non-spherical silicon nanoparticles and the influence of illumination direction</t>
   </si>
   <si>
     <t>Optical Components and Materials XV</t>
   </si>
   <si>
     <t>10.1117/12.2289894</t>
   </si>
   <si>
     <t>Femtosecond laser printing of single Ge and SiGe nanoparticles with electric and magnetic optical resonances</t>
   </si>
   <si>
     <t>Andrei Evlyukhin, Alexander Shalin</t>
   </si>
   <si>
     <t>977-983</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.7b01275</t>
   </si>
   <si>
     <t>Magnetic hot-spots in hollow silicon cylinders</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Andrei Evlyukhin, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1088/1742-6596/741/1/012156</t>
   </si>
   <si>
-    <t>Scattering Forces within a Left-Handed Photonic Crystal</t>
-[...49 lines deleted...]
-  <si>
     <t>Photonic hook: A new curved light beam</t>
   </si>
   <si>
     <t>771-774</t>
   </si>
   <si>
     <t>10.1364/OL.43.000771</t>
   </si>
   <si>
     <t>Optical binding of two nanoparticles near interface</t>
   </si>
   <si>
     <t>Natalia Kostina, Mihail Petrov, Aleksandra Ivinskaia, Andrey Bogdanov, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1109/DD.2017.8168020</t>
   </si>
   <si>
     <t>Plasmon-assisted optical trapping and anti-trapping</t>
   </si>
   <si>
     <t>Aleksandra Ivinskaia, Mihail Petrov, Andrey Bogdanov, Ivan Shishkin, Alexander Shalin</t>
   </si>
   <si>
     <t>Light: Science and Applications</t>
@@ -893,221 +893,221 @@
   <si>
     <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
   </si>
   <si>
     <t>2325-2328</t>
   </si>
   <si>
     <t>10.1109/PIERS.2017.8262140</t>
   </si>
   <si>
     <t>Destructive interference between electric and toroidal dipole moments in TiO2 cylinders and frustums with coaxial voids</t>
   </si>
   <si>
     <t>10.1088/1742-6596/929/1/012065</t>
   </si>
   <si>
     <t>Resonant forward scattering of light by high-refractive-index dielectric nanoparticles with toroidal dipole contribution</t>
   </si>
   <si>
     <t>835-838</t>
   </si>
   <si>
     <t>10.1364/OL.42.000835</t>
   </si>
   <si>
+    <t>Plasmonic substrates for optical tweezers</t>
+  </si>
+  <si>
+    <t>Aleksandra Ivinskaia, Mihail Petrov, Andrey Bogdanov, Alexander Shalin, Ivan Shishkin</t>
+  </si>
+  <si>
+    <t>2016 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>198-201</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756841</t>
+  </si>
+  <si>
     <t>Optically asymmetric structures for transparent electrodes</t>
   </si>
   <si>
     <t>Alexander Shalin, Ivan Mukhin</t>
   </si>
   <si>
-    <t>2016 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>234-236</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756848</t>
   </si>
   <si>
     <t>Nonradiating anapole modes of dielectric particles in terahertz range</t>
   </si>
   <si>
     <t>Pavel Terekhov, Kseniia Baryshnikova, Alexander Shalin, Andrei Evlyukhin, Irina Khromova</t>
   </si>
   <si>
     <t>406-409</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756883</t>
   </si>
   <si>
-    <t>Plasmonic substrates for optical tweezers</t>
-[...10 lines deleted...]
-  <si>
     <t>Asymmetric backscattering from the hybrid magneto-electric meta particle</t>
   </si>
   <si>
     <t>Dmitry Filonov, Alexander Shalin</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/1.4967238</t>
   </si>
   <si>
     <t>Controlling electromagnetic scattering with wire metamaterial resonators</t>
   </si>
   <si>
     <t>Dmitry Filonov, Alexander Shalin, Ivan Iorsh, Pavel Belov</t>
   </si>
   <si>
     <t>Journal of the Optical Society of America A: Optics and Image Science, and Vision</t>
   </si>
   <si>
     <t>1910-1916</t>
   </si>
   <si>
     <t>10.1364/JOSAA.33.001910</t>
   </si>
   <si>
     <t>Solar photovoltaics: current state and trends</t>
   </si>
   <si>
     <t>Valentin Milichko, Alexander Shalin, Ivan Mukhin, Andrey Krasilin, Pavel Belov</t>
   </si>
   <si>
     <t>Physics-Uspekhi</t>
   </si>
   <si>
     <t>727-772</t>
   </si>
   <si>
     <t>10.3367/UFNr.2016.02.037703</t>
   </si>
   <si>
+    <t>Optical pulling force in the vicinity of plasmonic interfaces</t>
+  </si>
+  <si>
+    <t>Andrey Bogdanov, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>Conference on Lasers and Electro-Optics (CLEO)</t>
+  </si>
+  <si>
+    <t>10.1364/CLEO_QELS.2016.FM2B.5</t>
+  </si>
+  <si>
     <t>Optical forces in nanorod metamaterials: beyond the effective medium approach</t>
   </si>
   <si>
-    <t>Andrey Bogdanov, Alexander Shalin</t>
-[...4 lines deleted...]
-  <si>
     <t>10.1364/CLEO_AT.2016.JW2A.32</t>
   </si>
   <si>
     <t>Attraction Optical Forces inside Hyperbolic Metamaterials</t>
   </si>
   <si>
     <t>Alexander Shalin, Andrey Bogdanov, Pavel Belov</t>
   </si>
   <si>
     <t>10.1364/CLEO_AT.2016.JW2A.17</t>
   </si>
   <si>
-    <t>Optical pulling force in the vicinity of plasmonic interfaces</t>
-[...4 lines deleted...]
-  <si>
     <t>Enhancement of artificial magnetism via resonant bianisotropy</t>
   </si>
   <si>
     <t>Dmitry Markovich, Kseniia Baryshnikova, Alexander Shalin, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1038/srep22546</t>
   </si>
   <si>
     <t>Surface plasmon polariton assisted optical pulling force</t>
   </si>
   <si>
     <t>Mihail Petrov, Andrey Bogdanov, Alexander Shalin</t>
   </si>
   <si>
     <t>116-122</t>
   </si>
   <si>
     <t>10.1002/lpor.201500173</t>
   </si>
   <si>
     <t>Enhancement of photovoltaic absorption in thin-film silicon solar cells by all-dielectric light-trapping and antireflective coatings</t>
   </si>
   <si>
     <t>Pavel Voroshilov, Pavel Belov, Alexander Shalin</t>
   </si>
   <si>
     <t>2015 9th International Congress on Adv. Electromagnetic Mat. in Microwaves and Optics (METAMAT.)</t>
   </si>
   <si>
     <t>517-519</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2015.7342508</t>
   </si>
   <si>
+    <t>Scattering suppression with homogeneous ENZ-media</t>
+  </si>
+  <si>
+    <t>Alexander Shalin, Pavel Belov, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>2015 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2015.7354879</t>
+  </si>
+  <si>
     <t>Antireflective properties of periodic nanopore arrays</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Baranov, Ivan Mukhin, Anton Samusev, Pavel Belov, Alexander Shalin</t>
   </si>
   <si>
-    <t>2015 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/DD.2015.7354837</t>
   </si>
   <si>
     <t>Optical forces induced at the metal surface</t>
   </si>
   <si>
     <t>10.1109/DD.2015.7354869</t>
   </si>
   <si>
-    <t>Scattering suppression with homogeneous ENZ-media</t>
-[...7 lines deleted...]
-  <si>
     <t>Emulation of complex optical phenomena with radio waves: Tailoring scattering characteristics with wire metamaterial</t>
   </si>
   <si>
     <t>Dmitry Filonov, Alexander Shalin, Pavel Belov</t>
   </si>
   <si>
     <t>2015 IEEE Int. Conf. on Microwaves, Communications, Antennas and Electronic Systems (COMCAS)</t>
   </si>
   <si>
     <t>1-2, 2-4</t>
   </si>
   <si>
     <t>10.1109/COMCAS.2015.7360417</t>
   </si>
   <si>
     <t>Optical forces in nanorod metamaterial</t>
   </si>
   <si>
     <t>10.1038/srep15846</t>
   </si>
   <si>
     <t>Nanostructural Antireflecting Coatings: Classification Analysis (A Review)</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Alexey Kadochkin, Alexander Shalin</t>
@@ -1349,105 +1349,105 @@
   <si>
     <t>Optical forces in plasmonic nanoantennas</t>
   </si>
   <si>
     <t>Quantum Electronics</t>
   </si>
   <si>
     <t>355-360</t>
   </si>
   <si>
     <t>10.1070/QE2012v042n04ABEH014740</t>
   </si>
   <si>
     <t>Effect of Argon buffer gas and the dimer component on the optical properties of sodium vapor</t>
   </si>
   <si>
     <t>Journal of Applied Spectroscopy</t>
   </si>
   <si>
     <t>113-119</t>
   </si>
   <si>
     <t>10.1007/s10812-012-9571-9</t>
   </si>
   <si>
+    <t>Optical forces in light-concentrators (in Russian)</t>
+  </si>
+  <si>
+    <t>118-119</t>
+  </si>
+  <si>
     <t>Метод «мнимой границы» в исследовании оптических свойств упорядоченных наноструктур</t>
   </si>
   <si>
     <t>Наносистемы: физика, химия, математика</t>
   </si>
   <si>
     <t>78-83</t>
   </si>
   <si>
     <t>Наноматериал повышенной прозрачности</t>
   </si>
   <si>
     <t>Известия Самарского научного центра РАН</t>
   </si>
   <si>
     <t>1114-1119</t>
   </si>
   <si>
-    <t>Optical forces in light-concentrators (in Russian)</t>
-[...4 lines deleted...]
-  <si>
     <t>Optical Accelerator of Nanoparticles</t>
   </si>
   <si>
     <t>Journal of Communications Technology and Electronics</t>
   </si>
   <si>
     <t>976-984</t>
   </si>
   <si>
     <t>10.1134/S1064226911080109</t>
   </si>
   <si>
+    <t>Optically Induced Forces in a Nanoparticle-on-Substrate System</t>
+  </si>
+  <si>
+    <t>Physics of Metals and Metallography</t>
+  </si>
+  <si>
+    <t>36-43</t>
+  </si>
+  <si>
+    <t>10.1134/S0031918X11010352</t>
+  </si>
+  <si>
     <t>Metallodielectric Nanocomposites with Enhanced Transparency</t>
   </si>
   <si>
-    <t>Physics of Metals and Metallography</t>
-[...1 lines deleted...]
-  <si>
     <t>01.дек</t>
   </si>
   <si>
     <t>10.1134/S0031918X11010340</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1134/S0031918X11010352</t>
   </si>
   <si>
     <t>Optical blooming of a medium by nanocrystal layers</t>
   </si>
   <si>
     <t>163-169</t>
   </si>
   <si>
     <t>10.1070/QE2011v041n02ABEH014331</t>
   </si>
   <si>
     <t>Broadband optical blooming of media by single nano-crystalline layer (in Russian)</t>
   </si>
   <si>
     <t>Optical Antireflection of a Medium by Nanostructural Layers</t>
   </si>
   <si>
     <t>45-66</t>
   </si>
   <si>
     <t>10.2528/PIERB11032509</t>
   </si>
   <si>
     <t>Optical Properties of Nanocrystal Layers Embedded in a Carrier Medium</t>
   </si>
@@ -2307,159 +2307,159 @@
       <c r="C17" t="s">
         <v>54</v>
       </c>
       <c r="D17">
         <v>2300</v>
       </c>
       <c r="E17" t="s">
         <v>75</v>
       </c>
       <c r="F17">
         <v>2020</v>
       </c>
       <c r="G17" t="s">
         <v>76</v>
       </c>
       <c r="H17"/>
       <c r="I17">
         <v>0.19</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>77</v>
       </c>
       <c r="B18" t="s">
-        <v>78</v>
+        <v>53</v>
       </c>
       <c r="C18" t="s">
         <v>54</v>
       </c>
       <c r="D18">
         <v>2300</v>
       </c>
       <c r="E18" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F18">
         <v>2020</v>
       </c>
       <c r="G18" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="H18"/>
       <c r="I18">
         <v>0.19</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>80</v>
+      </c>
+      <c r="B19" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="C19" t="s">
         <v>54</v>
       </c>
       <c r="D19">
         <v>2300</v>
       </c>
       <c r="E19" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F19">
         <v>2020</v>
       </c>
       <c r="G19" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="H19"/>
       <c r="I19">
         <v>0.19</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>84</v>
+      </c>
+      <c r="B20" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="C20" t="s">
         <v>54</v>
       </c>
       <c r="D20">
         <v>2300</v>
       </c>
       <c r="E20" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F20">
         <v>2020</v>
       </c>
       <c r="G20" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="H20"/>
       <c r="I20">
         <v>0.19</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>88</v>
+      </c>
+      <c r="B21" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="C21" t="s">
         <v>54</v>
       </c>
       <c r="D21">
         <v>2300</v>
       </c>
       <c r="E21" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="F21">
         <v>2020</v>
       </c>
       <c r="G21" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="H21"/>
       <c r="I21">
         <v>0.19</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>92</v>
+      </c>
+      <c r="B22" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="C22" t="s">
         <v>54</v>
       </c>
       <c r="D22">
         <v>2300</v>
       </c>
       <c r="E22" t="s">
         <v>94</v>
       </c>
       <c r="F22">
         <v>2020</v>
       </c>
       <c r="G22" t="s">
         <v>95</v>
       </c>
       <c r="H22"/>
       <c r="I22">
         <v>0.19</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>96</v>
       </c>
@@ -2582,96 +2582,96 @@
       </c>
       <c r="E27" t="s">
         <v>115</v>
       </c>
       <c r="F27">
         <v>2020</v>
       </c>
       <c r="G27" t="s">
         <v>116</v>
       </c>
       <c r="H27">
         <v>1.53</v>
       </c>
       <c r="I27">
         <v>0.57</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>117</v>
       </c>
       <c r="B28" t="s">
         <v>118</v>
       </c>
       <c r="C28" t="s">
-        <v>27</v>
+        <v>119</v>
       </c>
       <c r="D28">
-        <v>1461</v>
-[...2 lines deleted...]
-        <v>119</v>
+        <v>7</v>
+      </c>
+      <c r="E28">
+        <v>1903049</v>
       </c>
       <c r="F28">
         <v>2020</v>
       </c>
       <c r="G28" t="s">
         <v>120</v>
       </c>
-      <c r="H28"/>
+      <c r="H28">
+        <v>16.81</v>
+      </c>
       <c r="I28">
-        <v>0.23</v>
+        <v>5.39</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>121</v>
       </c>
       <c r="B29" t="s">
         <v>122</v>
       </c>
       <c r="C29" t="s">
+        <v>27</v>
+      </c>
+      <c r="D29">
+        <v>1461</v>
+      </c>
+      <c r="E29" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>1903049</v>
       </c>
       <c r="F29">
         <v>2020</v>
       </c>
       <c r="G29" t="s">
         <v>124</v>
       </c>
-      <c r="H29">
-[...1 lines deleted...]
-      </c>
+      <c r="H29"/>
       <c r="I29">
-        <v>5.39</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>125</v>
       </c>
       <c r="B30" t="s">
         <v>126</v>
       </c>
       <c r="C30" t="s">
         <v>27</v>
       </c>
       <c r="D30">
         <v>1461</v>
       </c>
       <c r="E30" t="s">
         <v>127</v>
       </c>
       <c r="F30">
         <v>2020</v>
       </c>
       <c r="G30" t="s">
         <v>128</v>
       </c>
       <c r="H30"/>
@@ -2990,80 +2990,80 @@
       </c>
       <c r="D42">
         <v>531</v>
       </c>
       <c r="E42">
         <v>1900080</v>
       </c>
       <c r="F42">
         <v>2019</v>
       </c>
       <c r="G42" t="s">
         <v>175</v>
       </c>
       <c r="H42">
         <v>3.32</v>
       </c>
       <c r="I42">
         <v>1.28</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>176</v>
       </c>
       <c r="B43" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="C43" t="s">
         <v>177</v>
       </c>
       <c r="D43">
         <v>122</v>
       </c>
       <c r="E43">
         <v>193905</v>
       </c>
       <c r="F43">
         <v>2019</v>
       </c>
       <c r="G43" t="s">
         <v>178</v>
       </c>
       <c r="H43">
         <v>8.39</v>
       </c>
       <c r="I43">
         <v>3.59</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>179</v>
       </c>
       <c r="B44" t="s">
-        <v>109</v>
+        <v>70</v>
       </c>
       <c r="C44" t="s">
         <v>180</v>
       </c>
       <c r="D44">
         <v>125</v>
       </c>
       <c r="E44">
         <v>173108</v>
       </c>
       <c r="F44">
         <v>2019</v>
       </c>
       <c r="G44" t="s">
         <v>181</v>
       </c>
       <c r="H44">
         <v>2.29</v>
       </c>
       <c r="I44">
         <v>0.73</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
@@ -3218,157 +3218,157 @@
       </c>
       <c r="D50">
         <v>99</v>
       </c>
       <c r="E50">
         <v>125416</v>
       </c>
       <c r="F50">
         <v>2019</v>
       </c>
       <c r="G50" t="s">
         <v>203</v>
       </c>
       <c r="H50">
         <v>3.58</v>
       </c>
       <c r="I50">
         <v>1.81</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>204</v>
       </c>
       <c r="B51" t="s">
-        <v>199</v>
+        <v>156</v>
       </c>
       <c r="C51" t="s">
+        <v>174</v>
+      </c>
+      <c r="D51" t="s">
         <v>205</v>
       </c>
-      <c r="D51">
-[...1 lines deleted...]
-      </c>
       <c r="E51">
-        <v>109270</v>
+        <v>1800405</v>
       </c>
       <c r="F51">
         <v>2019</v>
       </c>
       <c r="G51" t="s">
         <v>206</v>
       </c>
-      <c r="H51"/>
+      <c r="H51">
+        <v>3.32</v>
+      </c>
       <c r="I51">
-        <v>0.24</v>
+        <v>1.28</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>207</v>
       </c>
       <c r="B52" t="s">
         <v>208</v>
       </c>
       <c r="C52" t="s">
-        <v>46</v>
+        <v>19</v>
       </c>
       <c r="D52">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E52">
-        <v>1800266</v>
+        <v>338</v>
       </c>
       <c r="F52">
         <v>2019</v>
       </c>
       <c r="G52" t="s">
         <v>209</v>
       </c>
       <c r="H52">
-        <v>10.66</v>
+        <v>4.0</v>
       </c>
       <c r="I52">
-        <v>4.01</v>
+        <v>1.34</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>210</v>
       </c>
       <c r="B53" t="s">
-        <v>156</v>
+        <v>199</v>
       </c>
       <c r="C53" t="s">
-        <v>174</v>
-[...1 lines deleted...]
-      <c r="D53" t="s">
         <v>211</v>
       </c>
+      <c r="D53">
+        <v>10927</v>
+      </c>
       <c r="E53">
-        <v>1800405</v>
+        <v>109270</v>
       </c>
       <c r="F53">
         <v>2019</v>
       </c>
       <c r="G53" t="s">
         <v>212</v>
       </c>
-      <c r="H53">
-[...1 lines deleted...]
-      </c>
+      <c r="H53"/>
       <c r="I53">
-        <v>1.28</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>213</v>
       </c>
       <c r="B54" t="s">
         <v>214</v>
       </c>
       <c r="C54" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="D54">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E54">
-        <v>338</v>
+        <v>1800266</v>
       </c>
       <c r="F54">
         <v>2019</v>
       </c>
       <c r="G54" t="s">
         <v>215</v>
       </c>
       <c r="H54">
-        <v>4.0</v>
+        <v>10.66</v>
       </c>
       <c r="I54">
-        <v>1.34</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>216</v>
       </c>
       <c r="B55" t="s">
         <v>217</v>
       </c>
       <c r="C55" t="s">
         <v>149</v>
       </c>
       <c r="D55">
         <v>5</v>
       </c>
       <c r="E55" t="s">
         <v>218</v>
       </c>
       <c r="F55">
         <v>2018</v>
       </c>
       <c r="G55" t="s">
         <v>219</v>
       </c>
       <c r="H55">
@@ -3452,357 +3452,357 @@
       </c>
       <c r="F58">
         <v>2018</v>
       </c>
       <c r="G58" t="s">
         <v>229</v>
       </c>
       <c r="H58">
         <v>2.27</v>
       </c>
       <c r="I58">
         <v>0.77</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>230</v>
       </c>
       <c r="B59" t="s">
         <v>231</v>
       </c>
       <c r="C59" t="s">
         <v>19</v>
       </c>
       <c r="D59">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E59">
-        <v>2029</v>
+        <v>41014</v>
       </c>
       <c r="F59">
         <v>2018</v>
       </c>
       <c r="G59" t="s">
         <v>232</v>
       </c>
       <c r="H59">
         <v>4.01</v>
       </c>
       <c r="I59">
         <v>1.41</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>233</v>
       </c>
       <c r="B60" t="s">
         <v>234</v>
       </c>
       <c r="C60" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="D60">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>235</v>
+        <v>95</v>
+      </c>
+      <c r="E60">
+        <v>53818</v>
       </c>
       <c r="F60">
         <v>2018</v>
       </c>
       <c r="G60" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="H60">
-        <v>3.56</v>
+        <v>2.91</v>
       </c>
       <c r="I60">
-        <v>1.47</v>
+        <v>1.27</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>236</v>
+      </c>
+      <c r="B61" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="C61" t="s">
         <v>238</v>
       </c>
       <c r="D61">
-        <v>10528</v>
-[...2 lines deleted...]
-        <v>1052802</v>
+        <v>34</v>
+      </c>
+      <c r="E61" t="s">
+        <v>239</v>
       </c>
       <c r="F61">
         <v>2018</v>
       </c>
       <c r="G61" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="H61">
-        <v>0.56</v>
+        <v>2.05</v>
       </c>
       <c r="I61">
-        <v>0.24</v>
+        <v>0.86</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B62" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C62" t="s">
-        <v>149</v>
+        <v>54</v>
       </c>
       <c r="D62">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>242</v>
+        <v>1874</v>
+      </c>
+      <c r="E62">
+        <v>30003</v>
       </c>
       <c r="F62">
         <v>2018</v>
       </c>
       <c r="G62" t="s">
         <v>243</v>
       </c>
-      <c r="H62">
-[...1 lines deleted...]
-      </c>
+      <c r="H62"/>
       <c r="I62">
-        <v>2.98</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>244</v>
       </c>
       <c r="B63" t="s">
+        <v>53</v>
+      </c>
+      <c r="C63" t="s">
         <v>245</v>
       </c>
-      <c r="C63" t="s">
-[...6 lines deleted...]
-        <v>12156</v>
+      <c r="D63"/>
+      <c r="E63" t="s">
+        <v>246</v>
       </c>
       <c r="F63">
         <v>2018</v>
       </c>
       <c r="G63" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="H63"/>
-      <c r="I63">
-[...1 lines deleted...]
-      </c>
+      <c r="I63"/>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B64" t="s">
         <v>231</v>
       </c>
       <c r="C64" t="s">
         <v>19</v>
       </c>
       <c r="D64">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E64">
-        <v>41014</v>
+        <v>2029</v>
       </c>
       <c r="F64">
         <v>2018</v>
       </c>
       <c r="G64" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="H64">
         <v>4.01</v>
       </c>
       <c r="I64">
         <v>1.41</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B65" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C65" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="D65">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>53818</v>
+        <v>26</v>
+      </c>
+      <c r="E65" t="s">
+        <v>252</v>
       </c>
       <c r="F65">
         <v>2018</v>
       </c>
       <c r="G65" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="H65">
-        <v>2.91</v>
+        <v>3.56</v>
       </c>
       <c r="I65">
-        <v>1.27</v>
+        <v>1.47</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="B66" t="s">
-        <v>253</v>
+        <v>199</v>
       </c>
       <c r="C66" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D66">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>255</v>
+        <v>10528</v>
+      </c>
+      <c r="E66">
+        <v>1052802</v>
       </c>
       <c r="F66">
         <v>2018</v>
       </c>
       <c r="G66" t="s">
         <v>256</v>
       </c>
       <c r="H66">
-        <v>2.05</v>
+        <v>0.56</v>
       </c>
       <c r="I66">
-        <v>0.86</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>257</v>
       </c>
       <c r="B67" t="s">
         <v>258</v>
       </c>
       <c r="C67" t="s">
-        <v>54</v>
+        <v>149</v>
       </c>
       <c r="D67">
-        <v>1874</v>
-[...2 lines deleted...]
-        <v>30003</v>
+        <v>5</v>
+      </c>
+      <c r="E67" t="s">
+        <v>259</v>
       </c>
       <c r="F67">
         <v>2018</v>
       </c>
       <c r="G67" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="H67"/>
+        <v>260</v>
+      </c>
+      <c r="H67">
+        <v>7.14</v>
+      </c>
       <c r="I67">
-        <v>0.17</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B68" t="s">
-        <v>58</v>
+        <v>262</v>
       </c>
       <c r="C68" t="s">
-        <v>261</v>
-[...3 lines deleted...]
-        <v>262</v>
+        <v>27</v>
+      </c>
+      <c r="D68">
+        <v>741</v>
+      </c>
+      <c r="E68">
+        <v>12156</v>
       </c>
       <c r="F68">
         <v>2018</v>
       </c>
       <c r="G68" t="s">
         <v>263</v>
       </c>
       <c r="H68"/>
-      <c r="I68"/>
+      <c r="I68">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>264</v>
       </c>
       <c r="B69" t="s">
         <v>226</v>
       </c>
       <c r="C69" t="s">
         <v>157</v>
       </c>
       <c r="D69">
         <v>43</v>
       </c>
       <c r="E69" t="s">
         <v>265</v>
       </c>
       <c r="F69">
         <v>2018</v>
       </c>
       <c r="G69" t="s">
         <v>266</v>
       </c>
       <c r="H69">
         <v>3.87</v>
       </c>
       <c r="I69">
         <v>1.71</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>267</v>
       </c>
       <c r="B70" t="s">
         <v>268</v>
       </c>
       <c r="C70" t="s">
-        <v>261</v>
+        <v>245</v>
       </c>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70">
         <v>2017</v>
       </c>
       <c r="G70" t="s">
         <v>269</v>
       </c>
       <c r="H70"/>
       <c r="I70"/>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>270</v>
       </c>
       <c r="B71" t="s">
         <v>271</v>
       </c>
       <c r="C71" t="s">
         <v>272</v>
       </c>
       <c r="D71">
         <v>6</v>
       </c>
@@ -3837,51 +3837,51 @@
       </c>
       <c r="E72">
         <v>35443</v>
       </c>
       <c r="F72">
         <v>2017</v>
       </c>
       <c r="G72" t="s">
         <v>276</v>
       </c>
       <c r="H72">
         <v>3.81</v>
       </c>
       <c r="I72">
         <v>2.34</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
         <v>277</v>
       </c>
       <c r="B73" t="s">
         <v>199</v>
       </c>
       <c r="C73" t="s">
-        <v>261</v>
+        <v>245</v>
       </c>
       <c r="D73"/>
       <c r="E73" t="s">
         <v>278</v>
       </c>
       <c r="F73">
         <v>2017</v>
       </c>
       <c r="G73" t="s">
         <v>279</v>
       </c>
       <c r="H73"/>
       <c r="I73"/>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
         <v>280</v>
       </c>
       <c r="B74" t="s">
         <v>231</v>
       </c>
       <c r="C74" t="s">
         <v>281</v>
       </c>
       <c r="D74"/>
@@ -4138,74 +4138,74 @@
       </c>
       <c r="B84" t="s">
         <v>321</v>
       </c>
       <c r="C84" t="s">
         <v>322</v>
       </c>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84">
         <v>2016</v>
       </c>
       <c r="G84" t="s">
         <v>323</v>
       </c>
       <c r="H84"/>
       <c r="I84">
         <v>0.1</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
         <v>324</v>
       </c>
       <c r="B85" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="C85" t="s">
         <v>322</v>
       </c>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85">
         <v>2016</v>
       </c>
       <c r="G85" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="H85"/>
       <c r="I85">
         <v>0.1</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
+        <v>326</v>
+      </c>
+      <c r="B86" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="C86" t="s">
         <v>322</v>
       </c>
       <c r="D86"/>
       <c r="E86"/>
       <c r="F86">
         <v>2016</v>
       </c>
       <c r="G86" t="s">
         <v>328</v>
       </c>
       <c r="H86"/>
       <c r="I86">
         <v>0.1</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
         <v>329</v>
       </c>
       <c r="B87" t="s">
         <v>330</v>
       </c>
       <c r="C87" t="s">
@@ -4286,72 +4286,72 @@
       <c r="A90" t="s">
         <v>341</v>
       </c>
       <c r="B90" t="s">
         <v>342</v>
       </c>
       <c r="C90" t="s">
         <v>343</v>
       </c>
       <c r="D90"/>
       <c r="E90"/>
       <c r="F90">
         <v>2015</v>
       </c>
       <c r="G90" t="s">
         <v>344</v>
       </c>
       <c r="H90"/>
       <c r="I90"/>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
         <v>345</v>
       </c>
       <c r="B91" t="s">
-        <v>333</v>
+        <v>346</v>
       </c>
       <c r="C91" t="s">
         <v>343</v>
       </c>
       <c r="D91"/>
       <c r="E91"/>
       <c r="F91">
         <v>2015</v>
       </c>
       <c r="G91" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="H91"/>
       <c r="I91"/>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B92" t="s">
-        <v>348</v>
+        <v>333</v>
       </c>
       <c r="C92" t="s">
         <v>343</v>
       </c>
       <c r="D92"/>
       <c r="E92"/>
       <c r="F92">
         <v>2015</v>
       </c>
       <c r="G92" t="s">
         <v>349</v>
       </c>
       <c r="H92"/>
       <c r="I92"/>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
         <v>350</v>
       </c>
       <c r="B93" t="s">
         <v>351</v>
       </c>
       <c r="C93" t="s">
         <v>352</v>
       </c>
@@ -4409,72 +4409,72 @@
       </c>
       <c r="D95">
         <v>119</v>
       </c>
       <c r="E95" t="s">
         <v>360</v>
       </c>
       <c r="F95">
         <v>2015</v>
       </c>
       <c r="G95" t="s">
         <v>361</v>
       </c>
       <c r="H95">
         <v>0.64</v>
       </c>
       <c r="I95">
         <v>0.27</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
         <v>362</v>
       </c>
       <c r="B96" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
       <c r="C96" t="s">
         <v>363</v>
       </c>
       <c r="D96"/>
       <c r="E96" t="s">
         <v>364</v>
       </c>
       <c r="F96">
         <v>2015</v>
       </c>
       <c r="G96"/>
       <c r="H96"/>
       <c r="I96"/>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
         <v>365</v>
       </c>
       <c r="B97" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="C97" t="s">
         <v>184</v>
       </c>
       <c r="D97">
         <v>91</v>
       </c>
       <c r="E97">
         <v>63830</v>
       </c>
       <c r="F97">
         <v>2015</v>
       </c>
       <c r="G97" t="s">
         <v>366</v>
       </c>
       <c r="H97">
         <v>2.77</v>
       </c>
       <c r="I97"/>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
         <v>367</v>
       </c>
@@ -4727,51 +4727,51 @@
       </c>
       <c r="B107" t="s">
         <v>396</v>
       </c>
       <c r="C107" t="s">
         <v>397</v>
       </c>
       <c r="D107"/>
       <c r="E107" t="s">
         <v>398</v>
       </c>
       <c r="F107">
         <v>2014</v>
       </c>
       <c r="G107" t="s">
         <v>399</v>
       </c>
       <c r="H107"/>
       <c r="I107"/>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
         <v>400</v>
       </c>
       <c r="B108" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
       <c r="C108" t="s">
         <v>322</v>
       </c>
       <c r="D108" t="s">
         <v>401</v>
       </c>
       <c r="E108" t="s">
         <v>402</v>
       </c>
       <c r="F108">
         <v>2014</v>
       </c>
       <c r="G108" t="s">
         <v>403</v>
       </c>
       <c r="H108"/>
       <c r="I108">
         <v>0.1</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
         <v>404</v>
       </c>
@@ -4804,80 +4804,80 @@
       </c>
       <c r="B110" t="s">
         <v>409</v>
       </c>
       <c r="C110" t="s">
         <v>410</v>
       </c>
       <c r="D110">
         <v>4</v>
       </c>
       <c r="E110" t="s">
         <v>411</v>
       </c>
       <c r="F110">
         <v>2013</v>
       </c>
       <c r="G110"/>
       <c r="H110"/>
       <c r="I110"/>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
         <v>412</v>
       </c>
       <c r="B111" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
       <c r="C111" t="s">
         <v>46</v>
       </c>
       <c r="D111">
         <v>8</v>
       </c>
       <c r="E111" t="s">
         <v>413</v>
       </c>
       <c r="F111">
         <v>2013</v>
       </c>
       <c r="G111" t="s">
         <v>414</v>
       </c>
       <c r="H111">
         <v>9.31</v>
       </c>
       <c r="I111">
         <v>5.13</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
         <v>415</v>
       </c>
       <c r="B112" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
       <c r="C112" t="s">
         <v>416</v>
       </c>
       <c r="D112"/>
       <c r="E112" t="s">
         <v>417</v>
       </c>
       <c r="F112">
         <v>2013</v>
       </c>
       <c r="G112" t="s">
         <v>418</v>
       </c>
       <c r="H112"/>
       <c r="I112"/>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
         <v>419</v>
       </c>
       <c r="B113" t="s">
         <v>396</v>
       </c>
       <c r="C113" t="s">
@@ -5054,100 +5054,100 @@
       </c>
       <c r="E119" t="s">
         <v>443</v>
       </c>
       <c r="F119">
         <v>2012</v>
       </c>
       <c r="G119" t="s">
         <v>444</v>
       </c>
       <c r="H119">
         <v>0.69</v>
       </c>
       <c r="I119">
         <v>0.18</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
         <v>445</v>
       </c>
       <c r="B120" t="s">
         <v>409</v>
       </c>
       <c r="C120" t="s">
+        <v>427</v>
+      </c>
+      <c r="D120">
+        <v>10</v>
+      </c>
+      <c r="E120" t="s">
         <v>446</v>
-      </c>
-[...4 lines deleted...]
-        <v>447</v>
       </c>
       <c r="F120">
         <v>2012</v>
       </c>
       <c r="G120"/>
       <c r="H120"/>
       <c r="I120"/>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="B121" t="s">
         <v>409</v>
       </c>
       <c r="C121" t="s">
+        <v>448</v>
+      </c>
+      <c r="D121">
+        <v>3</v>
+      </c>
+      <c r="E121" t="s">
         <v>449</v>
-      </c>
-[...4 lines deleted...]
-        <v>450</v>
       </c>
       <c r="F121">
         <v>2012</v>
       </c>
       <c r="G121"/>
       <c r="H121"/>
       <c r="I121"/>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="B122" t="s">
         <v>409</v>
       </c>
       <c r="C122" t="s">
-        <v>427</v>
+        <v>451</v>
       </c>
       <c r="D122">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="E122" t="s">
         <v>452</v>
       </c>
       <c r="F122">
         <v>2012</v>
       </c>
       <c r="G122"/>
       <c r="H122"/>
       <c r="I122"/>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
         <v>453</v>
       </c>
       <c r="B123" t="s">
         <v>226</v>
       </c>
       <c r="C123" t="s">
         <v>454</v>
       </c>
       <c r="D123">
         <v>56</v>
       </c>
       <c r="E123" t="s">