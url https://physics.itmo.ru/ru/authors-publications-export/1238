--- v2 (2025-11-15)
+++ v3 (2025-12-07)
@@ -170,230 +170,230 @@
   <si>
     <t>Theory, Observation, and Ultrafast Response of the Hybrid Anapole Regime in Light Scattering</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Egor Gurvitz, Fedor Benimetskiy, Dmitry Pidgayko, Anton Samusev,  Andrey B. Evlyukhin, Vjaceslavs Bobrovs, Dmitrii Redka, Michael I. Tribelsky, Mohsen Rahmani, Khosro Zangeneh Kamali, Alexander A. Pavlov, Andrey E. Miroshnichenko, Alexander Shalin</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202100114</t>
   </si>
   <si>
     <t>Multipole Engineering of Attractive−Repulsive and Bending Optical Forces</t>
   </si>
   <si>
     <t>Denis Kislov, Egor Gurvitz, Vjaceslavs Bobrovs, Alexander A. Pavlov, Dmitrii N. Redka, Manuel I. Marqués, Alexander Shalin</t>
   </si>
   <si>
     <t>Advanced Photonics Research</t>
   </si>
   <si>
     <t>10.1002/adpr.202100082</t>
   </si>
   <si>
+    <t>Exciting magnetic octupole in near-infrared range by nanostructuring</t>
+  </si>
+  <si>
+    <t>Pavel Terekhov, Andrei Evlyukhin, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020126</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031674</t>
+  </si>
+  <si>
+    <t>Hybrid anapoles: Near-zero scattering States driven by high order modal interference</t>
+  </si>
+  <si>
+    <t>Adria Сanos Valero, Egor Gurvitz, Andrey Miroshnichenko, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>020015</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031974</t>
+  </si>
+  <si>
+    <t>The development of the toroidal electric dipole source</t>
+  </si>
+  <si>
+    <t>Egor Gurvitz, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>020044</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031962</t>
+  </si>
+  <si>
+    <t>Long-range optical binding due to volumetric modes of hyperbolic metamaterial slab</t>
+  </si>
+  <si>
+    <t>Natalia Kostina, Denis Kislov, Alexey Proskurin, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>020066</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032064</t>
+  </si>
+  <si>
+    <t>The exceptional points of non-Hermitian optical systems: Scattering matrix definition, coherent perfect absorption, and lasing</t>
+  </si>
+  <si>
+    <t>Denis Novitsky, Alexander Shalin, Andrey V. Novitsky</t>
+  </si>
+  <si>
+    <t>020092</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031767</t>
+  </si>
+  <si>
+    <t>Enhanced helicity at the transverse Kerker condition</t>
+  </si>
+  <si>
+    <t>Hadi Shamkhi Al Naeemah, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>020114</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031704</t>
+  </si>
+  <si>
+    <t>Spin-locked scattering forces in the near field of high index particles</t>
+  </si>
+  <si>
+    <t>Adria Сanos Valero, Denis Kislov, Egor Gurvitz,  Hadi. K. Shamkhi, Alexander. A. Pavlov, Dmitrii Redka, Sergey Yankin, Pavel Zemánek, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>020016</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031977</t>
+  </si>
+  <si>
+    <t>Novel concept for contactless all-optical temperature measurement based on diffusion-inspired phosphorescent decay in nanostructured environment</t>
+  </si>
+  <si>
+    <t>Denis Kislov, Denis Novitsky, Alexey Kadochkin, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>020054</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031716</t>
+  </si>
+  <si>
+    <t>Optical pulling force near one-dimensional photonic crystal</t>
+  </si>
+  <si>
+    <t>N. A. Kostina, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>020067</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032067</t>
+  </si>
+  <si>
+    <t>Anapole electric dipole modes for a dielectric sphere</t>
+  </si>
+  <si>
+    <t>Sofiya Ponomareva, Egor Gurvitz, Konstantin Ladutenko, A. M. Miroshnichenko, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>020099</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032562</t>
+  </si>
+  <si>
+    <t>Effective electromagnetic fields of a particle situated near a substrate</t>
+  </si>
+  <si>
+    <t>Hadi Shamkhi Al Naeemah, Adria Сanos Valero, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>020115</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031705</t>
+  </si>
+  <si>
     <t>Nonlinear control of lateral optical forces excited by high-order multipole resonances in all-dielectric nanoparticles</t>
   </si>
   <si>
-    <t>Egor Gurvitz, Alexander Shalin</t>
-[...4 lines deleted...]
-  <si>
     <t>020043</t>
   </si>
   <si>
     <t>10.1063/5.0031961</t>
   </si>
   <si>
     <t>Optomechanical manipulation of nanoparticles with a magnetic response in a Gaussian beam</t>
   </si>
   <si>
     <t>Denis Kislov, Alexander Shalin</t>
   </si>
   <si>
     <t>020055</t>
   </si>
   <si>
     <t>10.1063/5.0031717</t>
   </si>
   <si>
     <t>Optical properties of a metasurface based on silicon nanocylinders in a hybrid Anapole state</t>
   </si>
   <si>
     <t>Alexey Kuznetsov, Adria Сanos Valero, Alexander Shalin</t>
   </si>
   <si>
     <t>020075</t>
   </si>
   <si>
     <t>10.1063/5.0031735</t>
   </si>
   <si>
     <t>Light-Induced particle binding assisted by metamaterial substrates</t>
   </si>
   <si>
     <t>Alexander Shalin, Natalia Kostina</t>
   </si>
   <si>
     <t>020113</t>
   </si>
   <si>
     <t>10.1063/5.0032090</t>
   </si>
   <si>
-    <t>Exciting magnetic octupole in near-infrared range by nanostructuring</t>
-[...127 lines deleted...]
-  <si>
     <t>Dynamics of Particles Trapped by Dissipative Domain Walls</t>
   </si>
   <si>
     <t>Daria Dolinina, Alexander Shalin, Alexey Yulin</t>
   </si>
   <si>
     <t>JETP Letters</t>
   </si>
   <si>
     <t>71-76</t>
   </si>
   <si>
     <t>10.1134/s0021364020140027</t>
   </si>
   <si>
     <t>Nanovortex‐Driven All‐Dielectric Optical Diffusion Boosting and Sorting Concept for Lab‐on‐a‐Chip Platforms</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Denis Kislov, Egor Gurvitz, Hadi Shamkhi Al Naeemah, Alexander A. Pavlov, Dmitrii Redka, Sergey Yankin, Pavel Zemánek, Alexander Shalin</t>
   </si>
   <si>
     <t>Advanced Science</t>
   </si>
   <si>
     <t>10.1002/advs.201903049</t>
@@ -626,230 +626,230 @@
   <si>
     <t>Pavel Terekhov, Kseniia Baryshnikova, Andrei Evlyukhin, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1038/s41598-019-40226-0</t>
   </si>
   <si>
     <t>Multipole analysis of dielectric metasurfaces composed of nonspherical nanoparticles and lattice invisibility effect</t>
   </si>
   <si>
     <t>Pavel Terekhov, Kseniia Baryshnikova, Alexander Shalin, Andrei Evlyukhin</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.99.045424</t>
   </si>
   <si>
     <t>Optical binding via surface plasmon polariton interference</t>
   </si>
   <si>
     <t>Natalia Kostina, Mihail Petrov, Aleksandra Ivinskaia, Andrey Bogdanov, Ivan Toftul, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.99.125416</t>
   </si>
   <si>
+    <t>Transmission and reflection features of all-dielectrics metasurfaces with electric and magnetic resonances</t>
+  </si>
+  <si>
+    <t>Proceedings of SPIE</t>
+  </si>
+  <si>
+    <t>10.1117/12.2506973</t>
+  </si>
+  <si>
+    <t>The high-order toroidal moments and anapole states in all-dielectric photonics</t>
+  </si>
+  <si>
+    <t>Egor Gurvitz, Konstantin Ladutenko, Andrei Evlyukhin, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>10.1002/lpor.201800266</t>
+  </si>
+  <si>
     <t>All-Optical Transmission Modulation Due to Inelastic Interactions of Ultrashort Pulses in a Disordered Resonant Medium</t>
   </si>
   <si>
     <t>531(2)</t>
   </si>
   <si>
     <t>10.1002/andp.201800405</t>
   </si>
   <si>
     <t>Nano-Antennas Based on Silicon-Gold Nanostructures</t>
   </si>
   <si>
     <t>Alexander Shalin, Andrei Evlyukhin</t>
   </si>
   <si>
     <t>10.1038/s41598-018-36851-w</t>
   </si>
   <si>
-    <t>Transmission and reflection features of all-dielectrics metasurfaces with electric and magnetic resonances</t>
-[...16 lines deleted...]
-  <si>
     <t>Optomechanical manipulation with hyperbolic metasurfaces</t>
   </si>
   <si>
     <t>Aleksandra Ivinskaia, Natalia Kostina, Mihail Petrov, Andrey Bogdanov, Alexander Shalin</t>
   </si>
   <si>
     <t>4371-4377</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.8b00775</t>
   </si>
   <si>
     <t>Tractor beams at metamaterial substrates</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012132</t>
   </si>
   <si>
     <t>Giant magnetoelectric field separation via anapole-type states in high-index dielectric structures</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Dmitry Filonov, Andrei Evlyukhin, Alexey Kadochkin, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.165419</t>
   </si>
   <si>
     <t>New 2D-graphene hybrid composites as an effective elemental base of optical nanodevices</t>
   </si>
   <si>
     <t>Alexander Shalin</t>
   </si>
   <si>
     <t>Beilstein Journal of Nanotechnology</t>
   </si>
   <si>
     <t>1321–1327</t>
   </si>
   <si>
     <t>10.3762/bjnano.9.125</t>
   </si>
   <si>
+    <t>Near-field analysis of the anapole states in high-index particles</t>
+  </si>
+  <si>
+    <t>Kseniia Baryshnikova, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998032</t>
+  </si>
+  <si>
+    <t>Simulation of circular dichroism enhancement in gold nanocuboids array lled by chiral medium for optical frequency range</t>
+  </si>
+  <si>
+    <t>2017 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>159-166</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2017.8168015</t>
+  </si>
+  <si>
+    <t>‘Photonic Hook’ based optomechanical nanoparticle manipulator</t>
+  </si>
+  <si>
+    <t>Angeleene Ang, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>10.1038/s41598-018-20224-4</t>
+  </si>
+  <si>
+    <t>Circular Dichroism Enhancement in Plasmonic Nanorod Metamaterials</t>
+  </si>
+  <si>
+    <t>Ivan Shishkin, Egor Gurvitz, Alexey Slobozhanyuk, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>17841-17848</t>
+  </si>
+  <si>
+    <t>10.1364/OE.26.017841</t>
+  </si>
+  <si>
+    <t>Optical multipole resonances of non-spherical silicon nanoparticles and the influence of illumination direction</t>
+  </si>
+  <si>
+    <t>Optical Components and Materials XV</t>
+  </si>
+  <si>
+    <t>10.1117/12.2289894</t>
+  </si>
+  <si>
+    <t>Femtosecond laser printing of single Ge and SiGe nanoparticles with electric and magnetic optical resonances</t>
+  </si>
+  <si>
+    <t>Andrei Evlyukhin, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>977-983</t>
+  </si>
+  <si>
+    <t>10.1021/acsphotonics.7b01275</t>
+  </si>
+  <si>
+    <t>Magnetic hot-spots in hollow silicon cylinders</t>
+  </si>
+  <si>
+    <t>Kseniia Baryshnikova, Andrei Evlyukhin, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/741/1/012156</t>
+  </si>
+  <si>
     <t>Scattering Forces within a Left-Handed Photonic Crystal</t>
   </si>
   <si>
-    <t>Angeleene Ang, Alexander Shalin</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1038/srep41014</t>
   </si>
   <si>
     <t>Spherically symmetric inhomogeneous bianisotropic media: Wave propagation and light scattering</t>
   </si>
   <si>
     <t>Andrey Novitsky, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1103/PhysRevA.95.053818</t>
   </si>
   <si>
     <t>Magnetic field concentration with coaxial silicon nanocylinders in the optical spectral range</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Andrey Novitsky, Andrei Evlyukhin, Alexander Shalin</t>
   </si>
   <si>
     <t>Journal of the Optical Society of America B: Optical Physics</t>
   </si>
   <si>
     <t>D36-D41</t>
   </si>
   <si>
     <t>https://doi.org/10.1364/JOSAB.34.000D36</t>
   </si>
   <si>
-    <t>Near-field analysis of the anapole states in high-index particles</t>
-[...67 lines deleted...]
-  <si>
     <t>Photonic hook: A new curved light beam</t>
   </si>
   <si>
     <t>771-774</t>
   </si>
   <si>
     <t>10.1364/OL.43.000771</t>
   </si>
   <si>
     <t>Optical binding of two nanoparticles near interface</t>
   </si>
   <si>
     <t>Natalia Kostina, Mihail Petrov, Aleksandra Ivinskaia, Andrey Bogdanov, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1109/DD.2017.8168020</t>
   </si>
   <si>
     <t>Plasmon-assisted optical trapping and anti-trapping</t>
   </si>
   <si>
     <t>Aleksandra Ivinskaia, Mihail Petrov, Andrey Bogdanov, Ivan Shishkin, Alexander Shalin</t>
   </si>
   <si>
     <t>Light: Science and Applications</t>
@@ -893,89 +893,89 @@
   <si>
     <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
   </si>
   <si>
     <t>2325-2328</t>
   </si>
   <si>
     <t>10.1109/PIERS.2017.8262140</t>
   </si>
   <si>
     <t>Destructive interference between electric and toroidal dipole moments in TiO2 cylinders and frustums with coaxial voids</t>
   </si>
   <si>
     <t>10.1088/1742-6596/929/1/012065</t>
   </si>
   <si>
     <t>Resonant forward scattering of light by high-refractive-index dielectric nanoparticles with toroidal dipole contribution</t>
   </si>
   <si>
     <t>835-838</t>
   </si>
   <si>
     <t>10.1364/OL.42.000835</t>
   </si>
   <si>
+    <t>Optically asymmetric structures for transparent electrodes</t>
+  </si>
+  <si>
+    <t>Alexander Shalin, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>2016 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>234-236</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756848</t>
+  </si>
+  <si>
+    <t>Nonradiating anapole modes of dielectric particles in terahertz range</t>
+  </si>
+  <si>
+    <t>Pavel Terekhov, Kseniia Baryshnikova, Alexander Shalin, Andrei Evlyukhin, Irina Khromova</t>
+  </si>
+  <si>
+    <t>406-409</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756883</t>
+  </si>
+  <si>
     <t>Plasmonic substrates for optical tweezers</t>
   </si>
   <si>
     <t>Aleksandra Ivinskaia, Mihail Petrov, Andrey Bogdanov, Alexander Shalin, Ivan Shishkin</t>
   </si>
   <si>
-    <t>2016 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>198-201</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756841</t>
   </si>
   <si>
-    <t>Optically asymmetric structures for transparent electrodes</t>
-[...22 lines deleted...]
-  <si>
     <t>Asymmetric backscattering from the hybrid magneto-electric meta particle</t>
   </si>
   <si>
     <t>Dmitry Filonov, Alexander Shalin</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/1.4967238</t>
   </si>
   <si>
     <t>Controlling electromagnetic scattering with wire metamaterial resonators</t>
   </si>
   <si>
     <t>Dmitry Filonov, Alexander Shalin, Ivan Iorsh, Pavel Belov</t>
   </si>
   <si>
     <t>Journal of the Optical Society of America A: Optics and Image Science, and Vision</t>
   </si>
   <si>
     <t>1910-1916</t>
   </si>
   <si>
     <t>10.1364/JOSAA.33.001910</t>
@@ -1037,77 +1037,77 @@
   <si>
     <t>Mihail Petrov, Andrey Bogdanov, Alexander Shalin</t>
   </si>
   <si>
     <t>116-122</t>
   </si>
   <si>
     <t>10.1002/lpor.201500173</t>
   </si>
   <si>
     <t>Enhancement of photovoltaic absorption in thin-film silicon solar cells by all-dielectric light-trapping and antireflective coatings</t>
   </si>
   <si>
     <t>Pavel Voroshilov, Pavel Belov, Alexander Shalin</t>
   </si>
   <si>
     <t>2015 9th International Congress on Adv. Electromagnetic Mat. in Microwaves and Optics (METAMAT.)</t>
   </si>
   <si>
     <t>517-519</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2015.7342508</t>
   </si>
   <si>
+    <t>Antireflective properties of periodic nanopore arrays</t>
+  </si>
+  <si>
+    <t>Pavel Dmitriev, Dmitry Baranov, Ivan Mukhin, Anton Samusev, Pavel Belov, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>2015 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2015.7354837</t>
+  </si>
+  <si>
+    <t>Optical forces induced at the metal surface</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2015.7354869</t>
+  </si>
+  <si>
     <t>Scattering suppression with homogeneous ENZ-media</t>
   </si>
   <si>
     <t>Alexander Shalin, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
-    <t>2015 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/DD.2015.7354879</t>
   </si>
   <si>
-    <t>Antireflective properties of periodic nanopore arrays</t>
-[...13 lines deleted...]
-  <si>
     <t>Emulation of complex optical phenomena with radio waves: Tailoring scattering characteristics with wire metamaterial</t>
   </si>
   <si>
     <t>Dmitry Filonov, Alexander Shalin, Pavel Belov</t>
   </si>
   <si>
     <t>2015 IEEE Int. Conf. on Microwaves, Communications, Antennas and Electronic Systems (COMCAS)</t>
   </si>
   <si>
     <t>1-2, 2-4</t>
   </si>
   <si>
     <t>10.1109/COMCAS.2015.7360417</t>
   </si>
   <si>
     <t>Optical forces in nanorod metamaterial</t>
   </si>
   <si>
     <t>10.1038/srep15846</t>
   </si>
   <si>
     <t>Nanostructural Antireflecting Coatings: Classification Analysis (A Review)</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Alexey Kadochkin, Alexander Shalin</t>
@@ -1349,105 +1349,105 @@
   <si>
     <t>Optical forces in plasmonic nanoantennas</t>
   </si>
   <si>
     <t>Quantum Electronics</t>
   </si>
   <si>
     <t>355-360</t>
   </si>
   <si>
     <t>10.1070/QE2012v042n04ABEH014740</t>
   </si>
   <si>
     <t>Effect of Argon buffer gas and the dimer component on the optical properties of sodium vapor</t>
   </si>
   <si>
     <t>Journal of Applied Spectroscopy</t>
   </si>
   <si>
     <t>113-119</t>
   </si>
   <si>
     <t>10.1007/s10812-012-9571-9</t>
   </si>
   <si>
+    <t>Метод «мнимой границы» в исследовании оптических свойств упорядоченных наноструктур</t>
+  </si>
+  <si>
+    <t>Наносистемы: физика, химия, математика</t>
+  </si>
+  <si>
+    <t>78-83</t>
+  </si>
+  <si>
+    <t>Наноматериал повышенной прозрачности</t>
+  </si>
+  <si>
+    <t>Известия Самарского научного центра РАН</t>
+  </si>
+  <si>
+    <t>1114-1119</t>
+  </si>
+  <si>
     <t>Optical forces in light-concentrators (in Russian)</t>
   </si>
   <si>
     <t>118-119</t>
   </si>
   <si>
-    <t>Метод «мнимой границы» в исследовании оптических свойств упорядоченных наноструктур</t>
-[...16 lines deleted...]
-  <si>
     <t>Optical Accelerator of Nanoparticles</t>
   </si>
   <si>
     <t>Journal of Communications Technology and Electronics</t>
   </si>
   <si>
     <t>976-984</t>
   </si>
   <si>
     <t>10.1134/S1064226911080109</t>
   </si>
   <si>
+    <t>Metallodielectric Nanocomposites with Enhanced Transparency</t>
+  </si>
+  <si>
+    <t>Physics of Metals and Metallography</t>
+  </si>
+  <si>
+    <t>01.дек</t>
+  </si>
+  <si>
+    <t>10.1134/S0031918X11010340</t>
+  </si>
+  <si>
     <t>Optically Induced Forces in a Nanoparticle-on-Substrate System</t>
   </si>
   <si>
-    <t>Physics of Metals and Metallography</t>
-[...1 lines deleted...]
-  <si>
     <t>36-43</t>
   </si>
   <si>
     <t>10.1134/S0031918X11010352</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1134/S0031918X11010340</t>
   </si>
   <si>
     <t>Optical blooming of a medium by nanocrystal layers</t>
   </si>
   <si>
     <t>163-169</t>
   </si>
   <si>
     <t>10.1070/QE2011v041n02ABEH014331</t>
   </si>
   <si>
     <t>Broadband optical blooming of media by single nano-crystalline layer (in Russian)</t>
   </si>
   <si>
     <t>Optical Antireflection of a Medium by Nanostructural Layers</t>
   </si>
   <si>
     <t>45-66</t>
   </si>
   <si>
     <t>10.2528/PIERB11032509</t>
   </si>
   <si>
     <t>Optical Properties of Nanocrystal Layers Embedded in a Carrier Medium</t>
   </si>
@@ -2307,186 +2307,186 @@
       <c r="C17" t="s">
         <v>54</v>
       </c>
       <c r="D17">
         <v>2300</v>
       </c>
       <c r="E17" t="s">
         <v>75</v>
       </c>
       <c r="F17">
         <v>2020</v>
       </c>
       <c r="G17" t="s">
         <v>76</v>
       </c>
       <c r="H17"/>
       <c r="I17">
         <v>0.19</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>77</v>
       </c>
       <c r="B18" t="s">
-        <v>53</v>
+        <v>78</v>
       </c>
       <c r="C18" t="s">
         <v>54</v>
       </c>
       <c r="D18">
         <v>2300</v>
       </c>
       <c r="E18" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F18">
         <v>2020</v>
       </c>
       <c r="G18" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H18"/>
       <c r="I18">
         <v>0.19</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B19" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C19" t="s">
         <v>54</v>
       </c>
       <c r="D19">
         <v>2300</v>
       </c>
       <c r="E19" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F19">
         <v>2020</v>
       </c>
       <c r="G19" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H19"/>
       <c r="I19">
         <v>0.19</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B20" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C20" t="s">
         <v>54</v>
       </c>
       <c r="D20">
         <v>2300</v>
       </c>
       <c r="E20" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F20">
         <v>2020</v>
       </c>
       <c r="G20" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H20"/>
       <c r="I20">
         <v>0.19</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B21" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C21" t="s">
         <v>54</v>
       </c>
       <c r="D21">
         <v>2300</v>
       </c>
       <c r="E21" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F21">
         <v>2020</v>
       </c>
       <c r="G21" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H21"/>
       <c r="I21">
         <v>0.19</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B22" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C22" t="s">
         <v>54</v>
       </c>
       <c r="D22">
         <v>2300</v>
       </c>
       <c r="E22" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F22">
         <v>2020</v>
       </c>
       <c r="G22" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H22"/>
       <c r="I22">
         <v>0.19</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B23" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="C23" t="s">
         <v>54</v>
       </c>
       <c r="D23">
         <v>2300</v>
       </c>
       <c r="E23" t="s">
         <v>98</v>
       </c>
       <c r="F23">
         <v>2020</v>
       </c>
       <c r="G23" t="s">
         <v>99</v>
       </c>
       <c r="H23"/>
       <c r="I23">
         <v>0.19</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>100</v>
       </c>
@@ -3019,51 +3019,51 @@
       </c>
       <c r="D43">
         <v>122</v>
       </c>
       <c r="E43">
         <v>193905</v>
       </c>
       <c r="F43">
         <v>2019</v>
       </c>
       <c r="G43" t="s">
         <v>178</v>
       </c>
       <c r="H43">
         <v>8.39</v>
       </c>
       <c r="I43">
         <v>3.59</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>179</v>
       </c>
       <c r="B44" t="s">
-        <v>70</v>
+        <v>53</v>
       </c>
       <c r="C44" t="s">
         <v>180</v>
       </c>
       <c r="D44">
         <v>125</v>
       </c>
       <c r="E44">
         <v>173108</v>
       </c>
       <c r="F44">
         <v>2019</v>
       </c>
       <c r="G44" t="s">
         <v>181</v>
       </c>
       <c r="H44">
         <v>2.29</v>
       </c>
       <c r="I44">
         <v>0.73</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
@@ -3218,157 +3218,157 @@
       </c>
       <c r="D50">
         <v>99</v>
       </c>
       <c r="E50">
         <v>125416</v>
       </c>
       <c r="F50">
         <v>2019</v>
       </c>
       <c r="G50" t="s">
         <v>203</v>
       </c>
       <c r="H50">
         <v>3.58</v>
       </c>
       <c r="I50">
         <v>1.81</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>204</v>
       </c>
       <c r="B51" t="s">
-        <v>156</v>
+        <v>199</v>
       </c>
       <c r="C51" t="s">
-        <v>174</v>
-[...1 lines deleted...]
-      <c r="D51" t="s">
         <v>205</v>
       </c>
+      <c r="D51">
+        <v>10927</v>
+      </c>
       <c r="E51">
-        <v>1800405</v>
+        <v>109270</v>
       </c>
       <c r="F51">
         <v>2019</v>
       </c>
       <c r="G51" t="s">
         <v>206</v>
       </c>
-      <c r="H51">
-[...1 lines deleted...]
-      </c>
+      <c r="H51"/>
       <c r="I51">
-        <v>1.28</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>207</v>
       </c>
       <c r="B52" t="s">
         <v>208</v>
       </c>
       <c r="C52" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="D52">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E52">
-        <v>338</v>
+        <v>1800266</v>
       </c>
       <c r="F52">
         <v>2019</v>
       </c>
       <c r="G52" t="s">
         <v>209</v>
       </c>
       <c r="H52">
-        <v>4.0</v>
+        <v>10.66</v>
       </c>
       <c r="I52">
-        <v>1.34</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>210</v>
       </c>
       <c r="B53" t="s">
-        <v>199</v>
+        <v>156</v>
       </c>
       <c r="C53" t="s">
+        <v>174</v>
+      </c>
+      <c r="D53" t="s">
         <v>211</v>
       </c>
-      <c r="D53">
-[...1 lines deleted...]
-      </c>
       <c r="E53">
-        <v>109270</v>
+        <v>1800405</v>
       </c>
       <c r="F53">
         <v>2019</v>
       </c>
       <c r="G53" t="s">
         <v>212</v>
       </c>
-      <c r="H53"/>
+      <c r="H53">
+        <v>3.32</v>
+      </c>
       <c r="I53">
-        <v>0.24</v>
+        <v>1.28</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>213</v>
       </c>
       <c r="B54" t="s">
         <v>214</v>
       </c>
       <c r="C54" t="s">
-        <v>46</v>
+        <v>19</v>
       </c>
       <c r="D54">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E54">
-        <v>1800266</v>
+        <v>338</v>
       </c>
       <c r="F54">
         <v>2019</v>
       </c>
       <c r="G54" t="s">
         <v>215</v>
       </c>
       <c r="H54">
-        <v>10.66</v>
+        <v>4.0</v>
       </c>
       <c r="I54">
-        <v>4.01</v>
+        <v>1.34</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>216</v>
       </c>
       <c r="B55" t="s">
         <v>217</v>
       </c>
       <c r="C55" t="s">
         <v>149</v>
       </c>
       <c r="D55">
         <v>5</v>
       </c>
       <c r="E55" t="s">
         <v>218</v>
       </c>
       <c r="F55">
         <v>2018</v>
       </c>
       <c r="G55" t="s">
         <v>219</v>
       </c>
       <c r="H55">
@@ -3449,360 +3449,360 @@
       </c>
       <c r="E58" t="s">
         <v>228</v>
       </c>
       <c r="F58">
         <v>2018</v>
       </c>
       <c r="G58" t="s">
         <v>229</v>
       </c>
       <c r="H58">
         <v>2.27</v>
       </c>
       <c r="I58">
         <v>0.77</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>230</v>
       </c>
       <c r="B59" t="s">
         <v>231</v>
       </c>
       <c r="C59" t="s">
-        <v>19</v>
+        <v>54</v>
       </c>
       <c r="D59">
-        <v>7</v>
+        <v>1874</v>
       </c>
       <c r="E59">
-        <v>41014</v>
+        <v>30003</v>
       </c>
       <c r="F59">
         <v>2018</v>
       </c>
       <c r="G59" t="s">
         <v>232</v>
       </c>
-      <c r="H59">
-[...1 lines deleted...]
-      </c>
+      <c r="H59"/>
       <c r="I59">
-        <v>1.41</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>233</v>
       </c>
       <c r="B60" t="s">
+        <v>62</v>
+      </c>
+      <c r="C60" t="s">
         <v>234</v>
       </c>
-      <c r="C60" t="s">
-[...6 lines deleted...]
-        <v>53818</v>
+      <c r="D60"/>
+      <c r="E60" t="s">
+        <v>235</v>
       </c>
       <c r="F60">
         <v>2018</v>
       </c>
       <c r="G60" t="s">
-        <v>235</v>
-[...6 lines deleted...]
-      </c>
+        <v>236</v>
+      </c>
+      <c r="H60"/>
+      <c r="I60"/>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B61" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C61" t="s">
-        <v>238</v>
+        <v>19</v>
       </c>
       <c r="D61">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>239</v>
+        <v>8</v>
+      </c>
+      <c r="E61">
+        <v>2029</v>
       </c>
       <c r="F61">
         <v>2018</v>
       </c>
       <c r="G61" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="H61">
-        <v>2.05</v>
+        <v>4.01</v>
       </c>
       <c r="I61">
-        <v>0.86</v>
+        <v>1.41</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>240</v>
+      </c>
+      <c r="B62" t="s">
         <v>241</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
+        <v>189</v>
+      </c>
+      <c r="D62">
+        <v>26</v>
+      </c>
+      <c r="E62" t="s">
         <v>242</v>
-      </c>
-[...7 lines deleted...]
-        <v>30003</v>
       </c>
       <c r="F62">
         <v>2018</v>
       </c>
       <c r="G62" t="s">
         <v>243</v>
       </c>
-      <c r="H62"/>
+      <c r="H62">
+        <v>3.56</v>
+      </c>
       <c r="I62">
-        <v>0.17</v>
+        <v>1.47</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>244</v>
       </c>
       <c r="B63" t="s">
-        <v>53</v>
+        <v>199</v>
       </c>
       <c r="C63" t="s">
         <v>245</v>
       </c>
-      <c r="D63"/>
-[...1 lines deleted...]
-        <v>246</v>
+      <c r="D63">
+        <v>10528</v>
+      </c>
+      <c r="E63">
+        <v>1052802</v>
       </c>
       <c r="F63">
         <v>2018</v>
       </c>
       <c r="G63" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-      <c r="I63"/>
+        <v>246</v>
+      </c>
+      <c r="H63">
+        <v>0.56</v>
+      </c>
+      <c r="I63">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>247</v>
+      </c>
+      <c r="B64" t="s">
         <v>248</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64" t="s">
-        <v>19</v>
+        <v>149</v>
       </c>
       <c r="D64">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>2029</v>
+        <v>5</v>
+      </c>
+      <c r="E64" t="s">
+        <v>249</v>
       </c>
       <c r="F64">
         <v>2018</v>
       </c>
       <c r="G64" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="H64">
-        <v>4.01</v>
+        <v>7.14</v>
       </c>
       <c r="I64">
-        <v>1.41</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B65" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C65" t="s">
-        <v>189</v>
+        <v>27</v>
       </c>
       <c r="D65">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>741</v>
+      </c>
+      <c r="E65">
+        <v>12156</v>
       </c>
       <c r="F65">
         <v>2018</v>
       </c>
       <c r="G65" t="s">
         <v>253</v>
       </c>
-      <c r="H65">
-[...1 lines deleted...]
-      </c>
+      <c r="H65"/>
       <c r="I65">
-        <v>1.47</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>254</v>
       </c>
       <c r="B66" t="s">
-        <v>199</v>
+        <v>238</v>
       </c>
       <c r="C66" t="s">
-        <v>255</v>
+        <v>19</v>
       </c>
       <c r="D66">
-        <v>10528</v>
+        <v>7</v>
       </c>
       <c r="E66">
-        <v>1052802</v>
+        <v>41014</v>
       </c>
       <c r="F66">
         <v>2018</v>
       </c>
       <c r="G66" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="H66">
-        <v>0.56</v>
+        <v>4.01</v>
       </c>
       <c r="I66">
-        <v>0.24</v>
+        <v>1.41</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>256</v>
+      </c>
+      <c r="B67" t="s">
         <v>257</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67" t="s">
-        <v>149</v>
+        <v>184</v>
       </c>
       <c r="D67">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>259</v>
+        <v>95</v>
+      </c>
+      <c r="E67">
+        <v>53818</v>
       </c>
       <c r="F67">
         <v>2018</v>
       </c>
       <c r="G67" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="H67">
-        <v>7.14</v>
+        <v>2.91</v>
       </c>
       <c r="I67">
-        <v>2.98</v>
+        <v>1.27</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>259</v>
+      </c>
+      <c r="B68" t="s">
+        <v>260</v>
+      </c>
+      <c r="C68" t="s">
         <v>261</v>
       </c>
-      <c r="B68" t="s">
+      <c r="D68">
+        <v>34</v>
+      </c>
+      <c r="E68" t="s">
         <v>262</v>
-      </c>
-[...7 lines deleted...]
-        <v>12156</v>
       </c>
       <c r="F68">
         <v>2018</v>
       </c>
       <c r="G68" t="s">
         <v>263</v>
       </c>
-      <c r="H68"/>
+      <c r="H68">
+        <v>2.05</v>
+      </c>
       <c r="I68">
-        <v>0.24</v>
+        <v>0.86</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>264</v>
       </c>
       <c r="B69" t="s">
         <v>226</v>
       </c>
       <c r="C69" t="s">
         <v>157</v>
       </c>
       <c r="D69">
         <v>43</v>
       </c>
       <c r="E69" t="s">
         <v>265</v>
       </c>
       <c r="F69">
         <v>2018</v>
       </c>
       <c r="G69" t="s">
         <v>266</v>
       </c>
       <c r="H69">
         <v>3.87</v>
       </c>
       <c r="I69">
         <v>1.71</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>267</v>
       </c>
       <c r="B70" t="s">
         <v>268</v>
       </c>
       <c r="C70" t="s">
-        <v>245</v>
+        <v>234</v>
       </c>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70">
         <v>2017</v>
       </c>
       <c r="G70" t="s">
         <v>269</v>
       </c>
       <c r="H70"/>
       <c r="I70"/>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>270</v>
       </c>
       <c r="B71" t="s">
         <v>271</v>
       </c>
       <c r="C71" t="s">
         <v>272</v>
       </c>
       <c r="D71">
         <v>6</v>
       </c>
@@ -3837,71 +3837,71 @@
       </c>
       <c r="E72">
         <v>35443</v>
       </c>
       <c r="F72">
         <v>2017</v>
       </c>
       <c r="G72" t="s">
         <v>276</v>
       </c>
       <c r="H72">
         <v>3.81</v>
       </c>
       <c r="I72">
         <v>2.34</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
         <v>277</v>
       </c>
       <c r="B73" t="s">
         <v>199</v>
       </c>
       <c r="C73" t="s">
-        <v>245</v>
+        <v>234</v>
       </c>
       <c r="D73"/>
       <c r="E73" t="s">
         <v>278</v>
       </c>
       <c r="F73">
         <v>2017</v>
       </c>
       <c r="G73" t="s">
         <v>279</v>
       </c>
       <c r="H73"/>
       <c r="I73"/>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
         <v>280</v>
       </c>
       <c r="B74" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="C74" t="s">
         <v>281</v>
       </c>
       <c r="D74"/>
       <c r="E74" t="s">
         <v>282</v>
       </c>
       <c r="F74">
         <v>2017</v>
       </c>
       <c r="G74" t="s">
         <v>283</v>
       </c>
       <c r="H74"/>
       <c r="I74"/>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>284</v>
       </c>
       <c r="B75" t="s">
         <v>199</v>
       </c>
       <c r="C75" t="s">
@@ -4286,72 +4286,72 @@
       <c r="A90" t="s">
         <v>341</v>
       </c>
       <c r="B90" t="s">
         <v>342</v>
       </c>
       <c r="C90" t="s">
         <v>343</v>
       </c>
       <c r="D90"/>
       <c r="E90"/>
       <c r="F90">
         <v>2015</v>
       </c>
       <c r="G90" t="s">
         <v>344</v>
       </c>
       <c r="H90"/>
       <c r="I90"/>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
         <v>345</v>
       </c>
       <c r="B91" t="s">
-        <v>346</v>
+        <v>333</v>
       </c>
       <c r="C91" t="s">
         <v>343</v>
       </c>
       <c r="D91"/>
       <c r="E91"/>
       <c r="F91">
         <v>2015</v>
       </c>
       <c r="G91" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="H91"/>
       <c r="I91"/>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
+        <v>347</v>
+      </c>
+      <c r="B92" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
       <c r="C92" t="s">
         <v>343</v>
       </c>
       <c r="D92"/>
       <c r="E92"/>
       <c r="F92">
         <v>2015</v>
       </c>
       <c r="G92" t="s">
         <v>349</v>
       </c>
       <c r="H92"/>
       <c r="I92"/>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
         <v>350</v>
       </c>
       <c r="B93" t="s">
         <v>351</v>
       </c>
       <c r="C93" t="s">
         <v>352</v>
       </c>
@@ -4409,51 +4409,51 @@
       </c>
       <c r="D95">
         <v>119</v>
       </c>
       <c r="E95" t="s">
         <v>360</v>
       </c>
       <c r="F95">
         <v>2015</v>
       </c>
       <c r="G95" t="s">
         <v>361</v>
       </c>
       <c r="H95">
         <v>0.64</v>
       </c>
       <c r="I95">
         <v>0.27</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
         <v>362</v>
       </c>
       <c r="B96" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="C96" t="s">
         <v>363</v>
       </c>
       <c r="D96"/>
       <c r="E96" t="s">
         <v>364</v>
       </c>
       <c r="F96">
         <v>2015</v>
       </c>
       <c r="G96"/>
       <c r="H96"/>
       <c r="I96"/>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
         <v>365</v>
       </c>
       <c r="B97" t="s">
         <v>327</v>
       </c>
       <c r="C97" t="s">
         <v>184</v>
       </c>
@@ -4727,51 +4727,51 @@
       </c>
       <c r="B107" t="s">
         <v>396</v>
       </c>
       <c r="C107" t="s">
         <v>397</v>
       </c>
       <c r="D107"/>
       <c r="E107" t="s">
         <v>398</v>
       </c>
       <c r="F107">
         <v>2014</v>
       </c>
       <c r="G107" t="s">
         <v>399</v>
       </c>
       <c r="H107"/>
       <c r="I107"/>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
         <v>400</v>
       </c>
       <c r="B108" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="C108" t="s">
         <v>322</v>
       </c>
       <c r="D108" t="s">
         <v>401</v>
       </c>
       <c r="E108" t="s">
         <v>402</v>
       </c>
       <c r="F108">
         <v>2014</v>
       </c>
       <c r="G108" t="s">
         <v>403</v>
       </c>
       <c r="H108"/>
       <c r="I108">
         <v>0.1</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
         <v>404</v>
       </c>
@@ -4804,80 +4804,80 @@
       </c>
       <c r="B110" t="s">
         <v>409</v>
       </c>
       <c r="C110" t="s">
         <v>410</v>
       </c>
       <c r="D110">
         <v>4</v>
       </c>
       <c r="E110" t="s">
         <v>411</v>
       </c>
       <c r="F110">
         <v>2013</v>
       </c>
       <c r="G110"/>
       <c r="H110"/>
       <c r="I110"/>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
         <v>412</v>
       </c>
       <c r="B111" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="C111" t="s">
         <v>46</v>
       </c>
       <c r="D111">
         <v>8</v>
       </c>
       <c r="E111" t="s">
         <v>413</v>
       </c>
       <c r="F111">
         <v>2013</v>
       </c>
       <c r="G111" t="s">
         <v>414</v>
       </c>
       <c r="H111">
         <v>9.31</v>
       </c>
       <c r="I111">
         <v>5.13</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
         <v>415</v>
       </c>
       <c r="B112" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="C112" t="s">
         <v>416</v>
       </c>
       <c r="D112"/>
       <c r="E112" t="s">
         <v>417</v>
       </c>
       <c r="F112">
         <v>2013</v>
       </c>
       <c r="G112" t="s">
         <v>418</v>
       </c>
       <c r="H112"/>
       <c r="I112"/>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
         <v>419</v>
       </c>
       <c r="B113" t="s">
         <v>396</v>
       </c>
       <c r="C113" t="s">
@@ -5054,100 +5054,100 @@
       </c>
       <c r="E119" t="s">
         <v>443</v>
       </c>
       <c r="F119">
         <v>2012</v>
       </c>
       <c r="G119" t="s">
         <v>444</v>
       </c>
       <c r="H119">
         <v>0.69</v>
       </c>
       <c r="I119">
         <v>0.18</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
         <v>445</v>
       </c>
       <c r="B120" t="s">
         <v>409</v>
       </c>
       <c r="C120" t="s">
-        <v>427</v>
+        <v>446</v>
       </c>
       <c r="D120">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="E120" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="F120">
         <v>2012</v>
       </c>
       <c r="G120"/>
       <c r="H120"/>
       <c r="I120"/>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B121" t="s">
         <v>409</v>
       </c>
       <c r="C121" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="D121">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E121" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="F121">
         <v>2012</v>
       </c>
       <c r="G121"/>
       <c r="H121"/>
       <c r="I121"/>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B122" t="s">
         <v>409</v>
       </c>
       <c r="C122" t="s">
-        <v>451</v>
+        <v>427</v>
       </c>
       <c r="D122">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="E122" t="s">
         <v>452</v>
       </c>
       <c r="F122">
         <v>2012</v>
       </c>
       <c r="G122"/>
       <c r="H122"/>
       <c r="I122"/>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
         <v>453</v>
       </c>
       <c r="B123" t="s">
         <v>226</v>
       </c>
       <c r="C123" t="s">
         <v>454</v>
       </c>
       <c r="D123">
         <v>56</v>
       </c>
       <c r="E123" t="s">