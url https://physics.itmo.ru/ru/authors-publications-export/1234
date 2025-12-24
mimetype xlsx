--- v0 (2025-10-06)
+++ v1 (2025-12-24)
@@ -176,77 +176,77 @@
   <si>
     <t>10.1002/adpr.202100326</t>
   </si>
   <si>
     <t>Bound states in the continuum in the multipole approximation</t>
   </si>
   <si>
     <t>Metamaterials XIII</t>
   </si>
   <si>
     <t>10.1117/12.2621078</t>
   </si>
   <si>
     <t>Circular wire-bundle superscatterer</t>
   </si>
   <si>
     <t>Andrey Machnev, Konstantin Grotov, Konstantin Ladutenko, Pavel Belov</t>
   </si>
   <si>
     <t>Journal of Quantitative Spectroscopy and Radiative Transfer</t>
   </si>
   <si>
     <t>10.1016/j.jqsrt.2022.108065</t>
   </si>
   <si>
+    <t>Generalized Kerker effect in dielectric antennas for enhanced backscattering modulation</t>
+  </si>
+  <si>
+    <t>Diana Shakirova, Sergei Krasikov, Ildar Yusupov, Alexey Slobozhanyuk, Konstantin Ladutenko, Dmitry Filonov, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012136</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012136</t>
+  </si>
+  <si>
     <t>Excitation of a homogeneous dielectric sphere by a point electric dipole</t>
   </si>
   <si>
     <t>Roman Gaponenko,   Ilia L. Rasskazov, Alexander Moroz, Dmitry Pidgayko, Konstantin Ladutenko, Alexey Shcherbakov, Pavel Belov</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012043</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012043</t>
   </si>
   <si>
-    <t>Generalized Kerker effect in dielectric antennas for enhanced backscattering modulation</t>
-[...10 lines deleted...]
-  <si>
     <t>Harnessing superdirectivity in dielectric spherical multilayer antennas</t>
   </si>
   <si>
     <t>Roman Gaponenko, Alexander Moroz, Ilia L. Rasskazov, Konstantin Ladutenko, Alexey Shcherbakov, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/physrevb.104.195406</t>
   </si>
   <si>
     <t>Observation of Ultrafast Self-Action Effects in Quasi-BIC Resonant Metasurfaces</t>
   </si>
   <si>
     <t>Ivan Sinev, Zhuojun Liu, Anton Rudenko, Konstantin Ladutenko, Alexey Shcherbakov, Zarina Sadrieva, Mikhail Baranov, Tatiana Itina, Jin Liu, Andrey Bogdanov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.1c03257</t>
   </si>
   <si>
     <t>Observation of Ultrafast Self-Action Effects in Resonant Dielectric Metasurfaces</t>
   </si>
   <si>
     <t>Ivan Sinev, Zhuojun Liu, Anton Rudenko, Konstantin Ladutenko, Alexey Shcherbakov, Zarina Sadrieva, Tatiana Itina, Andrey Bogdanov, Yuri Kivshar</t>
@@ -257,75 +257,75 @@
   <si>
     <t>10.1364/cleo_qels.2021.fm3i.6</t>
   </si>
   <si>
     <t>SMUTHI: A python package for the simulation of light scattering by multiple particles near or between planar interfaces</t>
   </si>
   <si>
     <t>Amos Egel, Krzysztof M. Czajkowski, Dominik Theobald, Konstantin Ladutenko, Alexey S. Kuznetsov, Lorenzo Pattelli</t>
   </si>
   <si>
     <t>10.1016/j.jqsrt.2021.107846</t>
   </si>
   <si>
     <t>Giant Enhancement of Radiative Recombination in Perovskite Light-Emitting Diodes with Plasmonic Core-Shell Nanoparticles</t>
   </si>
   <si>
     <t>Mikhail Masharin, Aleksander Berestennikov, Daniele Barettin, Pavel Voroshilov, Konstantin Ladutenko, Aldo Di Carlo, Sergey Makarov</t>
   </si>
   <si>
     <t>Nanomaterials</t>
   </si>
   <si>
     <t>10.3390/nano11010045</t>
   </si>
   <si>
+    <t>Anapole electric dipole modes for a dielectric sphere</t>
+  </si>
+  <si>
+    <t>Sofiya Ponomareva, Egor Gurvitz, Konstantin Ladutenko, A. M. Miroshnichenko, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020099</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032562</t>
+  </si>
+  <si>
     <t>Polarization driven control over scattering of a silicon nanoparticle on one-layered substrate</t>
   </si>
   <si>
     <t>Dmitry Pidgayko, Konstantin Ladutenko, Andrey Bogdanov</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020097</t>
   </si>
   <si>
     <t>10.1063/5.0031956</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1063/5.0032562</t>
   </si>
   <si>
     <t>Polarization-controlled selective excitation of Mie resonances in a dielectric nanoparticle on a coated substrate</t>
   </si>
   <si>
     <t>Dmitry Pidgayko, Zarina Sadrieva, Konstantin Ladutenko, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1103/physrevb.102.245406</t>
   </si>
   <si>
     <t>Multipole engineering for enhanced backscattering modulation</t>
   </si>
   <si>
     <t>10.1103/physrevb.102.195129</t>
   </si>
   <si>
     <t>Observation of Supercavity Modes in Subwavelength Dielectric Resonators</t>
   </si>
   <si>
     <t>Mikhail Odit, Sergey Gladishev, Konstantin Ladutenko, Yuri Kivshar, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Advanced Materials</t>
   </si>
@@ -1490,51 +1490,51 @@
       <c r="C22" t="s">
         <v>36</v>
       </c>
       <c r="D22">
         <v>102</v>
       </c>
       <c r="E22"/>
       <c r="F22">
         <v>2020</v>
       </c>
       <c r="G22" t="s">
         <v>92</v>
       </c>
       <c r="H22">
         <v>4.04</v>
       </c>
       <c r="I22">
         <v>1.78</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>93</v>
       </c>
       <c r="B23" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="C23" t="s">
         <v>36</v>
       </c>
       <c r="D23">
         <v>102</v>
       </c>
       <c r="E23"/>
       <c r="F23">
         <v>2020</v>
       </c>
       <c r="G23" t="s">
         <v>94</v>
       </c>
       <c r="H23">
         <v>4.04</v>
       </c>
       <c r="I23">
         <v>1.78</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>95</v>
       </c>
@@ -1594,51 +1594,51 @@
       </c>
       <c r="D26">
         <v>11</v>
       </c>
       <c r="E26" t="s">
         <v>105</v>
       </c>
       <c r="F26">
         <v>2020</v>
       </c>
       <c r="G26" t="s">
         <v>106</v>
       </c>
       <c r="H26">
         <v>6.71</v>
       </c>
       <c r="I26">
         <v>2.98</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>107</v>
       </c>
       <c r="B27" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="C27" t="s">
         <v>56</v>
       </c>
       <c r="D27">
         <v>1461</v>
       </c>
       <c r="E27" t="s">
         <v>108</v>
       </c>
       <c r="F27">
         <v>2020</v>
       </c>
       <c r="G27" t="s">
         <v>109</v>
       </c>
       <c r="H27"/>
       <c r="I27">
         <v>0.23</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>110</v>
       </c>