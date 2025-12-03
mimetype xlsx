--- v0 (2025-10-06)
+++ v1 (2025-12-03)
@@ -12,115 +12,181 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="484">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="502">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Engineering of disorder-immune metadevices based on Huygens congener dipole element</t>
+  </si>
+  <si>
+    <t>Shicheng Wan, Matvey Sogrin, Mikhail Rybin, Jinhui Shi, Ekaterina Maslova</t>
+  </si>
+  <si>
+    <t>Applied Physics Letters</t>
+  </si>
+  <si>
+    <t>10.1063/5.0286459</t>
+  </si>
+  <si>
     <t>Free-Space Orbital Angular Momentum Comb Generation via Second-Harmonic Generation</t>
   </si>
   <si>
     <t>Daniil Litvinov, Sofya Isaeva, Olga Kushchenko, Petr I. Lazarenko, Sergey A. Kozyukhin, Mikhail Rybin, Artem Sinelnik, Stanislav Baturin</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.5c03317</t>
   </si>
   <si>
+    <t>Polarization-Independent BIC-Based Electromagnetically Induced Transparency</t>
+  </si>
+  <si>
+    <t>Aleksandra Kutuzova, Sergei Li, Binze Ma, Qiang Li, Mikhail Rybin</t>
+  </si>
+  <si>
+    <t>ACS Photonics</t>
+  </si>
+  <si>
+    <t>4289-4295</t>
+  </si>
+  <si>
+    <t>10.1021/acsphotonics.5c00547</t>
+  </si>
+  <si>
+    <t>Novel solid state of silica with ultra-high specific surface area</t>
+  </si>
+  <si>
+    <t>Dmitry A. Kurdyukov, Daniil A. Eurov, Ekaterina Y. Stovpiaga, Demid A. Kirilenko, Maria V. Tomkovich, Maria A. Yagovkina, Mikhail Rybin, Valery G. Golubev</t>
+  </si>
+  <si>
+    <t>Materials Today</t>
+  </si>
+  <si>
+    <t>146-154</t>
+  </si>
+  <si>
+    <t>10.1016/j.mattod.2025.06.006</t>
+  </si>
+  <si>
+    <t>Highly-directive polymeric quasicrystalline antenna</t>
+  </si>
+  <si>
+    <t>Андрей Чуев, Владислав Чистяков, Александра Дудникова, Андрей Саянский, Михаил Сидоренко, Михаил Рыбин</t>
+  </si>
+  <si>
+    <t>Optics and Spectroscopy</t>
+  </si>
+  <si>
+    <t>766-771</t>
+  </si>
+  <si>
+    <t>10.61011/OS.2025.07.61110.7861-25</t>
+  </si>
+  <si>
     <t>Defect passivation in GST-perovskite platform using MgO thin film</t>
   </si>
   <si>
-    <t>Olga Kushchenko, Daniil Litvinov, Elena  Bodyago, Dmitry Gets, Ivan  Terekhov, P.I. Lazarenko, Mikhail Rybin, Artem Sinelnik</t>
+    <t>Olga Kushchenko, Daniil Litvinov, Elena  Bodyago, Dmitry Gets,  Terekhov D.Yu., P.I. Lazarenko, Mikhail Rybin, Artem Sinelnik</t>
   </si>
   <si>
     <t>Optical Materials</t>
   </si>
   <si>
     <t>10.1016/j.optmat.2025.116687</t>
   </si>
   <si>
     <t>Quasi-BIC realized in a subwavelength volumetric split ring-based resonator</t>
   </si>
   <si>
     <t>Sergey Geyman, Viktor Puchnin, Alexey Slobozhanyuk, Mikhail Rybin, Alena Shchelokova</t>
   </si>
   <si>
-    <t>Applied Physics Letters</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1063/5.0237363</t>
   </si>
   <si>
+    <t>In‐Plane Metasurface Design for Perfect Chiral Dichroism in Inhomogeneous Environment</t>
+  </si>
+  <si>
+    <t>Sergei Li, Binze Ma, Qiang Li, Mikhail Rybin</t>
+  </si>
+  <si>
+    <t>Laser &amp; Photonics Reviews</t>
+  </si>
+  <si>
+    <t>10.1002/lpor.202400212</t>
+  </si>
+  <si>
     <t>Method for achieving magneto-induced non-reciprocity in resonant silicon waveguides with violated mirror symmetry</t>
   </si>
   <si>
     <t>Nikita Iukhtanov, Mikhail Rybin</t>
   </si>
   <si>
     <t>Journal of Optical Technology</t>
   </si>
   <si>
     <t>10.1364/jot.91.000209</t>
   </si>
   <si>
     <t>Bound States in the Continuum: Stability Against Structural Disorder</t>
   </si>
   <si>
     <t>Kliment Semushev, Nikolai Vlasov, Aleksandr Solomonov, Andrey Bogdanov, Mikhail Rybin, Zarina Sadrieva, Ekaterina Maslova</t>
   </si>
   <si>
     <t>2024 Photonics &amp;amp; Electromagnetics Research Symposium (PIERS)</t>
   </si>
   <si>
     <t>1-4</t>
   </si>
   <si>
     <t>10.1109/piers62282.2024.10618064</t>
@@ -167,51 +233,51 @@
   <si>
     <t>Viacheslav Korolev, Artem Sinelnik, Mikhail Rybin, Petr Lazarenko, Olga Kushchenko, Victoria Glukhenkaya, Sergey Kozyukhin, Michael Zuerch, Christian Spielmann, Thomas Pertsch, Isabelle Staude, Daniil Kartashov</t>
   </si>
   <si>
     <t>Nanophotonics</t>
   </si>
   <si>
     <t>10.1515/nanoph-2023-0859</t>
   </si>
   <si>
     <t>Switching topological charge of optical vortex by two-dimensional structures</t>
   </si>
   <si>
     <t>Aleksandr Solomonov, Olga Kushchenko, Kseniya Kasyanova, Sofya Isaeva, Ivan Shishkin, Dmitriy Yu Terekhov, Petr I. Lazarenko, Mikhail Rybin, Stanislav Baturin, Artem Sinelnik</t>
   </si>
   <si>
     <t>Applied Materials Today</t>
   </si>
   <si>
     <t>10.1016/j.apmt.2024.102135</t>
   </si>
   <si>
     <t>Enhancement of perovskite spontaneous emission by phase change materials</t>
   </si>
   <si>
-    <t>Даниил Литвинов, Ольга Кущенко, Артем Синельник, Михаил Рыбин</t>
+    <t>Daniil Litvinov, Olga Kushchenko, Artem Sinelnik, Mikhail Rybin</t>
   </si>
   <si>
     <t>Journal of Physics D: Applied Physics</t>
   </si>
   <si>
     <t>10.1088/1361-6463/ad1dbd</t>
   </si>
   <si>
     <t>Quasi-BIC high-index resonators for liquid characterization and analysis</t>
   </si>
   <si>
     <t>Ildar Yusupov, Polina Terekhina, Dmitry Filonov, Mikhail Rybin, Alexey Slobozhanyuk</t>
   </si>
   <si>
     <t>10.1063/5.0170786</t>
   </si>
   <si>
     <t>FeAu mixing for high-temperature control of light scattering at the nanometer scale</t>
   </si>
   <si>
     <t>Anna V. Nominé, Ekaterina Gunina, Semyon Bachinin, Aleksandr Solomonov, Mikhail Rybin, Sergei Shipilovskikh, Salah-Eddine Benrazzouq, Jaafar Ghanbaja, Thomas Gries, Stephanie Bruyere, Alexandre Nomine, Thierry Belmonte, Valentin Milichko</t>
   </si>
   <si>
     <t>Nanoscale</t>
   </si>
@@ -269,134 +335,128 @@
   <si>
     <t>10.1134/s1547477123050254</t>
   </si>
   <si>
     <t>Ge-Sb-Te based metasurface with angle-tunable switchable response in the telecom bands</t>
   </si>
   <si>
     <t>Aleksandr Solomonov, Mihail Bochkarev, S. I. Pavlov, P. I. Lazarenko, V. V. Kovalyuk, A. D. Golikov, G. N. Goltsman, S. A. Kozyukhin, S. A. Dyakov, Mikhail Rybin, A. B. Pevtsov</t>
   </si>
   <si>
     <t>10.1103/physrevb.108.085127</t>
   </si>
   <si>
     <t>On homogenization approaches for manipulation with fields inside and outside metamaterials</t>
   </si>
   <si>
     <t>Ekaterina Maslova, Mikhail Rybin</t>
   </si>
   <si>
     <t>Journal of Applied Physics</t>
   </si>
   <si>
     <t>10.1063/5.0157823</t>
   </si>
   <si>
+    <t>Retardation-induced exceptional point</t>
+  </si>
+  <si>
+    <t>Physical Review A</t>
+  </si>
+  <si>
+    <t>10.1103/physreva.108.013518</t>
+  </si>
+  <si>
     <t>Various Scattering Regimes of Truncated Cone Particles</t>
   </si>
   <si>
     <t>Pavel Terekhov, Alexey Kuznetsov, Adria Сanos Valero, Hadi K. Shamkhi, Xingjie Ni, Vjaceslavs Bobrovs, Mikhail Rybin, Alexander Shalin</t>
   </si>
   <si>
     <t>CLEO 2023</t>
   </si>
   <si>
     <t>10.1364/cleo_at.2023.jtu2a.129</t>
   </si>
   <si>
-    <t>Retardation-induced exceptional point</t>
-[...7 lines deleted...]
-  <si>
     <t>Quasicrystalline Structures with Narrow-Band Frequency–Angular Selectivity</t>
   </si>
   <si>
     <t>JETP Letters</t>
   </si>
   <si>
     <t>742-746</t>
   </si>
   <si>
     <t>10.1134/s0021364023601215</t>
   </si>
   <si>
     <t>Antenna-Based Approach to Fine Control of Supercavity Mode Quality Factor in Metasurfaces</t>
   </si>
   <si>
-    <t>Sergei Li, Binze Ma, Qiang Li, Mikhail Rybin</t>
-[...1 lines deleted...]
-  <si>
     <t>6399-6405</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.3c01141</t>
   </si>
   <si>
     <t>Высокоиндексные волноводы для распространения электромагнитных волн с большим поперечным угловым моментом</t>
   </si>
   <si>
     <t>Никита Юхтанов, Михаил Рыбин</t>
   </si>
   <si>
     <t>Научно-технические ведомости Санкт-Петербургского государственного политехнического университета</t>
   </si>
   <si>
     <t>140-145</t>
   </si>
   <si>
     <t>10.18721/JPM.161.221</t>
   </si>
   <si>
     <t>О возможности изготовления PT - симметричных оптических димеров без поглощающего свет материала</t>
   </si>
   <si>
     <t>Алексей Дмитриев, Ксения Барышникова, Михаил Рыбин</t>
   </si>
   <si>
     <t>ПИСЬМА В ЖУРНАЛ ЭКСПЕРИМЕНТАЛЬНОЙ И ТЕОРЕТИЧЕСКОЙ ФИЗИКИ</t>
   </si>
   <si>
     <t>808-813</t>
   </si>
   <si>
     <t>10.31857/S1234567823110022</t>
   </si>
   <si>
     <t>All Optically Switchable Active Photonics Based on the Halide Perovskite GST Platform</t>
   </si>
   <si>
     <t>Olga Kushchenko, Dmitry Gets, Mikhail Rybin,  Denis A. Yavsin, Sergey Makarov, Ivan Shishkin, Artem Sinelnik</t>
   </si>
   <si>
-    <t>Laser &amp; Photonics Reviews</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1002/lpor.202200836</t>
   </si>
   <si>
     <t>Towards PT-symmetric Optical Dimer Fabrication without a Light-Absorbing Material</t>
   </si>
   <si>
     <t>Alexey Dmitriev, Kseniia Baryshnikova, Mikhail Rybin</t>
   </si>
   <si>
     <t>804-809</t>
   </si>
   <si>
     <t>10.1134/s0021364023600945</t>
   </si>
   <si>
     <t>Квазикристаллические структуры с узкополосной спектрально-угловой селективностью</t>
   </si>
   <si>
     <t>Владислав Чистяков, Михаил Сидоренко, Андрей Саянский, Михаил Рыбин</t>
   </si>
   <si>
     <t>Письма в ЖЭТФ</t>
   </si>
   <si>
     <t>10.31857/S1234567823100051</t>
@@ -563,68 +623,68 @@
   <si>
     <t>Omnidirectional Photonic Bandgap in Two-dimensional Photonic Quasicrystal Made of Near-Transparent Dielectric Material</t>
   </si>
   <si>
     <t>Ruslan Yafyasov, Mikhail Sidorenko, Mikhail Rybin, Alexander Petrov, Andrey Sayanskiy</t>
   </si>
   <si>
     <t>012164</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012164</t>
   </si>
   <si>
     <t>Switchable Purcell enhancement of photoluminescence by GST film</t>
   </si>
   <si>
     <t>Olga Kushchenko, Artem Sinelnik, Ivan Shishkin, Dmitry Gets, Sergey Makarov, Mikhail Rybin</t>
   </si>
   <si>
     <t>012077</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012077</t>
   </si>
   <si>
+    <t>Chipless wireless temperature sensor based on quasi-BIC resonance</t>
+  </si>
+  <si>
+    <t>10.1063/5.0064480</t>
+  </si>
+  <si>
     <t>Bound states in the continuum in periodic structures with structural disorder</t>
   </si>
   <si>
     <t>Ekaterina Maslova, Mikhail Rybin, Andrey Bogdanov, Zarina Sadrieva</t>
   </si>
   <si>
     <t>4313-4321</t>
   </si>
   <si>
     <t>10.1515/nanoph-2021-0475</t>
   </si>
   <si>
-    <t>Chipless wireless temperature sensor based on quasi-BIC resonance</t>
-[...4 lines deleted...]
-  <si>
     <t>Quasicrystal With Octagonal Symmetry</t>
   </si>
   <si>
     <t>K. V. Semushev, Mikhail Rybin, Ekaterina Maslova</t>
   </si>
   <si>
     <t>2021 Fifteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>10.1109/metamaterials52332.2021.9577070</t>
   </si>
   <si>
     <t>Control over Light Emission in Low‐Refractive‐Index Artificial Materials Inspired by Reciprocal Design</t>
   </si>
   <si>
     <t>Lukas Maiwald, Timo Sommer, Mikhail Sidorenko, Ruslan Yafyasov, Meraj E. Mustafa, Marvin Schulz, Mikhail Rybin, Manfred Eich, Alexander Yu. Petrov</t>
   </si>
   <si>
     <t>Advanced Optical Materials</t>
   </si>
   <si>
     <t>10.1002/adom.202100785</t>
   </si>
   <si>
     <t>Lasing Action from Anapole Metasurfaces</t>
@@ -869,80 +929,77 @@
   <si>
     <t>1371-1377</t>
   </si>
   <si>
     <t>Quasi-crystalline and Disordered Photonic Structures Fabricated Using Direct Laser Writing</t>
   </si>
   <si>
     <t>Artem Sinelnik, Mikhail Rybin, Mikhail Limonov, Kirill Samusev</t>
   </si>
   <si>
     <t>10.1063/1.4998059</t>
   </si>
   <si>
     <t>Optical Diffraction from Photonic-graphene Metasurfaces</t>
   </si>
   <si>
     <t>Artem Sinelnik, Mikhail Rybin, Mikhail Limonov, Yuri Kivshar, Kirill Samusev</t>
   </si>
   <si>
     <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
   </si>
   <si>
     <t>540-543</t>
   </si>
   <si>
+    <t>Active high-Q dielectric terahertz supercavities</t>
+  </si>
+  <si>
     <t>Coupling regimes of high-index dimer</t>
   </si>
   <si>
     <t>2018 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>71-75</t>
   </si>
   <si>
     <t>10.1109/DD.2018.8553419</t>
   </si>
   <si>
     <t>Toward Silicon-Based Metamaterials</t>
   </si>
   <si>
     <t>Sergey Li, Yuri Kivshar, Mikhail Rybin</t>
   </si>
   <si>
-    <t>ACS Photonics</t>
-[...1 lines deleted...]
-  <si>
     <t>4751-4757</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.8b01126</t>
   </si>
   <si>
-    <t>Active high-Q dielectric terahertz supercavities</t>
-[...1 lines deleted...]
-  <si>
     <t>Fabrication of spherical GeSbTe nanoparticles by laser printing technique</t>
   </si>
   <si>
     <t>Mohammad Tajik, Dmitry Zuev, Valentin Milichko, Mikhail Rybin, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/917/6/062017</t>
   </si>
   <si>
     <t>Fano resonances in photonics</t>
   </si>
   <si>
     <t>Mikhail Limonov, Mikhail Rybin, Alexander Poddubny, Yuri Kivshar</t>
   </si>
   <si>
     <t>Nature Photonics</t>
   </si>
   <si>
     <t>543–554</t>
   </si>
   <si>
     <t>doi:10.1038/nphoton.2017.142</t>
   </si>
   <si>
     <t>Optical properties of GST nanoparticles fabricated by laser printing technique</t>
@@ -1070,53 +1127,50 @@
   <si>
     <t>10.1038/srep30773</t>
   </si>
   <si>
     <t>Optical diffraction by two-dimensional photonic structures with hexagonal symmetry</t>
   </si>
   <si>
     <t>Kirill Samusev, Mikhail Rybin, Pavel Belov, Mikhail Limonov</t>
   </si>
   <si>
     <t>Physics of the Solid State</t>
   </si>
   <si>
     <t>1412-1419</t>
   </si>
   <si>
     <t>10.1134/S1063783416070301</t>
   </si>
   <si>
     <t>Optical laue diffraction on photonic structures designed by laser lithography</t>
   </si>
   <si>
     <t>Kirill Samusev, Mikhail Rybin, Mikhail Limonov</t>
   </si>
   <si>
-    <t>Optics and Spectroscopy</t>
-[...1 lines deleted...]
-  <si>
     <t>971-977</t>
   </si>
   <si>
     <t>10.1134/S0030400X16060187</t>
   </si>
   <si>
     <t>Inverse dispersion method for calculation of complex photonic band diagram and PT symmetry</t>
   </si>
   <si>
     <t>Mikhail Rybin, Mikhail Limonov</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.93.165132</t>
   </si>
   <si>
     <t>Fano resonance can make a homogeneous cylinder invisible: theoretical proposal and experimental demonstration</t>
   </si>
   <si>
     <t>Mikhail Rybin, Dmitry Filonov, Kirill Samusev, Pavel Belov, Yuri Kivshar, Mikhail Limonov</t>
   </si>
   <si>
     <t>10.1117/12.2224441</t>
   </si>
   <si>
     <t>Transition from photonic crystals to dielectric metamaterials: A phase diagram and the order parameter</t>
@@ -1223,69 +1277,69 @@
   <si>
     <t>531-534</t>
   </si>
   <si>
     <t>10.1134/s0021364014090112</t>
   </si>
   <si>
     <t>Два режима создания трехмерных субмикронных структур методом лазерной литографии</t>
   </si>
   <si>
     <t>Иван Шишкин, Кирилл Самусев, Михаил Рыбин, Михаил Лимонов, Юрий Кившар, Павел Белов</t>
   </si>
   <si>
     <t>2097-2103</t>
   </si>
   <si>
     <t>Fano resonances in high-index dielectric photonic structures</t>
   </si>
   <si>
     <t>Mikhail Rybin, Ivan Sinev, Kirill Samusev, Yuri Kivshar, Mikhail Limonov</t>
   </si>
   <si>
     <t>10.1117/12.2051945</t>
   </si>
   <si>
+    <t>Cascades of Fano resonances in Mie scattering</t>
+  </si>
+  <si>
+    <t>Mikhail Rybin, Ivan Sinev, Kirill Samusev, Mikhail Limonov</t>
+  </si>
+  <si>
+    <t>580-587</t>
+  </si>
+  <si>
+    <t>10.1134/S1063783414030263</t>
+  </si>
+  <si>
     <t>Photonic properties of two-dimensional high-contrast periodic structures: Numerical calculations</t>
   </si>
   <si>
-    <t>Mikhail Rybin, Ivan Sinev, Kirill Samusev, Mikhail Limonov</t>
-[...1 lines deleted...]
-  <si>
     <t>588-593</t>
   </si>
   <si>
     <t>10.1134/S1063783414030275</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1134/S1063783414030263</t>
   </si>
   <si>
     <t>Multiple Bragg diffraction in opal-based photonic crystals: Spectral and spatial dispersion</t>
   </si>
   <si>
     <t>Ivan Shishkin, Mikhail Rybin, Kirill Samusev, Mikhail Limonov</t>
   </si>
   <si>
     <t>035124(1-9)</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.89.035124</t>
   </si>
   <si>
     <t>Mie scattering as a cascade of Fano resonances</t>
   </si>
   <si>
     <t>Mikhail Rybin, Kirill Samusev, Ivan Sinev, Yuri Kivshar, Mikhail Limonov</t>
   </si>
   <si>
     <t>Optics Express</t>
   </si>
   <si>
     <t>30107-30113</t>
   </si>
@@ -1811,51 +1865,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I131"/>
+  <dimension ref="A1:I136"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="148.535" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="280.646" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="233.514" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -1869,3547 +1923,3688 @@
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
-      <c r="D2"/>
+      <c r="D2">
+        <v>127</v>
+      </c>
       <c r="E2"/>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
-        <v>11.19</v>
+        <v>3.79</v>
       </c>
       <c r="I2">
-        <v>4.85</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="D3">
-[...4 lines deleted...]
-      </c>
+      <c r="D3"/>
+      <c r="E3"/>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3">
-        <v>3.08</v>
+        <v>11.19</v>
       </c>
       <c r="I3">
-        <v>0.6</v>
+        <v>4.85</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="E4"/>
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
       <c r="F4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H4">
-        <v>3.97</v>
+        <v>7.53</v>
       </c>
       <c r="I4">
-        <v>1.04</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D5">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>209</v>
+        <v>88</v>
+      </c>
+      <c r="E5" t="s">
+        <v>25</v>
       </c>
       <c r="F5">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="H5">
-        <v>0.42</v>
+        <v>31.04</v>
       </c>
       <c r="I5">
-        <v>0.22</v>
+        <v>8.07</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B6" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D6">
-        <v>49</v>
+        <v>133</v>
       </c>
       <c r="E6" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="F6">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G6" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="I6"/>
+        <v>31</v>
+      </c>
+      <c r="H6">
+        <v>0.84</v>
+      </c>
+      <c r="I6">
+        <v>0.28</v>
+      </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C7" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="D7">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>159</v>
+      </c>
+      <c r="E7">
+        <v>116687</v>
       </c>
       <c r="F7">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G7" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-      <c r="I7"/>
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>3.08</v>
+      </c>
+      <c r="I7">
+        <v>0.6</v>
+      </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C8" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="D8">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="E8"/>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H8">
-        <v>4.04</v>
+        <v>3.97</v>
       </c>
       <c r="I8">
-        <v>1.78</v>
+        <v>1.04</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D9">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="E9"/>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H9">
+        <v>13.14</v>
+      </c>
+      <c r="I9">
         <v>3.78</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.52</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B10" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C10" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-      <c r="E10"/>
+        <v>45</v>
+      </c>
+      <c r="D10">
+        <v>91</v>
+      </c>
+      <c r="E10">
+        <v>209</v>
+      </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H10">
-        <v>7.92</v>
+        <v>0.42</v>
       </c>
       <c r="I10">
-        <v>2.12</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C11" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D11">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>102135</v>
+        <v>49</v>
+      </c>
+      <c r="E11" t="s">
+        <v>50</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H11"/>
       <c r="I11"/>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B12" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C12" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D12">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>155103</v>
+        <v>10</v>
+      </c>
+      <c r="E12" t="s">
+        <v>54</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
-        <v>53</v>
-[...6 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B13" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C13" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="D13">
-        <v>123</v>
+        <v>110</v>
       </c>
       <c r="E13"/>
       <c r="F13">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G13" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H13">
-        <v>3.97</v>
+        <v>4.04</v>
       </c>
       <c r="I13">
-        <v>1.03</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B14" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="C14" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="D14">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E14"/>
+        <v>49</v>
+      </c>
+      <c r="E14">
+        <v>3664</v>
+      </c>
       <c r="F14">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G14" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="H14">
-        <v>8.31</v>
+        <v>3.78</v>
       </c>
       <c r="I14">
-        <v>1.74</v>
+        <v>1.52</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B15" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C15" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G15" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-      <c r="I15"/>
+        <v>67</v>
+      </c>
+      <c r="H15">
+        <v>7.92</v>
+      </c>
+      <c r="I15">
+        <v>2.12</v>
+      </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="B16" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="C16" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="D16">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="E16">
-        <v>3301</v>
+        <v>102135</v>
       </c>
       <c r="F16">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G16" t="s">
-        <v>68</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B17" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="C17" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-      <c r="E17"/>
+        <v>74</v>
+      </c>
+      <c r="D17">
+        <v>57</v>
+      </c>
+      <c r="E17">
+        <v>155103</v>
+      </c>
       <c r="F17">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G17" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-      <c r="I17"/>
+        <v>75</v>
+      </c>
+      <c r="H17">
+        <v>3.41</v>
+      </c>
+      <c r="I17">
+        <v>0.69</v>
+      </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B18" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C18" t="s">
-        <v>75</v>
+        <v>11</v>
       </c>
       <c r="D18">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="E18"/>
       <c r="F18">
         <v>2023</v>
       </c>
       <c r="G18" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="H18"/>
+        <v>78</v>
+      </c>
+      <c r="H18">
+        <v>3.97</v>
+      </c>
       <c r="I18">
-        <v>0.29</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B19" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C19" t="s">
-        <v>36</v>
+        <v>81</v>
       </c>
       <c r="D19">
-        <v>108</v>
+        <v>16</v>
       </c>
       <c r="E19"/>
       <c r="F19">
         <v>2023</v>
       </c>
       <c r="G19" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="H19">
-        <v>3.91</v>
+        <v>8.31</v>
       </c>
       <c r="I19">
-        <v>1.54</v>
+        <v>1.74</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B20" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C20" t="s">
-        <v>83</v>
-[...3 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="D20"/>
       <c r="E20"/>
       <c r="F20">
         <v>2023</v>
       </c>
       <c r="G20" t="s">
-        <v>84</v>
-[...6 lines deleted...]
-      </c>
+        <v>86</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20"/>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B21" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C21" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-      <c r="E21"/>
+        <v>89</v>
+      </c>
+      <c r="D21">
+        <v>40</v>
+      </c>
+      <c r="E21">
+        <v>3301</v>
+      </c>
       <c r="F21">
         <v>2023</v>
       </c>
       <c r="G21" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-      <c r="I21"/>
+        <v>90</v>
+      </c>
+      <c r="H21">
+        <v>1.9</v>
+      </c>
+      <c r="I21">
+        <v>0.55</v>
+      </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B22" t="s">
-        <v>74</v>
+        <v>92</v>
       </c>
       <c r="C22" t="s">
-        <v>90</v>
-[...3 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="D22"/>
       <c r="E22"/>
       <c r="F22">
         <v>2023</v>
       </c>
       <c r="G22" t="s">
-        <v>91</v>
-[...6 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22"/>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B23" t="s">
-        <v>62</v>
+        <v>96</v>
       </c>
       <c r="C23" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="D23">
-        <v>117</v>
+        <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="F23">
         <v>2023</v>
       </c>
       <c r="G23" t="s">
-        <v>95</v>
-[...3 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="H23"/>
       <c r="I23">
-        <v>0.57</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="B24" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="C24" t="s">
-        <v>11</v>
+        <v>58</v>
       </c>
       <c r="D24">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="E24"/>
       <c r="F24">
         <v>2023</v>
       </c>
       <c r="G24" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="H24">
-        <v>12.26</v>
+        <v>3.91</v>
       </c>
       <c r="I24">
-        <v>3.76</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="B25" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="C25" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="D25">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+      <c r="E25"/>
       <c r="F25">
         <v>2023</v>
       </c>
       <c r="G25" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-      <c r="I25"/>
+        <v>106</v>
+      </c>
+      <c r="H25">
+        <v>2.55</v>
+      </c>
+      <c r="I25">
+        <v>0.7</v>
+      </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B26" t="s">
-        <v>106</v>
+        <v>96</v>
       </c>
       <c r="C26" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D26">
-        <v>117</v>
-[...1 lines deleted...]
-      <c r="E26" t="s">
         <v>108</v>
       </c>
+      <c r="E26"/>
       <c r="F26">
         <v>2023</v>
       </c>
       <c r="G26" t="s">
         <v>109</v>
       </c>
-      <c r="H26"/>
-      <c r="I26"/>
+      <c r="H26">
+        <v>2.97</v>
+      </c>
+      <c r="I26">
+        <v>1.18</v>
+      </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>110</v>
       </c>
       <c r="B27" t="s">
         <v>111</v>
       </c>
       <c r="C27" t="s">
         <v>112</v>
       </c>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27">
         <v>2023</v>
       </c>
       <c r="G27" t="s">
         <v>113</v>
       </c>
-      <c r="H27">
-[...4 lines deleted...]
-      </c>
+      <c r="H27"/>
+      <c r="I27"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>114</v>
       </c>
       <c r="B28" t="s">
+        <v>84</v>
+      </c>
+      <c r="C28" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="D28">
         <v>117</v>
       </c>
       <c r="E28" t="s">
         <v>116</v>
       </c>
       <c r="F28">
         <v>2023</v>
       </c>
       <c r="G28" t="s">
         <v>117</v>
       </c>
       <c r="H28">
         <v>1.53</v>
       </c>
       <c r="I28">
         <v>0.57</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>118</v>
       </c>
       <c r="B29" t="s">
+        <v>40</v>
+      </c>
+      <c r="C29" t="s">
+        <v>15</v>
+      </c>
+      <c r="D29">
+        <v>23</v>
+      </c>
+      <c r="E29" t="s">
         <v>119</v>
-      </c>
-[...7 lines deleted...]
-        <v>740</v>
       </c>
       <c r="F29">
         <v>2023</v>
       </c>
       <c r="G29" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="H29">
-        <v>1.4</v>
+        <v>12.26</v>
       </c>
       <c r="I29">
-        <v>0.39</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>121</v>
+      </c>
+      <c r="B30" t="s">
         <v>122</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>123</v>
       </c>
-      <c r="C30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D30">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="E30"/>
+        <v>16</v>
+      </c>
+      <c r="E30" t="s">
+        <v>124</v>
+      </c>
       <c r="F30">
         <v>2023</v>
       </c>
       <c r="G30" t="s">
-        <v>124</v>
-[...6 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="H30"/>
+      <c r="I30"/>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B31" t="s">
-        <v>22</v>
+        <v>127</v>
       </c>
       <c r="C31" t="s">
-        <v>40</v>
+        <v>128</v>
       </c>
       <c r="D31">
-        <v>48</v>
+        <v>117</v>
       </c>
       <c r="E31" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F31">
         <v>2023</v>
       </c>
       <c r="G31" t="s">
-        <v>127</v>
-[...6 lines deleted...]
-      </c>
+        <v>130</v>
+      </c>
+      <c r="H31"/>
+      <c r="I31"/>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="B32" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="C32" t="s">
-        <v>129</v>
-[...6 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="D32"/>
+      <c r="E32"/>
       <c r="F32">
         <v>2023</v>
       </c>
       <c r="G32" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-      <c r="I32"/>
+        <v>133</v>
+      </c>
+      <c r="H32">
+        <v>10.95</v>
+      </c>
+      <c r="I32">
+        <v>3.17</v>
+      </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="B33" t="s">
-        <v>119</v>
+        <v>135</v>
       </c>
       <c r="C33" t="s">
-        <v>36</v>
+        <v>115</v>
       </c>
       <c r="D33">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="E33"/>
+        <v>117</v>
+      </c>
+      <c r="E33" t="s">
+        <v>136</v>
+      </c>
       <c r="F33">
         <v>2023</v>
       </c>
       <c r="G33" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="H33">
-        <v>3.91</v>
+        <v>1.53</v>
       </c>
       <c r="I33">
-        <v>1.54</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="B34" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="C34" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="D34">
-        <v>161</v>
+        <v>117</v>
       </c>
       <c r="E34">
-        <v>109122</v>
+        <v>740</v>
       </c>
       <c r="F34">
         <v>2023</v>
       </c>
       <c r="G34" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="H34">
-        <v>3.87</v>
+        <v>1.4</v>
       </c>
       <c r="I34">
-        <v>0.87</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="B35" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="C35" t="s">
-        <v>139</v>
+        <v>58</v>
       </c>
       <c r="D35">
-        <v>12</v>
+        <v>107</v>
       </c>
       <c r="E35"/>
       <c r="F35">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G35" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="H35">
-        <v>4.38</v>
+        <v>3.91</v>
       </c>
       <c r="I35">
-        <v>1.24</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="B36" t="s">
-        <v>142</v>
+        <v>44</v>
       </c>
       <c r="C36" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-      <c r="E36"/>
+        <v>62</v>
+      </c>
+      <c r="D36">
+        <v>48</v>
+      </c>
+      <c r="E36" t="s">
+        <v>146</v>
+      </c>
       <c r="F36">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G36" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-      <c r="I36"/>
+        <v>147</v>
+      </c>
+      <c r="H36">
+        <v>3.78</v>
+      </c>
+      <c r="I36">
+        <v>1.18</v>
+      </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="B37" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C37" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="D37"/>
+        <v>149</v>
+      </c>
+      <c r="D37">
+        <v>16</v>
+      </c>
       <c r="E37">
-        <v>2200295</v>
+        <v>193</v>
       </c>
       <c r="F37">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G37" t="s">
-        <v>147</v>
-[...6 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="H37"/>
+      <c r="I37"/>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B38" t="s">
-        <v>149</v>
+        <v>139</v>
       </c>
       <c r="C38" t="s">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="D38"/>
+        <v>58</v>
+      </c>
+      <c r="D38">
+        <v>107</v>
+      </c>
       <c r="E38"/>
       <c r="F38">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G38" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-      <c r="I38"/>
+        <v>152</v>
+      </c>
+      <c r="H38">
+        <v>3.91</v>
+      </c>
+      <c r="I38">
+        <v>1.54</v>
+      </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B39" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C39" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-      <c r="E39"/>
+        <v>155</v>
+      </c>
+      <c r="D39">
+        <v>161</v>
+      </c>
+      <c r="E39">
+        <v>109122</v>
+      </c>
       <c r="F39">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G39" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="H39">
-        <v>72.09</v>
+        <v>3.87</v>
       </c>
       <c r="I39">
-        <v>18.72</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B40" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C40" t="s">
-        <v>36</v>
+        <v>159</v>
       </c>
       <c r="D40">
-        <v>105</v>
+        <v>12</v>
       </c>
       <c r="E40"/>
       <c r="F40">
         <v>2022</v>
       </c>
       <c r="G40" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="H40">
-        <v>3.91</v>
+        <v>4.38</v>
       </c>
       <c r="I40">
-        <v>1.54</v>
+        <v>1.24</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B41" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C41" t="s">
-        <v>161</v>
-[...6 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="D41"/>
+      <c r="E41"/>
       <c r="F41">
         <v>2022</v>
       </c>
       <c r="G41" t="s">
-        <v>163</v>
-[...6 lines deleted...]
-      </c>
+        <v>164</v>
+      </c>
+      <c r="H41"/>
+      <c r="I41"/>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B42" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C42" t="s">
-        <v>112</v>
+        <v>41</v>
       </c>
       <c r="D42"/>
       <c r="E42">
-        <v>2100253</v>
+        <v>2200295</v>
       </c>
       <c r="F42">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G42" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="H42">
         <v>10.95</v>
       </c>
       <c r="I42">
         <v>3.17</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B43" t="s">
-        <v>142</v>
+        <v>169</v>
       </c>
       <c r="C43" t="s">
-        <v>168</v>
-[...6 lines deleted...]
-      </c>
+        <v>170</v>
+      </c>
+      <c r="D43"/>
+      <c r="E43"/>
       <c r="F43">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G43" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="H43"/>
-      <c r="I43">
-[...1 lines deleted...]
-      </c>
+      <c r="I43"/>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B44" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C44" t="s">
-        <v>168</v>
-[...6 lines deleted...]
-      </c>
+        <v>174</v>
+      </c>
+      <c r="D44"/>
+      <c r="E44"/>
       <c r="F44">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G44" t="s">
-        <v>174</v>
-[...1 lines deleted...]
-      <c r="H44"/>
+        <v>175</v>
+      </c>
+      <c r="H44">
+        <v>72.09</v>
+      </c>
       <c r="I44">
-        <v>0.21</v>
+        <v>18.72</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B45" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C45" t="s">
-        <v>168</v>
+        <v>58</v>
       </c>
       <c r="D45">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="E45"/>
       <c r="F45">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G45" t="s">
         <v>178</v>
       </c>
-      <c r="H45"/>
+      <c r="H45">
+        <v>3.91</v>
+      </c>
       <c r="I45">
-        <v>0.21</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>179</v>
       </c>
       <c r="B46" t="s">
         <v>180</v>
       </c>
       <c r="C46" t="s">
-        <v>168</v>
+        <v>181</v>
       </c>
       <c r="D46">
-        <v>2015</v>
+        <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F46">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G46" t="s">
-        <v>182</v>
-[...1 lines deleted...]
-      <c r="H46"/>
+        <v>183</v>
+      </c>
+      <c r="H46">
+        <v>6.71</v>
+      </c>
       <c r="I46">
-        <v>0.21</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B47" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C47" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-        <v>185</v>
+        <v>41</v>
+      </c>
+      <c r="D47"/>
+      <c r="E47">
+        <v>2100253</v>
       </c>
       <c r="F47">
         <v>2021</v>
       </c>
       <c r="G47" t="s">
         <v>186</v>
       </c>
       <c r="H47">
-        <v>7.92</v>
+        <v>10.95</v>
       </c>
       <c r="I47">
-        <v>2.12</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>187</v>
       </c>
       <c r="B48" t="s">
-        <v>149</v>
+        <v>162</v>
       </c>
       <c r="C48" t="s">
-        <v>19</v>
+        <v>188</v>
       </c>
       <c r="D48">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>193504</v>
+        <v>2015</v>
+      </c>
+      <c r="E48" t="s">
+        <v>189</v>
       </c>
       <c r="F48">
         <v>2021</v>
       </c>
       <c r="G48" t="s">
-        <v>188</v>
-[...3 lines deleted...]
-      </c>
+        <v>190</v>
+      </c>
+      <c r="H48"/>
       <c r="I48">
-        <v>1.03</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B49" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C49" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-      <c r="E49"/>
+        <v>188</v>
+      </c>
+      <c r="D49">
+        <v>2015</v>
+      </c>
+      <c r="E49" t="s">
+        <v>193</v>
+      </c>
       <c r="F49">
         <v>2021</v>
       </c>
       <c r="G49" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="H49"/>
-      <c r="I49"/>
+      <c r="I49">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B50" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C50" t="s">
-        <v>195</v>
-[...3 lines deleted...]
-        <v>2100785</v>
+        <v>188</v>
+      </c>
+      <c r="D50">
+        <v>2015</v>
+      </c>
+      <c r="E50" t="s">
+        <v>197</v>
       </c>
       <c r="F50">
         <v>2021</v>
       </c>
       <c r="G50" t="s">
-        <v>196</v>
-[...3 lines deleted...]
-      </c>
+        <v>198</v>
+      </c>
+      <c r="H50"/>
       <c r="I50">
-        <v>2.41</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B51" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C51" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-      <c r="E51"/>
+        <v>188</v>
+      </c>
+      <c r="D51">
+        <v>2015</v>
+      </c>
+      <c r="E51" t="s">
+        <v>201</v>
+      </c>
       <c r="F51">
         <v>2021</v>
       </c>
       <c r="G51" t="s">
-        <v>199</v>
-[...3 lines deleted...]
-      </c>
+        <v>202</v>
+      </c>
+      <c r="H51"/>
       <c r="I51">
-        <v>3.76</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="B52" t="s">
-        <v>74</v>
+        <v>169</v>
       </c>
       <c r="C52" t="s">
-        <v>90</v>
+        <v>11</v>
       </c>
       <c r="D52">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="E52"/>
+        <v>119</v>
+      </c>
+      <c r="E52">
+        <v>193504</v>
+      </c>
       <c r="F52">
         <v>2021</v>
       </c>
       <c r="G52" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="H52">
-        <v>2.97</v>
+        <v>3.97</v>
       </c>
       <c r="I52">
-        <v>1.18</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="B53" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="C53" t="s">
-        <v>204</v>
+        <v>66</v>
       </c>
       <c r="D53">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="E53" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="F53">
         <v>2021</v>
       </c>
       <c r="G53" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="H53">
-        <v>15.34</v>
+        <v>7.92</v>
       </c>
       <c r="I53">
-        <v>5.83</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B54" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C54" t="s">
-        <v>135</v>
-[...6 lines deleted...]
-      </c>
+        <v>211</v>
+      </c>
+      <c r="D54"/>
+      <c r="E54"/>
       <c r="F54">
         <v>2021</v>
       </c>
       <c r="G54" t="s">
-        <v>209</v>
-[...6 lines deleted...]
-      </c>
+        <v>212</v>
+      </c>
+      <c r="H54"/>
+      <c r="I54"/>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="B55" t="s">
-        <v>74</v>
+        <v>214</v>
       </c>
       <c r="C55" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="D55"/>
       <c r="E55">
-        <v>1221</v>
+        <v>2100785</v>
       </c>
       <c r="F55">
         <v>2021</v>
       </c>
       <c r="G55" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="H55">
-        <v>3.56</v>
+        <v>10.05</v>
       </c>
       <c r="I55">
-        <v>1.26</v>
+        <v>2.41</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="B56" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="C56" t="s">
-        <v>195</v>
+        <v>15</v>
       </c>
       <c r="D56"/>
-      <c r="E56">
-[...1 lines deleted...]
-      </c>
+      <c r="E56"/>
       <c r="F56">
         <v>2021</v>
       </c>
       <c r="G56" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="H56">
-        <v>10.05</v>
+        <v>12.26</v>
       </c>
       <c r="I56">
-        <v>2.41</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="B57" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="C57" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="D57"/>
+        <v>108</v>
+      </c>
+      <c r="D57">
+        <v>103</v>
+      </c>
       <c r="E57"/>
       <c r="F57">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G57" t="s">
-        <v>217</v>
-[...1 lines deleted...]
-      <c r="H57"/>
+        <v>221</v>
+      </c>
+      <c r="H57">
+        <v>2.97</v>
+      </c>
       <c r="I57">
-        <v>0.19</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B58" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="C58" t="s">
-        <v>216</v>
+        <v>224</v>
       </c>
       <c r="D58">
-        <v>2300</v>
+        <v>60</v>
       </c>
       <c r="E58" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="F58">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G58" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="H58"/>
+        <v>226</v>
+      </c>
+      <c r="H58">
+        <v>15.34</v>
+      </c>
       <c r="I58">
-        <v>0.19</v>
+        <v>5.83</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="B59" t="s">
-        <v>123</v>
+        <v>228</v>
       </c>
       <c r="C59" t="s">
-        <v>216</v>
+        <v>155</v>
       </c>
       <c r="D59">
-        <v>2300</v>
-[...2 lines deleted...]
-        <v>223</v>
+        <v>141</v>
+      </c>
+      <c r="E59">
+        <v>107124</v>
       </c>
       <c r="F59">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G59" t="s">
-        <v>224</v>
-[...1 lines deleted...]
-      <c r="H59"/>
+        <v>229</v>
+      </c>
+      <c r="H59">
+        <v>3.87</v>
+      </c>
       <c r="I59">
-        <v>0.19</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="B60" t="s">
-        <v>226</v>
+        <v>96</v>
       </c>
       <c r="C60" t="s">
-        <v>216</v>
+        <v>62</v>
       </c>
       <c r="D60">
-        <v>2300</v>
-[...2 lines deleted...]
-        <v>227</v>
+        <v>46</v>
+      </c>
+      <c r="E60">
+        <v>1221</v>
       </c>
       <c r="F60">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G60" t="s">
-        <v>228</v>
-[...1 lines deleted...]
-      <c r="H60"/>
+        <v>231</v>
+      </c>
+      <c r="H60">
+        <v>3.56</v>
+      </c>
       <c r="I60">
-        <v>0.19</v>
+        <v>1.26</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B61" t="s">
-        <v>82</v>
+        <v>233</v>
       </c>
       <c r="C61" t="s">
-        <v>216</v>
-[...5 lines deleted...]
-        <v>230</v>
+        <v>215</v>
+      </c>
+      <c r="D61"/>
+      <c r="E61">
+        <v>2002001</v>
       </c>
       <c r="F61">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G61" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="H61"/>
+        <v>234</v>
+      </c>
+      <c r="H61">
+        <v>10.05</v>
+      </c>
       <c r="I61">
-        <v>0.19</v>
+        <v>2.41</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="B62" t="s">
-        <v>219</v>
+        <v>96</v>
       </c>
       <c r="C62" t="s">
-        <v>195</v>
-[...6 lines deleted...]
-      </c>
+        <v>236</v>
+      </c>
+      <c r="D62"/>
+      <c r="E62"/>
       <c r="F62">
         <v>2020</v>
       </c>
       <c r="G62" t="s">
-        <v>233</v>
-[...3 lines deleted...]
-      </c>
+        <v>237</v>
+      </c>
+      <c r="H62"/>
       <c r="I62">
-        <v>2.89</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="B63" t="s">
-        <v>82</v>
+        <v>239</v>
       </c>
       <c r="C63" t="s">
-        <v>168</v>
+        <v>236</v>
       </c>
       <c r="D63">
-        <v>1461</v>
+        <v>2300</v>
       </c>
       <c r="E63" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="F63">
         <v>2020</v>
       </c>
       <c r="G63" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="H63"/>
       <c r="I63">
-        <v>0.21</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B64" t="s">
-        <v>238</v>
+        <v>143</v>
       </c>
       <c r="C64" t="s">
-        <v>195</v>
+        <v>236</v>
       </c>
       <c r="D64">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>1900959</v>
+        <v>2300</v>
+      </c>
+      <c r="E64" t="s">
+        <v>243</v>
       </c>
       <c r="F64">
         <v>2020</v>
       </c>
       <c r="G64" t="s">
-        <v>239</v>
-[...3 lines deleted...]
-      </c>
+        <v>244</v>
+      </c>
+      <c r="H64"/>
       <c r="I64">
-        <v>2.89</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="B65" t="s">
-        <v>82</v>
+        <v>246</v>
       </c>
       <c r="C65" t="s">
-        <v>168</v>
+        <v>236</v>
       </c>
       <c r="D65">
-        <v>1400</v>
+        <v>2300</v>
       </c>
       <c r="E65" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="F65">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G65" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="H65"/>
       <c r="I65">
-        <v>0.22</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="B66" t="s">
-        <v>238</v>
+        <v>104</v>
       </c>
       <c r="C66" t="s">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="D66">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>163901</v>
+        <v>2300</v>
+      </c>
+      <c r="E66" t="s">
+        <v>250</v>
       </c>
       <c r="F66">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G66" t="s">
-        <v>245</v>
-[...3 lines deleted...]
-      </c>
+        <v>251</v>
+      </c>
+      <c r="H66"/>
       <c r="I66">
-        <v>3.59</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="B67" t="s">
-        <v>247</v>
+        <v>239</v>
       </c>
       <c r="C67" t="s">
-        <v>248</v>
+        <v>215</v>
       </c>
       <c r="D67">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="E67">
-        <v>1213</v>
+        <v>2001170</v>
       </c>
       <c r="F67">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G67" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-      <c r="I67"/>
+        <v>253</v>
+      </c>
+      <c r="H67">
+        <v>9.93</v>
+      </c>
+      <c r="I67">
+        <v>2.89</v>
+      </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="B68" t="s">
-        <v>238</v>
+        <v>104</v>
       </c>
       <c r="C68" t="s">
-        <v>251</v>
+        <v>188</v>
       </c>
       <c r="D68">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>1901921</v>
+        <v>1461</v>
+      </c>
+      <c r="E68" t="s">
+        <v>255</v>
       </c>
       <c r="F68">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G68" t="s">
-        <v>252</v>
-[...3 lines deleted...]
-      </c>
+        <v>256</v>
+      </c>
+      <c r="H68"/>
       <c r="I68">
-        <v>10.57</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="B69" t="s">
-        <v>74</v>
+        <v>258</v>
       </c>
       <c r="C69" t="s">
-        <v>90</v>
+        <v>215</v>
       </c>
       <c r="D69">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>254</v>
+        <v>8</v>
+      </c>
+      <c r="E69">
+        <v>1900959</v>
       </c>
       <c r="F69">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G69" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="H69">
-        <v>2.78</v>
+        <v>9.93</v>
       </c>
       <c r="I69">
-        <v>1.42</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="B70" t="s">
-        <v>247</v>
+        <v>104</v>
       </c>
       <c r="C70" t="s">
-        <v>36</v>
+        <v>188</v>
       </c>
       <c r="D70">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>174204</v>
+        <v>1400</v>
+      </c>
+      <c r="E70" t="s">
+        <v>261</v>
       </c>
       <c r="F70">
         <v>2019</v>
       </c>
       <c r="G70" t="s">
-        <v>257</v>
-[...3 lines deleted...]
-      </c>
+        <v>262</v>
+      </c>
+      <c r="H70"/>
       <c r="I70">
-        <v>1.81</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>263</v>
+      </c>
+      <c r="B71" t="s">
         <v>258</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" t="s">
-        <v>93</v>
+        <v>264</v>
       </c>
       <c r="D71">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>260</v>
+        <v>123</v>
+      </c>
+      <c r="E71">
+        <v>163901</v>
       </c>
       <c r="F71">
         <v>2019</v>
       </c>
       <c r="G71" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="H71">
-        <v>1.4</v>
+        <v>8.39</v>
       </c>
       <c r="I71">
-        <v>0.58</v>
+        <v>3.59</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="B72" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="C72" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="D72">
         <v>1</v>
       </c>
       <c r="E72">
-        <v>16001</v>
+        <v>1213</v>
       </c>
       <c r="F72">
         <v>2019</v>
       </c>
       <c r="G72" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="H72"/>
       <c r="I72"/>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="B73" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="C73" t="s">
-        <v>40</v>
+        <v>271</v>
       </c>
       <c r="D73">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>267</v>
+        <v>31</v>
+      </c>
+      <c r="E73">
+        <v>1901921</v>
       </c>
       <c r="F73">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G73" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="H73">
-        <v>3.87</v>
+        <v>27.4</v>
       </c>
       <c r="I73">
-        <v>1.71</v>
+        <v>10.57</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="B74" t="s">
-        <v>270</v>
+        <v>96</v>
       </c>
       <c r="C74" t="s">
-        <v>271</v>
-[...2 lines deleted...]
-      <c r="E74"/>
+        <v>108</v>
+      </c>
+      <c r="D74">
+        <v>99</v>
+      </c>
+      <c r="E74" t="s">
+        <v>274</v>
+      </c>
       <c r="F74">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G74" t="s">
-        <v>272</v>
-[...2 lines deleted...]
-      <c r="I74"/>
+        <v>275</v>
+      </c>
+      <c r="H74">
+        <v>2.78</v>
+      </c>
+      <c r="I74">
+        <v>1.42</v>
+      </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B75" t="s">
-        <v>274</v>
+        <v>267</v>
       </c>
       <c r="C75" t="s">
-        <v>275</v>
-[...4 lines deleted...]
-      <c r="E75" t="s">
+        <v>58</v>
+      </c>
+      <c r="D75">
+        <v>99</v>
+      </c>
+      <c r="E75">
+        <v>174204</v>
+      </c>
+      <c r="F75">
+        <v>2019</v>
+      </c>
+      <c r="G75" t="s">
         <v>277</v>
       </c>
-      <c r="F75">
-[...2 lines deleted...]
-      <c r="G75"/>
       <c r="H75">
-        <v>0.78</v>
+        <v>3.58</v>
       </c>
       <c r="I75">
-        <v>0.58</v>
+        <v>1.81</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
         <v>278</v>
       </c>
       <c r="B76" t="s">
         <v>279</v>
       </c>
       <c r="C76" t="s">
-        <v>216</v>
+        <v>115</v>
       </c>
       <c r="D76">
-        <v>1874</v>
-[...1 lines deleted...]
-      <c r="E76"/>
+        <v>109</v>
+      </c>
+      <c r="E76" t="s">
+        <v>280</v>
+      </c>
       <c r="F76">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G76" t="s">
-        <v>280</v>
-[...1 lines deleted...]
-      <c r="H76"/>
+        <v>281</v>
+      </c>
+      <c r="H76">
+        <v>1.4</v>
+      </c>
       <c r="I76">
-        <v>0.17</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B77" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C77" t="s">
-        <v>283</v>
-[...2 lines deleted...]
-      <c r="E77" t="s">
         <v>284</v>
       </c>
+      <c r="D77">
+        <v>1</v>
+      </c>
+      <c r="E77">
+        <v>16001</v>
+      </c>
       <c r="F77">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="G77"/>
+        <v>2019</v>
+      </c>
+      <c r="G77" t="s">
+        <v>285</v>
+      </c>
       <c r="H77"/>
       <c r="I77"/>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B78" t="s">
-        <v>74</v>
+        <v>279</v>
       </c>
       <c r="C78" t="s">
-        <v>286</v>
+        <v>62</v>
       </c>
       <c r="D78">
-        <v>8553419</v>
+        <v>43</v>
       </c>
       <c r="E78" t="s">
         <v>287</v>
       </c>
       <c r="F78">
         <v>2018</v>
       </c>
       <c r="G78" t="s">
         <v>288</v>
       </c>
-      <c r="H78"/>
-      <c r="I78"/>
+      <c r="H78">
+        <v>3.87</v>
+      </c>
+      <c r="I78">
+        <v>1.71</v>
+      </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
         <v>289</v>
       </c>
       <c r="B79" t="s">
         <v>290</v>
       </c>
       <c r="C79" t="s">
         <v>291</v>
       </c>
-      <c r="D79">
-[...4 lines deleted...]
-      </c>
+      <c r="D79"/>
+      <c r="E79"/>
       <c r="F79">
         <v>2018</v>
       </c>
       <c r="G79" t="s">
-        <v>293</v>
-[...6 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="H79"/>
+      <c r="I79"/>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
+        <v>293</v>
+      </c>
+      <c r="B80" t="s">
         <v>294</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80" t="s">
-        <v>271</v>
-[...2 lines deleted...]
-      <c r="E80"/>
+        <v>295</v>
+      </c>
+      <c r="D80" t="s">
+        <v>296</v>
+      </c>
+      <c r="E80" t="s">
+        <v>297</v>
+      </c>
       <c r="F80">
         <v>2018</v>
       </c>
       <c r="G80"/>
-      <c r="H80"/>
-      <c r="I80"/>
+      <c r="H80">
+        <v>0.78</v>
+      </c>
+      <c r="I80">
+        <v>0.58</v>
+      </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="B81" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="C81" t="s">
-        <v>168</v>
+        <v>236</v>
       </c>
       <c r="D81">
-        <v>917</v>
-[...3 lines deleted...]
-      </c>
+        <v>1874</v>
+      </c>
+      <c r="E81"/>
       <c r="F81">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G81" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="H81"/>
       <c r="I81">
-        <v>0.24</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="B82" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="C82" t="s">
-        <v>300</v>
-[...3 lines deleted...]
-      </c>
+        <v>303</v>
+      </c>
+      <c r="D82"/>
       <c r="E82" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="F82">
-        <v>2017</v>
-[...9 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="G82"/>
+      <c r="H82"/>
+      <c r="I82"/>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B83" t="s">
-        <v>304</v>
+        <v>258</v>
       </c>
       <c r="C83" t="s">
-        <v>216</v>
-[...6 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="D83"/>
+      <c r="E83"/>
       <c r="F83">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="G83"/>
       <c r="H83"/>
-      <c r="I83">
-[...1 lines deleted...]
-      </c>
+      <c r="I83"/>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
         <v>306</v>
       </c>
       <c r="B84" t="s">
+        <v>96</v>
+      </c>
+      <c r="C84" t="s">
         <v>307</v>
       </c>
-      <c r="C84" t="s">
+      <c r="D84">
+        <v>8553419</v>
+      </c>
+      <c r="E84" t="s">
         <v>308</v>
       </c>
-      <c r="D84">
-[...4 lines deleted...]
-      </c>
       <c r="F84">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G84" t="s">
         <v>309</v>
       </c>
       <c r="H84"/>
-      <c r="I84">
-[...1 lines deleted...]
-      </c>
+      <c r="I84"/>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
         <v>310</v>
       </c>
       <c r="B85" t="s">
         <v>311</v>
       </c>
       <c r="C85" t="s">
-        <v>244</v>
+        <v>19</v>
       </c>
       <c r="D85">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>243901</v>
+        <v>5</v>
+      </c>
+      <c r="E85" t="s">
+        <v>312</v>
       </c>
       <c r="F85">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G85" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="H85">
-        <v>8.84</v>
+        <v>7.14</v>
       </c>
       <c r="I85">
-        <v>3.62</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B86" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C86" t="s">
-        <v>112</v>
+        <v>188</v>
       </c>
       <c r="D86">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>315</v>
+        <v>917</v>
+      </c>
+      <c r="E86">
+        <v>62017</v>
       </c>
       <c r="F86">
         <v>2017</v>
       </c>
       <c r="G86" t="s">
         <v>316</v>
       </c>
-      <c r="H86">
-[...1 lines deleted...]
-      </c>
+      <c r="H86"/>
       <c r="I86">
-        <v>4.23</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
         <v>317</v>
       </c>
       <c r="B87" t="s">
         <v>318</v>
       </c>
       <c r="C87" t="s">
-        <v>300</v>
+        <v>319</v>
       </c>
       <c r="D87">
         <v>11</v>
       </c>
       <c r="E87" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="F87">
         <v>2017</v>
       </c>
       <c r="G87" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="H87">
         <v>32.52</v>
       </c>
       <c r="I87">
         <v>16.46</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B88" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C88" t="s">
-        <v>36</v>
+        <v>236</v>
       </c>
       <c r="D88">
-        <v>95</v>
+        <v>1874</v>
       </c>
       <c r="E88">
-        <v>165119</v>
+        <v>40027</v>
       </c>
       <c r="F88">
         <v>2017</v>
       </c>
       <c r="G88" t="s">
-        <v>323</v>
-[...3 lines deleted...]
-      </c>
+        <v>324</v>
+      </c>
+      <c r="H88"/>
       <c r="I88">
-        <v>2.34</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B89" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C89" t="s">
-        <v>36</v>
+        <v>327</v>
       </c>
       <c r="D89">
-        <v>95</v>
+        <v>10343</v>
       </c>
       <c r="E89">
-        <v>165118</v>
+        <v>10343</v>
       </c>
       <c r="F89">
         <v>2017</v>
       </c>
       <c r="G89" t="s">
-        <v>326</v>
-[...3 lines deleted...]
-      </c>
+        <v>328</v>
+      </c>
+      <c r="H89"/>
       <c r="I89">
-        <v>2.34</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="B90" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C90" t="s">
-        <v>93</v>
+        <v>264</v>
       </c>
       <c r="D90">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>329</v>
+        <v>119</v>
+      </c>
+      <c r="E90">
+        <v>243901</v>
       </c>
       <c r="F90">
         <v>2017</v>
       </c>
       <c r="G90" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="H90">
-        <v>1.36</v>
+        <v>8.84</v>
       </c>
       <c r="I90">
-        <v>0.5</v>
+        <v>3.62</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B91" t="s">
-        <v>238</v>
+        <v>333</v>
       </c>
       <c r="C91" t="s">
-        <v>332</v>
+        <v>41</v>
       </c>
       <c r="D91">
-        <v>541</v>
+        <v>11</v>
       </c>
       <c r="E91" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="F91">
         <v>2017</v>
       </c>
       <c r="G91" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="H91">
-        <v>41.58</v>
+        <v>8.53</v>
       </c>
       <c r="I91">
-        <v>17.88</v>
+        <v>4.23</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B92" t="s">
-        <v>279</v>
+        <v>337</v>
       </c>
       <c r="C92" t="s">
-        <v>90</v>
+        <v>319</v>
       </c>
       <c r="D92">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>63837</v>
+        <v>11</v>
+      </c>
+      <c r="E92" t="s">
+        <v>338</v>
       </c>
       <c r="F92">
         <v>2017</v>
       </c>
       <c r="G92" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="H92">
-        <v>2.91</v>
-[...1 lines deleted...]
-      <c r="I92"/>
+        <v>32.52</v>
+      </c>
+      <c r="I92">
+        <v>16.46</v>
+      </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B93" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="C93" t="s">
-        <v>339</v>
-[...3 lines deleted...]
-        <v>340</v>
+        <v>58</v>
+      </c>
+      <c r="D93">
+        <v>95</v>
+      </c>
+      <c r="E93">
+        <v>165119</v>
       </c>
       <c r="F93">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G93" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-      <c r="I93"/>
+        <v>342</v>
+      </c>
+      <c r="H93">
+        <v>3.81</v>
+      </c>
+      <c r="I93">
+        <v>2.34</v>
+      </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B94" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C94" t="s">
-        <v>139</v>
+        <v>58</v>
       </c>
       <c r="D94">
-        <v>6</v>
+        <v>95</v>
       </c>
       <c r="E94">
-        <v>30773</v>
+        <v>165118</v>
       </c>
       <c r="F94">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G94" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="H94">
-        <v>4.26</v>
+        <v>3.81</v>
       </c>
       <c r="I94">
-        <v>1.69</v>
+        <v>2.34</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B95" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C95" t="s">
-        <v>347</v>
+        <v>115</v>
       </c>
       <c r="D95">
-        <v>58</v>
+        <v>105</v>
       </c>
       <c r="E95" t="s">
         <v>348</v>
       </c>
       <c r="F95">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G95" t="s">
         <v>349</v>
       </c>
       <c r="H95">
-        <v>0.86</v>
+        <v>1.36</v>
       </c>
       <c r="I95">
-        <v>0.43</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
         <v>350</v>
       </c>
       <c r="B96" t="s">
+        <v>258</v>
+      </c>
+      <c r="C96" t="s">
         <v>351</v>
       </c>
-      <c r="C96" t="s">
+      <c r="D96">
+        <v>541</v>
+      </c>
+      <c r="E96" t="s">
         <v>352</v>
       </c>
-      <c r="D96">
-[...2 lines deleted...]
-      <c r="E96" t="s">
+      <c r="F96">
+        <v>2017</v>
+      </c>
+      <c r="G96" t="s">
         <v>353</v>
       </c>
-      <c r="F96">
-[...4 lines deleted...]
-      </c>
       <c r="H96">
-        <v>0.72</v>
+        <v>41.58</v>
       </c>
       <c r="I96">
-        <v>0.33</v>
+        <v>17.88</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
+        <v>354</v>
+      </c>
+      <c r="B97" t="s">
+        <v>299</v>
+      </c>
+      <c r="C97" t="s">
+        <v>108</v>
+      </c>
+      <c r="D97">
+        <v>95</v>
+      </c>
+      <c r="E97">
+        <v>63837</v>
+      </c>
+      <c r="F97">
+        <v>2017</v>
+      </c>
+      <c r="G97" t="s">
         <v>355</v>
       </c>
-      <c r="B97" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H97">
-        <v>3.84</v>
+        <v>2.91</v>
       </c>
       <c r="I97"/>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
+        <v>356</v>
+      </c>
+      <c r="B98" t="s">
+        <v>357</v>
+      </c>
+      <c r="C98" t="s">
         <v>358</v>
       </c>
-      <c r="B98" t="s">
+      <c r="D98"/>
+      <c r="E98" t="s">
         <v>359</v>
-      </c>
-[...7 lines deleted...]
-        <v>988515</v>
       </c>
       <c r="F98">
         <v>2016</v>
       </c>
       <c r="G98" t="s">
         <v>360</v>
       </c>
       <c r="H98"/>
-      <c r="I98">
-[...1 lines deleted...]
-      </c>
+      <c r="I98"/>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
         <v>361</v>
       </c>
       <c r="B99" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="C99" t="s">
-        <v>308</v>
+        <v>159</v>
       </c>
       <c r="D99">
-        <v>9885</v>
-[...2 lines deleted...]
-        <v>362</v>
+        <v>6</v>
+      </c>
+      <c r="E99">
+        <v>30773</v>
       </c>
       <c r="F99">
         <v>2016</v>
       </c>
       <c r="G99" t="s">
         <v>363</v>
       </c>
-      <c r="H99"/>
+      <c r="H99">
+        <v>4.26</v>
+      </c>
       <c r="I99">
-        <v>0.24</v>
+        <v>1.69</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
         <v>364</v>
       </c>
       <c r="B100" t="s">
         <v>365</v>
       </c>
       <c r="C100" t="s">
-        <v>139</v>
+        <v>366</v>
       </c>
       <c r="D100">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>20599</v>
+        <v>58</v>
+      </c>
+      <c r="E100" t="s">
+        <v>367</v>
       </c>
       <c r="F100">
         <v>2016</v>
       </c>
       <c r="G100" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="H100">
-        <v>4.26</v>
+        <v>0.86</v>
       </c>
       <c r="I100">
-        <v>1.69</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="B101" t="s">
-        <v>359</v>
+        <v>370</v>
       </c>
       <c r="C101" t="s">
-        <v>368</v>
+        <v>29</v>
       </c>
       <c r="D101">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>10102</v>
+        <v>120</v>
+      </c>
+      <c r="E101" t="s">
+        <v>371</v>
       </c>
       <c r="F101">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G101" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="H101">
-        <v>11.33</v>
+        <v>0.72</v>
       </c>
       <c r="I101">
-        <v>6.29</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="B102" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="C102" t="s">
-        <v>275</v>
+        <v>58</v>
       </c>
       <c r="D102">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>372</v>
+        <v>93</v>
+      </c>
+      <c r="E102">
+        <v>165132</v>
       </c>
       <c r="F102">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="G102"/>
+        <v>2016</v>
+      </c>
+      <c r="G102" t="s">
+        <v>375</v>
+      </c>
       <c r="H102">
-        <v>0.78</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.84</v>
+      </c>
+      <c r="I102"/>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="B103" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="C103" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-      <c r="E103"/>
+        <v>327</v>
+      </c>
+      <c r="D103">
+        <v>9885</v>
+      </c>
+      <c r="E103">
+        <v>988515</v>
+      </c>
       <c r="F103">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G103" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="H103"/>
-      <c r="I103"/>
+      <c r="I103">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
+        <v>379</v>
+      </c>
+      <c r="B104" t="s">
         <v>377</v>
       </c>
-      <c r="B104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C104" t="s">
-        <v>347</v>
+        <v>327</v>
       </c>
       <c r="D104">
-        <v>57</v>
+        <v>9885</v>
       </c>
       <c r="E104" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="F104">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G104" t="s">
-        <v>380</v>
-[...3 lines deleted...]
-      </c>
+        <v>381</v>
+      </c>
+      <c r="H104"/>
       <c r="I104">
-        <v>0.42</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B105" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C105" t="s">
-        <v>139</v>
+        <v>159</v>
       </c>
       <c r="D105">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E105">
-        <v>8774</v>
+        <v>20599</v>
       </c>
       <c r="F105">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G105" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="H105">
-        <v>5.23</v>
+        <v>4.26</v>
       </c>
       <c r="I105">
-        <v>2.03</v>
+        <v>1.69</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B106" t="s">
-        <v>385</v>
+        <v>377</v>
       </c>
       <c r="C106" t="s">
         <v>386</v>
       </c>
       <c r="D106">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>387</v>
+        <v>6</v>
+      </c>
+      <c r="E106">
+        <v>10102</v>
       </c>
       <c r="F106">
         <v>2015</v>
       </c>
       <c r="G106" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="H106">
-        <v>2.08</v>
+        <v>11.33</v>
       </c>
       <c r="I106">
-        <v>0.57</v>
+        <v>6.29</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
+        <v>388</v>
+      </c>
+      <c r="B107" t="s">
         <v>389</v>
       </c>
-      <c r="B107" t="s">
+      <c r="C107" t="s">
+        <v>295</v>
+      </c>
+      <c r="D107">
+        <v>57</v>
+      </c>
+      <c r="E107" t="s">
         <v>390</v>
       </c>
-      <c r="C107" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F107">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="G107"/>
       <c r="H107">
-        <v>0.82</v>
+        <v>0.78</v>
       </c>
       <c r="I107">
-        <v>0.47</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
+        <v>391</v>
+      </c>
+      <c r="B108" t="s">
+        <v>392</v>
+      </c>
+      <c r="C108" t="s">
         <v>393</v>
       </c>
-      <c r="B108" t="s">
+      <c r="D108"/>
+      <c r="E108"/>
+      <c r="F108">
+        <v>2015</v>
+      </c>
+      <c r="G108" t="s">
         <v>394</v>
       </c>
-      <c r="C108" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="H108"/>
+      <c r="I108"/>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
+        <v>395</v>
+      </c>
+      <c r="B109" t="s">
+        <v>396</v>
+      </c>
+      <c r="C109" t="s">
+        <v>366</v>
+      </c>
+      <c r="D109">
+        <v>57</v>
+      </c>
+      <c r="E109" t="s">
         <v>397</v>
       </c>
-      <c r="B109" t="s">
+      <c r="F109">
+        <v>2015</v>
+      </c>
+      <c r="G109" t="s">
         <v>398</v>
       </c>
-      <c r="C109" t="s">
-[...11 lines deleted...]
-      <c r="G109"/>
       <c r="H109">
-        <v>0.78</v>
+        <v>0.83</v>
       </c>
       <c r="I109">
-        <v>0.58</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
+        <v>399</v>
+      </c>
+      <c r="B110" t="s">
         <v>400</v>
       </c>
-      <c r="B110" t="s">
+      <c r="C110" t="s">
+        <v>159</v>
+      </c>
+      <c r="D110">
+        <v>5</v>
+      </c>
+      <c r="E110">
+        <v>8774</v>
+      </c>
+      <c r="F110">
+        <v>2015</v>
+      </c>
+      <c r="G110" t="s">
         <v>401</v>
       </c>
-      <c r="C110" t="s">
-[...14 lines deleted...]
-      <c r="H110"/>
+      <c r="H110">
+        <v>5.23</v>
+      </c>
       <c r="I110">
-        <v>0.24</v>
+        <v>2.03</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
+        <v>402</v>
+      </c>
+      <c r="B111" t="s">
         <v>403</v>
       </c>
-      <c r="B111" t="s">
+      <c r="C111" t="s">
         <v>404</v>
       </c>
-      <c r="C111" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D111">
-        <v>56</v>
+        <v>5</v>
       </c>
       <c r="E111" t="s">
         <v>405</v>
       </c>
       <c r="F111">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G111" t="s">
         <v>406</v>
       </c>
       <c r="H111">
-        <v>0.82</v>
+        <v>2.08</v>
       </c>
       <c r="I111">
-        <v>0.47</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
         <v>407</v>
       </c>
       <c r="B112" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="C112" t="s">
-        <v>347</v>
+        <v>366</v>
       </c>
       <c r="D112">
         <v>56</v>
       </c>
       <c r="E112" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="F112">
         <v>2014</v>
       </c>
       <c r="G112" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="H112">
         <v>0.82</v>
       </c>
       <c r="I112">
         <v>0.47</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B113" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C113" t="s">
-        <v>36</v>
+        <v>115</v>
       </c>
       <c r="D113">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="E113" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="F113">
         <v>2014</v>
       </c>
       <c r="G113" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="H113">
-        <v>3.74</v>
-[...1 lines deleted...]
-      <c r="I113"/>
+        <v>1.36</v>
+      </c>
+      <c r="I113">
+        <v>0.76</v>
+      </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B114" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C114" t="s">
-        <v>416</v>
+        <v>295</v>
       </c>
       <c r="D114">
-        <v>21</v>
+        <v>56</v>
       </c>
       <c r="E114" t="s">
         <v>417</v>
       </c>
       <c r="F114">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="G114"/>
       <c r="H114">
-        <v>3.53</v>
+        <v>0.78</v>
       </c>
       <c r="I114">
-        <v>2.34</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
+        <v>418</v>
+      </c>
+      <c r="B115" t="s">
         <v>419</v>
       </c>
-      <c r="B115" t="s">
+      <c r="C115" t="s">
+        <v>327</v>
+      </c>
+      <c r="D115">
+        <v>9127</v>
+      </c>
+      <c r="E115">
+        <v>912712</v>
+      </c>
+      <c r="F115">
+        <v>2014</v>
+      </c>
+      <c r="G115" t="s">
         <v>420</v>
       </c>
-      <c r="C115" t="s">
-[...17 lines deleted...]
-      <c r="I115"/>
+      <c r="H115"/>
+      <c r="I115">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
+        <v>421</v>
+      </c>
+      <c r="B116" t="s">
+        <v>422</v>
+      </c>
+      <c r="C116" t="s">
+        <v>366</v>
+      </c>
+      <c r="D116">
+        <v>56</v>
+      </c>
+      <c r="E116" t="s">
         <v>423</v>
       </c>
-      <c r="B116" t="s">
+      <c r="F116">
+        <v>2014</v>
+      </c>
+      <c r="G116" t="s">
         <v>424</v>
       </c>
-      <c r="C116" t="s">
-[...13 lines deleted...]
-      <c r="I116"/>
+      <c r="H116">
+        <v>0.82</v>
+      </c>
+      <c r="I116">
+        <v>0.47</v>
+      </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
+        <v>425</v>
+      </c>
+      <c r="B117" t="s">
+        <v>422</v>
+      </c>
+      <c r="C117" t="s">
+        <v>366</v>
+      </c>
+      <c r="D117">
+        <v>56</v>
+      </c>
+      <c r="E117" t="s">
+        <v>426</v>
+      </c>
+      <c r="F117">
+        <v>2014</v>
+      </c>
+      <c r="G117" t="s">
         <v>427</v>
       </c>
-      <c r="B117" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H117">
-        <v>3.66</v>
-[...1 lines deleted...]
-      <c r="I117"/>
+        <v>0.82</v>
+      </c>
+      <c r="I117">
+        <v>0.47</v>
+      </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
+        <v>428</v>
+      </c>
+      <c r="B118" t="s">
+        <v>429</v>
+      </c>
+      <c r="C118" t="s">
+        <v>58</v>
+      </c>
+      <c r="D118">
+        <v>89</v>
+      </c>
+      <c r="E118" t="s">
+        <v>430</v>
+      </c>
+      <c r="F118">
+        <v>2014</v>
+      </c>
+      <c r="G118" t="s">
         <v>431</v>
       </c>
-      <c r="B118" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H118">
-        <v>10.02</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.74</v>
+      </c>
+      <c r="I118"/>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
+        <v>432</v>
+      </c>
+      <c r="B119" t="s">
+        <v>433</v>
+      </c>
+      <c r="C119" t="s">
         <v>434</v>
       </c>
-      <c r="B119" t="s">
+      <c r="D119">
+        <v>21</v>
+      </c>
+      <c r="E119" t="s">
         <v>435</v>
       </c>
-      <c r="C119" t="s">
-[...5 lines deleted...]
-      <c r="E119" t="s">
+      <c r="F119">
+        <v>2013</v>
+      </c>
+      <c r="G119" t="s">
         <v>436</v>
       </c>
-      <c r="F119">
-[...4 lines deleted...]
-      </c>
       <c r="H119">
-        <v>0.77</v>
+        <v>3.53</v>
       </c>
       <c r="I119">
-        <v>0.47</v>
+        <v>2.34</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
+        <v>437</v>
+      </c>
+      <c r="B120" t="s">
         <v>438</v>
       </c>
-      <c r="B120" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C120" t="s">
-        <v>93</v>
+        <v>58</v>
       </c>
       <c r="D120">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="E120" t="s">
         <v>439</v>
       </c>
       <c r="F120">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G120" t="s">
         <v>440</v>
       </c>
       <c r="H120">
-        <v>1.52</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.66</v>
+      </c>
+      <c r="I120"/>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
         <v>441</v>
       </c>
       <c r="B121" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="C121" t="s">
-        <v>308</v>
+        <v>443</v>
       </c>
       <c r="D121">
-        <v>8425</v>
+        <v>6</v>
       </c>
       <c r="E121" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F121">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="G121"/>
       <c r="H121"/>
-      <c r="I121">
-[...1 lines deleted...]
-      </c>
+      <c r="I121"/>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B122" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C122" t="s">
-        <v>308</v>
+        <v>58</v>
       </c>
       <c r="D122">
-        <v>8425</v>
+        <v>87</v>
       </c>
       <c r="E122" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="F122">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G122" t="s">
-        <v>447</v>
-[...4 lines deleted...]
-      </c>
+        <v>448</v>
+      </c>
+      <c r="H122">
+        <v>3.66</v>
+      </c>
+      <c r="I122"/>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B123" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C123" t="s">
-        <v>347</v>
+        <v>386</v>
       </c>
       <c r="D123">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>450</v>
+        <v>3</v>
+      </c>
+      <c r="E123">
+        <v>914</v>
       </c>
       <c r="F123">
         <v>2012</v>
       </c>
       <c r="G123" t="s">
         <v>451</v>
       </c>
       <c r="H123">
-        <v>0.77</v>
+        <v>10.02</v>
       </c>
       <c r="I123">
-        <v>0.47</v>
+        <v>5.87</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
         <v>452</v>
       </c>
       <c r="B124" t="s">
         <v>453</v>
       </c>
       <c r="C124" t="s">
+        <v>366</v>
+      </c>
+      <c r="D124">
+        <v>54</v>
+      </c>
+      <c r="E124" t="s">
         <v>454</v>
       </c>
-      <c r="D124"/>
-      <c r="E124" t="s">
+      <c r="F124">
+        <v>2012</v>
+      </c>
+      <c r="G124" t="s">
         <v>455</v>
       </c>
-      <c r="F124">
-[...6 lines deleted...]
-      <c r="I124"/>
+      <c r="H124">
+        <v>0.77</v>
+      </c>
+      <c r="I124">
+        <v>0.47</v>
+      </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
+        <v>456</v>
+      </c>
+      <c r="B125" t="s">
+        <v>453</v>
+      </c>
+      <c r="C125" t="s">
+        <v>115</v>
+      </c>
+      <c r="D125">
+        <v>95</v>
+      </c>
+      <c r="E125" t="s">
         <v>457</v>
       </c>
-      <c r="B125" t="s">
+      <c r="F125">
+        <v>2012</v>
+      </c>
+      <c r="G125" t="s">
         <v>458</v>
       </c>
-      <c r="C125" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H125">
-        <v>0.71</v>
+        <v>1.52</v>
       </c>
       <c r="I125">
-        <v>0.36</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
+        <v>459</v>
+      </c>
+      <c r="B126" t="s">
+        <v>453</v>
+      </c>
+      <c r="C126" t="s">
+        <v>327</v>
+      </c>
+      <c r="D126">
+        <v>8425</v>
+      </c>
+      <c r="E126" t="s">
+        <v>460</v>
+      </c>
+      <c r="F126">
+        <v>2012</v>
+      </c>
+      <c r="G126" t="s">
         <v>461</v>
       </c>
-      <c r="B126" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="H126"/>
       <c r="I126">
-        <v>0.36</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
+        <v>462</v>
+      </c>
+      <c r="B127" t="s">
+        <v>463</v>
+      </c>
+      <c r="C127" t="s">
+        <v>327</v>
+      </c>
+      <c r="D127">
+        <v>8425</v>
+      </c>
+      <c r="E127" t="s">
+        <v>464</v>
+      </c>
+      <c r="F127">
+        <v>2012</v>
+      </c>
+      <c r="G127" t="s">
         <v>465</v>
       </c>
-      <c r="B127" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="H127"/>
       <c r="I127">
-        <v>0.36</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
+        <v>466</v>
+      </c>
+      <c r="B128" t="s">
+        <v>467</v>
+      </c>
+      <c r="C128" t="s">
+        <v>366</v>
+      </c>
+      <c r="D128">
+        <v>54</v>
+      </c>
+      <c r="E128" t="s">
+        <v>468</v>
+      </c>
+      <c r="F128">
+        <v>2012</v>
+      </c>
+      <c r="G128" t="s">
         <v>469</v>
       </c>
-      <c r="B128" t="s">
-[...14 lines deleted...]
-      <c r="G128"/>
       <c r="H128">
-        <v>0.78</v>
+        <v>0.77</v>
       </c>
       <c r="I128">
-        <v>0.58</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
+        <v>470</v>
+      </c>
+      <c r="B129" t="s">
+        <v>471</v>
+      </c>
+      <c r="C129" t="s">
         <v>472</v>
       </c>
-      <c r="B129" t="s">
+      <c r="D129"/>
+      <c r="E129" t="s">
         <v>473</v>
-      </c>
-[...7 lines deleted...]
-        <v>475</v>
       </c>
       <c r="F129">
         <v>2011</v>
       </c>
-      <c r="G129"/>
+      <c r="G129" t="s">
+        <v>474</v>
+      </c>
       <c r="H129"/>
       <c r="I129"/>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
+        <v>475</v>
+      </c>
+      <c r="B130" t="s">
         <v>476</v>
       </c>
-      <c r="B130" t="s">
+      <c r="C130" t="s">
+        <v>366</v>
+      </c>
+      <c r="D130">
+        <v>53</v>
+      </c>
+      <c r="E130" t="s">
         <v>477</v>
       </c>
-      <c r="C130" t="s">
+      <c r="F130">
+        <v>2011</v>
+      </c>
+      <c r="G130" t="s">
         <v>478</v>
       </c>
-      <c r="D130">
-[...10 lines deleted...]
-      </c>
       <c r="H130">
-        <v>2.13</v>
+        <v>0.71</v>
       </c>
       <c r="I130">
-        <v>1.55</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
+        <v>479</v>
+      </c>
+      <c r="B131" t="s">
+        <v>480</v>
+      </c>
+      <c r="C131" t="s">
+        <v>366</v>
+      </c>
+      <c r="D131">
+        <v>53</v>
+      </c>
+      <c r="E131" t="s">
         <v>481</v>
       </c>
-      <c r="B131" t="s">
-[...2 lines deleted...]
-      <c r="C131" t="s">
+      <c r="F131">
+        <v>2011</v>
+      </c>
+      <c r="G131" t="s">
         <v>482</v>
       </c>
-      <c r="D131">
+      <c r="H131">
+        <v>0.71</v>
+      </c>
+      <c r="I131">
+        <v>0.36</v>
+      </c>
+    </row>
+    <row r="132" spans="1:9">
+      <c r="A132" t="s">
+        <v>483</v>
+      </c>
+      <c r="B132" t="s">
+        <v>484</v>
+      </c>
+      <c r="C132" t="s">
+        <v>366</v>
+      </c>
+      <c r="D132">
+        <v>53</v>
+      </c>
+      <c r="E132" t="s">
+        <v>485</v>
+      </c>
+      <c r="F132">
+        <v>2011</v>
+      </c>
+      <c r="G132" t="s">
+        <v>486</v>
+      </c>
+      <c r="H132">
+        <v>0.71</v>
+      </c>
+      <c r="I132">
+        <v>0.36</v>
+      </c>
+    </row>
+    <row r="133" spans="1:9">
+      <c r="A133" t="s">
+        <v>487</v>
+      </c>
+      <c r="B133" t="s">
+        <v>488</v>
+      </c>
+      <c r="C133" t="s">
+        <v>295</v>
+      </c>
+      <c r="D133">
+        <v>53</v>
+      </c>
+      <c r="E133" t="s">
+        <v>489</v>
+      </c>
+      <c r="F133">
+        <v>2011</v>
+      </c>
+      <c r="G133"/>
+      <c r="H133">
+        <v>0.78</v>
+      </c>
+      <c r="I133">
+        <v>0.58</v>
+      </c>
+    </row>
+    <row r="134" spans="1:9">
+      <c r="A134" t="s">
+        <v>490</v>
+      </c>
+      <c r="B134" t="s">
+        <v>491</v>
+      </c>
+      <c r="C134" t="s">
+        <v>492</v>
+      </c>
+      <c r="D134">
+        <v>37</v>
+      </c>
+      <c r="E134" t="s">
+        <v>493</v>
+      </c>
+      <c r="F134">
+        <v>2011</v>
+      </c>
+      <c r="G134"/>
+      <c r="H134"/>
+      <c r="I134"/>
+    </row>
+    <row r="135" spans="1:9">
+      <c r="A135" t="s">
+        <v>494</v>
+      </c>
+      <c r="B135" t="s">
+        <v>495</v>
+      </c>
+      <c r="C135" t="s">
+        <v>496</v>
+      </c>
+      <c r="D135">
+        <v>8</v>
+      </c>
+      <c r="E135" t="s">
+        <v>497</v>
+      </c>
+      <c r="F135">
+        <v>2010</v>
+      </c>
+      <c r="G135" t="s">
+        <v>498</v>
+      </c>
+      <c r="H135">
+        <v>2.13</v>
+      </c>
+      <c r="I135">
+        <v>1.55</v>
+      </c>
+    </row>
+    <row r="136" spans="1:9">
+      <c r="A136" t="s">
+        <v>499</v>
+      </c>
+      <c r="B136" t="s">
+        <v>484</v>
+      </c>
+      <c r="C136" t="s">
+        <v>500</v>
+      </c>
+      <c r="D136">
         <v>22</v>
       </c>
-      <c r="E131">
+      <c r="E136">
         <v>115401</v>
       </c>
-      <c r="F131">
+      <c r="F136">
         <v>2010</v>
       </c>
-      <c r="G131" t="s">
-[...2 lines deleted...]
-      <c r="H131">
+      <c r="G136" t="s">
+        <v>501</v>
+      </c>
+      <c r="H136">
         <v>1.96</v>
       </c>
-      <c r="I131">
+      <c r="I136">
         <v>1.53</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>