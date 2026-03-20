--- v1 (2025-12-03)
+++ v2 (2026-03-20)
@@ -12,79 +12,118 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="502">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="518">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>All-Optically Switchable Platform Based on Phase-Change Material for Light-Emitting Device</t>
+  </si>
+  <si>
+    <t>Olga Kushchenko, Elena  Bodyago, Daniil Litvinov, Petr Lazarenko, Sergey Kozyukhin, Mikhail Rybin, Dmitry Gets, Artem Sinelnik</t>
+  </si>
+  <si>
+    <t>ACS Applied Materials &amp;amp; Interfaces</t>
+  </si>
+  <si>
+    <t>70714-70721</t>
+  </si>
+  <si>
+    <t>10.1021/acsami.5c18195</t>
+  </si>
+  <si>
+    <t>Robustness of bound states in the continuum in bilayer structures against symmetry breaking</t>
+  </si>
+  <si>
+    <t>Kliment Semushev, Zilong Zhao, Alexey Proskurin, Mingzhao Song, Xinrui Liu, Mikhail Rybin, Ekaterina E. Maslova, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>Physical Review Applied</t>
+  </si>
+  <si>
+    <t>10.1103/qj87-5xz9</t>
+  </si>
+  <si>
+    <t>Quadrupole Mie-resonant metamaterial</t>
+  </si>
+  <si>
+    <t>Ilia M. Fradkin, Nikolay Solodovchenko, Dmitry Filonov, Denis G. Baranov, Mikhail Rybin, Kirill Samusev, Mikhail Limonov, Sergey A. Dyakov, Nikolay A. Gippius</t>
+  </si>
+  <si>
+    <t>Photonics Research</t>
+  </si>
+  <si>
+    <t>10.1364/prj.574820</t>
+  </si>
+  <si>
     <t>Engineering of disorder-immune metadevices based on Huygens congener dipole element</t>
   </si>
   <si>
     <t>Shicheng Wan, Matvey Sogrin, Mikhail Rybin, Jinhui Shi, Ekaterina Maslova</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/5.0286459</t>
   </si>
   <si>
     <t>Free-Space Orbital Angular Momentum Comb Generation via Second-Harmonic Generation</t>
   </si>
   <si>
     <t>Daniil Litvinov, Sofya Isaeva, Olga Kushchenko, Petr I. Lazarenko, Sergey A. Kozyukhin, Mikhail Rybin, Artem Sinelnik, Stanislav Baturin</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.5c03317</t>
   </si>
   <si>
     <t>Polarization-Independent BIC-Based Electromagnetically Induced Transparency</t>
@@ -155,77 +194,89 @@
   <si>
     <t>In‐Plane Metasurface Design for Perfect Chiral Dichroism in Inhomogeneous Environment</t>
   </si>
   <si>
     <t>Sergei Li, Binze Ma, Qiang Li, Mikhail Rybin</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202400212</t>
   </si>
   <si>
     <t>Method for achieving magneto-induced non-reciprocity in resonant silicon waveguides with violated mirror symmetry</t>
   </si>
   <si>
     <t>Nikita Iukhtanov, Mikhail Rybin</t>
   </si>
   <si>
     <t>Journal of Optical Technology</t>
   </si>
   <si>
     <t>10.1364/jot.91.000209</t>
   </si>
   <si>
+    <t>Metamaterial Regime in Quasicrystal Structure</t>
+  </si>
+  <si>
+    <t>Ekaterina Maslova, Kliment Semushev, Mikhail Rybin</t>
+  </si>
+  <si>
+    <t>2024 Photonics &amp;amp; Electromagnetics Research Symposium (PIERS)</t>
+  </si>
+  <si>
+    <t>1-7</t>
+  </si>
+  <si>
+    <t>10.1109/piers62282.2024.10618595</t>
+  </si>
+  <si>
+    <t>Improved Ultrasensitive Sensors Based on Bound States in the Continuum</t>
+  </si>
+  <si>
+    <t>Aleksandra Kutuzova, Mikhail Rybin</t>
+  </si>
+  <si>
+    <t>1-3</t>
+  </si>
+  <si>
+    <t>10.1109/piers62282.2024.10617977</t>
+  </si>
+  <si>
     <t>Bound States in the Continuum: Stability Against Structural Disorder</t>
   </si>
   <si>
     <t>Kliment Semushev, Nikolai Vlasov, Aleksandr Solomonov, Andrey Bogdanov, Mikhail Rybin, Zarina Sadrieva, Ekaterina Maslova</t>
   </si>
   <si>
-    <t>2024 Photonics &amp;amp; Electromagnetics Research Symposium (PIERS)</t>
-[...1 lines deleted...]
-  <si>
     <t>1-4</t>
   </si>
   <si>
     <t>10.1109/piers62282.2024.10618064</t>
   </si>
   <si>
-    <t>Metamaterial Regime in Quasicrystal Structure</t>
-[...10 lines deleted...]
-  <si>
     <t>Transport properties of electromagnetic waves in dielectric photonic quasicrystals</t>
   </si>
   <si>
     <t>Ekaterina Maslova, Vladislav Chistyakov, Mikhail Rybin</t>
   </si>
   <si>
     <t>Physical Review B</t>
   </si>
   <si>
     <t>10.1103/physrevb.110.014202</t>
   </si>
   <si>
     <t>Complete photonic bandgap in a low-index two-dimensional quasicrystalline structure</t>
   </si>
   <si>
     <t>Vladislav Chistyakov, Ruslan Yafyasov, Andrey Sayanskiy, Mikhail Sidorenko, Mikhail Rybin</t>
   </si>
   <si>
     <t>Optics Letters</t>
   </si>
   <si>
     <t>10.1364/ol.528486</t>
   </si>
   <si>
     <t>Tunable high-order harmonic generation in GeSbTe nano-films</t>
@@ -335,71 +386,71 @@
   <si>
     <t>10.1134/s1547477123050254</t>
   </si>
   <si>
     <t>Ge-Sb-Te based metasurface with angle-tunable switchable response in the telecom bands</t>
   </si>
   <si>
     <t>Aleksandr Solomonov, Mihail Bochkarev, S. I. Pavlov, P. I. Lazarenko, V. V. Kovalyuk, A. D. Golikov, G. N. Goltsman, S. A. Kozyukhin, S. A. Dyakov, Mikhail Rybin, A. B. Pevtsov</t>
   </si>
   <si>
     <t>10.1103/physrevb.108.085127</t>
   </si>
   <si>
     <t>On homogenization approaches for manipulation with fields inside and outside metamaterials</t>
   </si>
   <si>
     <t>Ekaterina Maslova, Mikhail Rybin</t>
   </si>
   <si>
     <t>Journal of Applied Physics</t>
   </si>
   <si>
     <t>10.1063/5.0157823</t>
   </si>
   <si>
+    <t>Various Scattering Regimes of Truncated Cone Particles</t>
+  </si>
+  <si>
+    <t>Pavel Terekhov, Alexey Kuznetsov, Adria Сanos Valero, Hadi K. Shamkhi, Xingjie Ni, Vjaceslavs Bobrovs, Mikhail Rybin, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>CLEO 2023</t>
+  </si>
+  <si>
+    <t>10.1364/cleo_at.2023.jtu2a.129</t>
+  </si>
+  <si>
     <t>Retardation-induced exceptional point</t>
   </si>
   <si>
     <t>Physical Review A</t>
   </si>
   <si>
     <t>10.1103/physreva.108.013518</t>
   </si>
   <si>
-    <t>Various Scattering Regimes of Truncated Cone Particles</t>
-[...10 lines deleted...]
-  <si>
     <t>Quasicrystalline Structures with Narrow-Band Frequency–Angular Selectivity</t>
   </si>
   <si>
     <t>JETP Letters</t>
   </si>
   <si>
     <t>742-746</t>
   </si>
   <si>
     <t>10.1134/s0021364023601215</t>
   </si>
   <si>
     <t>Antenna-Based Approach to Fine Control of Supercavity Mode Quality Factor in Metasurfaces</t>
   </si>
   <si>
     <t>6399-6405</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.3c01141</t>
   </si>
   <si>
     <t>Высокоиндексные волноводы для распространения электромагнитных волн с большим поперечным угловым моментом</t>
   </si>
   <si>
     <t>Никита Юхтанов, Михаил Рыбин</t>
@@ -443,53 +494,50 @@
   <si>
     <t>Alexey Dmitriev, Kseniia Baryshnikova, Mikhail Rybin</t>
   </si>
   <si>
     <t>804-809</t>
   </si>
   <si>
     <t>10.1134/s0021364023600945</t>
   </si>
   <si>
     <t>Квазикристаллические структуры с узкополосной спектрально-угловой селективностью</t>
   </si>
   <si>
     <t>Владислав Чистяков, Михаил Сидоренко, Андрей Саянский, Михаил Рыбин</t>
   </si>
   <si>
     <t>Письма в ЖЭТФ</t>
   </si>
   <si>
     <t>10.31857/S1234567823100051</t>
   </si>
   <si>
     <t>Quality factor scaling of resonances related to bound states in the continuum</t>
   </si>
   <si>
-    <t>Aleksandra Kutuzova, Mikhail Rybin</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1103/physrevb.107.195108</t>
   </si>
   <si>
     <t>Resonant silicon waveguide with strong transverse electric field rotation for magnetic field induced non-reciprocity</t>
   </si>
   <si>
     <t>3043-3046</t>
   </si>
   <si>
     <t>10.1364/ol.491390</t>
   </si>
   <si>
     <t>Switchable supercavity modes in metasurfaces based on phase change materials</t>
   </si>
   <si>
     <t>St. Petersburg Polytechnic University Journal - Physics and Mathematics</t>
   </si>
   <si>
     <t>10.18721/JPM.161.332</t>
   </si>
   <si>
     <t>Density of photonic states in aperiodic structures</t>
   </si>
   <si>
     <t>10.1103/physrevb.107.014205</t>
@@ -575,116 +623,116 @@
   <si>
     <t>Light-Induced Color Switching of Single Metal–Organic Framework Nanocrystals</t>
   </si>
   <si>
     <t>Yuliya Kenzhebayeva, Semyon Bachinin, Aleksandr Solomonov, Venera Gilemkhanova, Sergei Shipilovskikh, Nikita Kulachenkov, Sergey P. Fisenko, Mikhail Rybin, Valentin Milichko</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry Letters</t>
   </si>
   <si>
     <t>777-783</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.1c03630</t>
   </si>
   <si>
     <t>Optically Reconfigurable Spherical Ge‐Sb‐Te Nanoparticles with Reversible Switching</t>
   </si>
   <si>
     <t>Mikhail Rybin, Artem Sinelnik, Mohammad Tajik, Evgenii V Ubyivovk, Sergey A. Yakovlev, Alexander B Pevtsov, Denis A Yavsin, Dmitry Zuev, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1002/lpor.202100253</t>
   </si>
   <si>
+    <t>Switchable Purcell enhancement of photoluminescence by GST film</t>
+  </si>
+  <si>
+    <t>Olga Kushchenko, Artem Sinelnik, Ivan Shishkin, Dmitry Gets, Sergey Makarov, Mikhail Rybin</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012077</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012077</t>
+  </si>
+  <si>
     <t>Stability of bound states in the continuum in low-contrast photonic structures</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012090</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012090</t>
   </si>
   <si>
     <t>Active narrowband filter based on 2.5D metasurface from Ge2Sb2Te5</t>
   </si>
   <si>
     <t>Aleksandr Solomonov, Olga Kushchenko, D A Yavsin, Mikhail Rybin, Artem Sinelnik</t>
   </si>
   <si>
     <t>012147</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012147</t>
   </si>
   <si>
     <t>Omnidirectional Photonic Bandgap in Two-dimensional Photonic Quasicrystal Made of Near-Transparent Dielectric Material</t>
   </si>
   <si>
     <t>Ruslan Yafyasov, Mikhail Sidorenko, Mikhail Rybin, Alexander Petrov, Andrey Sayanskiy</t>
   </si>
   <si>
     <t>012164</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012164</t>
   </si>
   <si>
-    <t>Switchable Purcell enhancement of photoluminescence by GST film</t>
-[...8 lines deleted...]
-    <t>10.1088/1742-6596/2015/1/012077</t>
+    <t>Bound states in the continuum in periodic structures with structural disorder</t>
+  </si>
+  <si>
+    <t>Ekaterina Maslova, Mikhail Rybin, Andrey Bogdanov, Zarina Sadrieva</t>
+  </si>
+  <si>
+    <t>4313-4321</t>
+  </si>
+  <si>
+    <t>10.1515/nanoph-2021-0475</t>
   </si>
   <si>
     <t>Chipless wireless temperature sensor based on quasi-BIC resonance</t>
   </si>
   <si>
     <t>10.1063/5.0064480</t>
   </si>
   <si>
-    <t>Bound states in the continuum in periodic structures with structural disorder</t>
-[...10 lines deleted...]
-  <si>
     <t>Quasicrystal With Octagonal Symmetry</t>
   </si>
   <si>
     <t>K. V. Semushev, Mikhail Rybin, Ekaterina Maslova</t>
   </si>
   <si>
     <t>2021 Fifteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>10.1109/metamaterials52332.2021.9577070</t>
   </si>
   <si>
     <t>Control over Light Emission in Low‐Refractive‐Index Artificial Materials Inspired by Reciprocal Design</t>
   </si>
   <si>
     <t>Lukas Maiwald, Timo Sommer, Mikhail Sidorenko, Ruslan Yafyasov, Meraj E. Mustafa, Marvin Schulz, Mikhail Rybin, Manfred Eich, Alexander Yu. Petrov</t>
   </si>
   <si>
     <t>Advanced Optical Materials</t>
   </si>
   <si>
     <t>10.1002/adom.202100785</t>
   </si>
   <si>
     <t>Lasing Action from Anapole Metasurfaces</t>
@@ -719,101 +767,101 @@
   <si>
     <t>Fabrication of Ge2Sb2Te5 metasurfaces by direct laser writing technique</t>
   </si>
   <si>
     <t>Daria Bochek, Kirill Samusev, D.A. Yavsin, Mikhail Limonov, Mikhail Rybin, Ivan Shishkin, Artem Sinelnik</t>
   </si>
   <si>
     <t>10.1016/j.optlastec.2021.107124</t>
   </si>
   <si>
     <t>Optical coupling of overlapping nanopillars</t>
   </si>
   <si>
     <t>10.1364/ol.415334</t>
   </si>
   <si>
     <t>Extended Bound States in the Continuum with Symmetry‐Broken Terahertz Dielectric Metasurfaces</t>
   </si>
   <si>
     <t>Song Han, Prakash Pitchappa, Wenhao Wang, Yogesh Kumar Srivastava, Mikhail Rybin, Ranjan Singh</t>
   </si>
   <si>
     <t>10.1002/adom.202002001</t>
   </si>
   <si>
+    <t>Supercavity modes in silicon-based metasurfaces</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020074</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031900</t>
+  </si>
+  <si>
+    <t>Quadrupole-driven metamaterials</t>
+  </si>
+  <si>
+    <t>Nikolay Solodovchenko, Kirill Samusev, Mikhail Rybin, Mikhail Limonov</t>
+  </si>
+  <si>
+    <t>020120</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032080</t>
+  </si>
+  <si>
+    <t>Quasicrystal structure in metamaterial regime</t>
+  </si>
+  <si>
+    <t>020085</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031952</t>
+  </si>
+  <si>
     <t>Exceptional point and parity-time symmetry on dipole mie resonances in dimer</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1063/5.0033399</t>
   </si>
   <si>
     <t>Optical properties of icosahedral quasicrystals</t>
   </si>
   <si>
     <t>Artem Sinelnik, Ivan Shishkin, Xiaochang Yu, Kirill Samusev, Pavel Belov, Mikhail Limonov, Mikhail Rybin</t>
   </si>
   <si>
     <t>020118</t>
   </si>
   <si>
     <t>10.1063/5.0032101</t>
   </si>
   <si>
-    <t>Supercavity modes in silicon-based metasurfaces</t>
-[...28 lines deleted...]
-  <si>
     <t>Experimental Observation of Intrinsic Light Localization in Photonic Icosahedral Quasicrystals</t>
   </si>
   <si>
     <t>10.1002/adom.202001170</t>
   </si>
   <si>
     <t>Dielectric metamaterials with hexagonal lattice</t>
   </si>
   <si>
     <t>012095</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012095</t>
   </si>
   <si>
     <t>Guided‐Mode Resonances in All‐Dielectric Terahertz Metasurfaces</t>
   </si>
   <si>
     <t>Mikhail Rybin, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1002/adom.201900959</t>
   </si>
   <si>
     <t>Dielectric metamaterials with quasicrystal structure</t>
@@ -929,77 +977,77 @@
   <si>
     <t>1371-1377</t>
   </si>
   <si>
     <t>Quasi-crystalline and Disordered Photonic Structures Fabricated Using Direct Laser Writing</t>
   </si>
   <si>
     <t>Artem Sinelnik, Mikhail Rybin, Mikhail Limonov, Kirill Samusev</t>
   </si>
   <si>
     <t>10.1063/1.4998059</t>
   </si>
   <si>
     <t>Optical Diffraction from Photonic-graphene Metasurfaces</t>
   </si>
   <si>
     <t>Artem Sinelnik, Mikhail Rybin, Mikhail Limonov, Yuri Kivshar, Kirill Samusev</t>
   </si>
   <si>
     <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
   </si>
   <si>
     <t>540-543</t>
   </si>
   <si>
+    <t>Toward Silicon-Based Metamaterials</t>
+  </si>
+  <si>
+    <t>Sergey Li, Yuri Kivshar, Mikhail Rybin</t>
+  </si>
+  <si>
+    <t>4751-4757</t>
+  </si>
+  <si>
+    <t>10.1021/acsphotonics.8b01126</t>
+  </si>
+  <si>
     <t>Active high-Q dielectric terahertz supercavities</t>
   </si>
   <si>
     <t>Coupling regimes of high-index dimer</t>
   </si>
   <si>
     <t>2018 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>71-75</t>
   </si>
   <si>
     <t>10.1109/DD.2018.8553419</t>
   </si>
   <si>
-    <t>Toward Silicon-Based Metamaterials</t>
-[...10 lines deleted...]
-  <si>
     <t>Fabrication of spherical GeSbTe nanoparticles by laser printing technique</t>
   </si>
   <si>
     <t>Mohammad Tajik, Dmitry Zuev, Valentin Milichko, Mikhail Rybin, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/917/6/062017</t>
   </si>
   <si>
     <t>Fano resonances in photonics</t>
   </si>
   <si>
     <t>Mikhail Limonov, Mikhail Rybin, Alexander Poddubny, Yuri Kivshar</t>
   </si>
   <si>
     <t>Nature Photonics</t>
   </si>
   <si>
     <t>543–554</t>
   </si>
   <si>
     <t>doi:10.1038/nphoton.2017.142</t>
   </si>
   <si>
     <t>Optical properties of GST nanoparticles fabricated by laser printing technique</t>
@@ -1034,68 +1082,68 @@
   <si>
     <t>Light-induced tuning and reconfiguration of nanophotonic structures</t>
   </si>
   <si>
     <t>Sergey Makarov, Anastasia Zalogina, Mohammad Tajik, Dmitry Zuev, Mikhail Rybin, Yuri Kivshar</t>
   </si>
   <si>
     <t>UNSP 1700108</t>
   </si>
   <si>
     <t>10.1002/lpor.201700108</t>
   </si>
   <si>
     <t>Anisotropy enables unusual waves</t>
   </si>
   <si>
     <t>Yuri Kivshar, Mikhail Rybin</t>
   </si>
   <si>
     <t>212-214</t>
   </si>
   <si>
     <t>10.1038/nphoton.2017.42</t>
   </si>
   <si>
+    <t>Effect of photonic crystal stop-band on photoluminescence of a-Si1-xCx:H</t>
+  </si>
+  <si>
+    <t>Mikhail Rybin</t>
+  </si>
+  <si>
+    <t>10.1103/PhysRevB.95.165118</t>
+  </si>
+  <si>
     <t>Switchable invisibility of dielectric resonators</t>
   </si>
   <si>
     <t>Mikhail Rybin, Kirill Samusev, Polina Kapitanova, Dmitry Filonov, Pavel Belov, Yuri Kivshar, Mikhail Limonov</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.95.165119</t>
   </si>
   <si>
-    <t>Effect of photonic crystal stop-band on photoluminescence of a-Si1-xCx:H</t>
-[...7 lines deleted...]
-  <si>
     <t>Рассеяние света на диэлектрических метаповерхностях</t>
   </si>
   <si>
     <t>Артем Синельник, Кирилл Самусев, Юрий Кившар, Михаил Лимонов, Михаил Рыбин</t>
   </si>
   <si>
     <t>335-339</t>
   </si>
   <si>
     <t>10.7868/S0370274X17060029</t>
   </si>
   <si>
     <t>Supercavity lasing</t>
   </si>
   <si>
     <t>Nature</t>
   </si>
   <si>
     <t>164-165</t>
   </si>
   <si>
     <t>10.1038/541164a</t>
   </si>
   <si>
     <t>Optical properties of honeycomb photonic structures</t>
@@ -1142,68 +1190,68 @@
   <si>
     <t>10.1134/S1063783416070301</t>
   </si>
   <si>
     <t>Optical laue diffraction on photonic structures designed by laser lithography</t>
   </si>
   <si>
     <t>Kirill Samusev, Mikhail Rybin, Mikhail Limonov</t>
   </si>
   <si>
     <t>971-977</t>
   </si>
   <si>
     <t>10.1134/S0030400X16060187</t>
   </si>
   <si>
     <t>Inverse dispersion method for calculation of complex photonic band diagram and PT symmetry</t>
   </si>
   <si>
     <t>Mikhail Rybin, Mikhail Limonov</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.93.165132</t>
   </si>
   <si>
+    <t>Transition from photonic crystals to dielectric metamaterials: A phase diagram and the order parameter</t>
+  </si>
+  <si>
+    <t>Mikhail Rybin, Dmitry Filonov, Kirill Samusev, Pavel Belov, Yuri Kivshar, Mikhail Limonov</t>
+  </si>
+  <si>
+    <t>98850R</t>
+  </si>
+  <si>
+    <t>10.1117/12.2223721</t>
+  </si>
+  <si>
     <t>Fano resonance can make a homogeneous cylinder invisible: theoretical proposal and experimental demonstration</t>
   </si>
   <si>
-    <t>Mikhail Rybin, Dmitry Filonov, Kirill Samusev, Pavel Belov, Yuri Kivshar, Mikhail Limonov</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1117/12.2224441</t>
   </si>
   <si>
-    <t>Transition from photonic crystals to dielectric metamaterials: A phase diagram and the order parameter</t>
-[...7 lines deleted...]
-  <si>
     <t>Purcell effect and Lamb shift as interference phenomena</t>
   </si>
   <si>
     <t>Mikhail Rybin, Mikhail Limonov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1038/srep20599</t>
   </si>
   <si>
     <t>Phase diagram for the transition from photonic crystals to dielectric metamaterials</t>
   </si>
   <si>
     <t>Nature Communications</t>
   </si>
   <si>
     <t>10.1038/ncomms10102</t>
   </si>
   <si>
     <t>Оптические свойства фотонных кристаллов со структурой «поленницы», изготовленных методом трехмерной лазерной литографии</t>
   </si>
   <si>
     <t>Кирилл Самусев, Михаил Рыбин, Антон Самусев, Михаил Лимонов</t>
   </si>
   <si>
     <t>2420-2428</t>
@@ -1391,71 +1439,71 @@
   <si>
     <t>10.1038/ncomms1924</t>
   </si>
   <si>
     <t>Glassy nanostructures fabricated by the direct laser writing method</t>
   </si>
   <si>
     <t>Ivan Shishkin, Kirill Samusev, Mikhail Rybin, Mikhail Limonov, Yuri Kivshar</t>
   </si>
   <si>
     <t>1975-1980</t>
   </si>
   <si>
     <t>10.1134/S1063783412100319</t>
   </si>
   <si>
     <t>Inverted yablonovite fabricated by the direct laser writing method and its photonic structure</t>
   </si>
   <si>
     <t>457-461</t>
   </si>
   <si>
     <t>10.1134/S0021364012090123</t>
   </si>
   <si>
+    <t>Optical diffraction from opal-based photonic structures: transition from 2D to 3D regimes</t>
+  </si>
+  <si>
+    <t>Ivan Sinev, Mikhail Rybin, Anton Samusev, Kirill Samusev, Mikhail Limonov</t>
+  </si>
+  <si>
+    <t>84250U</t>
+  </si>
+  <si>
+    <t>10.1117/12.921548</t>
+  </si>
+  <si>
     <t>Inverted Yablonovite-like 3D photonic crystals fabricated by laser nanolithography</t>
   </si>
   <si>
     <t>84252C</t>
   </si>
   <si>
     <t>10.1117/12.940752</t>
   </si>
   <si>
-    <t>Optical diffraction from opal-based photonic structures: transition from 2D to 3D regimes</t>
-[...10 lines deleted...]
-  <si>
     <t>Small-angle xray diffraction investigation of twinned opal-like structures</t>
   </si>
   <si>
     <t>Anton Samusev, Ivan Sinev, Kirill Samusev, Mikhail Rybin, Mikhail Limonov</t>
   </si>
   <si>
     <t>2073-2082</t>
   </si>
   <si>
     <t>10.1134/S1063783412100307</t>
   </si>
   <si>
     <t>Disorder-induced Fano resonance in 1D photonic crystals</t>
   </si>
   <si>
     <t>Anton Samusev, Mikhail Limonov, Mikhail Rybin</t>
   </si>
   <si>
     <t>2011 Int. Quantum El. Conf. (IQEC) and Conf. on Lasers and El.-Opt. (CLEO) Pacific Rim incorporating the Australasian Conf. on Opt., Lasers and Spectr. and the Australian Conf. on Opt. Fibre Techn.</t>
   </si>
   <si>
     <t>1041-1043</t>
   </si>
   <si>
     <t>10.1109/IQEC-CLEO.2011.6194063</t>
@@ -1475,69 +1523,69 @@
   <si>
     <t>Multiple Bragg Diffraction in Low Contrast Photonic Crystals Based on Synthetic Opals</t>
   </si>
   <si>
     <t>Mikhail Limonov, Mikhail Rybin, Kirill Samusev</t>
   </si>
   <si>
     <t>1105-1113</t>
   </si>
   <si>
     <t>10.1134/S1063783411060242</t>
   </si>
   <si>
     <t>Two-dimensional light diffraction from thin opal films</t>
   </si>
   <si>
     <t>Anton Samusev, Kirill Samusev, Mikhail Rybin, Mikhail Limonov</t>
   </si>
   <si>
     <t>1056-1061</t>
   </si>
   <si>
     <t>10.1134/S106378341105026X</t>
   </si>
   <si>
+    <t>Прозрачные и проводящие наноалмазные пленки, легированные бором</t>
+  </si>
+  <si>
+    <t>Михаил Рыбин</t>
+  </si>
+  <si>
+    <t>Письма в ЖТФ</t>
+  </si>
+  <si>
+    <t>64-71</t>
+  </si>
+  <si>
     <t>Многоволновая брэгговская дифракция в низкоконтрастных фотонных кристаллах на основе синтетических опалов</t>
   </si>
   <si>
     <t>Михаил Лимонов, Михаил Рыбин, Кирилл Самусев</t>
   </si>
   <si>
     <t>1045-1052</t>
-  </si>
-[...10 lines deleted...]
-    <t>64-71</t>
   </si>
   <si>
     <t>Bragg scattering induces Fano resonance in photonic crystals</t>
   </si>
   <si>
     <t>Mikhail Rybin, Anton Samusev, Mikhail Limonov</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>86-93</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2009.07.003</t>
   </si>
   <si>
     <t>Peculiarities of the band structure of multi-component photonic crystals with different dimensions</t>
   </si>
   <si>
     <t>Journal of Physics: Condensed Matter</t>
   </si>
   <si>
     <t>10.1088/0953-8984/22/11/115401</t>
   </si>
@@ -1865,51 +1913,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I136"/>
+  <dimension ref="A1:I140"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="148.535" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="280.646" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="233.514" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -1924,3687 +1972,3795 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="E2"/>
+        <v>17</v>
+      </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H2">
-        <v>3.79</v>
+        <v>9.44</v>
       </c>
       <c r="I2">
-        <v>1.18</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D3"/>
+        <v>16</v>
+      </c>
+      <c r="D3">
+        <v>25</v>
+      </c>
       <c r="E3"/>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="H3">
-        <v>11.19</v>
+        <v>4.99</v>
       </c>
       <c r="I3">
-        <v>4.85</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D4">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>14</v>
+      </c>
+      <c r="E4">
+        <v>919</v>
       </c>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
         <v>21</v>
       </c>
       <c r="H4">
-        <v>7.53</v>
+        <v>7.08</v>
       </c>
       <c r="I4">
-        <v>2.74</v>
+        <v>2.07</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
         <v>23</v>
       </c>
       <c r="C5" t="s">
         <v>24</v>
       </c>
       <c r="D5">
-        <v>88</v>
-[...3 lines deleted...]
-      </c>
+        <v>127</v>
+      </c>
+      <c r="E5"/>
       <c r="F5">
         <v>2025</v>
       </c>
       <c r="G5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H5">
-        <v>31.04</v>
+        <v>3.79</v>
       </c>
       <c r="I5">
-        <v>8.07</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" t="s">
         <v>27</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>28</v>
       </c>
-      <c r="C6" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D6"/>
+      <c r="E6"/>
       <c r="F6">
         <v>2025</v>
       </c>
       <c r="G6" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H6">
-        <v>0.84</v>
+        <v>11.19</v>
       </c>
       <c r="I6">
-        <v>0.28</v>
+        <v>4.85</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>30</v>
+      </c>
+      <c r="B7" t="s">
+        <v>31</v>
+      </c>
+      <c r="C7" t="s">
         <v>32</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
         <v>33</v>
-      </c>
-[...7 lines deleted...]
-        <v>116687</v>
       </c>
       <c r="F7">
         <v>2025</v>
       </c>
       <c r="G7" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="H7">
-        <v>3.08</v>
+        <v>7.53</v>
       </c>
       <c r="I7">
-        <v>0.6</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" t="s">
         <v>36</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>37</v>
       </c>
-      <c r="C8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="E8"/>
+        <v>88</v>
+      </c>
+      <c r="E8" t="s">
+        <v>38</v>
+      </c>
       <c r="F8">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H8">
-        <v>3.97</v>
+        <v>31.04</v>
       </c>
       <c r="I8">
-        <v>1.04</v>
+        <v>8.07</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D9">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="E9"/>
+        <v>133</v>
+      </c>
+      <c r="E9" t="s">
+        <v>43</v>
+      </c>
       <c r="F9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G9" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="H9">
-        <v>13.14</v>
+        <v>0.84</v>
       </c>
       <c r="I9">
-        <v>3.78</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B10" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C10" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D10">
-        <v>91</v>
+        <v>159</v>
       </c>
       <c r="E10">
-        <v>209</v>
+        <v>116687</v>
       </c>
       <c r="F10">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G10" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="H10">
-        <v>0.42</v>
+        <v>3.08</v>
       </c>
       <c r="I10">
-        <v>0.22</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B11" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C11" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="D11">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="E11"/>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>51</v>
       </c>
-      <c r="H11"/>
-      <c r="I11"/>
+      <c r="H11">
+        <v>3.97</v>
+      </c>
+      <c r="I11">
+        <v>1.04</v>
+      </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>52</v>
       </c>
       <c r="B12" t="s">
         <v>53</v>
       </c>
       <c r="C12" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="D12">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="E12"/>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>55</v>
       </c>
-      <c r="H12"/>
-      <c r="I12"/>
+      <c r="H12">
+        <v>13.14</v>
+      </c>
+      <c r="I12">
+        <v>3.78</v>
+      </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>56</v>
       </c>
       <c r="B13" t="s">
         <v>57</v>
       </c>
       <c r="C13" t="s">
         <v>58</v>
       </c>
       <c r="D13">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="E13"/>
+        <v>91</v>
+      </c>
+      <c r="E13">
+        <v>209</v>
+      </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>59</v>
       </c>
       <c r="H13">
-        <v>4.04</v>
+        <v>0.42</v>
       </c>
       <c r="I13">
-        <v>1.78</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>60</v>
       </c>
       <c r="B14" t="s">
         <v>61</v>
       </c>
       <c r="C14" t="s">
         <v>62</v>
       </c>
       <c r="D14">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>3664</v>
+        <v>10</v>
+      </c>
+      <c r="E14" t="s">
+        <v>63</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
-        <v>63</v>
-[...6 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C15" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="D15"/>
-      <c r="E15"/>
+      <c r="E15" t="s">
+        <v>67</v>
+      </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
-        <v>67</v>
-[...6 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B16" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C16" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="D16">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>102135</v>
+        <v>49</v>
+      </c>
+      <c r="E16" t="s">
+        <v>71</v>
       </c>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H16"/>
       <c r="I16"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B17" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C17" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D17">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>110</v>
+      </c>
+      <c r="E17"/>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="H17">
-        <v>3.41</v>
+        <v>4.04</v>
       </c>
       <c r="I17">
-        <v>0.69</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B18" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C18" t="s">
-        <v>11</v>
+        <v>79</v>
       </c>
       <c r="D18">
-        <v>123</v>
-[...1 lines deleted...]
-      <c r="E18"/>
+        <v>49</v>
+      </c>
+      <c r="E18">
+        <v>3664</v>
+      </c>
       <c r="F18">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G18" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="H18">
-        <v>3.97</v>
+        <v>3.78</v>
       </c>
       <c r="I18">
-        <v>1.03</v>
+        <v>1.52</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B19" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C19" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="D19"/>
       <c r="E19"/>
       <c r="F19">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G19" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="H19">
-        <v>8.31</v>
+        <v>7.92</v>
       </c>
       <c r="I19">
-        <v>1.74</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B20" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C20" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-      <c r="E20"/>
+        <v>87</v>
+      </c>
+      <c r="D20">
+        <v>37</v>
+      </c>
+      <c r="E20">
+        <v>102135</v>
+      </c>
       <c r="F20">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G20" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="H20"/>
       <c r="I20"/>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B21" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C21" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D21">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="E21">
-        <v>3301</v>
+        <v>155103</v>
       </c>
       <c r="F21">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G21" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="H21">
-        <v>1.9</v>
+        <v>3.41</v>
       </c>
       <c r="I21">
-        <v>0.55</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B22" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C22" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="D22"/>
+        <v>24</v>
+      </c>
+      <c r="D22">
+        <v>123</v>
+      </c>
       <c r="E22"/>
       <c r="F22">
         <v>2023</v>
       </c>
       <c r="G22" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-      <c r="I22"/>
+        <v>95</v>
+      </c>
+      <c r="H22">
+        <v>3.97</v>
+      </c>
+      <c r="I22">
+        <v>1.03</v>
+      </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B23" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C23" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D23">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E23"/>
       <c r="F23">
         <v>2023</v>
       </c>
       <c r="G23" t="s">
         <v>99</v>
       </c>
-      <c r="H23"/>
+      <c r="H23">
+        <v>8.31</v>
+      </c>
       <c r="I23">
-        <v>0.29</v>
+        <v>1.74</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>100</v>
       </c>
       <c r="B24" t="s">
         <v>101</v>
       </c>
       <c r="C24" t="s">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="D24"/>
       <c r="E24"/>
       <c r="F24">
         <v>2023</v>
       </c>
       <c r="G24" t="s">
-        <v>102</v>
-[...6 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="H24"/>
+      <c r="I24"/>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B25" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C25" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D25">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="E25"/>
+        <v>40</v>
+      </c>
+      <c r="E25">
+        <v>3301</v>
+      </c>
       <c r="F25">
         <v>2023</v>
       </c>
       <c r="G25" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="H25">
-        <v>2.55</v>
+        <v>1.9</v>
       </c>
       <c r="I25">
-        <v>0.7</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B26" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="C26" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>110</v>
+      </c>
+      <c r="D26"/>
       <c r="E26"/>
       <c r="F26">
         <v>2023</v>
       </c>
       <c r="G26" t="s">
-        <v>109</v>
-[...6 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26"/>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B27" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C27" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-      <c r="E27"/>
+        <v>114</v>
+      </c>
+      <c r="D27">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>115</v>
+      </c>
       <c r="F27">
         <v>2023</v>
       </c>
       <c r="G27" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="H27"/>
-      <c r="I27"/>
+      <c r="I27">
+        <v>0.29</v>
+      </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B28" t="s">
-        <v>84</v>
+        <v>118</v>
       </c>
       <c r="C28" t="s">
-        <v>115</v>
+        <v>75</v>
       </c>
       <c r="D28">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="E28"/>
       <c r="F28">
         <v>2023</v>
       </c>
       <c r="G28" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="H28">
-        <v>1.53</v>
+        <v>3.91</v>
       </c>
       <c r="I28">
-        <v>0.57</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B29" t="s">
-        <v>40</v>
+        <v>121</v>
       </c>
       <c r="C29" t="s">
-        <v>15</v>
+        <v>122</v>
       </c>
       <c r="D29">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+      <c r="E29"/>
       <c r="F29">
         <v>2023</v>
       </c>
       <c r="G29" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="H29">
-        <v>12.26</v>
+        <v>2.55</v>
       </c>
       <c r="I29">
-        <v>3.76</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B30" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C30" t="s">
-        <v>123</v>
-[...6 lines deleted...]
-      </c>
+        <v>126</v>
+      </c>
+      <c r="D30"/>
+      <c r="E30"/>
       <c r="F30">
         <v>2023</v>
       </c>
       <c r="G30" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="H30"/>
       <c r="I30"/>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B31" t="s">
-        <v>127</v>
+        <v>113</v>
       </c>
       <c r="C31" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D31">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="E31"/>
       <c r="F31">
         <v>2023</v>
       </c>
       <c r="G31" t="s">
         <v>130</v>
       </c>
-      <c r="H31"/>
-      <c r="I31"/>
+      <c r="H31">
+        <v>2.97</v>
+      </c>
+      <c r="I31">
+        <v>1.18</v>
+      </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>131</v>
       </c>
       <c r="B32" t="s">
+        <v>101</v>
+      </c>
+      <c r="C32" t="s">
         <v>132</v>
       </c>
-      <c r="C32" t="s">
-[...3 lines deleted...]
-      <c r="E32"/>
+      <c r="D32">
+        <v>117</v>
+      </c>
+      <c r="E32" t="s">
+        <v>133</v>
+      </c>
       <c r="F32">
         <v>2023</v>
       </c>
       <c r="G32" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="H32">
-        <v>10.95</v>
+        <v>1.53</v>
       </c>
       <c r="I32">
-        <v>3.17</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B33" t="s">
-        <v>135</v>
+        <v>53</v>
       </c>
       <c r="C33" t="s">
-        <v>115</v>
+        <v>28</v>
       </c>
       <c r="D33">
-        <v>117</v>
+        <v>23</v>
       </c>
       <c r="E33" t="s">
         <v>136</v>
       </c>
       <c r="F33">
         <v>2023</v>
       </c>
       <c r="G33" t="s">
         <v>137</v>
       </c>
       <c r="H33">
-        <v>1.53</v>
+        <v>12.26</v>
       </c>
       <c r="I33">
-        <v>0.57</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>138</v>
       </c>
       <c r="B34" t="s">
         <v>139</v>
       </c>
       <c r="C34" t="s">
         <v>140</v>
       </c>
       <c r="D34">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>740</v>
+        <v>16</v>
+      </c>
+      <c r="E34" t="s">
+        <v>141</v>
       </c>
       <c r="F34">
         <v>2023</v>
       </c>
       <c r="G34" t="s">
-        <v>141</v>
-[...6 lines deleted...]
-      </c>
+        <v>142</v>
+      </c>
+      <c r="H34"/>
+      <c r="I34"/>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B35" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C35" t="s">
-        <v>58</v>
+        <v>145</v>
       </c>
       <c r="D35">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="E35"/>
+        <v>117</v>
+      </c>
+      <c r="E35" t="s">
+        <v>146</v>
+      </c>
       <c r="F35">
         <v>2023</v>
       </c>
       <c r="G35" t="s">
-        <v>144</v>
-[...6 lines deleted...]
-      </c>
+        <v>147</v>
+      </c>
+      <c r="H35"/>
+      <c r="I35"/>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="B36" t="s">
-        <v>44</v>
+        <v>149</v>
       </c>
       <c r="C36" t="s">
-        <v>62</v>
-[...6 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="D36"/>
+      <c r="E36"/>
       <c r="F36">
         <v>2023</v>
       </c>
       <c r="G36" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="H36">
-        <v>3.78</v>
+        <v>10.95</v>
       </c>
       <c r="I36">
-        <v>1.18</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B37" t="s">
-        <v>143</v>
+        <v>152</v>
       </c>
       <c r="C37" t="s">
-        <v>149</v>
+        <v>132</v>
       </c>
       <c r="D37">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>193</v>
+        <v>117</v>
+      </c>
+      <c r="E37" t="s">
+        <v>153</v>
       </c>
       <c r="F37">
         <v>2023</v>
       </c>
       <c r="G37" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-      <c r="I37"/>
+        <v>154</v>
+      </c>
+      <c r="H37">
+        <v>1.53</v>
+      </c>
+      <c r="I37">
+        <v>0.57</v>
+      </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B38" t="s">
-        <v>139</v>
+        <v>156</v>
       </c>
       <c r="C38" t="s">
-        <v>58</v>
+        <v>157</v>
       </c>
       <c r="D38">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="E38"/>
+        <v>117</v>
+      </c>
+      <c r="E38">
+        <v>740</v>
+      </c>
       <c r="F38">
         <v>2023</v>
       </c>
       <c r="G38" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="H38">
-        <v>3.91</v>
+        <v>1.4</v>
       </c>
       <c r="I38">
-        <v>1.54</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="B39" t="s">
-        <v>154</v>
+        <v>66</v>
       </c>
       <c r="C39" t="s">
-        <v>155</v>
+        <v>75</v>
       </c>
       <c r="D39">
-        <v>161</v>
-[...3 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="E39"/>
       <c r="F39">
         <v>2023</v>
       </c>
       <c r="G39" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="H39">
-        <v>3.87</v>
+        <v>3.91</v>
       </c>
       <c r="I39">
-        <v>0.87</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="B40" t="s">
-        <v>158</v>
+        <v>57</v>
       </c>
       <c r="C40" t="s">
-        <v>159</v>
+        <v>79</v>
       </c>
       <c r="D40">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E40"/>
+        <v>48</v>
+      </c>
+      <c r="E40" t="s">
+        <v>162</v>
+      </c>
       <c r="F40">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G40" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="H40">
-        <v>4.38</v>
+        <v>3.78</v>
       </c>
       <c r="I40">
-        <v>1.24</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="B41" t="s">
-        <v>162</v>
+        <v>66</v>
       </c>
       <c r="C41" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-      <c r="E41"/>
+        <v>165</v>
+      </c>
+      <c r="D41">
+        <v>16</v>
+      </c>
+      <c r="E41">
+        <v>193</v>
+      </c>
       <c r="F41">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G41" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="H41"/>
       <c r="I41"/>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B42" t="s">
-        <v>166</v>
+        <v>156</v>
       </c>
       <c r="C42" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="D42">
+        <v>107</v>
+      </c>
+      <c r="E42"/>
       <c r="F42">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G42" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="H42">
-        <v>10.95</v>
+        <v>3.91</v>
       </c>
       <c r="I42">
-        <v>3.17</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B43" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C43" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-      <c r="E43"/>
+        <v>171</v>
+      </c>
+      <c r="D43">
+        <v>161</v>
+      </c>
+      <c r="E43">
+        <v>109122</v>
+      </c>
       <c r="F43">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G43" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-      <c r="I43"/>
+        <v>172</v>
+      </c>
+      <c r="H43">
+        <v>3.87</v>
+      </c>
+      <c r="I43">
+        <v>0.87</v>
+      </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B44" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C44" t="s">
-        <v>174</v>
-[...1 lines deleted...]
-      <c r="D44"/>
+        <v>175</v>
+      </c>
+      <c r="D44">
+        <v>12</v>
+      </c>
       <c r="E44"/>
       <c r="F44">
         <v>2022</v>
       </c>
       <c r="G44" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="H44">
-        <v>72.09</v>
+        <v>4.38</v>
       </c>
       <c r="I44">
-        <v>18.72</v>
+        <v>1.24</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B45" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C45" t="s">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="D45"/>
       <c r="E45"/>
       <c r="F45">
         <v>2022</v>
       </c>
       <c r="G45" t="s">
-        <v>178</v>
-[...6 lines deleted...]
-      </c>
+        <v>180</v>
+      </c>
+      <c r="H45"/>
+      <c r="I45"/>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B46" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C46" t="s">
-        <v>181</v>
-[...5 lines deleted...]
-        <v>182</v>
+        <v>54</v>
+      </c>
+      <c r="D46"/>
+      <c r="E46">
+        <v>2200295</v>
       </c>
       <c r="F46">
         <v>2022</v>
       </c>
       <c r="G46" t="s">
         <v>183</v>
       </c>
       <c r="H46">
-        <v>6.71</v>
+        <v>10.95</v>
       </c>
       <c r="I46">
-        <v>2.98</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>184</v>
       </c>
       <c r="B47" t="s">
         <v>185</v>
       </c>
       <c r="C47" t="s">
-        <v>41</v>
+        <v>186</v>
       </c>
       <c r="D47"/>
-      <c r="E47">
-[...1 lines deleted...]
-      </c>
+      <c r="E47"/>
       <c r="F47">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G47" t="s">
-        <v>186</v>
-[...6 lines deleted...]
-      </c>
+        <v>187</v>
+      </c>
+      <c r="H47"/>
+      <c r="I47"/>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B48" t="s">
-        <v>162</v>
+        <v>189</v>
       </c>
       <c r="C48" t="s">
-        <v>188</v>
-[...6 lines deleted...]
-      </c>
+        <v>190</v>
+      </c>
+      <c r="D48"/>
+      <c r="E48"/>
       <c r="F48">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G48" t="s">
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="H48"/>
+        <v>191</v>
+      </c>
+      <c r="H48">
+        <v>72.09</v>
+      </c>
       <c r="I48">
-        <v>0.21</v>
+        <v>18.72</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B49" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C49" t="s">
-        <v>188</v>
+        <v>75</v>
       </c>
       <c r="D49">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="E49"/>
       <c r="F49">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G49" t="s">
         <v>194</v>
       </c>
-      <c r="H49"/>
+      <c r="H49">
+        <v>3.91</v>
+      </c>
       <c r="I49">
-        <v>0.21</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>195</v>
       </c>
       <c r="B50" t="s">
         <v>196</v>
       </c>
       <c r="C50" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="D50">
-        <v>2015</v>
+        <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F50">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G50" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="H50"/>
+        <v>199</v>
+      </c>
+      <c r="H50">
+        <v>6.71</v>
+      </c>
       <c r="I50">
-        <v>0.21</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B51" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C51" t="s">
-        <v>188</v>
-[...5 lines deleted...]
-        <v>201</v>
+        <v>54</v>
+      </c>
+      <c r="D51"/>
+      <c r="E51">
+        <v>2100253</v>
       </c>
       <c r="F51">
         <v>2021</v>
       </c>
       <c r="G51" t="s">
         <v>202</v>
       </c>
-      <c r="H51"/>
+      <c r="H51">
+        <v>10.95</v>
+      </c>
       <c r="I51">
-        <v>0.21</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>203</v>
       </c>
       <c r="B52" t="s">
-        <v>169</v>
+        <v>204</v>
       </c>
       <c r="C52" t="s">
-        <v>11</v>
+        <v>205</v>
       </c>
       <c r="D52">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>193504</v>
+        <v>2015</v>
+      </c>
+      <c r="E52" t="s">
+        <v>206</v>
       </c>
       <c r="F52">
         <v>2021</v>
       </c>
       <c r="G52" t="s">
-        <v>204</v>
-[...3 lines deleted...]
-      </c>
+        <v>207</v>
+      </c>
+      <c r="H52"/>
       <c r="I52">
-        <v>1.03</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>208</v>
+      </c>
+      <c r="B53" t="s">
+        <v>178</v>
+      </c>
+      <c r="C53" t="s">
         <v>205</v>
       </c>
-      <c r="B53" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D53">
-        <v>10</v>
+        <v>2015</v>
       </c>
       <c r="E53" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="F53">
         <v>2021</v>
       </c>
       <c r="G53" t="s">
-        <v>208</v>
-[...3 lines deleted...]
-      </c>
+        <v>210</v>
+      </c>
+      <c r="H53"/>
       <c r="I53">
-        <v>2.12</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B54" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C54" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-      <c r="E54"/>
+        <v>205</v>
+      </c>
+      <c r="D54">
+        <v>2015</v>
+      </c>
+      <c r="E54" t="s">
+        <v>213</v>
+      </c>
       <c r="F54">
         <v>2021</v>
       </c>
       <c r="G54" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H54"/>
-      <c r="I54"/>
+      <c r="I54">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B55" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C55" t="s">
-        <v>215</v>
-[...3 lines deleted...]
-        <v>2100785</v>
+        <v>205</v>
+      </c>
+      <c r="D55">
+        <v>2015</v>
+      </c>
+      <c r="E55" t="s">
+        <v>217</v>
       </c>
       <c r="F55">
         <v>2021</v>
       </c>
       <c r="G55" t="s">
-        <v>216</v>
-[...3 lines deleted...]
-      </c>
+        <v>218</v>
+      </c>
+      <c r="H55"/>
       <c r="I55">
-        <v>2.41</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B56" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C56" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-      <c r="E56"/>
+        <v>83</v>
+      </c>
+      <c r="D56">
+        <v>10</v>
+      </c>
+      <c r="E56" t="s">
+        <v>221</v>
+      </c>
       <c r="F56">
         <v>2021</v>
       </c>
       <c r="G56" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="H56">
-        <v>12.26</v>
+        <v>7.92</v>
       </c>
       <c r="I56">
-        <v>3.76</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="B57" t="s">
-        <v>96</v>
+        <v>185</v>
       </c>
       <c r="C57" t="s">
-        <v>108</v>
+        <v>24</v>
       </c>
       <c r="D57">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="E57"/>
+        <v>119</v>
+      </c>
+      <c r="E57">
+        <v>193504</v>
+      </c>
       <c r="F57">
         <v>2021</v>
       </c>
       <c r="G57" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="H57">
-        <v>2.97</v>
+        <v>3.97</v>
       </c>
       <c r="I57">
-        <v>1.18</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="B58" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="C58" t="s">
-        <v>224</v>
-[...6 lines deleted...]
-      </c>
+        <v>227</v>
+      </c>
+      <c r="D58"/>
+      <c r="E58"/>
       <c r="F58">
         <v>2021</v>
       </c>
       <c r="G58" t="s">
-        <v>226</v>
-[...6 lines deleted...]
-      </c>
+        <v>228</v>
+      </c>
+      <c r="H58"/>
+      <c r="I58"/>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="B59" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C59" t="s">
-        <v>155</v>
-[...3 lines deleted...]
-      </c>
+        <v>231</v>
+      </c>
+      <c r="D59"/>
       <c r="E59">
-        <v>107124</v>
+        <v>2100785</v>
       </c>
       <c r="F59">
         <v>2021</v>
       </c>
       <c r="G59" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="H59">
-        <v>3.87</v>
+        <v>10.05</v>
       </c>
       <c r="I59">
-        <v>0.8</v>
+        <v>2.41</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="B60" t="s">
-        <v>96</v>
+        <v>234</v>
       </c>
       <c r="C60" t="s">
-        <v>62</v>
-[...6 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="D60"/>
+      <c r="E60"/>
       <c r="F60">
         <v>2021</v>
       </c>
       <c r="G60" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="H60">
-        <v>3.56</v>
+        <v>12.26</v>
       </c>
       <c r="I60">
-        <v>1.26</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="B61" t="s">
-        <v>233</v>
+        <v>113</v>
       </c>
       <c r="C61" t="s">
-        <v>215</v>
-[...4 lines deleted...]
-      </c>
+        <v>129</v>
+      </c>
+      <c r="D61">
+        <v>103</v>
+      </c>
+      <c r="E61"/>
       <c r="F61">
         <v>2021</v>
       </c>
       <c r="G61" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="H61">
-        <v>10.05</v>
+        <v>2.97</v>
       </c>
       <c r="I61">
-        <v>2.41</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B62" t="s">
-        <v>96</v>
+        <v>239</v>
       </c>
       <c r="C62" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-      <c r="E62"/>
+        <v>240</v>
+      </c>
+      <c r="D62">
+        <v>60</v>
+      </c>
+      <c r="E62" t="s">
+        <v>241</v>
+      </c>
       <c r="F62">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G62" t="s">
-        <v>237</v>
-[...1 lines deleted...]
-      <c r="H62"/>
+        <v>242</v>
+      </c>
+      <c r="H62">
+        <v>15.34</v>
+      </c>
       <c r="I62">
-        <v>0.19</v>
+        <v>5.83</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="B63" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="C63" t="s">
-        <v>236</v>
+        <v>171</v>
       </c>
       <c r="D63">
-        <v>2300</v>
-[...2 lines deleted...]
-        <v>240</v>
+        <v>141</v>
+      </c>
+      <c r="E63">
+        <v>107124</v>
       </c>
       <c r="F63">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G63" t="s">
-        <v>241</v>
-[...1 lines deleted...]
-      <c r="H63"/>
+        <v>245</v>
+      </c>
+      <c r="H63">
+        <v>3.87</v>
+      </c>
       <c r="I63">
-        <v>0.19</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="B64" t="s">
-        <v>143</v>
+        <v>113</v>
       </c>
       <c r="C64" t="s">
-        <v>236</v>
+        <v>79</v>
       </c>
       <c r="D64">
-        <v>2300</v>
-[...2 lines deleted...]
-        <v>243</v>
+        <v>46</v>
+      </c>
+      <c r="E64">
+        <v>1221</v>
       </c>
       <c r="F64">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G64" t="s">
-        <v>244</v>
-[...1 lines deleted...]
-      <c r="H64"/>
+        <v>247</v>
+      </c>
+      <c r="H64">
+        <v>3.56</v>
+      </c>
       <c r="I64">
-        <v>0.19</v>
+        <v>1.26</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="B65" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="C65" t="s">
-        <v>236</v>
-[...5 lines deleted...]
-        <v>247</v>
+        <v>231</v>
+      </c>
+      <c r="D65"/>
+      <c r="E65">
+        <v>2002001</v>
       </c>
       <c r="F65">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G65" t="s">
-        <v>248</v>
-[...1 lines deleted...]
-      <c r="H65"/>
+        <v>250</v>
+      </c>
+      <c r="H65">
+        <v>10.05</v>
+      </c>
       <c r="I65">
-        <v>0.19</v>
+        <v>2.41</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="B66" t="s">
-        <v>104</v>
+        <v>66</v>
       </c>
       <c r="C66" t="s">
-        <v>236</v>
+        <v>252</v>
       </c>
       <c r="D66">
         <v>2300</v>
       </c>
       <c r="E66" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="F66">
         <v>2020</v>
       </c>
       <c r="G66" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="H66"/>
       <c r="I66">
         <v>0.19</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>255</v>
+      </c>
+      <c r="B67" t="s">
+        <v>256</v>
+      </c>
+      <c r="C67" t="s">
         <v>252</v>
       </c>
-      <c r="B67" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D67">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>2001170</v>
+        <v>2300</v>
+      </c>
+      <c r="E67" t="s">
+        <v>257</v>
       </c>
       <c r="F67">
         <v>2020</v>
       </c>
       <c r="G67" t="s">
-        <v>253</v>
-[...3 lines deleted...]
-      </c>
+        <v>258</v>
+      </c>
+      <c r="H67"/>
       <c r="I67">
-        <v>2.89</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="B68" t="s">
-        <v>104</v>
+        <v>121</v>
       </c>
       <c r="C68" t="s">
-        <v>188</v>
+        <v>252</v>
       </c>
       <c r="D68">
-        <v>1461</v>
+        <v>2300</v>
       </c>
       <c r="E68" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="F68">
         <v>2020</v>
       </c>
       <c r="G68" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="H68"/>
       <c r="I68">
-        <v>0.21</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="B69" t="s">
-        <v>258</v>
+        <v>113</v>
       </c>
       <c r="C69" t="s">
-        <v>215</v>
-[...6 lines deleted...]
-      </c>
+        <v>252</v>
+      </c>
+      <c r="D69"/>
+      <c r="E69"/>
       <c r="F69">
         <v>2020</v>
       </c>
       <c r="G69" t="s">
-        <v>259</v>
-[...3 lines deleted...]
-      </c>
+        <v>263</v>
+      </c>
+      <c r="H69"/>
       <c r="I69">
-        <v>2.89</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="B70" t="s">
-        <v>104</v>
+        <v>265</v>
       </c>
       <c r="C70" t="s">
-        <v>188</v>
+        <v>252</v>
       </c>
       <c r="D70">
-        <v>1400</v>
+        <v>2300</v>
       </c>
       <c r="E70" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="F70">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G70" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="H70"/>
       <c r="I70">
-        <v>0.22</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="B71" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="C71" t="s">
-        <v>264</v>
+        <v>231</v>
       </c>
       <c r="D71">
-        <v>123</v>
+        <v>8</v>
       </c>
       <c r="E71">
-        <v>163901</v>
+        <v>2001170</v>
       </c>
       <c r="F71">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G71" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="H71">
-        <v>8.39</v>
+        <v>9.93</v>
       </c>
       <c r="I71">
-        <v>3.59</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="B72" t="s">
-        <v>267</v>
+        <v>121</v>
       </c>
       <c r="C72" t="s">
-        <v>268</v>
+        <v>205</v>
       </c>
       <c r="D72">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1213</v>
+        <v>1461</v>
+      </c>
+      <c r="E72" t="s">
+        <v>271</v>
       </c>
       <c r="F72">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G72" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="H72"/>
-      <c r="I72"/>
+      <c r="I72">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="B73" t="s">
-        <v>258</v>
+        <v>274</v>
       </c>
       <c r="C73" t="s">
-        <v>271</v>
+        <v>231</v>
       </c>
       <c r="D73">
-        <v>31</v>
+        <v>8</v>
       </c>
       <c r="E73">
-        <v>1901921</v>
+        <v>1900959</v>
       </c>
       <c r="F73">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G73" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="H73">
-        <v>27.4</v>
+        <v>9.93</v>
       </c>
       <c r="I73">
-        <v>10.57</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B74" t="s">
-        <v>96</v>
+        <v>121</v>
       </c>
       <c r="C74" t="s">
-        <v>108</v>
+        <v>205</v>
       </c>
       <c r="D74">
-        <v>99</v>
+        <v>1400</v>
       </c>
       <c r="E74" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="F74">
         <v>2019</v>
       </c>
       <c r="G74" t="s">
-        <v>275</v>
-[...3 lines deleted...]
-      </c>
+        <v>278</v>
+      </c>
+      <c r="H74"/>
       <c r="I74">
-        <v>1.42</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="B75" t="s">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="C75" t="s">
-        <v>58</v>
+        <v>280</v>
       </c>
       <c r="D75">
-        <v>99</v>
+        <v>123</v>
       </c>
       <c r="E75">
-        <v>174204</v>
+        <v>163901</v>
       </c>
       <c r="F75">
         <v>2019</v>
       </c>
       <c r="G75" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="H75">
-        <v>3.58</v>
+        <v>8.39</v>
       </c>
       <c r="I75">
-        <v>1.81</v>
+        <v>3.59</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="B76" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="C76" t="s">
-        <v>115</v>
+        <v>284</v>
       </c>
       <c r="D76">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>280</v>
+        <v>1</v>
+      </c>
+      <c r="E76">
+        <v>1213</v>
       </c>
       <c r="F76">
         <v>2019</v>
       </c>
       <c r="G76" t="s">
-        <v>281</v>
-[...6 lines deleted...]
-      </c>
+        <v>285</v>
+      </c>
+      <c r="H76"/>
+      <c r="I76"/>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="B77" t="s">
-        <v>283</v>
+        <v>274</v>
       </c>
       <c r="C77" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="D77">
-        <v>1</v>
+        <v>31</v>
       </c>
       <c r="E77">
-        <v>16001</v>
+        <v>1901921</v>
       </c>
       <c r="F77">
         <v>2019</v>
       </c>
       <c r="G77" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-      <c r="I77"/>
+        <v>288</v>
+      </c>
+      <c r="H77">
+        <v>27.4</v>
+      </c>
+      <c r="I77">
+        <v>10.57</v>
+      </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="B78" t="s">
-        <v>279</v>
+        <v>113</v>
       </c>
       <c r="C78" t="s">
-        <v>62</v>
+        <v>129</v>
       </c>
       <c r="D78">
-        <v>43</v>
+        <v>99</v>
       </c>
       <c r="E78" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="F78">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G78" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="H78">
-        <v>3.87</v>
+        <v>2.78</v>
       </c>
       <c r="I78">
-        <v>1.71</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="B79" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="C79" t="s">
-        <v>291</v>
-[...2 lines deleted...]
-      <c r="E79"/>
+        <v>75</v>
+      </c>
+      <c r="D79">
+        <v>99</v>
+      </c>
+      <c r="E79">
+        <v>174204</v>
+      </c>
       <c r="F79">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G79" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-      <c r="I79"/>
+        <v>293</v>
+      </c>
+      <c r="H79">
+        <v>3.58</v>
+      </c>
+      <c r="I79">
+        <v>1.81</v>
+      </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B80" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C80" t="s">
-        <v>295</v>
-[...1 lines deleted...]
-      <c r="D80" t="s">
+        <v>132</v>
+      </c>
+      <c r="D80">
+        <v>109</v>
+      </c>
+      <c r="E80" t="s">
         <v>296</v>
       </c>
-      <c r="E80" t="s">
+      <c r="F80">
+        <v>2019</v>
+      </c>
+      <c r="G80" t="s">
         <v>297</v>
       </c>
-      <c r="F80">
-[...2 lines deleted...]
-      <c r="G80"/>
       <c r="H80">
-        <v>0.78</v>
+        <v>1.4</v>
       </c>
       <c r="I80">
         <v>0.58</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
         <v>298</v>
       </c>
       <c r="B81" t="s">
         <v>299</v>
       </c>
       <c r="C81" t="s">
-        <v>236</v>
+        <v>300</v>
       </c>
       <c r="D81">
-        <v>1874</v>
-[...1 lines deleted...]
-      <c r="E81"/>
+        <v>1</v>
+      </c>
+      <c r="E81">
+        <v>16001</v>
+      </c>
       <c r="F81">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G81" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="H81"/>
-      <c r="I81">
-[...1 lines deleted...]
-      </c>
+      <c r="I81"/>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B82" t="s">
-        <v>302</v>
+        <v>295</v>
       </c>
       <c r="C82" t="s">
+        <v>79</v>
+      </c>
+      <c r="D82">
+        <v>43</v>
+      </c>
+      <c r="E82" t="s">
         <v>303</v>
-      </c>
-[...2 lines deleted...]
-        <v>304</v>
       </c>
       <c r="F82">
         <v>2018</v>
       </c>
-      <c r="G82"/>
-[...1 lines deleted...]
-      <c r="I82"/>
+      <c r="G82" t="s">
+        <v>304</v>
+      </c>
+      <c r="H82">
+        <v>3.87</v>
+      </c>
+      <c r="I82">
+        <v>1.71</v>
+      </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
         <v>305</v>
       </c>
       <c r="B83" t="s">
-        <v>258</v>
+        <v>306</v>
       </c>
       <c r="C83" t="s">
-        <v>291</v>
+        <v>307</v>
       </c>
       <c r="D83"/>
       <c r="E83"/>
       <c r="F83">
         <v>2018</v>
       </c>
-      <c r="G83"/>
+      <c r="G83" t="s">
+        <v>308</v>
+      </c>
       <c r="H83"/>
       <c r="I83"/>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="B84" t="s">
-        <v>96</v>
+        <v>310</v>
       </c>
       <c r="C84" t="s">
-        <v>307</v>
-[...2 lines deleted...]
-        <v>8553419</v>
+        <v>311</v>
+      </c>
+      <c r="D84" t="s">
+        <v>312</v>
       </c>
       <c r="E84" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="F84">
         <v>2018</v>
       </c>
-      <c r="G84" t="s">
-[...3 lines deleted...]
-      <c r="I84"/>
+      <c r="G84"/>
+      <c r="H84">
+        <v>0.78</v>
+      </c>
+      <c r="I84">
+        <v>0.58</v>
+      </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="B85" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="C85" t="s">
-        <v>19</v>
+        <v>252</v>
       </c>
       <c r="D85">
-        <v>5</v>
-[...3 lines deleted...]
-      </c>
+        <v>1874</v>
+      </c>
+      <c r="E85"/>
       <c r="F85">
         <v>2018</v>
       </c>
       <c r="G85" t="s">
-        <v>313</v>
-[...3 lines deleted...]
-      </c>
+        <v>316</v>
+      </c>
+      <c r="H85"/>
       <c r="I85">
-        <v>2.98</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B86" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="C86" t="s">
-        <v>188</v>
-[...5 lines deleted...]
-        <v>62017</v>
+        <v>319</v>
+      </c>
+      <c r="D86"/>
+      <c r="E86" t="s">
+        <v>320</v>
       </c>
       <c r="F86">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="G86"/>
       <c r="H86"/>
-      <c r="I86">
-[...1 lines deleted...]
-      </c>
+      <c r="I86"/>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="B87" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C87" t="s">
-        <v>319</v>
+        <v>32</v>
       </c>
       <c r="D87">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="E87" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="F87">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G87" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="H87">
-        <v>32.52</v>
+        <v>7.14</v>
       </c>
       <c r="I87">
-        <v>16.46</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="B88" t="s">
-        <v>323</v>
+        <v>274</v>
       </c>
       <c r="C88" t="s">
-        <v>236</v>
-[...6 lines deleted...]
-      </c>
+        <v>307</v>
+      </c>
+      <c r="D88"/>
+      <c r="E88"/>
       <c r="F88">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="G88"/>
       <c r="H88"/>
-      <c r="I88">
-[...1 lines deleted...]
-      </c>
+      <c r="I88"/>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B89" t="s">
-        <v>326</v>
+        <v>113</v>
       </c>
       <c r="C89" t="s">
         <v>327</v>
       </c>
       <c r="D89">
-        <v>10343</v>
-[...2 lines deleted...]
-        <v>10343</v>
+        <v>8553419</v>
+      </c>
+      <c r="E89" t="s">
+        <v>328</v>
       </c>
       <c r="F89">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G89" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="H89"/>
-      <c r="I89">
-[...1 lines deleted...]
-      </c>
+      <c r="I89"/>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B90" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C90" t="s">
-        <v>264</v>
+        <v>205</v>
       </c>
       <c r="D90">
-        <v>119</v>
+        <v>917</v>
       </c>
       <c r="E90">
-        <v>243901</v>
+        <v>62017</v>
       </c>
       <c r="F90">
         <v>2017</v>
       </c>
       <c r="G90" t="s">
-        <v>331</v>
-[...3 lines deleted...]
-      </c>
+        <v>332</v>
+      </c>
+      <c r="H90"/>
       <c r="I90">
-        <v>3.62</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B91" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C91" t="s">
-        <v>41</v>
+        <v>335</v>
       </c>
       <c r="D91">
         <v>11</v>
       </c>
       <c r="E91" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="F91">
         <v>2017</v>
       </c>
       <c r="G91" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="H91">
-        <v>8.53</v>
+        <v>32.52</v>
       </c>
       <c r="I91">
-        <v>4.23</v>
+        <v>16.46</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="B92" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="C92" t="s">
-        <v>319</v>
+        <v>252</v>
       </c>
       <c r="D92">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>338</v>
+        <v>1874</v>
+      </c>
+      <c r="E92">
+        <v>40027</v>
       </c>
       <c r="F92">
         <v>2017</v>
       </c>
       <c r="G92" t="s">
-        <v>339</v>
-[...3 lines deleted...]
-      </c>
+        <v>340</v>
+      </c>
+      <c r="H92"/>
       <c r="I92">
-        <v>16.46</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B93" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C93" t="s">
-        <v>58</v>
+        <v>343</v>
       </c>
       <c r="D93">
-        <v>95</v>
+        <v>10343</v>
       </c>
       <c r="E93">
-        <v>165119</v>
+        <v>10343</v>
       </c>
       <c r="F93">
         <v>2017</v>
       </c>
       <c r="G93" t="s">
-        <v>342</v>
-[...3 lines deleted...]
-      </c>
+        <v>344</v>
+      </c>
+      <c r="H93"/>
       <c r="I93">
-        <v>2.34</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B94" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="C94" t="s">
-        <v>58</v>
+        <v>280</v>
       </c>
       <c r="D94">
-        <v>95</v>
+        <v>119</v>
       </c>
       <c r="E94">
-        <v>165118</v>
+        <v>243901</v>
       </c>
       <c r="F94">
         <v>2017</v>
       </c>
       <c r="G94" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="H94">
-        <v>3.81</v>
+        <v>8.84</v>
       </c>
       <c r="I94">
-        <v>2.34</v>
+        <v>3.62</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B95" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="C95" t="s">
-        <v>115</v>
+        <v>54</v>
       </c>
       <c r="D95">
-        <v>105</v>
+        <v>11</v>
       </c>
       <c r="E95" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="F95">
         <v>2017</v>
       </c>
       <c r="G95" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="H95">
-        <v>1.36</v>
+        <v>8.53</v>
       </c>
       <c r="I95">
-        <v>0.5</v>
+        <v>4.23</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="B96" t="s">
-        <v>258</v>
+        <v>353</v>
       </c>
       <c r="C96" t="s">
-        <v>351</v>
+        <v>335</v>
       </c>
       <c r="D96">
-        <v>541</v>
+        <v>11</v>
       </c>
       <c r="E96" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="F96">
         <v>2017</v>
       </c>
       <c r="G96" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="H96">
-        <v>41.58</v>
+        <v>32.52</v>
       </c>
       <c r="I96">
-        <v>17.88</v>
+        <v>16.46</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B97" t="s">
-        <v>299</v>
+        <v>357</v>
       </c>
       <c r="C97" t="s">
-        <v>108</v>
+        <v>75</v>
       </c>
       <c r="D97">
         <v>95</v>
       </c>
       <c r="E97">
-        <v>63837</v>
+        <v>165118</v>
       </c>
       <c r="F97">
         <v>2017</v>
       </c>
       <c r="G97" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="H97">
-        <v>2.91</v>
-[...1 lines deleted...]
-      <c r="I97"/>
+        <v>3.81</v>
+      </c>
+      <c r="I97">
+        <v>2.34</v>
+      </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="B98" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="C98" t="s">
-        <v>358</v>
-[...3 lines deleted...]
-        <v>359</v>
+        <v>75</v>
+      </c>
+      <c r="D98">
+        <v>95</v>
+      </c>
+      <c r="E98">
+        <v>165119</v>
       </c>
       <c r="F98">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G98" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-      <c r="I98"/>
+        <v>361</v>
+      </c>
+      <c r="H98">
+        <v>3.81</v>
+      </c>
+      <c r="I98">
+        <v>2.34</v>
+      </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B99" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C99" t="s">
-        <v>159</v>
+        <v>132</v>
       </c>
       <c r="D99">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>30773</v>
+        <v>105</v>
+      </c>
+      <c r="E99" t="s">
+        <v>364</v>
       </c>
       <c r="F99">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G99" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="H99">
-        <v>4.26</v>
+        <v>1.36</v>
       </c>
       <c r="I99">
-        <v>1.69</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="B100" t="s">
-        <v>365</v>
+        <v>274</v>
       </c>
       <c r="C100" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D100">
-        <v>58</v>
+        <v>541</v>
       </c>
       <c r="E100" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="F100">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G100" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="H100">
-        <v>0.86</v>
+        <v>41.58</v>
       </c>
       <c r="I100">
-        <v>0.43</v>
+        <v>17.88</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B101" t="s">
-        <v>370</v>
+        <v>315</v>
       </c>
       <c r="C101" t="s">
-        <v>29</v>
+        <v>129</v>
       </c>
       <c r="D101">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="E101" t="s">
+        <v>95</v>
+      </c>
+      <c r="E101">
+        <v>63837</v>
+      </c>
+      <c r="F101">
+        <v>2017</v>
+      </c>
+      <c r="G101" t="s">
         <v>371</v>
       </c>
-      <c r="F101">
-[...4 lines deleted...]
-      </c>
       <c r="H101">
-        <v>0.72</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.91</v>
+      </c>
+      <c r="I101"/>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
+        <v>372</v>
+      </c>
+      <c r="B102" t="s">
         <v>373</v>
       </c>
-      <c r="B102" t="s">
+      <c r="C102" t="s">
         <v>374</v>
       </c>
-      <c r="C102" t="s">
-[...6 lines deleted...]
-        <v>165132</v>
+      <c r="D102"/>
+      <c r="E102" t="s">
+        <v>375</v>
       </c>
       <c r="F102">
         <v>2016</v>
       </c>
       <c r="G102" t="s">
-        <v>375</v>
-[...3 lines deleted...]
-      </c>
+        <v>376</v>
+      </c>
+      <c r="H102"/>
       <c r="I102"/>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B103" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C103" t="s">
-        <v>327</v>
+        <v>175</v>
       </c>
       <c r="D103">
-        <v>9885</v>
+        <v>6</v>
       </c>
       <c r="E103">
-        <v>988515</v>
+        <v>30773</v>
       </c>
       <c r="F103">
         <v>2016</v>
       </c>
       <c r="G103" t="s">
-        <v>378</v>
-[...1 lines deleted...]
-      <c r="H103"/>
+        <v>379</v>
+      </c>
+      <c r="H103">
+        <v>4.26</v>
+      </c>
       <c r="I103">
-        <v>0.24</v>
+        <v>1.69</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B104" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="C104" t="s">
-        <v>327</v>
+        <v>382</v>
       </c>
       <c r="D104">
-        <v>9885</v>
+        <v>58</v>
       </c>
       <c r="E104" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="F104">
         <v>2016</v>
       </c>
       <c r="G104" t="s">
-        <v>381</v>
-[...1 lines deleted...]
-      <c r="H104"/>
+        <v>384</v>
+      </c>
+      <c r="H104">
+        <v>0.86</v>
+      </c>
       <c r="I104">
-        <v>0.24</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="B105" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="C105" t="s">
-        <v>159</v>
+        <v>42</v>
       </c>
       <c r="D105">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>20599</v>
+        <v>120</v>
+      </c>
+      <c r="E105" t="s">
+        <v>387</v>
       </c>
       <c r="F105">
         <v>2016</v>
       </c>
       <c r="G105" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="H105">
-        <v>4.26</v>
+        <v>0.72</v>
       </c>
       <c r="I105">
-        <v>1.69</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="B106" t="s">
-        <v>377</v>
+        <v>390</v>
       </c>
       <c r="C106" t="s">
-        <v>386</v>
+        <v>75</v>
       </c>
       <c r="D106">
-        <v>6</v>
+        <v>93</v>
       </c>
       <c r="E106">
-        <v>10102</v>
+        <v>165132</v>
       </c>
       <c r="F106">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G106" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="H106">
-        <v>11.33</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.84</v>
+      </c>
+      <c r="I106"/>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="B107" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="C107" t="s">
-        <v>295</v>
+        <v>343</v>
       </c>
       <c r="D107">
-        <v>57</v>
+        <v>9885</v>
       </c>
       <c r="E107" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="F107">
-        <v>2015</v>
-[...4 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="G107" t="s">
+        <v>395</v>
+      </c>
+      <c r="H107"/>
       <c r="I107">
-        <v>0.58</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B108" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C108" t="s">
-        <v>393</v>
-[...2 lines deleted...]
-      <c r="E108"/>
+        <v>343</v>
+      </c>
+      <c r="D108">
+        <v>9885</v>
+      </c>
+      <c r="E108">
+        <v>988515</v>
+      </c>
       <c r="F108">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G108" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="H108"/>
-      <c r="I108"/>
+      <c r="I108">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="B109" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="C109" t="s">
-        <v>366</v>
+        <v>175</v>
       </c>
       <c r="D109">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>397</v>
+        <v>6</v>
+      </c>
+      <c r="E109">
+        <v>20599</v>
       </c>
       <c r="F109">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G109" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="H109">
-        <v>0.83</v>
+        <v>4.26</v>
       </c>
       <c r="I109">
-        <v>0.42</v>
+        <v>1.69</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="B110" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="C110" t="s">
-        <v>159</v>
+        <v>402</v>
       </c>
       <c r="D110">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E110">
-        <v>8774</v>
+        <v>10102</v>
       </c>
       <c r="F110">
         <v>2015</v>
       </c>
       <c r="G110" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="H110">
-        <v>5.23</v>
+        <v>11.33</v>
       </c>
       <c r="I110">
-        <v>2.03</v>
+        <v>6.29</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B111" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="C111" t="s">
-        <v>404</v>
+        <v>311</v>
       </c>
       <c r="D111">
-        <v>5</v>
+        <v>57</v>
       </c>
       <c r="E111" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="F111">
         <v>2015</v>
       </c>
-      <c r="G111" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G111"/>
       <c r="H111">
-        <v>2.08</v>
+        <v>0.78</v>
       </c>
       <c r="I111">
-        <v>0.57</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
         <v>407</v>
       </c>
       <c r="B112" t="s">
         <v>408</v>
       </c>
       <c r="C112" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-      <c r="E112" t="s">
         <v>409</v>
       </c>
+      <c r="D112"/>
+      <c r="E112"/>
       <c r="F112">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G112" t="s">
         <v>410</v>
       </c>
-      <c r="H112">
-[...4 lines deleted...]
-      </c>
+      <c r="H112"/>
+      <c r="I112"/>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
         <v>411</v>
       </c>
       <c r="B113" t="s">
         <v>412</v>
       </c>
       <c r="C113" t="s">
-        <v>115</v>
+        <v>382</v>
       </c>
       <c r="D113">
-        <v>99</v>
+        <v>57</v>
       </c>
       <c r="E113" t="s">
         <v>413</v>
       </c>
       <c r="F113">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G113" t="s">
         <v>414</v>
       </c>
       <c r="H113">
-        <v>1.36</v>
+        <v>0.83</v>
       </c>
       <c r="I113">
-        <v>0.76</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
         <v>415</v>
       </c>
       <c r="B114" t="s">
         <v>416</v>
       </c>
       <c r="C114" t="s">
-        <v>295</v>
+        <v>175</v>
       </c>
       <c r="D114">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="E114" t="s">
+        <v>5</v>
+      </c>
+      <c r="E114">
+        <v>8774</v>
+      </c>
+      <c r="F114">
+        <v>2015</v>
+      </c>
+      <c r="G114" t="s">
         <v>417</v>
       </c>
-      <c r="F114">
-[...2 lines deleted...]
-      <c r="G114"/>
       <c r="H114">
-        <v>0.78</v>
+        <v>5.23</v>
       </c>
       <c r="I114">
-        <v>0.58</v>
+        <v>2.03</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
         <v>418</v>
       </c>
       <c r="B115" t="s">
         <v>419</v>
       </c>
       <c r="C115" t="s">
-        <v>327</v>
+        <v>420</v>
       </c>
       <c r="D115">
-        <v>9127</v>
-[...2 lines deleted...]
-        <v>912712</v>
+        <v>5</v>
+      </c>
+      <c r="E115" t="s">
+        <v>421</v>
       </c>
       <c r="F115">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G115" t="s">
-        <v>420</v>
-[...1 lines deleted...]
-      <c r="H115"/>
+        <v>422</v>
+      </c>
+      <c r="H115">
+        <v>2.08</v>
+      </c>
       <c r="I115">
-        <v>0.24</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B116" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="C116" t="s">
-        <v>366</v>
+        <v>382</v>
       </c>
       <c r="D116">
         <v>56</v>
       </c>
       <c r="E116" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="F116">
         <v>2014</v>
       </c>
       <c r="G116" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="H116">
         <v>0.82</v>
       </c>
       <c r="I116">
         <v>0.47</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B117" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="C117" t="s">
-        <v>366</v>
+        <v>132</v>
       </c>
       <c r="D117">
-        <v>56</v>
+        <v>99</v>
       </c>
       <c r="E117" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="F117">
         <v>2014</v>
       </c>
       <c r="G117" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="H117">
-        <v>0.82</v>
+        <v>1.36</v>
       </c>
       <c r="I117">
-        <v>0.47</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B118" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="C118" t="s">
-        <v>58</v>
+        <v>311</v>
       </c>
       <c r="D118">
-        <v>89</v>
+        <v>56</v>
       </c>
       <c r="E118" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="F118">
         <v>2014</v>
       </c>
-      <c r="G118" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G118"/>
       <c r="H118">
-        <v>3.74</v>
-[...1 lines deleted...]
-      <c r="I118"/>
+        <v>0.78</v>
+      </c>
+      <c r="I118">
+        <v>0.58</v>
+      </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B119" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="C119" t="s">
-        <v>434</v>
+        <v>343</v>
       </c>
       <c r="D119">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>435</v>
+        <v>9127</v>
+      </c>
+      <c r="E119">
+        <v>912712</v>
       </c>
       <c r="F119">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G119" t="s">
         <v>436</v>
       </c>
-      <c r="H119">
-[...1 lines deleted...]
-      </c>
+      <c r="H119"/>
       <c r="I119">
-        <v>2.34</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
         <v>437</v>
       </c>
       <c r="B120" t="s">
         <v>438</v>
       </c>
       <c r="C120" t="s">
-        <v>58</v>
+        <v>382</v>
       </c>
       <c r="D120">
-        <v>88</v>
+        <v>56</v>
       </c>
       <c r="E120" t="s">
         <v>439</v>
       </c>
       <c r="F120">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G120" t="s">
         <v>440</v>
       </c>
       <c r="H120">
-        <v>3.66</v>
-[...1 lines deleted...]
-      <c r="I120"/>
+        <v>0.82</v>
+      </c>
+      <c r="I120">
+        <v>0.47</v>
+      </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
         <v>441</v>
       </c>
       <c r="B121" t="s">
+        <v>438</v>
+      </c>
+      <c r="C121" t="s">
+        <v>382</v>
+      </c>
+      <c r="D121">
+        <v>56</v>
+      </c>
+      <c r="E121" t="s">
         <v>442</v>
       </c>
-      <c r="C121" t="s">
+      <c r="F121">
+        <v>2014</v>
+      </c>
+      <c r="G121" t="s">
         <v>443</v>
       </c>
-      <c r="D121">
-[...10 lines deleted...]
-      <c r="I121"/>
+      <c r="H121">
+        <v>0.82</v>
+      </c>
+      <c r="I121">
+        <v>0.47</v>
+      </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
+        <v>444</v>
+      </c>
+      <c r="B122" t="s">
         <v>445</v>
       </c>
-      <c r="B122" t="s">
+      <c r="C122" t="s">
+        <v>75</v>
+      </c>
+      <c r="D122">
+        <v>89</v>
+      </c>
+      <c r="E122" t="s">
         <v>446</v>
       </c>
-      <c r="C122" t="s">
-[...5 lines deleted...]
-      <c r="E122" t="s">
+      <c r="F122">
+        <v>2014</v>
+      </c>
+      <c r="G122" t="s">
         <v>447</v>
       </c>
-      <c r="F122">
-[...4 lines deleted...]
-      </c>
       <c r="H122">
-        <v>3.66</v>
+        <v>3.74</v>
       </c>
       <c r="I122"/>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
+        <v>448</v>
+      </c>
+      <c r="B123" t="s">
         <v>449</v>
       </c>
-      <c r="B123" t="s">
+      <c r="C123" t="s">
         <v>450</v>
       </c>
-      <c r="C123" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D123">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>914</v>
+        <v>21</v>
+      </c>
+      <c r="E123" t="s">
+        <v>451</v>
       </c>
       <c r="F123">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G123" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="H123">
-        <v>10.02</v>
+        <v>3.53</v>
       </c>
       <c r="I123">
-        <v>5.87</v>
+        <v>2.34</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B124" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C124" t="s">
-        <v>366</v>
+        <v>75</v>
       </c>
       <c r="D124">
-        <v>54</v>
+        <v>88</v>
       </c>
       <c r="E124" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="F124">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G124" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="H124">
-        <v>0.77</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.66</v>
+      </c>
+      <c r="I124"/>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B125" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="C125" t="s">
-        <v>115</v>
+        <v>459</v>
       </c>
       <c r="D125">
-        <v>95</v>
+        <v>6</v>
       </c>
       <c r="E125" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="F125">
-        <v>2012</v>
-[...9 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="G125"/>
+      <c r="H125"/>
+      <c r="I125"/>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B126" t="s">
-        <v>453</v>
+        <v>462</v>
       </c>
       <c r="C126" t="s">
-        <v>327</v>
+        <v>75</v>
       </c>
       <c r="D126">
-        <v>8425</v>
+        <v>87</v>
       </c>
       <c r="E126" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="F126">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G126" t="s">
-        <v>461</v>
-[...4 lines deleted...]
-      </c>
+        <v>464</v>
+      </c>
+      <c r="H126">
+        <v>3.66</v>
+      </c>
+      <c r="I126"/>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B127" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="C127" t="s">
-        <v>327</v>
+        <v>402</v>
       </c>
       <c r="D127">
-        <v>8425</v>
-[...2 lines deleted...]
-        <v>464</v>
+        <v>3</v>
+      </c>
+      <c r="E127">
+        <v>914</v>
       </c>
       <c r="F127">
         <v>2012</v>
       </c>
       <c r="G127" t="s">
-        <v>465</v>
-[...1 lines deleted...]
-      <c r="H127"/>
+        <v>467</v>
+      </c>
+      <c r="H127">
+        <v>10.02</v>
+      </c>
       <c r="I127">
-        <v>0.24</v>
+        <v>5.87</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B128" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="C128" t="s">
-        <v>366</v>
+        <v>382</v>
       </c>
       <c r="D128">
         <v>54</v>
       </c>
       <c r="E128" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="F128">
         <v>2012</v>
       </c>
       <c r="G128" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="H128">
         <v>0.77</v>
       </c>
       <c r="I128">
         <v>0.47</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B129" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="C129" t="s">
-        <v>472</v>
-[...1 lines deleted...]
-      <c r="D129"/>
+        <v>132</v>
+      </c>
+      <c r="D129">
+        <v>95</v>
+      </c>
       <c r="E129" t="s">
         <v>473</v>
       </c>
       <c r="F129">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G129" t="s">
         <v>474</v>
       </c>
-      <c r="H129"/>
-      <c r="I129"/>
+      <c r="H129">
+        <v>1.52</v>
+      </c>
+      <c r="I129">
+        <v>1.03</v>
+      </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
         <v>475</v>
       </c>
       <c r="B130" t="s">
         <v>476</v>
       </c>
       <c r="C130" t="s">
-        <v>366</v>
+        <v>343</v>
       </c>
       <c r="D130">
-        <v>53</v>
+        <v>8425</v>
       </c>
       <c r="E130" t="s">
         <v>477</v>
       </c>
       <c r="F130">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G130" t="s">
         <v>478</v>
       </c>
-      <c r="H130">
-[...1 lines deleted...]
-      </c>
+      <c r="H130"/>
       <c r="I130">
-        <v>0.36</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
         <v>479</v>
       </c>
       <c r="B131" t="s">
+        <v>469</v>
+      </c>
+      <c r="C131" t="s">
+        <v>343</v>
+      </c>
+      <c r="D131">
+        <v>8425</v>
+      </c>
+      <c r="E131" t="s">
         <v>480</v>
       </c>
-      <c r="C131" t="s">
-[...5 lines deleted...]
-      <c r="E131" t="s">
+      <c r="F131">
+        <v>2012</v>
+      </c>
+      <c r="G131" t="s">
         <v>481</v>
       </c>
-      <c r="F131">
-[...7 lines deleted...]
-      </c>
+      <c r="H131"/>
       <c r="I131">
-        <v>0.36</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
+        <v>482</v>
+      </c>
+      <c r="B132" t="s">
         <v>483</v>
       </c>
-      <c r="B132" t="s">
+      <c r="C132" t="s">
+        <v>382</v>
+      </c>
+      <c r="D132">
+        <v>54</v>
+      </c>
+      <c r="E132" t="s">
         <v>484</v>
       </c>
-      <c r="C132" t="s">
-[...5 lines deleted...]
-      <c r="E132" t="s">
+      <c r="F132">
+        <v>2012</v>
+      </c>
+      <c r="G132" t="s">
         <v>485</v>
       </c>
-      <c r="F132">
-[...4 lines deleted...]
-      </c>
       <c r="H132">
-        <v>0.71</v>
+        <v>0.77</v>
       </c>
       <c r="I132">
-        <v>0.36</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
+        <v>486</v>
+      </c>
+      <c r="B133" t="s">
         <v>487</v>
       </c>
-      <c r="B133" t="s">
+      <c r="C133" t="s">
         <v>488</v>
       </c>
-      <c r="C133" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D133"/>
       <c r="E133" t="s">
         <v>489</v>
       </c>
       <c r="F133">
         <v>2011</v>
       </c>
-      <c r="G133"/>
-[...5 lines deleted...]
-      </c>
+      <c r="G133" t="s">
+        <v>490</v>
+      </c>
+      <c r="H133"/>
+      <c r="I133"/>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="B134" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C134" t="s">
-        <v>492</v>
+        <v>382</v>
       </c>
       <c r="D134">
-        <v>37</v>
+        <v>53</v>
       </c>
       <c r="E134" t="s">
         <v>493</v>
       </c>
       <c r="F134">
         <v>2011</v>
       </c>
-      <c r="G134"/>
-[...1 lines deleted...]
-      <c r="I134"/>
+      <c r="G134" t="s">
+        <v>494</v>
+      </c>
+      <c r="H134">
+        <v>0.71</v>
+      </c>
+      <c r="I134">
+        <v>0.36</v>
+      </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="B135" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C135" t="s">
-        <v>496</v>
+        <v>382</v>
       </c>
       <c r="D135">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="E135" t="s">
         <v>497</v>
       </c>
       <c r="F135">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G135" t="s">
         <v>498</v>
       </c>
       <c r="H135">
-        <v>2.13</v>
+        <v>0.71</v>
       </c>
       <c r="I135">
-        <v>1.55</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
         <v>499</v>
       </c>
       <c r="B136" t="s">
-        <v>484</v>
+        <v>500</v>
       </c>
       <c r="C136" t="s">
+        <v>382</v>
+      </c>
+      <c r="D136">
+        <v>53</v>
+      </c>
+      <c r="E136" t="s">
+        <v>501</v>
+      </c>
+      <c r="F136">
+        <v>2011</v>
+      </c>
+      <c r="G136" t="s">
+        <v>502</v>
+      </c>
+      <c r="H136">
+        <v>0.71</v>
+      </c>
+      <c r="I136">
+        <v>0.36</v>
+      </c>
+    </row>
+    <row r="137" spans="1:9">
+      <c r="A137" t="s">
+        <v>503</v>
+      </c>
+      <c r="B137" t="s">
+        <v>504</v>
+      </c>
+      <c r="C137" t="s">
+        <v>505</v>
+      </c>
+      <c r="D137">
+        <v>37</v>
+      </c>
+      <c r="E137" t="s">
+        <v>506</v>
+      </c>
+      <c r="F137">
+        <v>2011</v>
+      </c>
+      <c r="G137"/>
+      <c r="H137"/>
+      <c r="I137"/>
+    </row>
+    <row r="138" spans="1:9">
+      <c r="A138" t="s">
+        <v>507</v>
+      </c>
+      <c r="B138" t="s">
+        <v>508</v>
+      </c>
+      <c r="C138" t="s">
+        <v>311</v>
+      </c>
+      <c r="D138">
+        <v>53</v>
+      </c>
+      <c r="E138" t="s">
+        <v>509</v>
+      </c>
+      <c r="F138">
+        <v>2011</v>
+      </c>
+      <c r="G138"/>
+      <c r="H138">
+        <v>0.78</v>
+      </c>
+      <c r="I138">
+        <v>0.58</v>
+      </c>
+    </row>
+    <row r="139" spans="1:9">
+      <c r="A139" t="s">
+        <v>510</v>
+      </c>
+      <c r="B139" t="s">
+        <v>511</v>
+      </c>
+      <c r="C139" t="s">
+        <v>512</v>
+      </c>
+      <c r="D139">
+        <v>8</v>
+      </c>
+      <c r="E139" t="s">
+        <v>513</v>
+      </c>
+      <c r="F139">
+        <v>2010</v>
+      </c>
+      <c r="G139" t="s">
+        <v>514</v>
+      </c>
+      <c r="H139">
+        <v>2.13</v>
+      </c>
+      <c r="I139">
+        <v>1.55</v>
+      </c>
+    </row>
+    <row r="140" spans="1:9">
+      <c r="A140" t="s">
+        <v>515</v>
+      </c>
+      <c r="B140" t="s">
         <v>500</v>
       </c>
-      <c r="D136">
+      <c r="C140" t="s">
+        <v>516</v>
+      </c>
+      <c r="D140">
         <v>22</v>
       </c>
-      <c r="E136">
+      <c r="E140">
         <v>115401</v>
       </c>
-      <c r="F136">
+      <c r="F140">
         <v>2010</v>
       </c>
-      <c r="G136" t="s">
-[...2 lines deleted...]
-      <c r="H136">
+      <c r="G140" t="s">
+        <v>517</v>
+      </c>
+      <c r="H140">
         <v>1.96</v>
       </c>
-      <c r="I136">
+      <c r="I140">
         <v>1.53</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>