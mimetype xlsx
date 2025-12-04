--- v0 (2025-10-06)
+++ v1 (2025-12-04)
@@ -173,89 +173,89 @@
   <si>
     <t>Pavel Trofimov, Irina Bessonova, Petr I. Lazarenko, Demid A. Kirilenko, Nikolay A. Bert, Sergey A. Kozyukhin, Ivan Sinev</t>
   </si>
   <si>
     <t>ACS Applied Materials &amp; Interfaces</t>
   </si>
   <si>
     <t>32031-32036</t>
   </si>
   <si>
     <t>10.1021/acsami.1c08468</t>
   </si>
   <si>
     <t>Probing Optical Losses and Dispersion of Fully Guided Waves through Critical Evanescent Coupling</t>
   </si>
   <si>
     <t>Dmitry Permyakov, V. I. Kondratiev, Dmitry Pidgayko, Ivan Sinev, Anton Samusev</t>
   </si>
   <si>
     <t>JETP Letters</t>
   </si>
   <si>
     <t>10.1134/s0021364021120031</t>
   </si>
   <si>
+    <t>Propagation of exciton-polaritons in monolayer semiconductor coupled to at-Γ bound state in the continuum</t>
+  </si>
+  <si>
+    <t>Fedor Benimetskiy, Vasily Kravtsov, Ivan Sinev, Anton Samusev, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020010</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032076</t>
+  </si>
+  <si>
+    <t>Measuring full complex dispersion of guided modes and surface waves in planar photonic structures</t>
+  </si>
+  <si>
+    <t>Dmitry Permyakov, Dmitry Pidgayko, Ivan Sinev, Anton Samusev</t>
+  </si>
+  <si>
+    <t>020096</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031978</t>
+  </si>
+  <si>
     <t>Hybrid silicon-phase change nanoantenna for surface plasmon polariton routing</t>
   </si>
   <si>
     <t>Pavel Trofimov, Andrey Bogdanov, Ivan Sinev</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020129</t>
   </si>
   <si>
     <t>10.1063/5.0032061</t>
   </si>
   <si>
-    <t>Propagation of exciton-polaritons in monolayer semiconductor coupled to at-Γ bound state in the continuum</t>
-[...22 lines deleted...]
-  <si>
     <t>Perovskite - Gallium Phosphide Platform for Reconfigurable Visible-Light Nanophotonic Chip</t>
   </si>
   <si>
     <t>Pavel Trofimov, Anatoly Pushkarev, Ivan Sinev, Vladimir V. Fedorov, Stéphanie Bruyère, Alexey Bolshakov, Ivan Mukhin, Sergey Makarov</t>
   </si>
   <si>
     <t>ACS Nano</t>
   </si>
   <si>
     <t>8126–8134</t>
   </si>
   <si>
     <t>10.1021/acsnano.0c01104</t>
   </si>
   <si>
     <t>Strong coupling of excitons in 2D MoSe2/hBN heterostructure with optical bound states in the continuum</t>
   </si>
   <si>
     <t>Fedor Benimetskiy, Vasily Kravtsov, Ivan Mukhin, Ivan Sinev, Anton Samusev, Ivan Shelykh, D. N. Krizhanovskii, M. S. Skolnick, Ivan Iorsh</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>012012</t>
@@ -461,65 +461,65 @@
   <si>
     <t>32631-32639</t>
   </si>
   <si>
     <t>https://doi.org/10.1364/OE.25.032631</t>
   </si>
   <si>
     <t>Resonant optical properties of crystalline silicon nanoparticles fabricated by laser ablation-based methods</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Baranov, Valentin Milichko, Ivan Mukhin, Sergey Makarov, Anton Samusev, Georgiy Zograf, Dmitry Zuev, Katherine Makarova, Mihail Petrov, Ivan Sinev, Maxim Gorlach, Kristina Frizyuk, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998078</t>
   </si>
   <si>
     <t>Transition from optical bound states in the continuum to leaky resonances: role of substrate and roughness</t>
   </si>
   <si>
     <t>Zarina Sadrieva, Ivan Sinev, Anton Samusev, Ivan Iorsh, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.6b00860</t>
   </si>
   <si>
+    <t>Demultiplexing surface waves with silicon nanoantennas</t>
+  </si>
+  <si>
+    <t>Ivan Sinev, Andrey Bogdanov, Filipp Komissarenko, Mihail Petrov, Kristina Frizyuk, Sergey Makarov, Ivan Mukhin, Anton Samusev, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998064</t>
+  </si>
+  <si>
     <t>Effect of substrate on optical bound states in the continuum in 1D photonic structures</t>
   </si>
   <si>
     <t>10.1063/1.4998034</t>
   </si>
   <si>
-    <t>Demultiplexing surface waves with silicon nanoantennas</t>
-[...7 lines deleted...]
-  <si>
     <t>Optical bound state in the continuum in the one-dimensional photonic crystal slab: theory and experiment</t>
   </si>
   <si>
     <t>2016 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>356-360</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756873</t>
   </si>
   <si>
     <t>Polarization control over electric and magnetic dipole resonances of dielectric nanoparticles on metallic films</t>
   </si>
   <si>
     <t>Ivan Sinev, Ivan Iorsh, Andrey Bogdanov, Dmitry Permyakov, Filipp Komissarenko, Ivan Mukhin, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>vol. 10(5)</t>
   </si>
   <si>
     <t>799-806</t>
   </si>
   <si>
     <t>10.1002/lpor.201600055</t>
@@ -614,72 +614,72 @@
   <si>
     <t>Observation of optical domino modes in arrays of non-resonant plasmonic nanoantennas</t>
   </si>
   <si>
     <t>Ivan Sinev, Anton Samusev, Pavel Voroshilov, Ivan Mukhin, Michael Guzhva, Pavel Belov</t>
   </si>
   <si>
     <t>Proceedings of SPIE</t>
   </si>
   <si>
     <t>91632R</t>
   </si>
   <si>
     <t>10.1117/12.2061675</t>
   </si>
   <si>
     <t>Fano resonances in high-index dielectric photonic structures</t>
   </si>
   <si>
     <t>Mikhail Rybin, Ivan Sinev, Kirill Samusev, Yuri Kivshar, Mikhail Limonov</t>
   </si>
   <si>
     <t>10.1117/12.2051945</t>
   </si>
   <si>
+    <t>Photonic properties of two-dimensional high-contrast periodic structures: Numerical calculations</t>
+  </si>
+  <si>
+    <t>Mikhail Rybin, Ivan Sinev, Kirill Samusev, Mikhail Limonov</t>
+  </si>
+  <si>
+    <t>Physics of the Solid State</t>
+  </si>
+  <si>
+    <t>588-593</t>
+  </si>
+  <si>
+    <t>10.1134/S1063783414030275</t>
+  </si>
+  <si>
     <t>Cascades of Fano resonances in Mie scattering</t>
   </si>
   <si>
-    <t>Mikhail Rybin, Ivan Sinev, Kirill Samusev, Mikhail Limonov</t>
-[...4 lines deleted...]
-  <si>
     <t>580-587</t>
   </si>
   <si>
     <t>10.1134/S1063783414030263</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1134/S1063783414030275</t>
   </si>
   <si>
     <t>Mie scattering as a cascade of Fano resonances</t>
   </si>
   <si>
     <t>Mikhail Rybin, Kirill Samusev, Ivan Sinev, Yuri Kivshar, Mikhail Limonov</t>
   </si>
   <si>
     <t>30107-30113</t>
   </si>
   <si>
     <t>10.1364/OE.21.030107</t>
   </si>
   <si>
     <t>Nanoscale patterning of metal nanoparticle distribution in glasses</t>
   </si>
   <si>
     <t>Ivan Sinev, Mihail Petrov, Anton Samusev</t>
   </si>
   <si>
     <t>Nanoscale Research Letters</t>
   </si>
   <si>
     <t>10.1186/1556-276X-8-260</t>
   </si>
@@ -2069,87 +2069,87 @@
       </c>
       <c r="D36">
         <v>4</v>
       </c>
       <c r="E36">
         <v>723</v>
       </c>
       <c r="F36">
         <v>2017</v>
       </c>
       <c r="G36" t="s">
         <v>148</v>
       </c>
       <c r="H36">
         <v>6.88</v>
       </c>
       <c r="I36">
         <v>3.38</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>149</v>
       </c>
       <c r="B37" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="C37" t="s">
         <v>55</v>
       </c>
       <c r="D37">
         <v>1874</v>
       </c>
       <c r="E37">
-        <v>30005</v>
+        <v>30035</v>
       </c>
       <c r="F37">
         <v>2017</v>
       </c>
       <c r="G37" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H37"/>
       <c r="I37">
         <v>0.17</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B38" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="C38" t="s">
         <v>55</v>
       </c>
       <c r="D38">
         <v>1874</v>
       </c>
       <c r="E38">
-        <v>30035</v>
+        <v>30005</v>
       </c>
       <c r="F38">
         <v>2017</v>
       </c>
       <c r="G38" t="s">
         <v>153</v>
       </c>
       <c r="H38"/>
       <c r="I38">
         <v>0.17</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>154</v>
       </c>
       <c r="B39" t="s">
         <v>147</v>
       </c>
       <c r="C39" t="s">
         <v>155</v>
       </c>
       <c r="D39"/>
       <c r="E39" t="s">
         <v>156</v>