--- v1 (2025-12-04)
+++ v2 (2026-03-17)
@@ -173,89 +173,89 @@
   <si>
     <t>Pavel Trofimov, Irina Bessonova, Petr I. Lazarenko, Demid A. Kirilenko, Nikolay A. Bert, Sergey A. Kozyukhin, Ivan Sinev</t>
   </si>
   <si>
     <t>ACS Applied Materials &amp; Interfaces</t>
   </si>
   <si>
     <t>32031-32036</t>
   </si>
   <si>
     <t>10.1021/acsami.1c08468</t>
   </si>
   <si>
     <t>Probing Optical Losses and Dispersion of Fully Guided Waves through Critical Evanescent Coupling</t>
   </si>
   <si>
     <t>Dmitry Permyakov, V. I. Kondratiev, Dmitry Pidgayko, Ivan Sinev, Anton Samusev</t>
   </si>
   <si>
     <t>JETP Letters</t>
   </si>
   <si>
     <t>10.1134/s0021364021120031</t>
   </si>
   <si>
+    <t>Hybrid silicon-phase change nanoantenna for surface plasmon polariton routing</t>
+  </si>
+  <si>
+    <t>Pavel Trofimov, Andrey Bogdanov, Ivan Sinev</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020129</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032061</t>
+  </si>
+  <si>
     <t>Propagation of exciton-polaritons in monolayer semiconductor coupled to at-Γ bound state in the continuum</t>
   </si>
   <si>
     <t>Fedor Benimetskiy, Vasily Kravtsov, Ivan Sinev, Anton Samusev, Ivan Iorsh</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020010</t>
   </si>
   <si>
     <t>10.1063/5.0032076</t>
   </si>
   <si>
     <t>Measuring full complex dispersion of guided modes and surface waves in planar photonic structures</t>
   </si>
   <si>
     <t>Dmitry Permyakov, Dmitry Pidgayko, Ivan Sinev, Anton Samusev</t>
   </si>
   <si>
     <t>020096</t>
   </si>
   <si>
     <t>10.1063/5.0031978</t>
   </si>
   <si>
-    <t>Hybrid silicon-phase change nanoantenna for surface plasmon polariton routing</t>
-[...10 lines deleted...]
-  <si>
     <t>Perovskite - Gallium Phosphide Platform for Reconfigurable Visible-Light Nanophotonic Chip</t>
   </si>
   <si>
     <t>Pavel Trofimov, Anatoly Pushkarev, Ivan Sinev, Vladimir V. Fedorov, Stéphanie Bruyère, Alexey Bolshakov, Ivan Mukhin, Sergey Makarov</t>
   </si>
   <si>
     <t>ACS Nano</t>
   </si>
   <si>
     <t>8126–8134</t>
   </si>
   <si>
     <t>10.1021/acsnano.0c01104</t>
   </si>
   <si>
     <t>Strong coupling of excitons in 2D MoSe2/hBN heterostructure with optical bound states in the continuum</t>
   </si>
   <si>
     <t>Fedor Benimetskiy, Vasily Kravtsov, Ivan Mukhin, Ivan Sinev, Anton Samusev, Ivan Shelykh, D. N. Krizhanovskii, M. S. Skolnick, Ivan Iorsh</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>012012</t>
@@ -461,63 +461,63 @@
   <si>
     <t>32631-32639</t>
   </si>
   <si>
     <t>https://doi.org/10.1364/OE.25.032631</t>
   </si>
   <si>
     <t>Resonant optical properties of crystalline silicon nanoparticles fabricated by laser ablation-based methods</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Baranov, Valentin Milichko, Ivan Mukhin, Sergey Makarov, Anton Samusev, Georgiy Zograf, Dmitry Zuev, Katherine Makarova, Mihail Petrov, Ivan Sinev, Maxim Gorlach, Kristina Frizyuk, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998078</t>
   </si>
   <si>
     <t>Transition from optical bound states in the continuum to leaky resonances: role of substrate and roughness</t>
   </si>
   <si>
     <t>Zarina Sadrieva, Ivan Sinev, Anton Samusev, Ivan Iorsh, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.6b00860</t>
   </si>
   <si>
+    <t>Effect of substrate on optical bound states in the continuum in 1D photonic structures</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998034</t>
+  </si>
+  <si>
     <t>Demultiplexing surface waves with silicon nanoantennas</t>
   </si>
   <si>
     <t>Ivan Sinev, Andrey Bogdanov, Filipp Komissarenko, Mihail Petrov, Kristina Frizyuk, Sergey Makarov, Ivan Mukhin, Anton Samusev, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1063/1.4998064</t>
-  </si>
-[...4 lines deleted...]
-    <t>10.1063/1.4998034</t>
   </si>
   <si>
     <t>Optical bound state in the continuum in the one-dimensional photonic crystal slab: theory and experiment</t>
   </si>
   <si>
     <t>2016 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>356-360</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756873</t>
   </si>
   <si>
     <t>Polarization control over electric and magnetic dipole resonances of dielectric nanoparticles on metallic films</t>
   </si>
   <si>
     <t>Ivan Sinev, Ivan Iorsh, Andrey Bogdanov, Dmitry Permyakov, Filipp Komissarenko, Ivan Mukhin, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>vol. 10(5)</t>
   </si>
   <si>
     <t>799-806</t>
   </si>
@@ -2069,87 +2069,87 @@
       </c>
       <c r="D36">
         <v>4</v>
       </c>
       <c r="E36">
         <v>723</v>
       </c>
       <c r="F36">
         <v>2017</v>
       </c>
       <c r="G36" t="s">
         <v>148</v>
       </c>
       <c r="H36">
         <v>6.88</v>
       </c>
       <c r="I36">
         <v>3.38</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>149</v>
       </c>
       <c r="B37" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="C37" t="s">
         <v>55</v>
       </c>
       <c r="D37">
         <v>1874</v>
       </c>
       <c r="E37">
-        <v>30035</v>
+        <v>30005</v>
       </c>
       <c r="F37">
         <v>2017</v>
       </c>
       <c r="G37" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="H37"/>
       <c r="I37">
         <v>0.17</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>151</v>
+      </c>
+      <c r="B38" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="C38" t="s">
         <v>55</v>
       </c>
       <c r="D38">
         <v>1874</v>
       </c>
       <c r="E38">
-        <v>30005</v>
+        <v>30035</v>
       </c>
       <c r="F38">
         <v>2017</v>
       </c>
       <c r="G38" t="s">
         <v>153</v>
       </c>
       <c r="H38"/>
       <c r="I38">
         <v>0.17</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>154</v>
       </c>
       <c r="B39" t="s">
         <v>147</v>
       </c>
       <c r="C39" t="s">
         <v>155</v>
       </c>
       <c r="D39"/>
       <c r="E39" t="s">
         <v>156</v>