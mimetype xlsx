--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -173,89 +173,89 @@
   <si>
     <t>Pavel Trofimov, Irina Bessonova, Petr I. Lazarenko, Demid A. Kirilenko, Nikolay A. Bert, Sergey A. Kozyukhin, Ivan Sinev</t>
   </si>
   <si>
     <t>ACS Applied Materials &amp; Interfaces</t>
   </si>
   <si>
     <t>32031-32036</t>
   </si>
   <si>
     <t>10.1021/acsami.1c08468</t>
   </si>
   <si>
     <t>Probing Optical Losses and Dispersion of Fully Guided Waves through Critical Evanescent Coupling</t>
   </si>
   <si>
     <t>Dmitry Permyakov, V. I. Kondratiev, Dmitry Pidgayko, Ivan Sinev, Anton Samusev</t>
   </si>
   <si>
     <t>JETP Letters</t>
   </si>
   <si>
     <t>10.1134/s0021364021120031</t>
   </si>
   <si>
+    <t>Propagation of exciton-polaritons in monolayer semiconductor coupled to at-Γ bound state in the continuum</t>
+  </si>
+  <si>
+    <t>Fedor Benimetskiy, Vasily Kravtsov, Ivan Sinev, Anton Samusev, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020010</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032076</t>
+  </si>
+  <si>
     <t>Measuring full complex dispersion of guided modes and surface waves in planar photonic structures</t>
   </si>
   <si>
     <t>Dmitry Permyakov, Dmitry Pidgayko, Ivan Sinev, Anton Samusev</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020096</t>
   </si>
   <si>
     <t>10.1063/5.0031978</t>
   </si>
   <si>
     <t>Hybrid silicon-phase change nanoantenna for surface plasmon polariton routing</t>
   </si>
   <si>
     <t>Pavel Trofimov, Andrey Bogdanov, Ivan Sinev</t>
   </si>
   <si>
     <t>020129</t>
   </si>
   <si>
     <t>10.1063/5.0032061</t>
   </si>
   <si>
-    <t>Propagation of exciton-polaritons in monolayer semiconductor coupled to at-Γ bound state in the continuum</t>
-[...10 lines deleted...]
-  <si>
     <t>Perovskite - Gallium Phosphide Platform for Reconfigurable Visible-Light Nanophotonic Chip</t>
   </si>
   <si>
     <t>Pavel Trofimov, Anatoly Pushkarev, Ivan Sinev, Vladimir V. Fedorov, Stéphanie Bruyère, Alexey Bolshakov, Ivan Mukhin, Sergey Makarov</t>
   </si>
   <si>
     <t>ACS Nano</t>
   </si>
   <si>
     <t>8126–8134</t>
   </si>
   <si>
     <t>10.1021/acsnano.0c01104</t>
   </si>
   <si>
     <t>Strong coupling of excitons in 2D MoSe2/hBN heterostructure with optical bound states in the continuum</t>
   </si>
   <si>
     <t>Fedor Benimetskiy, Vasily Kravtsov, Ivan Mukhin, Ivan Sinev, Anton Samusev, Ivan Shelykh, D. N. Krizhanovskii, M. S. Skolnick, Ivan Iorsh</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>012012</t>
@@ -353,77 +353,77 @@
   <si>
     <t>10.1021/acsphotonics.8b01487</t>
   </si>
   <si>
     <t>Reconfigurable Near-field Enhancement with Hybrid Metal-Dielectric Oligomers</t>
   </si>
   <si>
     <t>Yali Sun, Ivan Sinev, Anastasia Zalogina, Eduard Ageev, Hadi Shamkhi Al Naeemah, Filipp Komissarenko, Sergey Lepeshov, Valentin Milichko, Sergey Makarov, Ivan Mukhin, Dmitry Zuev</t>
   </si>
   <si>
     <t>10.1002/lpor.201800274</t>
   </si>
   <si>
     <t>Near-field observation of guided-mode resonances on a metasurface via dielectric nanosphere excitation</t>
   </si>
   <si>
     <t>Ivan Sinev, Konstantin Ladutenko, Filipp Komissarenko, Andrey Bogdanov</t>
   </si>
   <si>
     <t>4238-4243</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.8b00900</t>
   </si>
   <si>
+    <t>Direct imaging of isofrequency contours in all-dielectric optical metasurface</t>
+  </si>
+  <si>
+    <t>Dmitry Pidgayko, Ivan Sinev, Dmitry Permyakov, Anton Samusev, Stanislav Sychev, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012116</t>
+  </si>
+  <si>
     <t>2pi steering of surface plasmon polaritons with silicon nanoantennas</t>
   </si>
   <si>
     <t>Ivan Sinev, Andrey Bogdanov, Filipp Komissarenko, Ivan Mukhin, Anton Samusev, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012140</t>
   </si>
   <si>
     <t>Direct near-field mapping of nano-sphere-excited leaky surface modes atanisotropic metasurface</t>
   </si>
   <si>
     <t>Bürkle F. , Ivan Sinev, Andrey Bogdanov, Filipp Komissarenko</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012165</t>
   </si>
   <si>
-    <t>Direct imaging of isofrequency contours in all-dielectric optical metasurface</t>
-[...7 lines deleted...]
-  <si>
     <t>Chirality Driven by Magnetic Dipole Response for Demultiplexing of Surface Waves</t>
   </si>
   <si>
     <t>Ivan Sinev, Andrey Bogdanov, Filipp Komissarenko, Kristina Frizyuk, Mihail Petrov, Ivan Mukhin, Sergey Makarov, Anton Samusev, Ivan Iorsh</t>
   </si>
   <si>
     <t>doi.org/10.1002/lpor.201700168</t>
   </si>
   <si>
     <t>Nanoscale optical high-temperature sensor</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mihail Petrov, Ivan Sinev, Anton Samusev, Dmitry Zuev, Valentin Milichko, Sergey Makarov</t>
   </si>
   <si>
     <t>2017 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
   </si>
   <si>
     <t>10.1109/comcas.2017.8244856</t>
   </si>
   <si>
     <t>Визуализация изочастотных контуров сильно локализованных волноводных мод в планарных диэлектрических структурах</t>
   </si>
   <si>
     <t>Дмитрий Пермяков, Иван Синев, Андрей Богданов, Антон Самусев</t>
@@ -503,69 +503,69 @@
   <si>
     <t>2016 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>356-360</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756873</t>
   </si>
   <si>
     <t>Polarization control over electric and magnetic dipole resonances of dielectric nanoparticles on metallic films</t>
   </si>
   <si>
     <t>Ivan Sinev, Ivan Iorsh, Andrey Bogdanov, Dmitry Permyakov, Filipp Komissarenko, Ivan Mukhin, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>vol. 10(5)</t>
   </si>
   <si>
     <t>799-806</t>
   </si>
   <si>
     <t>10.1002/lpor.201600055</t>
   </si>
   <si>
+    <t>From high-Q magnetic dipole scattering to broadband electric field localization by silicon nanoparticle on metal</t>
+  </si>
+  <si>
+    <t>Andrey Bogdanov, Ivan Sinev, Ivan Iorsh, Dmitry Permyakov, Filipp Komissarenko, Ivan Mukhin, Anton Samusev, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>Conference on Lasers and Electro-Optics (CLEO)</t>
+  </si>
+  <si>
+    <t>10.1364/CLEO_QELS.2016.FM4B.6</t>
+  </si>
+  <si>
     <t>Hybrid localized waves supported by resonant anisotropic metasurfaces</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Anton Ovcharenko, Mingzhao Song, Dmitry Baranov, Ivan Sinev, Ivan Mukhin, Anton Samusev, Ivan Iorsh, Yuri Kivshar</t>
   </si>
   <si>
-    <t>Conference on Lasers and Electro-Optics (CLEO)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1364/CLEO_QELS.2016.FM3D.6</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1364/CLEO_QELS.2016.FM4B.6</t>
   </si>
   <si>
     <t>Enhanced photonic spin Hall effect with subwavelength topological edge states</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Alexander Poddubny, Ivan Sinev, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>656–664</t>
   </si>
   <si>
     <t>10.1002/lpor.201600042</t>
   </si>
   <si>
     <t>Subwavelength topological states of light</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Alexander Poddubny, Ivan Sinev, Ivan Mukhin, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>Optics and Photonics News</t>
   </si>
   <si>
     <t>Direct measurements of magnetic and electric optical responses from silicon nanoparticles</t>
   </si>
@@ -1808,105 +1808,105 @@
       </c>
       <c r="G26" t="s">
         <v>112</v>
       </c>
       <c r="H26">
         <v>7.14</v>
       </c>
       <c r="I26">
         <v>2.98</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>113</v>
       </c>
       <c r="B27" t="s">
         <v>114</v>
       </c>
       <c r="C27" t="s">
         <v>73</v>
       </c>
       <c r="D27">
         <v>1092</v>
       </c>
       <c r="E27">
-        <v>12140</v>
+        <v>12116</v>
       </c>
       <c r="F27">
         <v>2018</v>
       </c>
       <c r="G27" t="s">
         <v>115</v>
       </c>
       <c r="H27"/>
       <c r="I27">
         <v>0.24</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>116</v>
       </c>
       <c r="B28" t="s">
         <v>117</v>
       </c>
       <c r="C28" t="s">
         <v>73</v>
       </c>
       <c r="D28">
         <v>1092</v>
       </c>
       <c r="E28">
-        <v>12165</v>
+        <v>12140</v>
       </c>
       <c r="F28">
         <v>2018</v>
       </c>
       <c r="G28" t="s">
         <v>118</v>
       </c>
       <c r="H28"/>
       <c r="I28">
         <v>0.24</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>119</v>
       </c>
       <c r="B29" t="s">
         <v>120</v>
       </c>
       <c r="C29" t="s">
         <v>73</v>
       </c>
       <c r="D29">
         <v>1092</v>
       </c>
       <c r="E29">
-        <v>12116</v>
+        <v>12165</v>
       </c>
       <c r="F29">
         <v>2018</v>
       </c>
       <c r="G29" t="s">
         <v>121</v>
       </c>
       <c r="H29"/>
       <c r="I29">
         <v>0.24</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>122</v>
       </c>
       <c r="B30" t="s">
         <v>123</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30">
         <v>11</v>
       </c>