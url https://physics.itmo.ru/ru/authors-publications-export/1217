--- v1 (2025-10-31)
+++ v2 (2026-03-03)
@@ -173,89 +173,89 @@
   <si>
     <t>Pavel Trofimov, Irina Bessonova, Petr I. Lazarenko, Demid A. Kirilenko, Nikolay A. Bert, Sergey A. Kozyukhin, Ivan Sinev</t>
   </si>
   <si>
     <t>ACS Applied Materials &amp; Interfaces</t>
   </si>
   <si>
     <t>32031-32036</t>
   </si>
   <si>
     <t>10.1021/acsami.1c08468</t>
   </si>
   <si>
     <t>Probing Optical Losses and Dispersion of Fully Guided Waves through Critical Evanescent Coupling</t>
   </si>
   <si>
     <t>Dmitry Permyakov, V. I. Kondratiev, Dmitry Pidgayko, Ivan Sinev, Anton Samusev</t>
   </si>
   <si>
     <t>JETP Letters</t>
   </si>
   <si>
     <t>10.1134/s0021364021120031</t>
   </si>
   <si>
+    <t>Hybrid silicon-phase change nanoantenna for surface plasmon polariton routing</t>
+  </si>
+  <si>
+    <t>Pavel Trofimov, Andrey Bogdanov, Ivan Sinev</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020129</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032061</t>
+  </si>
+  <si>
     <t>Propagation of exciton-polaritons in monolayer semiconductor coupled to at-Γ bound state in the continuum</t>
   </si>
   <si>
     <t>Fedor Benimetskiy, Vasily Kravtsov, Ivan Sinev, Anton Samusev, Ivan Iorsh</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020010</t>
   </si>
   <si>
     <t>10.1063/5.0032076</t>
   </si>
   <si>
     <t>Measuring full complex dispersion of guided modes and surface waves in planar photonic structures</t>
   </si>
   <si>
     <t>Dmitry Permyakov, Dmitry Pidgayko, Ivan Sinev, Anton Samusev</t>
   </si>
   <si>
     <t>020096</t>
   </si>
   <si>
     <t>10.1063/5.0031978</t>
   </si>
   <si>
-    <t>Hybrid silicon-phase change nanoantenna for surface plasmon polariton routing</t>
-[...10 lines deleted...]
-  <si>
     <t>Perovskite - Gallium Phosphide Platform for Reconfigurable Visible-Light Nanophotonic Chip</t>
   </si>
   <si>
     <t>Pavel Trofimov, Anatoly Pushkarev, Ivan Sinev, Vladimir V. Fedorov, Stéphanie Bruyère, Alexey Bolshakov, Ivan Mukhin, Sergey Makarov</t>
   </si>
   <si>
     <t>ACS Nano</t>
   </si>
   <si>
     <t>8126–8134</t>
   </si>
   <si>
     <t>10.1021/acsnano.0c01104</t>
   </si>
   <si>
     <t>Strong coupling of excitons in 2D MoSe2/hBN heterostructure with optical bound states in the continuum</t>
   </si>
   <si>
     <t>Fedor Benimetskiy, Vasily Kravtsov, Ivan Mukhin, Ivan Sinev, Anton Samusev, Ivan Shelykh, D. N. Krizhanovskii, M. S. Skolnick, Ivan Iorsh</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>012012</t>
@@ -353,77 +353,77 @@
   <si>
     <t>10.1021/acsphotonics.8b01487</t>
   </si>
   <si>
     <t>Reconfigurable Near-field Enhancement with Hybrid Metal-Dielectric Oligomers</t>
   </si>
   <si>
     <t>Yali Sun, Ivan Sinev, Anastasia Zalogina, Eduard Ageev, Hadi Shamkhi Al Naeemah, Filipp Komissarenko, Sergey Lepeshov, Valentin Milichko, Sergey Makarov, Ivan Mukhin, Dmitry Zuev</t>
   </si>
   <si>
     <t>10.1002/lpor.201800274</t>
   </si>
   <si>
     <t>Near-field observation of guided-mode resonances on a metasurface via dielectric nanosphere excitation</t>
   </si>
   <si>
     <t>Ivan Sinev, Konstantin Ladutenko, Filipp Komissarenko, Andrey Bogdanov</t>
   </si>
   <si>
     <t>4238-4243</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.8b00900</t>
   </si>
   <si>
+    <t>Direct near-field mapping of nano-sphere-excited leaky surface modes atanisotropic metasurface</t>
+  </si>
+  <si>
+    <t>Bürkle F. , Ivan Sinev, Andrey Bogdanov, Filipp Komissarenko</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012165</t>
+  </si>
+  <si>
     <t>Direct imaging of isofrequency contours in all-dielectric optical metasurface</t>
   </si>
   <si>
     <t>Dmitry Pidgayko, Ivan Sinev, Dmitry Permyakov, Anton Samusev, Stanislav Sychev, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012116</t>
   </si>
   <si>
     <t>2pi steering of surface plasmon polaritons with silicon nanoantennas</t>
   </si>
   <si>
     <t>Ivan Sinev, Andrey Bogdanov, Filipp Komissarenko, Ivan Mukhin, Anton Samusev, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012140</t>
   </si>
   <si>
-    <t>Direct near-field mapping of nano-sphere-excited leaky surface modes atanisotropic metasurface</t>
-[...7 lines deleted...]
-  <si>
     <t>Chirality Driven by Magnetic Dipole Response for Demultiplexing of Surface Waves</t>
   </si>
   <si>
     <t>Ivan Sinev, Andrey Bogdanov, Filipp Komissarenko, Kristina Frizyuk, Mihail Petrov, Ivan Mukhin, Sergey Makarov, Anton Samusev, Ivan Iorsh</t>
   </si>
   <si>
     <t>doi.org/10.1002/lpor.201700168</t>
   </si>
   <si>
     <t>Nanoscale optical high-temperature sensor</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mihail Petrov, Ivan Sinev, Anton Samusev, Dmitry Zuev, Valentin Milichko, Sergey Makarov</t>
   </si>
   <si>
     <t>2017 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
   </si>
   <si>
     <t>10.1109/comcas.2017.8244856</t>
   </si>
   <si>
     <t>Визуализация изочастотных контуров сильно локализованных волноводных мод в планарных диэлектрических структурах</t>
   </si>
   <si>
     <t>Дмитрий Пермяков, Иван Синев, Андрей Богданов, Антон Самусев</t>
@@ -461,63 +461,63 @@
   <si>
     <t>32631-32639</t>
   </si>
   <si>
     <t>https://doi.org/10.1364/OE.25.032631</t>
   </si>
   <si>
     <t>Resonant optical properties of crystalline silicon nanoparticles fabricated by laser ablation-based methods</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Baranov, Valentin Milichko, Ivan Mukhin, Sergey Makarov, Anton Samusev, Georgiy Zograf, Dmitry Zuev, Katherine Makarova, Mihail Petrov, Ivan Sinev, Maxim Gorlach, Kristina Frizyuk, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998078</t>
   </si>
   <si>
     <t>Transition from optical bound states in the continuum to leaky resonances: role of substrate and roughness</t>
   </si>
   <si>
     <t>Zarina Sadrieva, Ivan Sinev, Anton Samusev, Ivan Iorsh, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.6b00860</t>
   </si>
   <si>
+    <t>Effect of substrate on optical bound states in the continuum in 1D photonic structures</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998034</t>
+  </si>
+  <si>
     <t>Demultiplexing surface waves with silicon nanoantennas</t>
   </si>
   <si>
     <t>Ivan Sinev, Andrey Bogdanov, Filipp Komissarenko, Mihail Petrov, Kristina Frizyuk, Sergey Makarov, Ivan Mukhin, Anton Samusev, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1063/1.4998064</t>
-  </si>
-[...4 lines deleted...]
-    <t>10.1063/1.4998034</t>
   </si>
   <si>
     <t>Optical bound state in the continuum in the one-dimensional photonic crystal slab: theory and experiment</t>
   </si>
   <si>
     <t>2016 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>356-360</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756873</t>
   </si>
   <si>
     <t>Polarization control over electric and magnetic dipole resonances of dielectric nanoparticles on metallic films</t>
   </si>
   <si>
     <t>Ivan Sinev, Ivan Iorsh, Andrey Bogdanov, Dmitry Permyakov, Filipp Komissarenko, Ivan Mukhin, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>vol. 10(5)</t>
   </si>
   <si>
     <t>799-806</t>
   </si>
@@ -1808,105 +1808,105 @@
       </c>
       <c r="G26" t="s">
         <v>112</v>
       </c>
       <c r="H26">
         <v>7.14</v>
       </c>
       <c r="I26">
         <v>2.98</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>113</v>
       </c>
       <c r="B27" t="s">
         <v>114</v>
       </c>
       <c r="C27" t="s">
         <v>73</v>
       </c>
       <c r="D27">
         <v>1092</v>
       </c>
       <c r="E27">
-        <v>12116</v>
+        <v>12165</v>
       </c>
       <c r="F27">
         <v>2018</v>
       </c>
       <c r="G27" t="s">
         <v>115</v>
       </c>
       <c r="H27"/>
       <c r="I27">
         <v>0.24</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>116</v>
       </c>
       <c r="B28" t="s">
         <v>117</v>
       </c>
       <c r="C28" t="s">
         <v>73</v>
       </c>
       <c r="D28">
         <v>1092</v>
       </c>
       <c r="E28">
-        <v>12140</v>
+        <v>12116</v>
       </c>
       <c r="F28">
         <v>2018</v>
       </c>
       <c r="G28" t="s">
         <v>118</v>
       </c>
       <c r="H28"/>
       <c r="I28">
         <v>0.24</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>119</v>
       </c>
       <c r="B29" t="s">
         <v>120</v>
       </c>
       <c r="C29" t="s">
         <v>73</v>
       </c>
       <c r="D29">
         <v>1092</v>
       </c>
       <c r="E29">
-        <v>12165</v>
+        <v>12140</v>
       </c>
       <c r="F29">
         <v>2018</v>
       </c>
       <c r="G29" t="s">
         <v>121</v>
       </c>
       <c r="H29"/>
       <c r="I29">
         <v>0.24</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>122</v>
       </c>
       <c r="B30" t="s">
         <v>123</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30">
         <v>11</v>
       </c>
@@ -2069,87 +2069,87 @@
       </c>
       <c r="D36">
         <v>4</v>
       </c>
       <c r="E36">
         <v>723</v>
       </c>
       <c r="F36">
         <v>2017</v>
       </c>
       <c r="G36" t="s">
         <v>148</v>
       </c>
       <c r="H36">
         <v>6.88</v>
       </c>
       <c r="I36">
         <v>3.38</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>149</v>
       </c>
       <c r="B37" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="C37" t="s">
         <v>55</v>
       </c>
       <c r="D37">
         <v>1874</v>
       </c>
       <c r="E37">
-        <v>30035</v>
+        <v>30005</v>
       </c>
       <c r="F37">
         <v>2017</v>
       </c>
       <c r="G37" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="H37"/>
       <c r="I37">
         <v>0.17</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>151</v>
+      </c>
+      <c r="B38" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="C38" t="s">
         <v>55</v>
       </c>
       <c r="D38">
         <v>1874</v>
       </c>
       <c r="E38">
-        <v>30005</v>
+        <v>30035</v>
       </c>
       <c r="F38">
         <v>2017</v>
       </c>
       <c r="G38" t="s">
         <v>153</v>
       </c>
       <c r="H38"/>
       <c r="I38">
         <v>0.17</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>154</v>
       </c>
       <c r="B39" t="s">
         <v>147</v>
       </c>
       <c r="C39" t="s">
         <v>155</v>
       </c>
       <c r="D39"/>
       <c r="E39" t="s">
         <v>156</v>