--- v0 (2025-10-06)
+++ v1 (2025-10-26)
@@ -524,59 +524,83 @@
   <si>
     <t>10.1103/physreva.103.033702</t>
   </si>
   <si>
     <t>Bosonic Hofstadter butterflies in synthetic antiferromagnetic patterns</t>
   </si>
   <si>
     <t>Journal of Physics: Condensed Matter</t>
   </si>
   <si>
     <t>10.1088/1361-648x/abd99b</t>
   </si>
   <si>
     <t>Chiral Waveguide Optomechanics: First Order Quantum Phase Transitions with Z3 Symmetry Breaking</t>
   </si>
   <si>
     <t>Denis Sedov, Valerii Kozin, Ivan Iorsh</t>
   </si>
   <si>
     <t>Physical Review Letters</t>
   </si>
   <si>
     <t>10.1103/physrevlett.125.263606</t>
   </si>
   <si>
+    <t>Propagation of exciton-polaritons in monolayer semiconductor coupled to at-Γ bound state in the continuum</t>
+  </si>
+  <si>
+    <t>Fedor Benimetskiy, Vasily Kravtsov, Ivan Sinev, Anton Samusev, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020010</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032076</t>
+  </si>
+  <si>
+    <t>Chiral coupling of dipole transitions in a V-type atom using a plasmonic dimer</t>
+  </si>
+  <si>
+    <t>Mihail Petrov, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>020064</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031864</t>
+  </si>
+  <si>
     <t>Fano resonances in quantum well absorption induced by electromagnetic          dressing</t>
   </si>
   <si>
     <t>Oleg Kibis, Stanislav Kolodny, Ivan Iorsh</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020052</t>
   </si>
   <si>
     <t>10.1063/5.0032332</t>
   </si>
   <si>
     <t>Many-body phenomena in semiconductors and cluster expansion approach</t>
   </si>
   <si>
     <t>Andrew Kudlis,  Gulnaz Rakhmanova, Ivan Iorsh</t>
   </si>
   <si>
     <t>020072</t>
   </si>
   <si>
     <t>10.1063/5.0032135</t>
   </si>
   <si>
     <t>Measurement of local optomechanical properties of MoSe2 monolayers</t>
   </si>
   <si>
     <t>Fedor Benimetskiy, V. A. Sharov, P. A. Alekseev, Vasily Kravtsov, K.-D. Park, Anton Samusev, Ivan Iorsh</t>
   </si>
   <si>
     <t>020008</t>
@@ -587,74 +611,50 @@
   <si>
     <t>Electrically tunable trion-polaritons in MoSe2/hBN heterostructure integrated with a photonic crystal slab</t>
   </si>
   <si>
     <t>V. Kondratyev, Fedor Benimetskiy, Tatyana Ivanova, Anton Samusev, K.-D. Park, M. S. Skolnick, Vasily Kravtsov, Ivan Iorsh</t>
   </si>
   <si>
     <t>020062</t>
   </si>
   <si>
     <t>10.1063/5.0032226</t>
   </si>
   <si>
     <t>Topological plasmon polariton on a Dirac magnet helical state: The second harmonic generation enhancement</t>
   </si>
   <si>
     <t>Gulnaz Rakhmanova, Ivan Iorsh</t>
   </si>
   <si>
     <t>020101</t>
   </si>
   <si>
     <t>10.1063/5.0031857</t>
   </si>
   <si>
-    <t>Propagation of exciton-polaritons in monolayer semiconductor coupled to at-Γ bound state in the continuum</t>
-[...22 lines deleted...]
-  <si>
     <t>Spin–valley dynamics in alloy-based transition metal dichalcogenide heterobilayers</t>
   </si>
   <si>
     <t>Vasily Kravtsov,  Aleksey D Liubomirov,  Roman V Cherbunin,  Alessandro Catanzaro,  Armando Genco,  Daniel Gillard,  Evgeny M Alexeev, Tatyana Ivanova, Ivan Shelykh,  Alexander I Tartakovskii,  Maurice S Skolnick, Ivan Iorsh</t>
   </si>
   <si>
     <t>025011</t>
   </si>
   <si>
     <t>10.1088/2053-1583/abcf12</t>
   </si>
   <si>
     <t>Fano resonances in optical spectra of semiconductor quantum wells dressed by circularly polarized light</t>
   </si>
   <si>
     <t>O. V. Kibis, Stanislav Kolodny, Ivan Iorsh</t>
   </si>
   <si>
     <t>Optics Letters</t>
   </si>
   <si>
     <t>10.1364/ol.410091</t>
   </si>
   <si>
     <t>High refractive index and extreme biaxial optical anisotropy of rhenium diselenide for applications in all-dielectric nanophotonics</t>
@@ -899,71 +899,71 @@
   <si>
     <t>Nanoscale</t>
   </si>
   <si>
     <t>6747-6754</t>
   </si>
   <si>
     <t>10.1039/C8NR09837A</t>
   </si>
   <si>
     <t>Near-field optical microscopy of surface plasmon polaritons excited by silicon nanoantenna</t>
   </si>
   <si>
     <t>Ivan Sinev, Filipp Komissarenko, Ivan Mukhin, Mihail Petrov, Ivan Iorsh, Pavel Belov, Anton Samusev</t>
   </si>
   <si>
     <t>Nanosystems: Physics, Chemistry, Mathematics</t>
   </si>
   <si>
     <t>609-613</t>
   </si>
   <si>
     <t>10.17586/2220-8054-2018-9-5-609-613</t>
   </si>
   <si>
+    <t>Quantum Rings Dressed by a High-Frequency Electromagnetic Field</t>
+  </si>
+  <si>
+    <t>Valerii Kozin, Ivan Iorsh, Ivan Shelykh</t>
+  </si>
+  <si>
+    <t>Semiconductors</t>
+  </si>
+  <si>
+    <t>1806–1808</t>
+  </si>
+  <si>
+    <t>10.1134/S1063782618140130</t>
+  </si>
+  <si>
     <t>Electronic properties of quantum rings dressed by a high-frequency electromagnetic field</t>
   </si>
   <si>
-    <t>Valerii Kozin, Ivan Iorsh, Ivan Shelykh</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1088/1742-6596/1092/1/012055</t>
   </si>
   <si>
-    <t>Quantum Rings Dressed by a High-Frequency Electromagnetic Field</t>
-[...10 lines deleted...]
-  <si>
     <t>Resonant spin wave excitation in magnetoplasmonic bilayers using short laser pulses</t>
   </si>
   <si>
     <t>2003-2007</t>
   </si>
   <si>
     <t>10.1039/c8nr09989h</t>
   </si>
   <si>
     <t>Strong coupling and non-reciprocity in the dynamics of a V-atom placed near an anisotropic metasurface</t>
   </si>
   <si>
     <t>2018 12th Int. Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2018.8534098</t>
   </si>
   <si>
     <t>Experimental observation of hybrid TE-TM polarized surface waves supported by hyperbolic metasurface</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.195404</t>
   </si>
   <si>
     <t>Optical properties of spatially dispersive Mie-resonant halide perovskite nanoparticles</t>
@@ -1562,90 +1562,90 @@
   <si>
     <t>Kovalev V. M.,  Savenko I. G., Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1088/0953-8984/28/10/105301</t>
   </si>
   <si>
     <t>The role of defects in lowering the effective polariton temperature in electric and optically pumped polariton lasers</t>
   </si>
   <si>
     <t>Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1063/1.4940401</t>
   </si>
   <si>
     <t>Wireless power transfer based on magnetic quadrupole coupling in dielectric resonators</t>
   </si>
   <si>
     <t>Mingzhao Song, Ivan Iorsh, Polina Kapitanova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4939789</t>
   </si>
   <si>
+    <t>Interaction of light with a hyperbolic cavity in the strong-coupling regime with Fano resonance</t>
+  </si>
+  <si>
+    <t>Mehedi Hasan, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>2015 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2015.7354848</t>
+  </si>
+  <si>
+    <t>Graphene based anisotropic metasurface</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2015.7354890</t>
+  </si>
+  <si>
     <t>Quantum hyperbolic metamaterials with exciton-polaritons in semiconductor Bragg mirrors</t>
   </si>
   <si>
-    <t>2015 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/DD.2015.7354877</t>
   </si>
   <si>
     <t>New types of surface waves on hyperbolic metasurface</t>
   </si>
   <si>
     <t>Anton Ovcharenko, Ivan Iorsh, Andrey Bogdanov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1109/DD.2015.7354895</t>
   </si>
   <si>
     <t>Metamaterials for wireless power transfer</t>
   </si>
   <si>
     <t>Mingzhao Song, Polina Kapitanova, Ivan Iorsh, Pavel Belov</t>
   </si>
   <si>
     <t>10.1109/DD.2015.7354885</t>
-  </si>
-[...13 lines deleted...]
-    <t>10.1109/DD.2015.7354890</t>
   </si>
   <si>
     <t>Application of High-Q dielectric resonators for wireless power transfer system</t>
   </si>
   <si>
     <t>Pavel Belov, Mingzhao Song, Ivan Iorsh, Polina Kapitanova</t>
   </si>
   <si>
     <t>2015 SBMO/IEEE MTT-S International Microwave and Optoelectronics Conference (IMOC)</t>
   </si>
   <si>
     <t>10.1109/IMOC.2015.7369228</t>
   </si>
   <si>
     <t>Diamagnetism in wire medium metamaterials: Theory and experiment</t>
   </si>
   <si>
     <t>Ilya Yagupov, Dmitry Filonov, Alexander Ageyskiy, Mehedi Hasan, Ivan Iorsh, Pavel Belov</t>
   </si>
   <si>
     <t>041304(R)</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.92.041304</t>
   </si>
@@ -3994,51 +3994,51 @@
       <c r="C57" t="s">
         <v>16</v>
       </c>
       <c r="D57">
         <v>102</v>
       </c>
       <c r="E57"/>
       <c r="F57">
         <v>2020</v>
       </c>
       <c r="G57" t="s">
         <v>216</v>
       </c>
       <c r="H57">
         <v>4.04</v>
       </c>
       <c r="I57">
         <v>1.78</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>217</v>
       </c>
       <c r="B58" t="s">
-        <v>188</v>
+        <v>196</v>
       </c>
       <c r="C58" t="s">
         <v>209</v>
       </c>
       <c r="D58">
         <v>9</v>
       </c>
       <c r="E58" t="s">
         <v>218</v>
       </c>
       <c r="F58">
         <v>2020</v>
       </c>
       <c r="G58" t="s">
         <v>219</v>
       </c>
       <c r="H58">
         <v>8.45</v>
       </c>
       <c r="I58">
         <v>2.72</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
@@ -4374,51 +4374,51 @@
       </c>
       <c r="D71">
         <v>7</v>
       </c>
       <c r="E71">
         <v>101126</v>
       </c>
       <c r="F71">
         <v>2019</v>
       </c>
       <c r="G71" t="s">
         <v>267</v>
       </c>
       <c r="H71">
         <v>3.82</v>
       </c>
       <c r="I71">
         <v>1.57</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
         <v>268</v>
       </c>
       <c r="B72" t="s">
-        <v>196</v>
+        <v>176</v>
       </c>
       <c r="C72" t="s">
         <v>95</v>
       </c>
       <c r="D72">
         <v>100</v>
       </c>
       <c r="E72" t="s">
         <v>269</v>
       </c>
       <c r="F72">
         <v>2019</v>
       </c>
       <c r="G72" t="s">
         <v>270</v>
       </c>
       <c r="H72">
         <v>2.78</v>
       </c>
       <c r="I72">
         <v>1.42</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
@@ -4564,133 +4564,133 @@
         <v>292</v>
       </c>
       <c r="D78">
         <v>9</v>
       </c>
       <c r="E78" t="s">
         <v>293</v>
       </c>
       <c r="F78">
         <v>2019</v>
       </c>
       <c r="G78" t="s">
         <v>294</v>
       </c>
       <c r="H78"/>
       <c r="I78"/>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
         <v>295</v>
       </c>
       <c r="B79" t="s">
         <v>296</v>
       </c>
       <c r="C79" t="s">
-        <v>129</v>
+        <v>297</v>
       </c>
       <c r="D79">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>12055</v>
+        <v>52</v>
+      </c>
+      <c r="E79" t="s">
+        <v>298</v>
       </c>
       <c r="F79">
         <v>2019</v>
       </c>
       <c r="G79" t="s">
-        <v>297</v>
-[...1 lines deleted...]
-      <c r="H79"/>
+        <v>299</v>
+      </c>
+      <c r="H79">
+        <v>0.64</v>
+      </c>
       <c r="I79">
-        <v>0.22</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="B80" t="s">
         <v>296</v>
       </c>
       <c r="C80" t="s">
-        <v>299</v>
+        <v>129</v>
       </c>
       <c r="D80">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>300</v>
+        <v>1092</v>
+      </c>
+      <c r="E80">
+        <v>12055</v>
       </c>
       <c r="F80">
         <v>2019</v>
       </c>
       <c r="G80" t="s">
         <v>301</v>
       </c>
-      <c r="H80">
-[...1 lines deleted...]
-      </c>
+      <c r="H80"/>
       <c r="I80">
-        <v>0.3</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
         <v>302</v>
       </c>
       <c r="B81" t="s">
         <v>240</v>
       </c>
       <c r="C81" t="s">
         <v>287</v>
       </c>
       <c r="D81">
         <v>11</v>
       </c>
       <c r="E81" t="s">
         <v>303</v>
       </c>
       <c r="F81">
         <v>2019</v>
       </c>
       <c r="G81" t="s">
         <v>304</v>
       </c>
       <c r="H81">
         <v>6.9</v>
       </c>
       <c r="I81">
         <v>2.18</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
         <v>305</v>
       </c>
       <c r="B82" t="s">
-        <v>196</v>
+        <v>176</v>
       </c>
       <c r="C82" t="s">
         <v>306</v>
       </c>
       <c r="D82"/>
       <c r="E82"/>
       <c r="F82">
         <v>2018</v>
       </c>
       <c r="G82" t="s">
         <v>307</v>
       </c>
       <c r="H82"/>
       <c r="I82"/>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
         <v>308</v>
       </c>
       <c r="B83" t="s">
         <v>236</v>
       </c>
       <c r="C83" t="s">
         <v>16</v>
       </c>
@@ -5251,51 +5251,51 @@
       <c r="D103">
         <v>97</v>
       </c>
       <c r="E103"/>
       <c r="F103">
         <v>2018</v>
       </c>
       <c r="G103" t="s">
         <v>373</v>
       </c>
       <c r="H103">
         <v>3.74</v>
       </c>
       <c r="I103">
         <v>1.5</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
         <v>374</v>
       </c>
       <c r="B104" t="s">
         <v>375</v>
       </c>
       <c r="C104" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="D104">
         <v>52</v>
       </c>
       <c r="E104" t="s">
         <v>376</v>
       </c>
       <c r="F104">
         <v>2018</v>
       </c>
       <c r="G104" t="s">
         <v>377</v>
       </c>
       <c r="H104">
         <v>0.69</v>
       </c>
       <c r="I104">
         <v>0.31</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
         <v>378</v>
       </c>
       <c r="B105" t="s">
@@ -5547,51 +5547,51 @@
       </c>
       <c r="D114">
         <v>4</v>
       </c>
       <c r="E114">
         <v>723</v>
       </c>
       <c r="F114">
         <v>2017</v>
       </c>
       <c r="G114" t="s">
         <v>414</v>
       </c>
       <c r="H114">
         <v>6.88</v>
       </c>
       <c r="I114">
         <v>3.38</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
         <v>415</v>
       </c>
       <c r="B115" t="s">
-        <v>196</v>
+        <v>176</v>
       </c>
       <c r="C115" t="s">
         <v>16</v>
       </c>
       <c r="D115">
         <v>96</v>
       </c>
       <c r="E115">
         <v>115162</v>
       </c>
       <c r="F115">
         <v>2017</v>
       </c>
       <c r="G115" t="s">
         <v>416</v>
       </c>
       <c r="H115">
         <v>3.81</v>
       </c>
       <c r="I115"/>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
         <v>417</v>
       </c>
@@ -6360,140 +6360,140 @@
       </c>
       <c r="D145">
         <v>108</v>
       </c>
       <c r="E145">
         <v>23902</v>
       </c>
       <c r="F145">
         <v>2016</v>
       </c>
       <c r="G145" t="s">
         <v>515</v>
       </c>
       <c r="H145">
         <v>3.41</v>
       </c>
       <c r="I145">
         <v>1.67</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" t="s">
         <v>516</v>
       </c>
       <c r="B146" t="s">
-        <v>511</v>
+        <v>517</v>
       </c>
       <c r="C146" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="D146"/>
       <c r="E146"/>
       <c r="F146">
         <v>2015</v>
       </c>
       <c r="G146" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="H146"/>
       <c r="I146"/>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="B147" t="s">
-        <v>520</v>
+        <v>511</v>
       </c>
       <c r="C147" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="D147"/>
-      <c r="E147">
-[...1 lines deleted...]
-      </c>
+      <c r="E147"/>
       <c r="F147">
         <v>2015</v>
       </c>
       <c r="G147" t="s">
         <v>521</v>
       </c>
       <c r="H147"/>
       <c r="I147"/>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" t="s">
         <v>522</v>
       </c>
       <c r="B148" t="s">
-        <v>523</v>
+        <v>511</v>
       </c>
       <c r="C148" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="D148"/>
       <c r="E148"/>
       <c r="F148">
         <v>2015</v>
       </c>
       <c r="G148" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="H148"/>
       <c r="I148"/>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" t="s">
+        <v>524</v>
+      </c>
+      <c r="B149" t="s">
         <v>525</v>
       </c>
-      <c r="B149" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C149" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="D149"/>
-      <c r="E149"/>
+      <c r="E149">
+        <v>43586</v>
+      </c>
       <c r="F149">
         <v>2015</v>
       </c>
       <c r="G149" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="H149"/>
       <c r="I149"/>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" t="s">
+        <v>527</v>
+      </c>
+      <c r="B150" t="s">
         <v>528</v>
       </c>
-      <c r="B150" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C150" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="D150"/>
       <c r="E150"/>
       <c r="F150">
         <v>2015</v>
       </c>
       <c r="G150" t="s">
         <v>529</v>
       </c>
       <c r="H150"/>
       <c r="I150"/>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" t="s">
         <v>530</v>
       </c>
       <c r="B151" t="s">
         <v>531</v>
       </c>
       <c r="C151" t="s">
         <v>532</v>
       </c>
       <c r="D151"/>
       <c r="E151"/>
       <c r="F151">