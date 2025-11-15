--- v1 (2025-10-26)
+++ v2 (2025-11-15)
@@ -467,71 +467,71 @@
   <si>
     <t>10.1088/2053-1583/ac3887</t>
   </si>
   <si>
     <t>Exciton–polaritons in GaAs-based slab waveguide photonic crystals</t>
   </si>
   <si>
     <t>C. E. Whittaker, T. Isoniemi, S. Lovett, P. M. Walker, Stanislav Kolodny, Valerii Kozin, Ivan Iorsh, I. Farrer, D. A. Ritchie, M. S. Skolnick, D. N. Krizhanovskii</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/5.0071248</t>
   </si>
   <si>
     <t>Vacuum anomalous Hall effect in gyrotropic cavity</t>
   </si>
   <si>
     <t>I. V. Tokatly, Dmitry Gulevich, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1103/physrevb.104.l081408</t>
   </si>
   <si>
+    <t>All-optical resonant magnetization switching in CrI3 monolayers</t>
+  </si>
+  <si>
+    <t>Andrew Kudlis, Ivan Iorsh, Ivan Shelykh</t>
+  </si>
+  <si>
+    <t>10.1103/physrevb.104.l020412</t>
+  </si>
+  <si>
     <t>Enhancement of Second-harmonic Generation in Micropillar Resonator due to the Engineered Destructive Interference</t>
   </si>
   <si>
     <t>Stanislav Kolodny, Valerii Kozin, Ivan Iorsh</t>
   </si>
   <si>
     <t>JETP Letters</t>
   </si>
   <si>
     <t>10.1134/s0021364021150017</t>
   </si>
   <si>
-    <t>All-optical resonant magnetization switching in CrI3 monolayers</t>
-[...7 lines deleted...]
-  <si>
     <t>Modeling excitonic Mott transitions in two-dimensional semiconductors</t>
   </si>
   <si>
     <t>10.1103/physrevb.103.115307</t>
   </si>
   <si>
     <t>Two-dimensional chiral-waveguide quantum electrodynamics: Long-range qubit correlations and flat-band dark polaritons</t>
   </si>
   <si>
     <t>Y. Marques, Ivan Shelykh, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1103/physreva.103.033702</t>
   </si>
   <si>
     <t>Bosonic Hofstadter butterflies in synthetic antiferromagnetic patterns</t>
   </si>
   <si>
     <t>Journal of Physics: Condensed Matter</t>
   </si>
   <si>
     <t>10.1088/1361-648x/abd99b</t>
   </si>
   <si>
     <t>Chiral Waveguide Optomechanics: First Order Quantum Phase Transitions with Z3 Symmetry Breaking</t>
@@ -635,158 +635,158 @@
   <si>
     <t>Spin–valley dynamics in alloy-based transition metal dichalcogenide heterobilayers</t>
   </si>
   <si>
     <t>Vasily Kravtsov,  Aleksey D Liubomirov,  Roman V Cherbunin,  Alessandro Catanzaro,  Armando Genco,  Daniel Gillard,  Evgeny M Alexeev, Tatyana Ivanova, Ivan Shelykh,  Alexander I Tartakovskii,  Maurice S Skolnick, Ivan Iorsh</t>
   </si>
   <si>
     <t>025011</t>
   </si>
   <si>
     <t>10.1088/2053-1583/abcf12</t>
   </si>
   <si>
     <t>Fano resonances in optical spectra of semiconductor quantum wells dressed by circularly polarized light</t>
   </si>
   <si>
     <t>O. V. Kibis, Stanislav Kolodny, Ivan Iorsh</t>
   </si>
   <si>
     <t>Optics Letters</t>
   </si>
   <si>
     <t>10.1364/ol.410091</t>
   </si>
   <si>
+    <t>Waveguide Quantum Optomechanics: Parity-Time Phase Transitions in Ultrastrong Coupling Regime</t>
+  </si>
+  <si>
+    <t>Ivan Iorsh, Alexander Poshakinskiy, Alexander Poddubny</t>
+  </si>
+  <si>
+    <t>10.1103/physrevlett.125.183601</t>
+  </si>
+  <si>
     <t>High refractive index and extreme biaxial optical anisotropy of rhenium diselenide for applications in all-dielectric nanophotonics</t>
   </si>
   <si>
     <t>Anton Shubnic, Roman Polozkov, Ivan Shelykh, Ivan Iorsh</t>
   </si>
   <si>
     <t>Nanophotonics</t>
   </si>
   <si>
     <t>10.1515/nanoph-2020-0416</t>
   </si>
   <si>
-    <t>Waveguide Quantum Optomechanics: Parity-Time Phase Transitions in Ultrastrong Coupling Regime</t>
-[...7 lines deleted...]
-  <si>
     <t>Tunable optical nonlinearity for transition metal dichalcogenide polaritons dressed by a Fermi sea</t>
   </si>
   <si>
     <t>Vanik Shahnazaryan, Valerii Kozin, Ivan Shelykh, Ivan Iorsh, O. Kyriienko</t>
   </si>
   <si>
     <t>10.1103/physrevb.102.115310</t>
   </si>
   <si>
     <t>Broadband enhancement of second-harmonic generation at the domain walls of magnetic topological insulators</t>
   </si>
   <si>
     <t>4489-4495</t>
   </si>
   <si>
     <t>10.1515/nanoph-2020-0287</t>
   </si>
   <si>
     <t>Midgap edge states in polaritonic graphene with zero average mangetic field</t>
   </si>
   <si>
     <t>FIFTH INTERNATIONAL CONFERENCE ON QUANTUM TECHNOLOGIES (ICQT-2019)</t>
   </si>
   <si>
     <t>10.1063/5.0011471</t>
   </si>
   <si>
     <t>Retraction notice to “Tamm plasmon-polaritons: First experimental observation” [Superlattice. Microst., 47 (2010) 44–49]</t>
   </si>
   <si>
     <t>S. Brand, Ivan Iorsh, Ivan Shelykh, A. Yu Egorov, A.P. Vasil'ev</t>
   </si>
   <si>
     <t>Superlattices and Microstructures</t>
   </si>
   <si>
     <t>10.1016/j.spmi.2020.106569</t>
   </si>
   <si>
+    <t>Q/V enhancement of Si micropillar resonator with Bragg reflectors in BIC regime</t>
+  </si>
+  <si>
+    <t>Stanislav Kolodny, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>012067</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012067</t>
+  </si>
+  <si>
     <t>Floquet engineering of 2D materials</t>
   </si>
   <si>
     <t>O. V. Kibis, Ivan Iorsh, Ivan Shelykh</t>
   </si>
   <si>
     <t>012064</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012064</t>
   </si>
   <si>
     <t>Strong coupling of excitons in 2D MoSe2/hBN heterostructure with optical bound states in the continuum</t>
   </si>
   <si>
     <t>Fedor Benimetskiy, Vasily Kravtsov, Ivan Mukhin, Ivan Sinev, Anton Samusev, Ivan Shelykh, D. N. Krizhanovskii, M. S. Skolnick, Ivan Iorsh</t>
   </si>
   <si>
     <t>012012</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012012</t>
   </si>
   <si>
     <t>Polarization hybridization of surface waves on anisotropic metasurface</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Polina Kapitanova, Ivan Iorsh, Stanislav Glybovski, Andrey Bogdanov</t>
   </si>
   <si>
     <t>012196</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012196</t>
   </si>
   <si>
-    <t>Q/V enhancement of Si micropillar resonator with Bragg reflectors in BIC regime</t>
-[...10 lines deleted...]
-  <si>
     <t>Nonlinear polaritons in a monolayer semiconductor coupled to optical bound states in the continuum</t>
   </si>
   <si>
     <t>Vasily Kravtsov, Fedor Benimetskiy, Tatyana Ivanova, Anton Samusev, Ivan Sinev, Dmitry Pidgayko, Alexey Mozharov, Ivan Mukhin, Maksim S. Lozhkin, Yuri V. Kapitonov, Andrey S. Brichkin, Vladimir D. Kulakovskii, Ivan Shelykh, Alexander I. Tartakovskii, Paul M. Walker, Maurice S. Skolnick, Dmitry N. Krizhanovskii, Ivan Iorsh</t>
   </si>
   <si>
     <t>Light: Science and Applications</t>
   </si>
   <si>
     <t>10.1038/s41377-020-0286-z</t>
   </si>
   <si>
     <t>Steering of Guided Light with Dielectric Nanoantennas</t>
   </si>
   <si>
     <t>Ivan Sinev, Filipp Komissarenko, Ivan Iorsh, Dmitry Permyakov, Anton Samusev, Andrey Bogdanov</t>
   </si>
   <si>
     <t>680-686</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.9b01515</t>
   </si>
   <si>
     <t>Spontaneous topological transitions in a honeycomb lattice of exciton-polariton condensates due to spin bifurcations</t>
@@ -944,152 +944,152 @@
   <si>
     <t>Resonant spin wave excitation in magnetoplasmonic bilayers using short laser pulses</t>
   </si>
   <si>
     <t>2003-2007</t>
   </si>
   <si>
     <t>10.1039/c8nr09989h</t>
   </si>
   <si>
     <t>Strong coupling and non-reciprocity in the dynamics of a V-atom placed near an anisotropic metasurface</t>
   </si>
   <si>
     <t>2018 12th Int. Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2018.8534098</t>
   </si>
   <si>
     <t>Experimental observation of hybrid TE-TM polarized surface waves supported by hyperbolic metasurface</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.195404</t>
   </si>
   <si>
+    <t>Generation of surface plasmon-polariton pairs by a nonlinear nanoparticle</t>
+  </si>
+  <si>
+    <t>Nikita Olekhno, Mihail Petrov, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012105</t>
+  </si>
+  <si>
     <t>Optical properties of spatially dispersive Mie-resonant halide perovskite nanoparticles</t>
   </si>
   <si>
     <t>Aleksander Berestennikov, Ivan Iorsh, Sergey Makarov</t>
   </si>
   <si>
     <t>1092 (1)</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012009</t>
   </si>
   <si>
     <t>Generation of photon and plasmon pairs by a nonlinear semiconductor nanoparticle</t>
   </si>
   <si>
-    <t>Nikita Olekhno, Mihail Petrov, Ivan Iorsh</t>
-[...1 lines deleted...]
-  <si>
     <t>OSA Technical Digest (online)</t>
   </si>
   <si>
     <t>Advanced Pho</t>
   </si>
   <si>
     <t>paper NpM2I.</t>
   </si>
   <si>
     <t>10.1364/NP.2018.NpM2I.5</t>
   </si>
   <si>
-    <t>Generation of surface plasmon-polariton pairs by a nonlinear nanoparticle</t>
-[...2 lines deleted...]
-    <t>10.1088/1742-6596/1092/1/012105</t>
+    <t>Light-matter interaction between photonic bound states in the continuum and bright excitons in transition metal dichalcogenides</t>
+  </si>
+  <si>
+    <t>Zarina Sadrieva, Andrey Bogdanov, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012064</t>
   </si>
   <si>
     <t>Nonlinear Bound States in the Continuum in One-Dimensional Photonic Crystal Slab</t>
   </si>
   <si>
     <t>Sergei Krasikov, Andrey Bogdanov, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012068</t>
   </si>
   <si>
     <t>Optical analog of Rashba spin-orbit interaction in asymmetric polariton waveguides</t>
   </si>
   <si>
     <t>Ivan Shelykh, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1103/physrevb.98.155428</t>
   </si>
   <si>
     <t>2pi steering of surface plasmon polaritons with silicon nanoantennas</t>
   </si>
   <si>
     <t>Ivan Sinev, Andrey Bogdanov, Filipp Komissarenko, Ivan Mukhin, Anton Samusev, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012140</t>
   </si>
   <si>
-    <t>Light-matter interaction between photonic bound states in the continuum and bright excitons in transition metal dichalcogenides</t>
-[...7 lines deleted...]
-  <si>
     <t>Strong coupling between excitons in transition metal dichalcogenides and optical bound states in the continuum</t>
   </si>
   <si>
     <t>161113(R)</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.161113</t>
   </si>
   <si>
+    <t>Resonant pumping of polaritonic SSH chains</t>
+  </si>
+  <si>
+    <t>012070</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012070</t>
+  </si>
+  <si>
     <t>Temporal dynamics of a quantum emitter with multiple excited states in the vicinity of an anisotropic metasurface</t>
   </si>
   <si>
     <t>Ivan Toftul, Alexander Chebykin, Mihail Petrov, Ivan Iorsh</t>
   </si>
   <si>
     <t>012063</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012063</t>
   </si>
   <si>
-    <t>Resonant pumping of polaritonic SSH chains</t>
-[...7 lines deleted...]
-  <si>
     <t>Electromagnetic Dressing of Graphene</t>
   </si>
   <si>
     <t>O. V. Kibis, K. Dini, Ivan Iorsh, V. P. Dragunov, Ivan Shelykh</t>
   </si>
   <si>
     <t>Journal of Structural Chemistry</t>
   </si>
   <si>
     <t>867-869</t>
   </si>
   <si>
     <t>10.1134/s0022476618040170</t>
   </si>
   <si>
     <t>Effective surface conductivity of optical hyperbolic metasurfaces: from far-field characterization to surface wave analysis</t>
   </si>
   <si>
     <t>Dmitry Permyakov, Pavel Dmitriev, Anton Samusev, Ivan Iorsh, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Scientific Reports</t>
   </si>
   <si>
     <t>https://doi.org/10.1038/s41598-018-32479-y</t>
@@ -1274,74 +1274,74 @@
   <si>
     <t>Transition from optical bound states in the continuum to leaky resonances: role of substrate and roughness</t>
   </si>
   <si>
     <t>Zarina Sadrieva, Ivan Sinev, Anton Samusev, Ivan Iorsh, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.6b00860</t>
   </si>
   <si>
     <t>Transport and collective radiance in a basic quantum chiral optical model</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.96.115162</t>
   </si>
   <si>
     <t>Optically induced Lifshitz transition in bilayer graphene</t>
   </si>
   <si>
     <t>Ivan Iorsh, K. Dini, O. V. Kibis, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1103/physrevb.96.155432</t>
   </si>
   <si>
+    <t>Retrieval procedure of effective conductivity for plasmonic resonant anisotropic metasurface</t>
+  </si>
+  <si>
+    <t>Andrey Bogdanov, Anton Samusev, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998069</t>
+  </si>
+  <si>
     <t>Demultiplexing surface waves with silicon nanoantennas</t>
   </si>
   <si>
     <t>Ivan Sinev, Andrey Bogdanov, Filipp Komissarenko, Mihail Petrov, Kristina Frizyuk, Sergey Makarov, Ivan Mukhin, Anton Samusev, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1063/1.4998064</t>
   </si>
   <si>
     <t>Effect of substrate on optical bound states in the continuum in 1D photonic structures</t>
   </si>
   <si>
     <t>10.1063/1.4998034</t>
   </si>
   <si>
-    <t>Retrieval procedure of effective conductivity for plasmonic resonant anisotropic metasurface</t>
-[...7 lines deleted...]
-  <si>
     <t>Rydberg exciton–exciton interaction in real space</t>
   </si>
   <si>
     <t>Yury Krivosenko, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1063/1.4998095</t>
   </si>
   <si>
     <t>Exciton-exciton interaction in transition-metal dichalcogenide monolayers</t>
   </si>
   <si>
     <t>V. Shahnazaryan, Ivan Iorsh, Ivan Shelykh, O. Kyriienko</t>
   </si>
   <si>
     <t>10.1103/physrevb.96.115409</t>
   </si>
   <si>
     <t>Tunable spin-directional coupling for surface localized waves with anisotropic metasurface</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Ivan Iorsh, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1117/12.2261663</t>
@@ -1391,80 +1391,80 @@
   <si>
     <t>II International Young Scientists Forum on Applied Physics and Engineering (YSF)</t>
   </si>
   <si>
     <t>73-76</t>
   </si>
   <si>
     <t>10.1109/YSF.2016.7753804</t>
   </si>
   <si>
     <t>Wireless power transfer system based on ceramic resonators</t>
   </si>
   <si>
     <t>Polina Kapitanova, Mingzhao Song, Ivan Iorsh, Pavel Belov</t>
   </si>
   <si>
     <t>2016 10th International Congress on Adv. Electromagnetic Mat. in Microwaves and Optics (METAMAT.)</t>
   </si>
   <si>
     <t>151-153</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2016.7746469</t>
   </si>
   <si>
+    <t>Topological properties of the illuminated arrays of mesoscopic rings</t>
+  </si>
+  <si>
+    <t>2016 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>188-192</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756839</t>
+  </si>
+  <si>
     <t>Optical bound state in the continuum in the one-dimensional photonic crystal slab: theory and experiment</t>
   </si>
   <si>
-    <t>2016 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>356-360</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756873</t>
   </si>
   <si>
     <t>New degrees of freedom of spin-optronics implemented by using hybrid surface waves localized at hyperbolic metasurface</t>
   </si>
   <si>
     <t>449-454</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756892</t>
   </si>
   <si>
-    <t>Topological properties of the illuminated arrays of mesoscopic rings</t>
-[...7 lines deleted...]
-  <si>
     <t>Self-consistent Purcell factor and spontaneous topological transition in hyperbolic metamaterials</t>
   </si>
   <si>
     <t>Sergei Krasikov, Ivan Iorsh</t>
   </si>
   <si>
     <t>Physica Status Solidi - Rapid Research Letters</t>
   </si>
   <si>
     <t>769–773</t>
   </si>
   <si>
     <t>10.1002/pssr.201600232</t>
   </si>
   <si>
     <t>Kagome lattice from an exciton-polariton perspective</t>
   </si>
   <si>
     <t>D. R. Gulevich, D. Yudin, Ivan Iorsh, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1103/physrevb.94.115437</t>
   </si>
   <si>
     <t>Generation of Photon-Plasmon Quantum States in Nonlinear Hyperbolic Metamaterials</t>
@@ -1493,68 +1493,68 @@
   <si>
     <t>Spin control of light with hyperbolic metasurfaces</t>
   </si>
   <si>
     <t>Anton Ovcharenko, Andrey Bogdanov, Ivan Iorsh, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.94.075446</t>
   </si>
   <si>
     <t>Polarization control over electric and magnetic dipole resonances of dielectric nanoparticles on metallic films</t>
   </si>
   <si>
     <t>Ivan Sinev, Ivan Iorsh, Andrey Bogdanov, Dmitry Permyakov, Filipp Komissarenko, Ivan Mukhin, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>vol. 10(5)</t>
   </si>
   <si>
     <t>799-806</t>
   </si>
   <si>
     <t>10.1002/lpor.201600055</t>
   </si>
   <si>
+    <t>From high-Q magnetic dipole scattering to broadband electric field localization by silicon nanoparticle on metal</t>
+  </si>
+  <si>
+    <t>Andrey Bogdanov, Ivan Sinev, Ivan Iorsh, Dmitry Permyakov, Filipp Komissarenko, Ivan Mukhin, Anton Samusev, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>10.1364/CLEO_QELS.2016.FM4B.6</t>
+  </si>
+  <si>
     <t>Hybrid localized waves supported by resonant anisotropic metasurfaces</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Anton Ovcharenko, Mingzhao Song, Dmitry Baranov, Ivan Sinev, Ivan Mukhin, Anton Samusev, Ivan Iorsh, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1364/CLEO_QELS.2016.FM3D.6</t>
   </si>
   <si>
-    <t>From high-Q magnetic dipole scattering to broadband electric field localization by silicon nanoparticle on metal</t>
-[...7 lines deleted...]
-  <si>
     <t>Microcavity with saturable nonlinearity under simultaneous resonant and nonresonant pumping: multistability, Hopf bifurcations and chaotic behaviour</t>
   </si>
   <si>
     <t>Ivan Iorsh, Alexander Alodjants, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1364/oe.24.011505</t>
   </si>
   <si>
     <t>Enhancement of the Purcell factor in multiperiodic hyperboliclike metamaterials</t>
   </si>
   <si>
     <t>Alexander Chebykin, Ivan Iorsh, Alexey Orlov, Pavel Belov, Sergei Zhukovsky</t>
   </si>
   <si>
     <t>10.1103/PhysRevA.93.033855</t>
   </si>
   <si>
     <t>Optically controlled periodical chain of quantum rings</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.93.125401</t>
   </si>
   <si>
     <t>Ultrafast exciton–polariton scattering towards the Dirac points</t>
@@ -2072,66 +2072,66 @@
   <si>
     <t>Negative refraction and the spectral filtering of terahertz radiation by a photonic crystal prism</t>
   </si>
   <si>
     <t>10.1364/OL.36.001641</t>
   </si>
   <si>
     <t>Hybrid states of Tamm plasmons and exciton-polaritons</t>
   </si>
   <si>
     <t>229-232</t>
   </si>
   <si>
     <t>10.1016/j.spmi.2010.05.014</t>
   </si>
   <si>
     <t>Bragg Polaritons: Strong Coupling and Amplification in an Unfolded Microcavity</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.106.076401</t>
   </si>
   <si>
     <t>S. Brand, Ivan Iorsh, Ivan Shelykh</t>
   </si>
   <si>
+    <t>Polarization beats in a pillar microcavity</t>
+  </si>
+  <si>
+    <t>24-28</t>
+  </si>
+  <si>
+    <t>10.1016/j.spmi.2009.07.021</t>
+  </si>
+  <si>
     <t>Tamm plasmon-polaritons: First experimental observation</t>
   </si>
   <si>
     <t>44-49</t>
   </si>
   <si>
     <t>10.1016/j.spmi.2009.09.003</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1016/j.spmi.2009.07.021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -3507,92 +3507,92 @@
       <c r="D39">
         <v>104</v>
       </c>
       <c r="E39"/>
       <c r="F39">
         <v>2021</v>
       </c>
       <c r="G39" t="s">
         <v>150</v>
       </c>
       <c r="H39">
         <v>3.91</v>
       </c>
       <c r="I39">
         <v>1.54</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>151</v>
       </c>
       <c r="B40" t="s">
         <v>152</v>
       </c>
       <c r="C40" t="s">
-        <v>153</v>
-[...1 lines deleted...]
-      <c r="D40"/>
+        <v>16</v>
+      </c>
+      <c r="D40">
+        <v>104</v>
+      </c>
       <c r="E40"/>
       <c r="F40">
         <v>2021</v>
       </c>
       <c r="G40" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="H40">
-        <v>1.4</v>
+        <v>3.91</v>
       </c>
       <c r="I40">
-        <v>0.42</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>154</v>
+      </c>
+      <c r="B41" t="s">
         <v>155</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>156</v>
       </c>
-      <c r="C41" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D41"/>
       <c r="E41"/>
       <c r="F41">
         <v>2021</v>
       </c>
       <c r="G41" t="s">
         <v>157</v>
       </c>
       <c r="H41">
-        <v>3.91</v>
+        <v>1.4</v>
       </c>
       <c r="I41">
-        <v>1.54</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>158</v>
       </c>
       <c r="B42" t="s">
         <v>122</v>
       </c>
       <c r="C42" t="s">
         <v>16</v>
       </c>
       <c r="D42">
         <v>103</v>
       </c>
       <c r="E42"/>
       <c r="F42">
         <v>2021</v>
       </c>
       <c r="G42" t="s">
         <v>159</v>
       </c>
       <c r="H42">
         <v>3.91</v>
       </c>
@@ -3916,132 +3916,132 @@
       </c>
       <c r="E54">
         <v>50</v>
       </c>
       <c r="F54">
         <v>2020</v>
       </c>
       <c r="G54" t="s">
         <v>206</v>
       </c>
       <c r="H54">
         <v>3.78</v>
       </c>
       <c r="I54">
         <v>1.52</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>207</v>
       </c>
       <c r="B55" t="s">
         <v>208</v>
       </c>
       <c r="C55" t="s">
-        <v>209</v>
+        <v>168</v>
       </c>
       <c r="D55">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="E55"/>
       <c r="F55">
         <v>2020</v>
       </c>
       <c r="G55" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="H55">
-        <v>8.45</v>
+        <v>9.16</v>
       </c>
       <c r="I55">
-        <v>2.72</v>
+        <v>3.69</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>210</v>
+      </c>
+      <c r="B56" t="s">
         <v>211</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>212</v>
       </c>
-      <c r="C56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D56">
-        <v>125</v>
+        <v>9</v>
       </c>
       <c r="E56"/>
       <c r="F56">
         <v>2020</v>
       </c>
       <c r="G56" t="s">
         <v>213</v>
       </c>
       <c r="H56">
-        <v>9.16</v>
+        <v>8.45</v>
       </c>
       <c r="I56">
-        <v>3.69</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
         <v>214</v>
       </c>
       <c r="B57" t="s">
         <v>215</v>
       </c>
       <c r="C57" t="s">
         <v>16</v>
       </c>
       <c r="D57">
         <v>102</v>
       </c>
       <c r="E57"/>
       <c r="F57">
         <v>2020</v>
       </c>
       <c r="G57" t="s">
         <v>216</v>
       </c>
       <c r="H57">
         <v>4.04</v>
       </c>
       <c r="I57">
         <v>1.78</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>217</v>
       </c>
       <c r="B58" t="s">
         <v>196</v>
       </c>
       <c r="C58" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="D58">
         <v>9</v>
       </c>
       <c r="E58" t="s">
         <v>218</v>
       </c>
       <c r="F58">
         <v>2020</v>
       </c>
       <c r="G58" t="s">
         <v>219</v>
       </c>
       <c r="H58">
         <v>8.45</v>
       </c>
       <c r="I58">
         <v>2.72</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>220</v>
       </c>
       <c r="B59" t="s">
@@ -4262,51 +4262,51 @@
       <c r="C67" t="s">
         <v>16</v>
       </c>
       <c r="D67">
         <v>100</v>
       </c>
       <c r="E67"/>
       <c r="F67">
         <v>2019</v>
       </c>
       <c r="G67" t="s">
         <v>253</v>
       </c>
       <c r="H67">
         <v>3.58</v>
       </c>
       <c r="I67">
         <v>1.81</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>254</v>
       </c>
       <c r="B68" t="s">
-        <v>240</v>
+        <v>228</v>
       </c>
       <c r="C68" t="s">
         <v>205</v>
       </c>
       <c r="D68">
         <v>45</v>
       </c>
       <c r="E68">
         <v>181</v>
       </c>
       <c r="F68">
         <v>2019</v>
       </c>
       <c r="G68" t="s">
         <v>255</v>
       </c>
       <c r="H68">
         <v>3.71</v>
       </c>
       <c r="I68">
         <v>1.79</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
@@ -4617,392 +4617,392 @@
       <c r="C80" t="s">
         <v>129</v>
       </c>
       <c r="D80">
         <v>1092</v>
       </c>
       <c r="E80">
         <v>12055</v>
       </c>
       <c r="F80">
         <v>2019</v>
       </c>
       <c r="G80" t="s">
         <v>301</v>
       </c>
       <c r="H80"/>
       <c r="I80">
         <v>0.22</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
         <v>302</v>
       </c>
       <c r="B81" t="s">
-        <v>240</v>
+        <v>228</v>
       </c>
       <c r="C81" t="s">
         <v>287</v>
       </c>
       <c r="D81">
         <v>11</v>
       </c>
       <c r="E81" t="s">
         <v>303</v>
       </c>
       <c r="F81">
         <v>2019</v>
       </c>
       <c r="G81" t="s">
         <v>304</v>
       </c>
       <c r="H81">
         <v>6.9</v>
       </c>
       <c r="I81">
         <v>2.18</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
         <v>305</v>
       </c>
       <c r="B82" t="s">
         <v>176</v>
       </c>
       <c r="C82" t="s">
         <v>306</v>
       </c>
       <c r="D82"/>
       <c r="E82"/>
       <c r="F82">
         <v>2018</v>
       </c>
       <c r="G82" t="s">
         <v>307</v>
       </c>
       <c r="H82"/>
       <c r="I82"/>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
         <v>308</v>
       </c>
       <c r="B83" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="C83" t="s">
         <v>16</v>
       </c>
       <c r="D83">
         <v>98</v>
       </c>
       <c r="E83">
         <v>195404</v>
       </c>
       <c r="F83">
         <v>2018</v>
       </c>
       <c r="G83" t="s">
         <v>309</v>
       </c>
       <c r="H83">
         <v>3.74</v>
       </c>
       <c r="I83">
         <v>1.5</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
         <v>310</v>
       </c>
       <c r="B84" t="s">
         <v>311</v>
       </c>
       <c r="C84" t="s">
         <v>129</v>
       </c>
-      <c r="D84" t="s">
-        <v>312</v>
+      <c r="D84">
+        <v>1092</v>
       </c>
       <c r="E84">
-        <v>12009</v>
+        <v>12105</v>
       </c>
       <c r="F84">
         <v>2018</v>
       </c>
       <c r="G84" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="H84"/>
       <c r="I84">
         <v>0.24</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
+        <v>313</v>
+      </c>
+      <c r="B85" t="s">
         <v>314</v>
       </c>
-      <c r="B85" t="s">
+      <c r="C85" t="s">
+        <v>129</v>
+      </c>
+      <c r="D85" t="s">
         <v>315</v>
       </c>
-      <c r="C85" t="s">
-[...6 lines deleted...]
-        <v>318</v>
+      <c r="E85">
+        <v>12009</v>
       </c>
       <c r="F85">
         <v>2018</v>
       </c>
       <c r="G85" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="H85"/>
-      <c r="I85"/>
+      <c r="I85">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
+        <v>317</v>
+      </c>
+      <c r="B86" t="s">
+        <v>311</v>
+      </c>
+      <c r="C86" t="s">
+        <v>318</v>
+      </c>
+      <c r="D86" t="s">
+        <v>319</v>
+      </c>
+      <c r="E86" t="s">
         <v>320</v>
-      </c>
-[...10 lines deleted...]
-        <v>12105</v>
       </c>
       <c r="F86">
         <v>2018</v>
       </c>
       <c r="G86" t="s">
         <v>321</v>
       </c>
       <c r="H86"/>
-      <c r="I86">
-[...1 lines deleted...]
-      </c>
+      <c r="I86"/>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
         <v>322</v>
       </c>
       <c r="B87" t="s">
         <v>323</v>
       </c>
       <c r="C87" t="s">
         <v>129</v>
       </c>
       <c r="D87">
         <v>1092</v>
       </c>
       <c r="E87">
-        <v>12068</v>
+        <v>12064</v>
       </c>
       <c r="F87">
         <v>2018</v>
       </c>
       <c r="G87" t="s">
         <v>324</v>
       </c>
       <c r="H87"/>
       <c r="I87">
         <v>0.24</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>325</v>
       </c>
       <c r="B88" t="s">
         <v>326</v>
       </c>
       <c r="C88" t="s">
-        <v>16</v>
+        <v>129</v>
       </c>
       <c r="D88">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="E88"/>
+        <v>1092</v>
+      </c>
+      <c r="E88">
+        <v>12068</v>
+      </c>
       <c r="F88">
         <v>2018</v>
       </c>
       <c r="G88" t="s">
         <v>327</v>
       </c>
-      <c r="H88">
-[...1 lines deleted...]
-      </c>
+      <c r="H88"/>
       <c r="I88">
-        <v>1.5</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
         <v>328</v>
       </c>
       <c r="B89" t="s">
         <v>329</v>
       </c>
       <c r="C89" t="s">
-        <v>129</v>
+        <v>16</v>
       </c>
       <c r="D89">
-        <v>1092</v>
-[...3 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="E89"/>
       <c r="F89">
         <v>2018</v>
       </c>
       <c r="G89" t="s">
         <v>330</v>
       </c>
-      <c r="H89"/>
+      <c r="H89">
+        <v>3.74</v>
+      </c>
       <c r="I89">
-        <v>0.24</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
         <v>331</v>
       </c>
       <c r="B90" t="s">
         <v>332</v>
       </c>
       <c r="C90" t="s">
         <v>129</v>
       </c>
       <c r="D90">
         <v>1092</v>
       </c>
       <c r="E90">
-        <v>12064</v>
+        <v>12140</v>
       </c>
       <c r="F90">
         <v>2018</v>
       </c>
       <c r="G90" t="s">
         <v>333</v>
       </c>
       <c r="H90"/>
       <c r="I90">
         <v>0.24</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
         <v>334</v>
       </c>
       <c r="B91" t="s">
-        <v>332</v>
+        <v>323</v>
       </c>
       <c r="C91" t="s">
         <v>16</v>
       </c>
       <c r="D91">
         <v>98</v>
       </c>
       <c r="E91" t="s">
         <v>335</v>
       </c>
       <c r="F91">
         <v>2018</v>
       </c>
       <c r="G91" t="s">
         <v>336</v>
       </c>
       <c r="H91">
         <v>3.74</v>
       </c>
       <c r="I91">
         <v>1.5</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
         <v>337</v>
       </c>
       <c r="B92" t="s">
-        <v>338</v>
+        <v>67</v>
       </c>
       <c r="C92" t="s">
         <v>129</v>
       </c>
       <c r="D92">
         <v>1092</v>
       </c>
       <c r="E92" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="F92">
         <v>2018</v>
       </c>
       <c r="G92" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="H92"/>
       <c r="I92">
-        <v>0.24</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
+        <v>340</v>
+      </c>
+      <c r="B93" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="C93" t="s">
         <v>129</v>
       </c>
       <c r="D93">
         <v>1092</v>
       </c>
       <c r="E93" t="s">
         <v>342</v>
       </c>
       <c r="F93">
         <v>2018</v>
       </c>
       <c r="G93" t="s">
         <v>343</v>
       </c>
       <c r="H93"/>
       <c r="I93">
-        <v>0.23</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
         <v>344</v>
       </c>
       <c r="B94" t="s">
         <v>345</v>
       </c>
       <c r="C94" t="s">
         <v>346</v>
       </c>
       <c r="D94">
         <v>59</v>
       </c>
       <c r="E94" t="s">
         <v>347</v>
       </c>
       <c r="F94">
         <v>2018</v>
       </c>
       <c r="G94" t="s">
         <v>348</v>
       </c>
       <c r="H94">
@@ -5080,51 +5080,51 @@
       <c r="C97" t="s">
         <v>95</v>
       </c>
       <c r="D97">
         <v>98</v>
       </c>
       <c r="E97"/>
       <c r="F97">
         <v>2018</v>
       </c>
       <c r="G97" t="s">
         <v>357</v>
       </c>
       <c r="H97">
         <v>2.91</v>
       </c>
       <c r="I97">
         <v>1.27</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
         <v>358</v>
       </c>
       <c r="B98" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="C98" t="s">
         <v>16</v>
       </c>
       <c r="D98">
         <v>97</v>
       </c>
       <c r="E98">
         <v>224309</v>
       </c>
       <c r="F98">
         <v>2018</v>
       </c>
       <c r="G98" t="s">
         <v>359</v>
       </c>
       <c r="H98">
         <v>3.74</v>
       </c>
       <c r="I98">
         <v>1.5</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
@@ -5136,51 +5136,51 @@
       <c r="C99" t="s">
         <v>361</v>
       </c>
       <c r="D99">
         <v>10671</v>
       </c>
       <c r="E99">
         <v>1067118</v>
       </c>
       <c r="F99">
         <v>2018</v>
       </c>
       <c r="G99" t="s">
         <v>362</v>
       </c>
       <c r="H99"/>
       <c r="I99">
         <v>0.23</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
         <v>363</v>
       </c>
       <c r="B100" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="C100" t="s">
         <v>129</v>
       </c>
       <c r="D100">
         <v>993</v>
       </c>
       <c r="E100">
         <v>12022</v>
       </c>
       <c r="F100">
         <v>2018</v>
       </c>
       <c r="G100" t="s">
         <v>364</v>
       </c>
       <c r="H100"/>
       <c r="I100">
         <v>0.24</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
         <v>365</v>
       </c>
@@ -5608,105 +5608,105 @@
       <c r="F116">
         <v>2017</v>
       </c>
       <c r="G116" t="s">
         <v>419</v>
       </c>
       <c r="H116">
         <v>3.81</v>
       </c>
       <c r="I116"/>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
         <v>420</v>
       </c>
       <c r="B117" t="s">
         <v>421</v>
       </c>
       <c r="C117" t="s">
         <v>172</v>
       </c>
       <c r="D117">
         <v>1874</v>
       </c>
       <c r="E117">
-        <v>30035</v>
+        <v>30040</v>
       </c>
       <c r="F117">
         <v>2017</v>
       </c>
       <c r="G117" t="s">
         <v>422</v>
       </c>
       <c r="H117"/>
       <c r="I117">
         <v>0.17</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
         <v>423</v>
       </c>
       <c r="B118" t="s">
-        <v>413</v>
+        <v>424</v>
       </c>
       <c r="C118" t="s">
         <v>172</v>
       </c>
       <c r="D118">
         <v>1874</v>
       </c>
       <c r="E118">
-        <v>30005</v>
+        <v>30035</v>
       </c>
       <c r="F118">
         <v>2017</v>
       </c>
       <c r="G118" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="H118"/>
       <c r="I118">
         <v>0.17</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B119" t="s">
-        <v>426</v>
+        <v>413</v>
       </c>
       <c r="C119" t="s">
         <v>172</v>
       </c>
       <c r="D119">
         <v>1874</v>
       </c>
       <c r="E119">
-        <v>30040</v>
+        <v>30005</v>
       </c>
       <c r="F119">
         <v>2017</v>
       </c>
       <c r="G119" t="s">
         <v>427</v>
       </c>
       <c r="H119"/>
       <c r="I119">
         <v>0.17</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
         <v>428</v>
       </c>
       <c r="B120" t="s">
         <v>429</v>
       </c>
       <c r="C120" t="s">
         <v>172</v>
       </c>
       <c r="D120"/>
       <c r="E120"/>
       <c r="F120">
@@ -5907,97 +5907,97 @@
       </c>
       <c r="B128" t="s">
         <v>455</v>
       </c>
       <c r="C128" t="s">
         <v>456</v>
       </c>
       <c r="D128"/>
       <c r="E128" t="s">
         <v>457</v>
       </c>
       <c r="F128">
         <v>2016</v>
       </c>
       <c r="G128" t="s">
         <v>458</v>
       </c>
       <c r="H128"/>
       <c r="I128"/>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
         <v>459</v>
       </c>
       <c r="B129" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="C129" t="s">
         <v>460</v>
       </c>
       <c r="D129"/>
       <c r="E129" t="s">
         <v>461</v>
       </c>
       <c r="F129">
         <v>2016</v>
       </c>
       <c r="G129" t="s">
         <v>462</v>
       </c>
       <c r="H129"/>
       <c r="I129"/>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
         <v>463</v>
       </c>
       <c r="B130" t="s">
-        <v>450</v>
+        <v>413</v>
       </c>
       <c r="C130" t="s">
         <v>460</v>
       </c>
       <c r="D130"/>
       <c r="E130" t="s">
         <v>464</v>
       </c>
       <c r="F130">
         <v>2016</v>
       </c>
       <c r="G130" t="s">
         <v>465</v>
       </c>
       <c r="H130"/>
       <c r="I130"/>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
         <v>466</v>
       </c>
       <c r="B131" t="s">
-        <v>410</v>
+        <v>450</v>
       </c>
       <c r="C131" t="s">
         <v>460</v>
       </c>
       <c r="D131"/>
       <c r="E131" t="s">
         <v>467</v>
       </c>
       <c r="F131">
         <v>2016</v>
       </c>
       <c r="G131" t="s">
         <v>468</v>
       </c>
       <c r="H131"/>
       <c r="I131"/>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
         <v>469</v>
       </c>
       <c r="B132" t="s">
         <v>470</v>
       </c>
       <c r="C132" t="s">
@@ -6902,51 +6902,51 @@
       <c r="D166" t="s">
         <v>584</v>
       </c>
       <c r="E166" t="s">
         <v>585</v>
       </c>
       <c r="F166">
         <v>2014</v>
       </c>
       <c r="G166" t="s">
         <v>586</v>
       </c>
       <c r="H166"/>
       <c r="I166">
         <v>0.1</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" t="s">
         <v>587</v>
       </c>
       <c r="B167" t="s">
         <v>588</v>
       </c>
       <c r="C167" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="D167">
         <v>99</v>
       </c>
       <c r="E167" t="s">
         <v>589</v>
       </c>
       <c r="F167">
         <v>2014</v>
       </c>
       <c r="G167" t="s">
         <v>590</v>
       </c>
       <c r="H167">
         <v>1.36</v>
       </c>
       <c r="I167">
         <v>0.76</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" t="s">
         <v>591</v>
       </c>
       <c r="B168" t="s">
@@ -7016,51 +7016,51 @@
       <c r="D170">
         <v>88</v>
       </c>
       <c r="E170">
         <v>195422</v>
       </c>
       <c r="F170">
         <v>2013</v>
       </c>
       <c r="G170" t="s">
         <v>603</v>
       </c>
       <c r="H170">
         <v>3.66</v>
       </c>
       <c r="I170"/>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" t="s">
         <v>604</v>
       </c>
       <c r="B171" t="s">
         <v>588</v>
       </c>
       <c r="C171" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="D171">
         <v>98</v>
       </c>
       <c r="E171" t="s">
         <v>605</v>
       </c>
       <c r="F171">
         <v>2013</v>
       </c>
       <c r="G171" t="s">
         <v>606</v>
       </c>
       <c r="H171">
         <v>1.36</v>
       </c>
       <c r="I171">
         <v>0.8</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" t="s">
         <v>607</v>
       </c>
       <c r="B172" t="s">
@@ -7157,51 +7157,51 @@
       <c r="D175">
         <v>87</v>
       </c>
       <c r="E175" t="s">
         <v>619</v>
       </c>
       <c r="F175">
         <v>2013</v>
       </c>
       <c r="G175" t="s">
         <v>620</v>
       </c>
       <c r="H175">
         <v>3.66</v>
       </c>
       <c r="I175"/>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" t="s">
         <v>621</v>
       </c>
       <c r="B176" t="s">
         <v>602</v>
       </c>
       <c r="C176" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="D176">
         <v>97</v>
       </c>
       <c r="E176" t="s">
         <v>622</v>
       </c>
       <c r="F176">
         <v>2013</v>
       </c>
       <c r="G176" t="s">
         <v>623</v>
       </c>
       <c r="H176">
         <v>1.36</v>
       </c>
       <c r="I176">
         <v>0.8</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" t="s">
         <v>624</v>
       </c>
       <c r="B177" t="s">
@@ -7215,51 +7215,51 @@
       </c>
       <c r="E177" t="s">
         <v>626</v>
       </c>
       <c r="F177">
         <v>2013</v>
       </c>
       <c r="G177" t="s">
         <v>627</v>
       </c>
       <c r="H177">
         <v>3.53</v>
       </c>
       <c r="I177">
         <v>2.34</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" t="s">
         <v>628</v>
       </c>
       <c r="B178" t="s">
         <v>602</v>
       </c>
       <c r="C178" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="D178">
         <v>97</v>
       </c>
       <c r="E178" t="s">
         <v>629</v>
       </c>
       <c r="F178">
         <v>2013</v>
       </c>
       <c r="G178" t="s">
         <v>630</v>
       </c>
       <c r="H178">
         <v>1.36</v>
       </c>
       <c r="I178">
         <v>0.8</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" t="s">
         <v>631</v>
       </c>
       <c r="B179" t="s">