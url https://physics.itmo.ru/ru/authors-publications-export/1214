--- v2 (2025-11-15)
+++ v3 (2025-12-06)
@@ -12,79 +12,94 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="692">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="697">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Anomalous Reflection from Hyperbolic Media</t>
+  </si>
+  <si>
+    <t>Ilya Deriy, Kseniia Lezhennikova, Stanislav Glybovski, Ivan Iorsh, Oleh Y. Yermakov, Mingzhao Song, Redha Abdeddaim, Stefan Enoch, Pavel Belov, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>Progress In Electromagnetics Research</t>
+  </si>
+  <si>
+    <t>85-94</t>
+  </si>
+  <si>
+    <t>10.2528/pier24121702</t>
+  </si>
+  <si>
     <t>Stimulated Exciton–Polariton Scattering in Hybrid Halide Perovskites</t>
   </si>
   <si>
     <t>Igor Chestnov, Mikhail Masharin, Valeriy Kondratiev, Ivan Iorsh, Anton Samusev, Anatoly Pushkarev, Sergey Makarov, Ivan Shelykh, Vanik Shahnazaryan</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>801-808</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.4c01756</t>
   </si>
   <si>
     <t>Generating N00N states of surface plasmon polaritons with 𝑁=2 by a single nanoparticle</t>
   </si>
   <si>
     <t>Nikita Olekhno, Mihail Petrov, Ivan Iorsh, Andrey Sukhorukov, Alexander S. Solntsev</t>
   </si>
   <si>
     <t>Physical Review B</t>
   </si>
   <si>
     <t>10.1103/physrevb.109.245416</t>
@@ -467,71 +482,71 @@
   <si>
     <t>10.1088/2053-1583/ac3887</t>
   </si>
   <si>
     <t>Exciton–polaritons in GaAs-based slab waveguide photonic crystals</t>
   </si>
   <si>
     <t>C. E. Whittaker, T. Isoniemi, S. Lovett, P. M. Walker, Stanislav Kolodny, Valerii Kozin, Ivan Iorsh, I. Farrer, D. A. Ritchie, M. S. Skolnick, D. N. Krizhanovskii</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/5.0071248</t>
   </si>
   <si>
     <t>Vacuum anomalous Hall effect in gyrotropic cavity</t>
   </si>
   <si>
     <t>I. V. Tokatly, Dmitry Gulevich, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1103/physrevb.104.l081408</t>
   </si>
   <si>
+    <t>Enhancement of Second-harmonic Generation in Micropillar Resonator due to the Engineered Destructive Interference</t>
+  </si>
+  <si>
+    <t>Stanislav Kolodny, Valerii Kozin, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>JETP Letters</t>
+  </si>
+  <si>
+    <t>10.1134/s0021364021150017</t>
+  </si>
+  <si>
     <t>All-optical resonant magnetization switching in CrI3 monolayers</t>
   </si>
   <si>
     <t>Andrew Kudlis, Ivan Iorsh, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1103/physrevb.104.l020412</t>
   </si>
   <si>
-    <t>Enhancement of Second-harmonic Generation in Micropillar Resonator due to the Engineered Destructive Interference</t>
-[...10 lines deleted...]
-  <si>
     <t>Modeling excitonic Mott transitions in two-dimensional semiconductors</t>
   </si>
   <si>
     <t>10.1103/physrevb.103.115307</t>
   </si>
   <si>
     <t>Two-dimensional chiral-waveguide quantum electrodynamics: Long-range qubit correlations and flat-band dark polaritons</t>
   </si>
   <si>
     <t>Y. Marques, Ivan Shelykh, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1103/physreva.103.033702</t>
   </si>
   <si>
     <t>Bosonic Hofstadter butterflies in synthetic antiferromagnetic patterns</t>
   </si>
   <si>
     <t>Journal of Physics: Condensed Matter</t>
   </si>
   <si>
     <t>10.1088/1361-648x/abd99b</t>
   </si>
   <si>
     <t>Chiral Waveguide Optomechanics: First Order Quantum Phase Transitions with Z3 Symmetry Breaking</t>
@@ -635,71 +650,71 @@
   <si>
     <t>Spin–valley dynamics in alloy-based transition metal dichalcogenide heterobilayers</t>
   </si>
   <si>
     <t>Vasily Kravtsov,  Aleksey D Liubomirov,  Roman V Cherbunin,  Alessandro Catanzaro,  Armando Genco,  Daniel Gillard,  Evgeny M Alexeev, Tatyana Ivanova, Ivan Shelykh,  Alexander I Tartakovskii,  Maurice S Skolnick, Ivan Iorsh</t>
   </si>
   <si>
     <t>025011</t>
   </si>
   <si>
     <t>10.1088/2053-1583/abcf12</t>
   </si>
   <si>
     <t>Fano resonances in optical spectra of semiconductor quantum wells dressed by circularly polarized light</t>
   </si>
   <si>
     <t>O. V. Kibis, Stanislav Kolodny, Ivan Iorsh</t>
   </si>
   <si>
     <t>Optics Letters</t>
   </si>
   <si>
     <t>10.1364/ol.410091</t>
   </si>
   <si>
+    <t>High refractive index and extreme biaxial optical anisotropy of rhenium diselenide for applications in all-dielectric nanophotonics</t>
+  </si>
+  <si>
+    <t>Anton Shubnic, Roman Polozkov, Ivan Shelykh, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>Nanophotonics</t>
+  </si>
+  <si>
+    <t>10.1515/nanoph-2020-0416</t>
+  </si>
+  <si>
     <t>Waveguide Quantum Optomechanics: Parity-Time Phase Transitions in Ultrastrong Coupling Regime</t>
   </si>
   <si>
     <t>Ivan Iorsh, Alexander Poshakinskiy, Alexander Poddubny</t>
   </si>
   <si>
     <t>10.1103/physrevlett.125.183601</t>
   </si>
   <si>
-    <t>High refractive index and extreme biaxial optical anisotropy of rhenium diselenide for applications in all-dielectric nanophotonics</t>
-[...10 lines deleted...]
-  <si>
     <t>Tunable optical nonlinearity for transition metal dichalcogenide polaritons dressed by a Fermi sea</t>
   </si>
   <si>
     <t>Vanik Shahnazaryan, Valerii Kozin, Ivan Shelykh, Ivan Iorsh, O. Kyriienko</t>
   </si>
   <si>
     <t>10.1103/physrevb.102.115310</t>
   </si>
   <si>
     <t>Broadband enhancement of second-harmonic generation at the domain walls of magnetic topological insulators</t>
   </si>
   <si>
     <t>4489-4495</t>
   </si>
   <si>
     <t>10.1515/nanoph-2020-0287</t>
   </si>
   <si>
     <t>Midgap edge states in polaritonic graphene with zero average mangetic field</t>
   </si>
   <si>
     <t>FIFTH INTERNATIONAL CONFERENCE ON QUANTUM TECHNOLOGIES (ICQT-2019)</t>
   </si>
   <si>
     <t>10.1063/5.0011471</t>
@@ -944,152 +959,152 @@
   <si>
     <t>Resonant spin wave excitation in magnetoplasmonic bilayers using short laser pulses</t>
   </si>
   <si>
     <t>2003-2007</t>
   </si>
   <si>
     <t>10.1039/c8nr09989h</t>
   </si>
   <si>
     <t>Strong coupling and non-reciprocity in the dynamics of a V-atom placed near an anisotropic metasurface</t>
   </si>
   <si>
     <t>2018 12th Int. Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2018.8534098</t>
   </si>
   <si>
     <t>Experimental observation of hybrid TE-TM polarized surface waves supported by hyperbolic metasurface</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.195404</t>
   </si>
   <si>
+    <t>Optical properties of spatially dispersive Mie-resonant halide perovskite nanoparticles</t>
+  </si>
+  <si>
+    <t>Aleksander Berestennikov, Ivan Iorsh, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>1092 (1)</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012009</t>
+  </si>
+  <si>
+    <t>Generation of photon and plasmon pairs by a nonlinear semiconductor nanoparticle</t>
+  </si>
+  <si>
+    <t>Nikita Olekhno, Mihail Petrov, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>OSA Technical Digest (online)</t>
+  </si>
+  <si>
+    <t>Advanced Pho</t>
+  </si>
+  <si>
+    <t>paper NpM2I.</t>
+  </si>
+  <si>
+    <t>10.1364/NP.2018.NpM2I.5</t>
+  </si>
+  <si>
     <t>Generation of surface plasmon-polariton pairs by a nonlinear nanoparticle</t>
   </si>
   <si>
-    <t>Nikita Olekhno, Mihail Petrov, Ivan Iorsh</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1088/1742-6596/1092/1/012105</t>
   </si>
   <si>
-    <t>Optical properties of spatially dispersive Mie-resonant halide perovskite nanoparticles</t>
-[...23 lines deleted...]
-    <t>10.1364/NP.2018.NpM2I.5</t>
+    <t>Nonlinear Bound States in the Continuum in One-Dimensional Photonic Crystal Slab</t>
+  </si>
+  <si>
+    <t>Sergei Krasikov, Andrey Bogdanov, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012068</t>
+  </si>
+  <si>
+    <t>Optical analog of Rashba spin-orbit interaction in asymmetric polariton waveguides</t>
+  </si>
+  <si>
+    <t>Ivan Shelykh, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>10.1103/physrevb.98.155428</t>
+  </si>
+  <si>
+    <t>2pi steering of surface plasmon polaritons with silicon nanoantennas</t>
+  </si>
+  <si>
+    <t>Ivan Sinev, Andrey Bogdanov, Filipp Komissarenko, Ivan Mukhin, Anton Samusev, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012140</t>
   </si>
   <si>
     <t>Light-matter interaction between photonic bound states in the continuum and bright excitons in transition metal dichalcogenides</t>
   </si>
   <si>
     <t>Zarina Sadrieva, Andrey Bogdanov, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012064</t>
   </si>
   <si>
-    <t>Nonlinear Bound States in the Continuum in One-Dimensional Photonic Crystal Slab</t>
-[...25 lines deleted...]
-  <si>
     <t>Strong coupling between excitons in transition metal dichalcogenides and optical bound states in the continuum</t>
   </si>
   <si>
     <t>161113(R)</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.161113</t>
   </si>
   <si>
+    <t>Temporal dynamics of a quantum emitter with multiple excited states in the vicinity of an anisotropic metasurface</t>
+  </si>
+  <si>
+    <t>Ivan Toftul, Alexander Chebykin, Mihail Petrov, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>012063</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012063</t>
+  </si>
+  <si>
     <t>Resonant pumping of polaritonic SSH chains</t>
   </si>
   <si>
     <t>012070</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012070</t>
   </si>
   <si>
-    <t>Temporal dynamics of a quantum emitter with multiple excited states in the vicinity of an anisotropic metasurface</t>
-[...10 lines deleted...]
-  <si>
     <t>Electromagnetic Dressing of Graphene</t>
   </si>
   <si>
     <t>O. V. Kibis, K. Dini, Ivan Iorsh, V. P. Dragunov, Ivan Shelykh</t>
   </si>
   <si>
     <t>Journal of Structural Chemistry</t>
   </si>
   <si>
     <t>867-869</t>
   </si>
   <si>
     <t>10.1134/s0022476618040170</t>
   </si>
   <si>
     <t>Effective surface conductivity of optical hyperbolic metasurfaces: from far-field characterization to surface wave analysis</t>
   </si>
   <si>
     <t>Dmitry Permyakov, Pavel Dmitriev, Anton Samusev, Ivan Iorsh, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Scientific Reports</t>
   </si>
   <si>
     <t>https://doi.org/10.1038/s41598-018-32479-y</t>
@@ -1274,74 +1289,74 @@
   <si>
     <t>Transition from optical bound states in the continuum to leaky resonances: role of substrate and roughness</t>
   </si>
   <si>
     <t>Zarina Sadrieva, Ivan Sinev, Anton Samusev, Ivan Iorsh, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.6b00860</t>
   </si>
   <si>
     <t>Transport and collective radiance in a basic quantum chiral optical model</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.96.115162</t>
   </si>
   <si>
     <t>Optically induced Lifshitz transition in bilayer graphene</t>
   </si>
   <si>
     <t>Ivan Iorsh, K. Dini, O. V. Kibis, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1103/physrevb.96.155432</t>
   </si>
   <si>
+    <t>Demultiplexing surface waves with silicon nanoantennas</t>
+  </si>
+  <si>
+    <t>Ivan Sinev, Andrey Bogdanov, Filipp Komissarenko, Mihail Petrov, Kristina Frizyuk, Sergey Makarov, Ivan Mukhin, Anton Samusev, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998064</t>
+  </si>
+  <si>
+    <t>Effect of substrate on optical bound states in the continuum in 1D photonic structures</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998034</t>
+  </si>
+  <si>
     <t>Retrieval procedure of effective conductivity for plasmonic resonant anisotropic metasurface</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Anton Samusev, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1063/1.4998069</t>
   </si>
   <si>
-    <t>Demultiplexing surface waves with silicon nanoantennas</t>
-[...13 lines deleted...]
-  <si>
     <t>Rydberg exciton–exciton interaction in real space</t>
   </si>
   <si>
     <t>Yury Krivosenko, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1063/1.4998095</t>
   </si>
   <si>
     <t>Exciton-exciton interaction in transition-metal dichalcogenide monolayers</t>
   </si>
   <si>
     <t>V. Shahnazaryan, Ivan Iorsh, Ivan Shelykh, O. Kyriienko</t>
   </si>
   <si>
     <t>10.1103/physrevb.96.115409</t>
   </si>
   <si>
     <t>Tunable spin-directional coupling for surface localized waves with anisotropic metasurface</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Ivan Iorsh, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1117/12.2261663</t>
@@ -1391,80 +1406,80 @@
   <si>
     <t>II International Young Scientists Forum on Applied Physics and Engineering (YSF)</t>
   </si>
   <si>
     <t>73-76</t>
   </si>
   <si>
     <t>10.1109/YSF.2016.7753804</t>
   </si>
   <si>
     <t>Wireless power transfer system based on ceramic resonators</t>
   </si>
   <si>
     <t>Polina Kapitanova, Mingzhao Song, Ivan Iorsh, Pavel Belov</t>
   </si>
   <si>
     <t>2016 10th International Congress on Adv. Electromagnetic Mat. in Microwaves and Optics (METAMAT.)</t>
   </si>
   <si>
     <t>151-153</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2016.7746469</t>
   </si>
   <si>
+    <t>Optical bound state in the continuum in the one-dimensional photonic crystal slab: theory and experiment</t>
+  </si>
+  <si>
+    <t>2016 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>356-360</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756873</t>
+  </si>
+  <si>
+    <t>New degrees of freedom of spin-optronics implemented by using hybrid surface waves localized at hyperbolic metasurface</t>
+  </si>
+  <si>
+    <t>449-454</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756892</t>
+  </si>
+  <si>
     <t>Topological properties of the illuminated arrays of mesoscopic rings</t>
   </si>
   <si>
-    <t>2016 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>188-192</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756839</t>
   </si>
   <si>
-    <t>Optical bound state in the continuum in the one-dimensional photonic crystal slab: theory and experiment</t>
-[...16 lines deleted...]
-  <si>
     <t>Self-consistent Purcell factor and spontaneous topological transition in hyperbolic metamaterials</t>
   </si>
   <si>
     <t>Sergei Krasikov, Ivan Iorsh</t>
   </si>
   <si>
     <t>Physica Status Solidi - Rapid Research Letters</t>
   </si>
   <si>
     <t>769–773</t>
   </si>
   <si>
     <t>10.1002/pssr.201600232</t>
   </si>
   <si>
     <t>Kagome lattice from an exciton-polariton perspective</t>
   </si>
   <si>
     <t>D. R. Gulevich, D. Yudin, Ivan Iorsh, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1103/physrevb.94.115437</t>
   </si>
   <si>
     <t>Generation of Photon-Plasmon Quantum States in Nonlinear Hyperbolic Metamaterials</t>
@@ -1493,66 +1508,66 @@
   <si>
     <t>Spin control of light with hyperbolic metasurfaces</t>
   </si>
   <si>
     <t>Anton Ovcharenko, Andrey Bogdanov, Ivan Iorsh, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.94.075446</t>
   </si>
   <si>
     <t>Polarization control over electric and magnetic dipole resonances of dielectric nanoparticles on metallic films</t>
   </si>
   <si>
     <t>Ivan Sinev, Ivan Iorsh, Andrey Bogdanov, Dmitry Permyakov, Filipp Komissarenko, Ivan Mukhin, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>vol. 10(5)</t>
   </si>
   <si>
     <t>799-806</t>
   </si>
   <si>
     <t>10.1002/lpor.201600055</t>
   </si>
   <si>
+    <t>Hybrid localized waves supported by resonant anisotropic metasurfaces</t>
+  </si>
+  <si>
+    <t>Andrey Bogdanov, Anton Ovcharenko, Mingzhao Song, Dmitry Baranov, Ivan Sinev, Ivan Mukhin, Anton Samusev, Ivan Iorsh, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>10.1364/CLEO_QELS.2016.FM3D.6</t>
+  </si>
+  <si>
     <t>From high-Q magnetic dipole scattering to broadband electric field localization by silicon nanoparticle on metal</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Ivan Sinev, Ivan Iorsh, Dmitry Permyakov, Filipp Komissarenko, Ivan Mukhin, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1364/CLEO_QELS.2016.FM4B.6</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1364/CLEO_QELS.2016.FM3D.6</t>
   </si>
   <si>
     <t>Microcavity with saturable nonlinearity under simultaneous resonant and nonresonant pumping: multistability, Hopf bifurcations and chaotic behaviour</t>
   </si>
   <si>
     <t>Ivan Iorsh, Alexander Alodjants, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1364/oe.24.011505</t>
   </si>
   <si>
     <t>Enhancement of the Purcell factor in multiperiodic hyperboliclike metamaterials</t>
   </si>
   <si>
     <t>Alexander Chebykin, Ivan Iorsh, Alexey Orlov, Pavel Belov, Sergei Zhukovsky</t>
   </si>
   <si>
     <t>10.1103/PhysRevA.93.033855</t>
   </si>
   <si>
     <t>Optically controlled periodical chain of quantum rings</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.93.125401</t>
   </si>
@@ -2435,51 +2450,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I198"/>
+  <dimension ref="A1:I199"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="391.619" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="116.686" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -2494,5355 +2509,5384 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>12</v>
+        <v>182</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2">
-        <v>7.53</v>
+        <v>2.95</v>
       </c>
       <c r="I2">
-        <v>2.74</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="E3"/>
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
       <c r="F3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="H3">
-        <v>4.04</v>
+        <v>7.53</v>
       </c>
       <c r="I3">
-        <v>1.78</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D4">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="E4"/>
       <c r="F4">
         <v>2024</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>12.26</v>
+        <v>4.04</v>
       </c>
       <c r="I4">
-        <v>3.76</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>23</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5">
-        <v>7</v>
+        <v>24</v>
       </c>
       <c r="E5" t="s">
         <v>26</v>
       </c>
       <c r="F5">
         <v>2024</v>
       </c>
       <c r="G5" t="s">
         <v>27</v>
       </c>
       <c r="H5">
-        <v>9.64</v>
+        <v>12.26</v>
       </c>
       <c r="I5">
-        <v>0.12</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>28</v>
       </c>
       <c r="B6" t="s">
         <v>29</v>
       </c>
       <c r="C6" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="D6">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="E6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H6">
-        <v>12.26</v>
+        <v>9.64</v>
       </c>
       <c r="I6">
-        <v>3.76</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="D7">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="E7"/>
+        <v>24</v>
+      </c>
+      <c r="E7" t="s">
+        <v>35</v>
+      </c>
       <c r="F7">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="H7">
-        <v>3.91</v>
+        <v>12.26</v>
       </c>
       <c r="I7">
-        <v>1.54</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B8" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C8" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D8">
         <v>108</v>
       </c>
       <c r="E8"/>
       <c r="F8">
         <v>2023</v>
       </c>
       <c r="G8" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-      <c r="I8"/>
+        <v>39</v>
+      </c>
+      <c r="H8">
+        <v>3.91</v>
+      </c>
+      <c r="I8">
+        <v>1.54</v>
+      </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B9" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C9" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="D9"/>
+        <v>21</v>
+      </c>
+      <c r="D9">
+        <v>108</v>
+      </c>
       <c r="E9"/>
       <c r="F9">
         <v>2023</v>
       </c>
       <c r="G9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H9"/>
       <c r="I9"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B10" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C10" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="D10"/>
       <c r="E10"/>
       <c r="F10">
         <v>2023</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
-[...6 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C11" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="D11">
-        <v>108</v>
+        <v>14</v>
       </c>
       <c r="E11"/>
       <c r="F11">
         <v>2023</v>
       </c>
       <c r="G11" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="H11">
-        <v>3.91</v>
+        <v>14.92</v>
       </c>
       <c r="I11">
-        <v>1.54</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B12" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C12" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D12">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="E12"/>
       <c r="F12">
         <v>2023</v>
       </c>
       <c r="G12" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H12">
-        <v>12.26</v>
+        <v>3.91</v>
       </c>
       <c r="I12">
-        <v>3.76</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B13" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C13" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="D13">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>56</v>
       </c>
       <c r="F13">
         <v>2023</v>
       </c>
       <c r="G13" t="s">
         <v>57</v>
       </c>
       <c r="H13">
-        <v>6.86</v>
+        <v>12.26</v>
       </c>
       <c r="I13">
-        <v>2.01</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>58</v>
       </c>
       <c r="B14" t="s">
         <v>59</v>
       </c>
       <c r="C14" t="s">
         <v>60</v>
       </c>
       <c r="D14">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E14"/>
+        <v>10</v>
+      </c>
+      <c r="E14" t="s">
+        <v>61</v>
+      </c>
       <c r="F14">
         <v>2023</v>
       </c>
       <c r="G14" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-      <c r="I14"/>
+        <v>62</v>
+      </c>
+      <c r="H14">
+        <v>6.86</v>
+      </c>
+      <c r="I14">
+        <v>2.01</v>
+      </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C15" t="s">
-        <v>11</v>
+        <v>65</v>
       </c>
       <c r="D15">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E15"/>
       <c r="F15">
         <v>2023</v>
       </c>
       <c r="G15" t="s">
-        <v>65</v>
-[...6 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B16" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C16" t="s">
-        <v>68</v>
+        <v>16</v>
       </c>
       <c r="D16">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="E16"/>
+        <v>10</v>
+      </c>
+      <c r="E16" t="s">
+        <v>69</v>
+      </c>
       <c r="F16">
         <v>2023</v>
       </c>
       <c r="G16" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H16">
-        <v>4.99</v>
+        <v>7.08</v>
       </c>
       <c r="I16">
-        <v>1.88</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B17" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C17" t="s">
-        <v>16</v>
+        <v>73</v>
       </c>
       <c r="D17">
-        <v>107</v>
+        <v>19</v>
       </c>
       <c r="E17"/>
       <c r="F17">
         <v>2023</v>
       </c>
       <c r="G17" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="H17">
-        <v>3.91</v>
+        <v>4.99</v>
       </c>
       <c r="I17">
-        <v>1.54</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B18" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C18" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D18"/>
+        <v>21</v>
+      </c>
+      <c r="D18">
+        <v>107</v>
+      </c>
       <c r="E18"/>
       <c r="F18">
         <v>2023</v>
       </c>
       <c r="G18" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="H18">
-        <v>12.26</v>
+        <v>3.91</v>
       </c>
       <c r="I18">
-        <v>3.76</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B19" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C19" t="s">
-        <v>78</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="D19"/>
       <c r="E19"/>
       <c r="F19">
         <v>2023</v>
       </c>
       <c r="G19" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H19">
-        <v>50.49</v>
+        <v>12.26</v>
       </c>
       <c r="I19">
-        <v>20.34</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C20" t="s">
-        <v>82</v>
-[...4 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="D20">
+        <v>95</v>
+      </c>
+      <c r="E20"/>
       <c r="F20">
         <v>2023</v>
       </c>
       <c r="G20" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H20">
-        <v>19.92</v>
+        <v>50.49</v>
       </c>
       <c r="I20">
-        <v>5.0</v>
+        <v>20.34</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B21" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C21" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D21"/>
-      <c r="E21"/>
+      <c r="E21">
+        <v>2215007</v>
+      </c>
       <c r="F21">
         <v>2023</v>
       </c>
       <c r="G21" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="H21">
-        <v>7.08</v>
+        <v>19.92</v>
       </c>
       <c r="I21">
-        <v>2.27</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B22" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C22" t="s">
         <v>16</v>
       </c>
-      <c r="D22">
-[...1 lines deleted...]
-      </c>
+      <c r="D22"/>
       <c r="E22"/>
       <c r="F22">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G22" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="H22">
-        <v>3.91</v>
+        <v>7.08</v>
       </c>
       <c r="I22">
-        <v>1.54</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B23" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C23" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D23"/>
+        <v>21</v>
+      </c>
+      <c r="D23">
+        <v>106</v>
+      </c>
       <c r="E23"/>
       <c r="F23">
         <v>2022</v>
       </c>
       <c r="G23" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="H23">
-        <v>12.26</v>
+        <v>3.91</v>
       </c>
       <c r="I23">
-        <v>3.76</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B24" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C24" t="s">
-        <v>95</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="D24"/>
       <c r="E24"/>
       <c r="F24">
         <v>2022</v>
       </c>
       <c r="G24" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H24">
-        <v>2.97</v>
+        <v>12.26</v>
       </c>
       <c r="I24">
-        <v>1.18</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B25" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C25" t="s">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="D25">
         <v>106</v>
       </c>
       <c r="E25"/>
       <c r="F25">
         <v>2022</v>
       </c>
       <c r="G25" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="H25">
-        <v>3.91</v>
+        <v>2.97</v>
       </c>
       <c r="I25">
-        <v>1.54</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B26" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C26" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="D26"/>
+        <v>21</v>
+      </c>
+      <c r="D26">
+        <v>106</v>
+      </c>
       <c r="E26"/>
       <c r="F26">
         <v>2022</v>
       </c>
       <c r="G26" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-      <c r="I26"/>
+        <v>104</v>
+      </c>
+      <c r="H26">
+        <v>3.91</v>
+      </c>
+      <c r="I26">
+        <v>1.54</v>
+      </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B27" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C27" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="D27"/>
       <c r="E27"/>
       <c r="F27">
         <v>2022</v>
       </c>
       <c r="G27" t="s">
-        <v>106</v>
-[...6 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B28" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C28" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="D28">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="E28"/>
       <c r="F28">
         <v>2022</v>
       </c>
       <c r="G28" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-      <c r="I28"/>
+        <v>111</v>
+      </c>
+      <c r="H28">
+        <v>14.92</v>
+      </c>
+      <c r="I28">
+        <v>5.56</v>
+      </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B29" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C29" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="D29">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="E29"/>
+        <v>15</v>
+      </c>
+      <c r="E29" t="s">
+        <v>114</v>
+      </c>
       <c r="F29">
         <v>2022</v>
       </c>
       <c r="G29" t="s">
-        <v>113</v>
-[...6 lines deleted...]
-      </c>
+        <v>115</v>
+      </c>
+      <c r="H29"/>
+      <c r="I29"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B30" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C30" t="s">
-        <v>16</v>
+        <v>73</v>
       </c>
       <c r="D30">
-        <v>105</v>
+        <v>17</v>
       </c>
       <c r="E30"/>
       <c r="F30">
         <v>2022</v>
       </c>
       <c r="G30" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="H30">
-        <v>3.91</v>
+        <v>4.93</v>
       </c>
       <c r="I30">
-        <v>1.54</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B31" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C31" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="D31">
-        <v>6</v>
+        <v>105</v>
       </c>
       <c r="E31"/>
       <c r="F31">
         <v>2022</v>
       </c>
       <c r="G31" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="H31">
-        <v>3.98</v>
+        <v>3.91</v>
       </c>
       <c r="I31">
-        <v>1.2</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B32" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C32" t="s">
-        <v>16</v>
+        <v>124</v>
       </c>
       <c r="D32">
-        <v>105</v>
+        <v>6</v>
       </c>
       <c r="E32"/>
       <c r="F32">
         <v>2022</v>
       </c>
       <c r="G32" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="H32">
-        <v>3.91</v>
+        <v>3.98</v>
       </c>
       <c r="I32">
-        <v>1.54</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B33" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C33" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D33">
         <v>105</v>
       </c>
       <c r="E33"/>
       <c r="F33">
         <v>2022</v>
       </c>
       <c r="G33" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="H33">
         <v>3.91</v>
       </c>
       <c r="I33">
         <v>1.54</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B34" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C34" t="s">
-        <v>129</v>
+        <v>21</v>
       </c>
       <c r="D34">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="E34"/>
       <c r="F34">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G34" t="s">
         <v>131</v>
       </c>
-      <c r="H34"/>
+      <c r="H34">
+        <v>3.91</v>
+      </c>
       <c r="I34">
-        <v>0.21</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>132</v>
       </c>
       <c r="B35" t="s">
         <v>133</v>
       </c>
       <c r="C35" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="D35">
-        <v>2086</v>
+        <v>2015</v>
       </c>
       <c r="E35" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F35">
         <v>2021</v>
       </c>
       <c r="G35" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="H35"/>
       <c r="I35">
         <v>0.21</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B36" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C36" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="D36">
-        <v>2015</v>
+        <v>2086</v>
       </c>
       <c r="E36" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F36">
         <v>2021</v>
       </c>
       <c r="G36" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="H36"/>
       <c r="I36">
         <v>0.21</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B37" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C37" t="s">
-        <v>55</v>
+        <v>134</v>
       </c>
       <c r="D37">
-        <v>9</v>
+        <v>2015</v>
       </c>
       <c r="E37" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F37">
         <v>2021</v>
       </c>
       <c r="G37" t="s">
-        <v>143</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="H37"/>
       <c r="I37">
-        <v>2.01</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B38" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C38" t="s">
-        <v>146</v>
+        <v>60</v>
       </c>
       <c r="D38">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>181101</v>
+        <v>9</v>
+      </c>
+      <c r="E38" t="s">
+        <v>147</v>
       </c>
       <c r="F38">
         <v>2021</v>
       </c>
       <c r="G38" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="H38">
-        <v>3.97</v>
+        <v>6.86</v>
       </c>
       <c r="I38">
-        <v>1.03</v>
+        <v>2.01</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B39" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C39" t="s">
-        <v>16</v>
+        <v>151</v>
       </c>
       <c r="D39">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="E39"/>
+        <v>119</v>
+      </c>
+      <c r="E39">
+        <v>181101</v>
+      </c>
       <c r="F39">
         <v>2021</v>
       </c>
       <c r="G39" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="H39">
-        <v>3.91</v>
+        <v>3.97</v>
       </c>
       <c r="I39">
-        <v>1.54</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B40" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C40" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D40">
         <v>104</v>
       </c>
       <c r="E40"/>
       <c r="F40">
         <v>2021</v>
       </c>
       <c r="G40" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="H40">
         <v>3.91</v>
       </c>
       <c r="I40">
         <v>1.54</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B41" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C41" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41">
         <v>2021</v>
       </c>
       <c r="G41" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="H41">
         <v>1.4</v>
       </c>
       <c r="I41">
         <v>0.42</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B42" t="s">
-        <v>122</v>
+        <v>161</v>
       </c>
       <c r="C42" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D42">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E42"/>
       <c r="F42">
         <v>2021</v>
       </c>
       <c r="G42" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="H42">
         <v>3.91</v>
       </c>
       <c r="I42">
         <v>1.54</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B43" t="s">
-        <v>161</v>
+        <v>127</v>
       </c>
       <c r="C43" t="s">
-        <v>95</v>
+        <v>21</v>
       </c>
       <c r="D43">
         <v>103</v>
       </c>
       <c r="E43"/>
       <c r="F43">
         <v>2021</v>
       </c>
       <c r="G43" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="H43">
-        <v>2.97</v>
+        <v>3.91</v>
       </c>
       <c r="I43">
-        <v>1.18</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B44" t="s">
-        <v>67</v>
+        <v>166</v>
       </c>
       <c r="C44" t="s">
-        <v>164</v>
+        <v>100</v>
       </c>
       <c r="D44">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="E44"/>
       <c r="F44">
         <v>2021</v>
       </c>
       <c r="G44" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="H44">
-        <v>2.33</v>
+        <v>2.97</v>
       </c>
       <c r="I44">
-        <v>0.91</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B45" t="s">
-        <v>167</v>
+        <v>72</v>
       </c>
       <c r="C45" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D45">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="E45"/>
+        <v>33</v>
+      </c>
+      <c r="E45">
+        <v>135802</v>
+      </c>
       <c r="F45">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G45" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H45">
-        <v>9.16</v>
+        <v>2.33</v>
       </c>
       <c r="I45">
-        <v>3.69</v>
+        <v>0.91</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B46" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C46" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D46">
-        <v>2300</v>
-[...3 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="E46"/>
       <c r="F46">
         <v>2020</v>
       </c>
       <c r="G46" t="s">
         <v>174</v>
       </c>
-      <c r="H46"/>
+      <c r="H46">
+        <v>9.16</v>
+      </c>
       <c r="I46">
-        <v>0.19</v>
+        <v>3.69</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>175</v>
       </c>
       <c r="B47" t="s">
         <v>176</v>
       </c>
       <c r="C47" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="D47">
         <v>2300</v>
       </c>
       <c r="E47" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F47">
         <v>2020</v>
       </c>
       <c r="G47" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="H47"/>
       <c r="I47">
         <v>0.19</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B48" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C48" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="D48">
         <v>2300</v>
       </c>
       <c r="E48" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F48">
         <v>2020</v>
       </c>
       <c r="G48" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="H48"/>
       <c r="I48">
         <v>0.19</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B49" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C49" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="D49">
         <v>2300</v>
       </c>
       <c r="E49" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F49">
         <v>2020</v>
       </c>
       <c r="G49" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="H49"/>
       <c r="I49">
         <v>0.19</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B50" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C50" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="D50">
         <v>2300</v>
       </c>
       <c r="E50" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="F50">
         <v>2020</v>
       </c>
       <c r="G50" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="H50"/>
       <c r="I50">
         <v>0.19</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B51" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C51" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="D51">
         <v>2300</v>
       </c>
       <c r="E51" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F51">
         <v>2020</v>
       </c>
       <c r="G51" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="H51"/>
       <c r="I51">
         <v>0.19</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B52" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C52" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="D52">
         <v>2300</v>
       </c>
       <c r="E52" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F52">
         <v>2020</v>
       </c>
       <c r="G52" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="H52"/>
       <c r="I52">
         <v>0.19</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B53" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C53" t="s">
-        <v>55</v>
+        <v>177</v>
       </c>
       <c r="D53">
-        <v>8</v>
+        <v>2300</v>
       </c>
       <c r="E53" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F53">
         <v>2020</v>
       </c>
       <c r="G53" t="s">
-        <v>202</v>
-[...3 lines deleted...]
-      </c>
+        <v>203</v>
+      </c>
+      <c r="H53"/>
       <c r="I53">
-        <v>2.7</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B54" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C54" t="s">
-        <v>205</v>
+        <v>60</v>
       </c>
       <c r="D54">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>8</v>
+      </c>
+      <c r="E54" t="s">
+        <v>206</v>
       </c>
       <c r="F54">
         <v>2020</v>
       </c>
       <c r="G54" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="H54">
-        <v>3.78</v>
+        <v>7.1</v>
       </c>
       <c r="I54">
-        <v>1.52</v>
+        <v>2.7</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B55" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C55" t="s">
-        <v>168</v>
+        <v>210</v>
       </c>
       <c r="D55">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="E55"/>
+        <v>46</v>
+      </c>
+      <c r="E55">
+        <v>50</v>
+      </c>
       <c r="F55">
         <v>2020</v>
       </c>
       <c r="G55" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="H55">
-        <v>9.16</v>
+        <v>3.78</v>
       </c>
       <c r="I55">
-        <v>3.69</v>
+        <v>1.52</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B56" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C56" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="D56">
         <v>9</v>
       </c>
       <c r="E56"/>
       <c r="F56">
         <v>2020</v>
       </c>
       <c r="G56" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="H56">
         <v>8.45</v>
       </c>
       <c r="I56">
         <v>2.72</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B57" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C57" t="s">
-        <v>16</v>
+        <v>173</v>
       </c>
       <c r="D57">
-        <v>102</v>
+        <v>125</v>
       </c>
       <c r="E57"/>
       <c r="F57">
         <v>2020</v>
       </c>
       <c r="G57" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="H57">
-        <v>4.04</v>
+        <v>9.16</v>
       </c>
       <c r="I57">
-        <v>1.78</v>
+        <v>3.69</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B58" t="s">
-        <v>196</v>
+        <v>220</v>
       </c>
       <c r="C58" t="s">
-        <v>212</v>
+        <v>21</v>
       </c>
       <c r="D58">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="E58"/>
       <c r="F58">
         <v>2020</v>
       </c>
       <c r="G58" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="H58">
-        <v>8.45</v>
+        <v>4.04</v>
       </c>
       <c r="I58">
-        <v>2.72</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B59" t="s">
-        <v>67</v>
+        <v>201</v>
       </c>
       <c r="C59" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-      <c r="E59"/>
+        <v>214</v>
+      </c>
+      <c r="D59">
+        <v>9</v>
+      </c>
+      <c r="E59" t="s">
+        <v>223</v>
+      </c>
       <c r="F59">
         <v>2020</v>
       </c>
       <c r="G59" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-      <c r="I59"/>
+        <v>224</v>
+      </c>
+      <c r="H59">
+        <v>8.45</v>
+      </c>
+      <c r="I59">
+        <v>2.72</v>
+      </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B60" t="s">
-        <v>224</v>
+        <v>72</v>
       </c>
       <c r="C60" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D60"/>
-      <c r="E60">
-[...1 lines deleted...]
-      </c>
+      <c r="E60"/>
       <c r="F60">
         <v>2020</v>
       </c>
       <c r="G60" t="s">
-        <v>226</v>
-[...6 lines deleted...]
-      </c>
+        <v>227</v>
+      </c>
+      <c r="H60"/>
+      <c r="I60"/>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B61" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C61" t="s">
-        <v>129</v>
-[...5 lines deleted...]
-        <v>229</v>
+        <v>230</v>
+      </c>
+      <c r="D61"/>
+      <c r="E61">
+        <v>106569</v>
       </c>
       <c r="F61">
         <v>2020</v>
       </c>
       <c r="G61" t="s">
-        <v>230</v>
-[...1 lines deleted...]
-      <c r="H61"/>
+        <v>231</v>
+      </c>
+      <c r="H61">
+        <v>2.66</v>
+      </c>
       <c r="I61">
-        <v>0.23</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B62" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C62" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="D62">
         <v>1461</v>
       </c>
       <c r="E62" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="F62">
         <v>2020</v>
       </c>
       <c r="G62" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="H62"/>
       <c r="I62">
         <v>0.23</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B63" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C63" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="D63">
         <v>1461</v>
       </c>
       <c r="E63" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="F63">
         <v>2020</v>
       </c>
       <c r="G63" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="H63"/>
       <c r="I63">
         <v>0.23</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B64" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C64" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="D64">
         <v>1461</v>
       </c>
       <c r="E64" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="F64">
         <v>2020</v>
       </c>
       <c r="G64" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="H64"/>
       <c r="I64">
         <v>0.23</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B65" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C65" t="s">
-        <v>245</v>
+        <v>134</v>
       </c>
       <c r="D65">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="E65"/>
+        <v>1461</v>
+      </c>
+      <c r="E65" t="s">
+        <v>246</v>
+      </c>
       <c r="F65">
         <v>2020</v>
       </c>
       <c r="G65" t="s">
-        <v>246</v>
-[...3 lines deleted...]
-      </c>
+        <v>247</v>
+      </c>
+      <c r="H65"/>
       <c r="I65">
-        <v>5.25</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B66" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C66" t="s">
-        <v>11</v>
+        <v>250</v>
       </c>
       <c r="D66">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="E66"/>
       <c r="F66">
         <v>2020</v>
       </c>
       <c r="G66" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="H66">
-        <v>7.53</v>
+        <v>13.71</v>
       </c>
       <c r="I66">
-        <v>2.74</v>
+        <v>5.25</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B67" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C67" t="s">
         <v>16</v>
       </c>
       <c r="D67">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="E67"/>
+        <v>7</v>
+      </c>
+      <c r="E67" t="s">
+        <v>254</v>
+      </c>
       <c r="F67">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G67" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="H67">
-        <v>3.58</v>
+        <v>7.53</v>
       </c>
       <c r="I67">
-        <v>1.81</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B68" t="s">
-        <v>228</v>
+        <v>257</v>
       </c>
       <c r="C68" t="s">
-        <v>205</v>
+        <v>21</v>
       </c>
       <c r="D68">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>100</v>
+      </c>
+      <c r="E68"/>
       <c r="F68">
         <v>2019</v>
       </c>
       <c r="G68" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="H68">
-        <v>3.71</v>
+        <v>3.58</v>
       </c>
       <c r="I68">
-        <v>1.79</v>
+        <v>1.81</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B69" t="s">
-        <v>257</v>
+        <v>233</v>
       </c>
       <c r="C69" t="s">
-        <v>129</v>
+        <v>210</v>
       </c>
       <c r="D69">
-        <v>1410</v>
-[...2 lines deleted...]
-        <v>258</v>
+        <v>45</v>
+      </c>
+      <c r="E69">
+        <v>181</v>
       </c>
       <c r="F69">
         <v>2019</v>
       </c>
       <c r="G69" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="H69"/>
+        <v>260</v>
+      </c>
+      <c r="H69">
+        <v>3.71</v>
+      </c>
       <c r="I69">
-        <v>0.22</v>
+        <v>1.79</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B70" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C70" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="D70">
-        <v>1331</v>
+        <v>1410</v>
       </c>
       <c r="E70" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="F70">
         <v>2019</v>
       </c>
       <c r="G70" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="H70"/>
       <c r="I70">
         <v>0.22</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B71" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C71" t="s">
-        <v>266</v>
+        <v>134</v>
       </c>
       <c r="D71">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>101126</v>
+        <v>1331</v>
+      </c>
+      <c r="E71" t="s">
+        <v>267</v>
       </c>
       <c r="F71">
         <v>2019</v>
       </c>
       <c r="G71" t="s">
-        <v>267</v>
-[...3 lines deleted...]
-      </c>
+        <v>268</v>
+      </c>
+      <c r="H71"/>
       <c r="I71">
-        <v>1.57</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B72" t="s">
-        <v>176</v>
+        <v>270</v>
       </c>
       <c r="C72" t="s">
-        <v>95</v>
+        <v>271</v>
       </c>
       <c r="D72">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>269</v>
+        <v>7</v>
+      </c>
+      <c r="E72">
+        <v>101126</v>
       </c>
       <c r="F72">
         <v>2019</v>
       </c>
       <c r="G72" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="H72">
-        <v>2.78</v>
+        <v>3.82</v>
       </c>
       <c r="I72">
-        <v>1.42</v>
+        <v>1.57</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="B73" t="s">
-        <v>272</v>
+        <v>181</v>
       </c>
       <c r="C73" t="s">
-        <v>11</v>
+        <v>100</v>
       </c>
       <c r="D73">
-        <v>6</v>
+        <v>100</v>
       </c>
       <c r="E73" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="F73">
         <v>2019</v>
       </c>
       <c r="G73" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="H73">
-        <v>6.86</v>
+        <v>2.78</v>
       </c>
       <c r="I73">
-        <v>2.97</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B74" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C74" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-      <c r="E74"/>
+        <v>16</v>
+      </c>
+      <c r="D74">
+        <v>6</v>
+      </c>
+      <c r="E74" t="s">
+        <v>278</v>
+      </c>
       <c r="F74">
         <v>2019</v>
       </c>
       <c r="G74" t="s">
-        <v>278</v>
-[...2 lines deleted...]
-      <c r="I74"/>
+        <v>279</v>
+      </c>
+      <c r="H74">
+        <v>6.86</v>
+      </c>
+      <c r="I74">
+        <v>2.97</v>
+      </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B75" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C75" t="s">
-        <v>168</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="D75"/>
       <c r="E75"/>
       <c r="F75">
         <v>2019</v>
       </c>
       <c r="G75" t="s">
-        <v>281</v>
-[...6 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="H75"/>
+      <c r="I75"/>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="B76" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="C76" t="s">
-        <v>95</v>
+        <v>173</v>
       </c>
       <c r="D76">
-        <v>99</v>
+        <v>122</v>
       </c>
       <c r="E76"/>
       <c r="F76">
         <v>2019</v>
       </c>
       <c r="G76" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="H76">
-        <v>2.78</v>
+        <v>8.39</v>
       </c>
       <c r="I76">
-        <v>1.42</v>
+        <v>3.59</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="B77" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="C77" t="s">
-        <v>287</v>
+        <v>100</v>
       </c>
       <c r="D77">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="E77"/>
       <c r="F77">
         <v>2019</v>
       </c>
       <c r="G77" t="s">
         <v>289</v>
       </c>
       <c r="H77">
-        <v>6.9</v>
+        <v>2.78</v>
       </c>
       <c r="I77">
-        <v>2.18</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
         <v>290</v>
       </c>
       <c r="B78" t="s">
         <v>291</v>
       </c>
       <c r="C78" t="s">
         <v>292</v>
       </c>
       <c r="D78">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="E78" t="s">
         <v>293</v>
       </c>
       <c r="F78">
         <v>2019</v>
       </c>
       <c r="G78" t="s">
         <v>294</v>
       </c>
-      <c r="H78"/>
-      <c r="I78"/>
+      <c r="H78">
+        <v>6.9</v>
+      </c>
+      <c r="I78">
+        <v>2.18</v>
+      </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
         <v>295</v>
       </c>
       <c r="B79" t="s">
         <v>296</v>
       </c>
       <c r="C79" t="s">
         <v>297</v>
       </c>
       <c r="D79">
-        <v>52</v>
+        <v>9</v>
       </c>
       <c r="E79" t="s">
         <v>298</v>
       </c>
       <c r="F79">
         <v>2019</v>
       </c>
       <c r="G79" t="s">
         <v>299</v>
       </c>
-      <c r="H79">
-[...4 lines deleted...]
-      </c>
+      <c r="H79"/>
+      <c r="I79"/>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
         <v>300</v>
       </c>
       <c r="B80" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="C80" t="s">
-        <v>129</v>
+        <v>302</v>
       </c>
       <c r="D80">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>12055</v>
+        <v>52</v>
+      </c>
+      <c r="E80" t="s">
+        <v>303</v>
       </c>
       <c r="F80">
         <v>2019</v>
       </c>
       <c r="G80" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="H80"/>
+        <v>304</v>
+      </c>
+      <c r="H80">
+        <v>0.64</v>
+      </c>
       <c r="I80">
-        <v>0.22</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="B81" t="s">
-        <v>228</v>
+        <v>301</v>
       </c>
       <c r="C81" t="s">
-        <v>287</v>
+        <v>134</v>
       </c>
       <c r="D81">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>303</v>
+        <v>1092</v>
+      </c>
+      <c r="E81">
+        <v>12055</v>
       </c>
       <c r="F81">
         <v>2019</v>
       </c>
       <c r="G81" t="s">
-        <v>304</v>
-[...3 lines deleted...]
-      </c>
+        <v>306</v>
+      </c>
+      <c r="H81"/>
       <c r="I81">
-        <v>2.18</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="B82" t="s">
-        <v>176</v>
+        <v>233</v>
       </c>
       <c r="C82" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-      <c r="E82"/>
+        <v>292</v>
+      </c>
+      <c r="D82">
+        <v>11</v>
+      </c>
+      <c r="E82" t="s">
+        <v>308</v>
+      </c>
       <c r="F82">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G82" t="s">
-        <v>307</v>
-[...2 lines deleted...]
-      <c r="I82"/>
+        <v>309</v>
+      </c>
+      <c r="H82">
+        <v>6.9</v>
+      </c>
+      <c r="I82">
+        <v>2.18</v>
+      </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B83" t="s">
-        <v>240</v>
+        <v>181</v>
       </c>
       <c r="C83" t="s">
-        <v>16</v>
-[...6 lines deleted...]
-      </c>
+        <v>311</v>
+      </c>
+      <c r="D83"/>
+      <c r="E83"/>
       <c r="F83">
         <v>2018</v>
       </c>
       <c r="G83" t="s">
-        <v>309</v>
-[...6 lines deleted...]
-      </c>
+        <v>312</v>
+      </c>
+      <c r="H83"/>
+      <c r="I83"/>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B84" t="s">
-        <v>311</v>
+        <v>245</v>
       </c>
       <c r="C84" t="s">
-        <v>129</v>
+        <v>21</v>
       </c>
       <c r="D84">
-        <v>1092</v>
+        <v>98</v>
       </c>
       <c r="E84">
-        <v>12105</v>
+        <v>195404</v>
       </c>
       <c r="F84">
         <v>2018</v>
       </c>
       <c r="G84" t="s">
-        <v>312</v>
-[...1 lines deleted...]
-      <c r="H84"/>
+        <v>314</v>
+      </c>
+      <c r="H84">
+        <v>3.74</v>
+      </c>
       <c r="I84">
-        <v>0.24</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="B85" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="C85" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="D85" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="E85">
         <v>12009</v>
       </c>
       <c r="F85">
         <v>2018</v>
       </c>
       <c r="G85" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="H85"/>
       <c r="I85">
         <v>0.24</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="B86" t="s">
-        <v>311</v>
+        <v>320</v>
       </c>
       <c r="C86" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="D86" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="E86" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="F86">
         <v>2018</v>
       </c>
       <c r="G86" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="H86"/>
       <c r="I86"/>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="B87" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="C87" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="D87">
         <v>1092</v>
       </c>
       <c r="E87">
-        <v>12064</v>
+        <v>12105</v>
       </c>
       <c r="F87">
         <v>2018</v>
       </c>
       <c r="G87" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="H87"/>
       <c r="I87">
         <v>0.24</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="B88" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="C88" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="D88">
         <v>1092</v>
       </c>
       <c r="E88">
         <v>12068</v>
       </c>
       <c r="F88">
         <v>2018</v>
       </c>
       <c r="G88" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="H88"/>
       <c r="I88">
         <v>0.24</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B89" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="C89" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D89">
         <v>98</v>
       </c>
       <c r="E89"/>
       <c r="F89">
         <v>2018</v>
       </c>
       <c r="G89" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="H89">
         <v>3.74</v>
       </c>
       <c r="I89">
         <v>1.5</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B90" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="C90" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="D90">
         <v>1092</v>
       </c>
       <c r="E90">
         <v>12140</v>
       </c>
       <c r="F90">
         <v>2018</v>
       </c>
       <c r="G90" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="H90"/>
       <c r="I90">
         <v>0.24</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="B91" t="s">
-        <v>323</v>
+        <v>337</v>
       </c>
       <c r="C91" t="s">
-        <v>16</v>
+        <v>134</v>
       </c>
       <c r="D91">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>335</v>
+        <v>1092</v>
+      </c>
+      <c r="E91">
+        <v>12064</v>
       </c>
       <c r="F91">
         <v>2018</v>
       </c>
       <c r="G91" t="s">
-        <v>336</v>
-[...3 lines deleted...]
-      </c>
+        <v>338</v>
+      </c>
+      <c r="H91"/>
       <c r="I91">
-        <v>1.5</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
+        <v>339</v>
+      </c>
+      <c r="B92" t="s">
         <v>337</v>
       </c>
-      <c r="B92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92" t="s">
-        <v>129</v>
+        <v>21</v>
       </c>
       <c r="D92">
-        <v>1092</v>
+        <v>98</v>
       </c>
       <c r="E92" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="F92">
         <v>2018</v>
       </c>
       <c r="G92" t="s">
-        <v>339</v>
-[...1 lines deleted...]
-      <c r="H92"/>
+        <v>341</v>
+      </c>
+      <c r="H92">
+        <v>3.74</v>
+      </c>
       <c r="I92">
-        <v>0.23</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="B93" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="C93" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="D93">
         <v>1092</v>
       </c>
       <c r="E93" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="F93">
         <v>2018</v>
       </c>
       <c r="G93" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="H93"/>
       <c r="I93">
         <v>0.24</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="B94" t="s">
-        <v>345</v>
+        <v>72</v>
       </c>
       <c r="C94" t="s">
-        <v>346</v>
+        <v>134</v>
       </c>
       <c r="D94">
-        <v>59</v>
+        <v>1092</v>
       </c>
       <c r="E94" t="s">
         <v>347</v>
       </c>
       <c r="F94">
         <v>2018</v>
       </c>
       <c r="G94" t="s">
         <v>348</v>
       </c>
-      <c r="H94">
-[...1 lines deleted...]
-      </c>
+      <c r="H94"/>
       <c r="I94">
-        <v>0.19</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
         <v>349</v>
       </c>
       <c r="B95" t="s">
         <v>350</v>
       </c>
       <c r="C95" t="s">
         <v>351</v>
       </c>
       <c r="D95">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>14135</v>
+        <v>59</v>
+      </c>
+      <c r="E95" t="s">
+        <v>352</v>
       </c>
       <c r="F95">
         <v>2018</v>
       </c>
       <c r="G95" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H95">
-        <v>4.01</v>
+        <v>0.54</v>
       </c>
       <c r="I95">
-        <v>1.41</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B96" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C96" t="s">
-        <v>16</v>
+        <v>356</v>
       </c>
       <c r="D96">
-        <v>98</v>
+        <v>8</v>
       </c>
       <c r="E96">
-        <v>125115</v>
+        <v>14135</v>
       </c>
       <c r="F96">
         <v>2018</v>
       </c>
       <c r="G96" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="H96">
-        <v>3.74</v>
+        <v>4.01</v>
       </c>
       <c r="I96">
-        <v>1.5</v>
+        <v>1.41</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="B97" t="s">
-        <v>67</v>
+        <v>359</v>
       </c>
       <c r="C97" t="s">
-        <v>95</v>
+        <v>21</v>
       </c>
       <c r="D97">
         <v>98</v>
       </c>
-      <c r="E97"/>
+      <c r="E97">
+        <v>125115</v>
+      </c>
       <c r="F97">
         <v>2018</v>
       </c>
       <c r="G97" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="H97">
-        <v>2.91</v>
+        <v>3.74</v>
       </c>
       <c r="I97">
-        <v>1.27</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="B98" t="s">
-        <v>326</v>
+        <v>72</v>
       </c>
       <c r="C98" t="s">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="D98">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="E98"/>
       <c r="F98">
         <v>2018</v>
       </c>
       <c r="G98" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="H98">
-        <v>3.74</v>
+        <v>2.91</v>
       </c>
       <c r="I98">
-        <v>1.5</v>
+        <v>1.27</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="B99" t="s">
-        <v>350</v>
+        <v>328</v>
       </c>
       <c r="C99" t="s">
-        <v>361</v>
+        <v>21</v>
       </c>
       <c r="D99">
-        <v>10671</v>
+        <v>97</v>
       </c>
       <c r="E99">
-        <v>1067118</v>
+        <v>224309</v>
       </c>
       <c r="F99">
         <v>2018</v>
       </c>
       <c r="G99" t="s">
-        <v>362</v>
-[...1 lines deleted...]
-      <c r="H99"/>
+        <v>364</v>
+      </c>
+      <c r="H99">
+        <v>3.74</v>
+      </c>
       <c r="I99">
-        <v>0.23</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="B100" t="s">
-        <v>311</v>
+        <v>355</v>
       </c>
       <c r="C100" t="s">
-        <v>129</v>
+        <v>366</v>
       </c>
       <c r="D100">
-        <v>993</v>
+        <v>10671</v>
       </c>
       <c r="E100">
-        <v>12022</v>
+        <v>1067118</v>
       </c>
       <c r="F100">
         <v>2018</v>
       </c>
       <c r="G100" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="H100"/>
       <c r="I100">
-        <v>0.24</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="B101" t="s">
-        <v>366</v>
+        <v>320</v>
       </c>
       <c r="C101" t="s">
-        <v>367</v>
+        <v>134</v>
       </c>
       <c r="D101">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>368</v>
+        <v>993</v>
+      </c>
+      <c r="E101">
+        <v>12022</v>
       </c>
       <c r="F101">
         <v>2018</v>
       </c>
       <c r="G101" t="s">
         <v>369</v>
       </c>
-      <c r="H101">
-[...1 lines deleted...]
-      </c>
+      <c r="H101"/>
       <c r="I101">
-        <v>1.66</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
         <v>370</v>
       </c>
       <c r="B102" t="s">
-        <v>296</v>
+        <v>371</v>
       </c>
       <c r="C102" t="s">
-        <v>16</v>
+        <v>372</v>
       </c>
       <c r="D102">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>155434</v>
+        <v>20</v>
+      </c>
+      <c r="E102" t="s">
+        <v>373</v>
       </c>
       <c r="F102">
         <v>2018</v>
       </c>
       <c r="G102" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="H102">
-        <v>3.74</v>
+        <v>3.78</v>
       </c>
       <c r="I102">
-        <v>1.5</v>
+        <v>1.66</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="B103" t="s">
-        <v>372</v>
+        <v>301</v>
       </c>
       <c r="C103" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D103">
         <v>97</v>
       </c>
-      <c r="E103"/>
+      <c r="E103">
+        <v>155434</v>
+      </c>
       <c r="F103">
         <v>2018</v>
       </c>
       <c r="G103" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="H103">
         <v>3.74</v>
       </c>
       <c r="I103">
         <v>1.5</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B104" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="C104" t="s">
-        <v>297</v>
+        <v>21</v>
       </c>
       <c r="D104">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="E104"/>
       <c r="F104">
         <v>2018</v>
       </c>
       <c r="G104" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="H104">
-        <v>0.69</v>
+        <v>3.74</v>
       </c>
       <c r="I104">
-        <v>0.31</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B105" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C105" t="s">
-        <v>380</v>
+        <v>302</v>
       </c>
       <c r="D105">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>1700168</v>
+        <v>52</v>
+      </c>
+      <c r="E105" t="s">
+        <v>381</v>
       </c>
       <c r="F105">
         <v>2018</v>
       </c>
       <c r="G105" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="H105">
-        <v>9.06</v>
+        <v>0.69</v>
       </c>
       <c r="I105">
-        <v>3.82</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B106" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C106" t="s">
-        <v>168</v>
+        <v>385</v>
       </c>
       <c r="D106">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="E106"/>
+        <v>11</v>
+      </c>
+      <c r="E106">
+        <v>1700168</v>
+      </c>
       <c r="F106">
         <v>2018</v>
       </c>
       <c r="G106" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="H106">
-        <v>9.23</v>
+        <v>9.06</v>
       </c>
       <c r="I106">
-        <v>3.57</v>
+        <v>3.82</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="B107" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="C107" t="s">
-        <v>11</v>
+        <v>173</v>
       </c>
       <c r="D107">
-        <v>5</v>
-[...3 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="E107"/>
       <c r="F107">
         <v>2018</v>
       </c>
       <c r="G107" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="H107">
-        <v>7.14</v>
+        <v>9.23</v>
       </c>
       <c r="I107">
-        <v>2.98</v>
+        <v>3.57</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B108" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C108" t="s">
-        <v>391</v>
-[...2 lines deleted...]
-      <c r="E108"/>
+        <v>16</v>
+      </c>
+      <c r="D108">
+        <v>5</v>
+      </c>
+      <c r="E108" t="s">
+        <v>392</v>
+      </c>
       <c r="F108">
         <v>2018</v>
       </c>
       <c r="G108" t="s">
-        <v>392</v>
-[...1 lines deleted...]
-      <c r="H108"/>
+        <v>393</v>
+      </c>
+      <c r="H108">
+        <v>7.14</v>
+      </c>
       <c r="I108">
-        <v>0.12</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B109" t="s">
-        <v>296</v>
+        <v>395</v>
       </c>
       <c r="C109" t="s">
-        <v>16</v>
-[...6 lines deleted...]
-      </c>
+        <v>396</v>
+      </c>
+      <c r="D109"/>
+      <c r="E109"/>
       <c r="F109">
         <v>2018</v>
       </c>
       <c r="G109" t="s">
-        <v>394</v>
-[...3 lines deleted...]
-      </c>
+        <v>397</v>
+      </c>
+      <c r="H109"/>
       <c r="I109">
-        <v>1.5</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="B110" t="s">
-        <v>396</v>
+        <v>301</v>
       </c>
       <c r="C110" t="s">
-        <v>20</v>
-[...5 lines deleted...]
-        <v>398</v>
+        <v>21</v>
+      </c>
+      <c r="D110">
+        <v>97</v>
+      </c>
+      <c r="E110">
+        <v>35416</v>
       </c>
       <c r="F110">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G110" t="s">
         <v>399</v>
       </c>
       <c r="H110">
-        <v>12.08</v>
+        <v>3.74</v>
       </c>
       <c r="I110">
-        <v>7.45</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
         <v>400</v>
       </c>
       <c r="B111" t="s">
         <v>401</v>
       </c>
       <c r="C111" t="s">
+        <v>25</v>
+      </c>
+      <c r="D111" t="s">
         <v>402</v>
       </c>
-      <c r="D111"/>
-      <c r="E111"/>
+      <c r="E111" t="s">
+        <v>403</v>
+      </c>
       <c r="F111">
         <v>2017</v>
       </c>
       <c r="G111" t="s">
-        <v>403</v>
-[...2 lines deleted...]
-      <c r="I111"/>
+        <v>404</v>
+      </c>
+      <c r="H111">
+        <v>12.08</v>
+      </c>
+      <c r="I111">
+        <v>7.45</v>
+      </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B112" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C112" t="s">
-        <v>406</v>
-[...4 lines deleted...]
-      <c r="E112" t="s">
         <v>407</v>
       </c>
+      <c r="D112"/>
+      <c r="E112"/>
       <c r="F112">
         <v>2017</v>
       </c>
       <c r="G112" t="s">
         <v>408</v>
       </c>
-      <c r="H112">
-[...4 lines deleted...]
-      </c>
+      <c r="H112"/>
+      <c r="I112"/>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
         <v>409</v>
       </c>
       <c r="B113" t="s">
         <v>410</v>
       </c>
       <c r="C113" t="s">
-        <v>16</v>
+        <v>411</v>
       </c>
       <c r="D113">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="E113"/>
+        <v>25</v>
+      </c>
+      <c r="E113" t="s">
+        <v>412</v>
+      </c>
       <c r="F113">
         <v>2017</v>
       </c>
       <c r="G113" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="H113">
-        <v>3.81</v>
-[...1 lines deleted...]
-      <c r="I113"/>
+        <v>3.36</v>
+      </c>
+      <c r="I113">
+        <v>1.52</v>
+      </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B114" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="C114" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D114">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="E114"/>
       <c r="F114">
         <v>2017</v>
       </c>
       <c r="G114" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="H114">
-        <v>6.88</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.81</v>
+      </c>
+      <c r="I114"/>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B115" t="s">
-        <v>176</v>
+        <v>418</v>
       </c>
       <c r="C115" t="s">
         <v>16</v>
       </c>
       <c r="D115">
-        <v>96</v>
+        <v>4</v>
       </c>
       <c r="E115">
-        <v>115162</v>
+        <v>723</v>
       </c>
       <c r="F115">
         <v>2017</v>
       </c>
       <c r="G115" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="H115">
-        <v>3.81</v>
-[...1 lines deleted...]
-      <c r="I115"/>
+        <v>6.88</v>
+      </c>
+      <c r="I115">
+        <v>3.38</v>
+      </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B116" t="s">
-        <v>418</v>
+        <v>181</v>
       </c>
       <c r="C116" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D116">
         <v>96</v>
       </c>
-      <c r="E116"/>
+      <c r="E116">
+        <v>115162</v>
+      </c>
       <c r="F116">
         <v>2017</v>
       </c>
       <c r="G116" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="H116">
         <v>3.81</v>
       </c>
       <c r="I116"/>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B117" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="C117" t="s">
-        <v>172</v>
+        <v>21</v>
       </c>
       <c r="D117">
-        <v>1874</v>
-[...3 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="E117"/>
       <c r="F117">
         <v>2017</v>
       </c>
       <c r="G117" t="s">
-        <v>422</v>
-[...4 lines deleted...]
-      </c>
+        <v>424</v>
+      </c>
+      <c r="H117">
+        <v>3.81</v>
+      </c>
+      <c r="I117"/>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B118" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="C118" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="D118">
         <v>1874</v>
       </c>
       <c r="E118">
         <v>30035</v>
       </c>
       <c r="F118">
         <v>2017</v>
       </c>
       <c r="G118" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="H118"/>
       <c r="I118">
         <v>0.17</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B119" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="C119" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="D119">
         <v>1874</v>
       </c>
       <c r="E119">
         <v>30005</v>
       </c>
       <c r="F119">
         <v>2017</v>
       </c>
       <c r="G119" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="H119"/>
       <c r="I119">
         <v>0.17</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B120" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="C120" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-      <c r="E120"/>
+        <v>177</v>
+      </c>
+      <c r="D120">
+        <v>1874</v>
+      </c>
+      <c r="E120">
+        <v>30040</v>
+      </c>
       <c r="F120">
         <v>2017</v>
       </c>
       <c r="G120" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="H120"/>
-      <c r="I120"/>
+      <c r="I120">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B121" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="C121" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>177</v>
+      </c>
+      <c r="D121"/>
       <c r="E121"/>
       <c r="F121">
         <v>2017</v>
       </c>
       <c r="G121" t="s">
-        <v>433</v>
-[...6 lines deleted...]
-      </c>
+        <v>435</v>
+      </c>
+      <c r="H121"/>
+      <c r="I121"/>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B122" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="C122" t="s">
-        <v>361</v>
+        <v>21</v>
       </c>
       <c r="D122">
-        <v>10227</v>
-[...3 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="E122"/>
       <c r="F122">
         <v>2017</v>
       </c>
       <c r="G122" t="s">
-        <v>436</v>
-[...1 lines deleted...]
-      <c r="H122"/>
+        <v>438</v>
+      </c>
+      <c r="H122">
+        <v>3.81</v>
+      </c>
       <c r="I122">
-        <v>0.24</v>
+        <v>1.81</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B123" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="C123" t="s">
-        <v>391</v>
-[...3 lines deleted...]
-        <v>439</v>
+        <v>366</v>
+      </c>
+      <c r="D123">
+        <v>10227</v>
+      </c>
+      <c r="E123">
+        <v>1022703</v>
       </c>
       <c r="F123">
         <v>2017</v>
       </c>
       <c r="G123" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="H123"/>
-      <c r="I123"/>
+      <c r="I123">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B124" t="s">
-        <v>390</v>
+        <v>443</v>
       </c>
       <c r="C124" t="s">
-        <v>351</v>
-[...4 lines deleted...]
-      <c r="E124"/>
+        <v>396</v>
+      </c>
+      <c r="D124"/>
+      <c r="E124" t="s">
+        <v>444</v>
+      </c>
       <c r="F124">
         <v>2017</v>
       </c>
       <c r="G124" t="s">
-        <v>442</v>
-[...6 lines deleted...]
-      </c>
+        <v>445</v>
+      </c>
+      <c r="H124"/>
+      <c r="I124"/>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B125" t="s">
-        <v>444</v>
+        <v>395</v>
       </c>
       <c r="C125" t="s">
-        <v>11</v>
+        <v>356</v>
       </c>
       <c r="D125">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="E125"/>
       <c r="F125">
         <v>2017</v>
       </c>
       <c r="G125" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="H125">
-        <v>6.88</v>
+        <v>4.12</v>
       </c>
       <c r="I125">
-        <v>3.38</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B126" t="s">
-        <v>375</v>
+        <v>449</v>
       </c>
       <c r="C126" t="s">
         <v>16</v>
       </c>
       <c r="D126">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="E126"/>
+        <v>4</v>
+      </c>
+      <c r="E126" t="s">
+        <v>450</v>
+      </c>
       <c r="F126">
         <v>2017</v>
       </c>
       <c r="G126" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="H126">
-        <v>3.81</v>
+        <v>6.88</v>
       </c>
       <c r="I126">
-        <v>2.34</v>
+        <v>3.38</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B127" t="s">
-        <v>450</v>
+        <v>380</v>
       </c>
       <c r="C127" t="s">
-        <v>451</v>
-[...4 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="D127">
+        <v>95</v>
+      </c>
+      <c r="E127"/>
       <c r="F127">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G127" t="s">
         <v>453</v>
       </c>
-      <c r="H127"/>
-      <c r="I127"/>
+      <c r="H127">
+        <v>3.81</v>
+      </c>
+      <c r="I127">
+        <v>2.34</v>
+      </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
         <v>454</v>
       </c>
       <c r="B128" t="s">
         <v>455</v>
       </c>
       <c r="C128" t="s">
         <v>456</v>
       </c>
       <c r="D128"/>
       <c r="E128" t="s">
         <v>457</v>
       </c>
       <c r="F128">
         <v>2016</v>
       </c>
       <c r="G128" t="s">
         <v>458</v>
       </c>
       <c r="H128"/>
       <c r="I128"/>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
         <v>459</v>
       </c>
       <c r="B129" t="s">
-        <v>410</v>
+        <v>460</v>
       </c>
       <c r="C129" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="D129"/>
       <c r="E129" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="F129">
         <v>2016</v>
       </c>
       <c r="G129" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="H129"/>
       <c r="I129"/>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B130" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="C130" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="D130"/>
       <c r="E130" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="F130">
         <v>2016</v>
       </c>
       <c r="G130" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="H130"/>
       <c r="I130"/>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B131" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="C131" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="D131"/>
       <c r="E131" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="F131">
         <v>2016</v>
       </c>
       <c r="G131" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="H131"/>
       <c r="I131"/>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B132" t="s">
-        <v>470</v>
+        <v>415</v>
       </c>
       <c r="C132" t="s">
-        <v>471</v>
-[...3 lines deleted...]
-      </c>
+        <v>465</v>
+      </c>
+      <c r="D132"/>
       <c r="E132" t="s">
         <v>472</v>
       </c>
       <c r="F132">
         <v>2016</v>
       </c>
       <c r="G132" t="s">
         <v>473</v>
       </c>
-      <c r="H132">
-[...4 lines deleted...]
-      </c>
+      <c r="H132"/>
+      <c r="I132"/>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
         <v>474</v>
       </c>
       <c r="B133" t="s">
         <v>475</v>
       </c>
       <c r="C133" t="s">
-        <v>16</v>
+        <v>476</v>
       </c>
       <c r="D133">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="E133"/>
+        <v>10</v>
+      </c>
+      <c r="E133" t="s">
+        <v>477</v>
+      </c>
       <c r="F133">
         <v>2016</v>
       </c>
       <c r="G133" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="H133">
-        <v>3.84</v>
-[...1 lines deleted...]
-      <c r="I133"/>
+        <v>2.58</v>
+      </c>
+      <c r="I133">
+        <v>1.15</v>
+      </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B134" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="C134" t="s">
-        <v>168</v>
+        <v>21</v>
       </c>
       <c r="D134">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="E134"/>
       <c r="F134">
         <v>2016</v>
       </c>
       <c r="G134" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="H134">
-        <v>8.46</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.84</v>
+      </c>
+      <c r="I134"/>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B135" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="C135" t="s">
-        <v>482</v>
+        <v>173</v>
       </c>
       <c r="D135">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>483</v>
+        <v>117</v>
+      </c>
+      <c r="E135">
+        <v>123901</v>
       </c>
       <c r="F135">
         <v>2016</v>
       </c>
       <c r="G135" t="s">
         <v>484</v>
       </c>
       <c r="H135">
-        <v>1.46</v>
+        <v>8.46</v>
       </c>
       <c r="I135">
-        <v>0.92</v>
+        <v>4.2</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
         <v>485</v>
       </c>
       <c r="B136" t="s">
         <v>486</v>
       </c>
       <c r="C136" t="s">
-        <v>16</v>
+        <v>487</v>
       </c>
       <c r="D136">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>75446</v>
+        <v>33</v>
+      </c>
+      <c r="E136" t="s">
+        <v>488</v>
       </c>
       <c r="F136">
         <v>2016</v>
       </c>
       <c r="G136" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="H136">
-        <v>3.84</v>
-[...1 lines deleted...]
-      <c r="I136"/>
+        <v>1.46</v>
+      </c>
+      <c r="I136">
+        <v>0.92</v>
+      </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B137" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="C137" t="s">
-        <v>380</v>
-[...5 lines deleted...]
-        <v>491</v>
+        <v>21</v>
+      </c>
+      <c r="D137">
+        <v>94</v>
+      </c>
+      <c r="E137">
+        <v>75446</v>
       </c>
       <c r="F137">
         <v>2016</v>
       </c>
       <c r="G137" t="s">
         <v>492</v>
       </c>
       <c r="H137">
-        <v>8.43</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.84</v>
+      </c>
+      <c r="I137"/>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
         <v>493</v>
       </c>
       <c r="B138" t="s">
         <v>494</v>
       </c>
       <c r="C138" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-      <c r="E138"/>
+        <v>385</v>
+      </c>
+      <c r="D138" t="s">
+        <v>495</v>
+      </c>
+      <c r="E138" t="s">
+        <v>496</v>
+      </c>
       <c r="F138">
         <v>2016</v>
       </c>
       <c r="G138" t="s">
-        <v>495</v>
-[...1 lines deleted...]
-      <c r="H138"/>
+        <v>497</v>
+      </c>
+      <c r="H138">
+        <v>8.43</v>
+      </c>
       <c r="I138">
-        <v>0.1</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B139" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="C139" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="D139"/>
       <c r="E139"/>
       <c r="F139">
         <v>2016</v>
       </c>
       <c r="G139" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="H139"/>
       <c r="I139">
         <v>0.1</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B140" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="C140" t="s">
-        <v>406</v>
-[...6 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="D140"/>
+      <c r="E140"/>
       <c r="F140">
         <v>2016</v>
       </c>
       <c r="G140" t="s">
-        <v>501</v>
-[...3 lines deleted...]
-      </c>
+        <v>503</v>
+      </c>
+      <c r="H140"/>
       <c r="I140">
-        <v>1.53</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B141" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="C141" t="s">
-        <v>95</v>
+        <v>411</v>
       </c>
       <c r="D141">
-        <v>93</v>
+        <v>24</v>
       </c>
       <c r="E141">
-        <v>33855</v>
+        <v>11505</v>
       </c>
       <c r="F141">
         <v>2016</v>
       </c>
       <c r="G141" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="H141">
-        <v>2.93</v>
-[...1 lines deleted...]
-      <c r="I141"/>
+        <v>3.31</v>
+      </c>
+      <c r="I141">
+        <v>1.53</v>
+      </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B142" t="s">
-        <v>410</v>
+        <v>508</v>
       </c>
       <c r="C142" t="s">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="D142">
         <v>93</v>
       </c>
       <c r="E142">
-        <v>125401</v>
+        <v>33855</v>
       </c>
       <c r="F142">
         <v>2016</v>
       </c>
       <c r="G142" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="H142">
-        <v>3.84</v>
+        <v>2.93</v>
       </c>
       <c r="I142"/>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="B143" t="s">
-        <v>508</v>
+        <v>415</v>
       </c>
       <c r="C143" t="s">
-        <v>164</v>
+        <v>21</v>
       </c>
       <c r="D143">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="E143">
-        <v>105301</v>
+        <v>125401</v>
       </c>
       <c r="F143">
         <v>2016</v>
       </c>
       <c r="G143" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="H143">
-        <v>2.21</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.84</v>
+      </c>
+      <c r="I143"/>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B144" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C144" t="s">
-        <v>146</v>
+        <v>169</v>
       </c>
       <c r="D144">
-        <v>108</v>
+        <v>28</v>
       </c>
       <c r="E144">
-        <v>41102</v>
+        <v>105301</v>
       </c>
       <c r="F144">
         <v>2016</v>
       </c>
       <c r="G144" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="H144">
-        <v>3.41</v>
+        <v>2.21</v>
       </c>
       <c r="I144">
-        <v>1.67</v>
+        <v>1.04</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="B145" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="C145" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D145">
         <v>108</v>
       </c>
       <c r="E145">
-        <v>23902</v>
+        <v>41102</v>
       </c>
       <c r="F145">
         <v>2016</v>
       </c>
       <c r="G145" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="H145">
         <v>3.41</v>
       </c>
       <c r="I145">
         <v>1.67</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B146" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="C146" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-      <c r="E146"/>
+        <v>151</v>
+      </c>
+      <c r="D146">
+        <v>108</v>
+      </c>
+      <c r="E146">
+        <v>23902</v>
+      </c>
       <c r="F146">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G146" t="s">
-        <v>519</v>
-[...2 lines deleted...]
-      <c r="I146"/>
+        <v>520</v>
+      </c>
+      <c r="H146">
+        <v>3.41</v>
+      </c>
+      <c r="I146">
+        <v>1.67</v>
+      </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="B147" t="s">
-        <v>511</v>
+        <v>522</v>
       </c>
       <c r="C147" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="D147"/>
       <c r="E147"/>
       <c r="F147">
         <v>2015</v>
       </c>
       <c r="G147" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="H147"/>
       <c r="I147"/>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="B148" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="C148" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="D148"/>
       <c r="E148"/>
       <c r="F148">
         <v>2015</v>
       </c>
       <c r="G148" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="H148"/>
       <c r="I148"/>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="B149" t="s">
-        <v>525</v>
+        <v>516</v>
       </c>
       <c r="C149" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="D149"/>
-      <c r="E149">
-[...1 lines deleted...]
-      </c>
+      <c r="E149"/>
       <c r="F149">
         <v>2015</v>
       </c>
       <c r="G149" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="H149"/>
       <c r="I149"/>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="B150" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="C150" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="D150"/>
-      <c r="E150"/>
+      <c r="E150">
+        <v>43586</v>
+      </c>
       <c r="F150">
         <v>2015</v>
       </c>
       <c r="G150" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="H150"/>
       <c r="I150"/>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="B151" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="C151" t="s">
-        <v>532</v>
+        <v>523</v>
       </c>
       <c r="D151"/>
       <c r="E151"/>
       <c r="F151">
         <v>2015</v>
       </c>
       <c r="G151" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="H151"/>
       <c r="I151"/>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="B152" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C152" t="s">
-        <v>16</v>
-[...6 lines deleted...]
-      </c>
+        <v>537</v>
+      </c>
+      <c r="D152"/>
+      <c r="E152"/>
       <c r="F152">
         <v>2015</v>
       </c>
       <c r="G152" t="s">
-        <v>537</v>
-[...3 lines deleted...]
-      </c>
+        <v>538</v>
+      </c>
+      <c r="H152"/>
       <c r="I152"/>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B153" t="s">
-        <v>511</v>
+        <v>540</v>
       </c>
       <c r="C153" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D153">
         <v>92</v>
       </c>
-      <c r="E153">
-        <v>45305</v>
+      <c r="E153" t="s">
+        <v>541</v>
       </c>
       <c r="F153">
         <v>2015</v>
       </c>
       <c r="G153" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="H153">
         <v>3.72</v>
       </c>
       <c r="I153"/>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="B154" t="s">
-        <v>541</v>
+        <v>516</v>
       </c>
       <c r="C154" t="s">
-        <v>542</v>
-[...3 lines deleted...]
-        <v>543</v>
+        <v>21</v>
+      </c>
+      <c r="D154">
+        <v>92</v>
+      </c>
+      <c r="E154">
+        <v>45305</v>
       </c>
       <c r="F154">
         <v>2015</v>
       </c>
-      <c r="G154"/>
-      <c r="H154"/>
+      <c r="G154" t="s">
+        <v>544</v>
+      </c>
+      <c r="H154">
+        <v>3.72</v>
+      </c>
       <c r="I154"/>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="B155" t="s">
-        <v>511</v>
+        <v>546</v>
       </c>
       <c r="C155" t="s">
-        <v>351</v>
-[...5 lines deleted...]
-        <v>11915</v>
+        <v>547</v>
+      </c>
+      <c r="D155"/>
+      <c r="E155" t="s">
+        <v>548</v>
       </c>
       <c r="F155">
         <v>2015</v>
       </c>
-      <c r="G155" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G155"/>
+      <c r="H155"/>
+      <c r="I155"/>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="B156" t="s">
-        <v>547</v>
+        <v>516</v>
       </c>
       <c r="C156" t="s">
-        <v>16</v>
+        <v>356</v>
       </c>
       <c r="D156">
-        <v>91</v>
+        <v>5</v>
       </c>
       <c r="E156">
-        <v>235423</v>
+        <v>11915</v>
       </c>
       <c r="F156">
         <v>2015</v>
       </c>
       <c r="G156" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="H156">
-        <v>3.72</v>
-[...1 lines deleted...]
-      <c r="I156"/>
+        <v>5.23</v>
+      </c>
+      <c r="I156">
+        <v>2.03</v>
+      </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="B157" t="s">
-        <v>511</v>
+        <v>552</v>
       </c>
       <c r="C157" t="s">
-        <v>168</v>
+        <v>21</v>
       </c>
       <c r="D157">
-        <v>114</v>
+        <v>91</v>
       </c>
       <c r="E157">
-        <v>237402</v>
+        <v>235423</v>
       </c>
       <c r="F157">
         <v>2015</v>
       </c>
       <c r="G157" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="H157">
-        <v>7.65</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.72</v>
+      </c>
+      <c r="I157"/>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="B158" t="s">
-        <v>552</v>
+        <v>516</v>
       </c>
       <c r="C158" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="D158">
         <v>114</v>
       </c>
       <c r="E158">
-        <v>185501</v>
+        <v>237402</v>
       </c>
       <c r="F158">
         <v>2015</v>
       </c>
       <c r="G158" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="H158">
         <v>7.65</v>
       </c>
       <c r="I158">
         <v>4.66</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="B159" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="C159" t="s">
-        <v>16</v>
+        <v>173</v>
       </c>
       <c r="D159">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="E159">
-        <v>125426</v>
+        <v>185501</v>
       </c>
       <c r="F159">
         <v>2015</v>
       </c>
       <c r="G159" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="H159">
-        <v>3.72</v>
+        <v>7.65</v>
       </c>
       <c r="I159">
-        <v>2.76</v>
+        <v>4.66</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="B160" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="C160" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D160">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="E160">
-        <v>195127</v>
+        <v>125426</v>
       </c>
       <c r="F160">
         <v>2015</v>
       </c>
       <c r="G160" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="H160">
         <v>3.72</v>
       </c>
       <c r="I160">
         <v>2.76</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="B161" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C161" t="s">
-        <v>471</v>
+        <v>21</v>
       </c>
       <c r="D161">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>562</v>
+        <v>92</v>
+      </c>
+      <c r="E161">
+        <v>195127</v>
       </c>
       <c r="F161">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G161" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="H161">
-        <v>2.34</v>
+        <v>3.72</v>
       </c>
       <c r="I161">
-        <v>1.16</v>
+        <v>2.76</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="B162" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="C162" t="s">
-        <v>566</v>
+        <v>476</v>
       </c>
       <c r="D162">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="E162" t="s">
         <v>567</v>
       </c>
       <c r="F162">
         <v>2014</v>
       </c>
       <c r="G162" t="s">
         <v>568</v>
       </c>
-      <c r="H162"/>
+      <c r="H162">
+        <v>2.34</v>
+      </c>
       <c r="I162">
-        <v>0.36</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" t="s">
         <v>569</v>
       </c>
       <c r="B163" t="s">
         <v>570</v>
       </c>
       <c r="C163" t="s">
         <v>571</v>
       </c>
-      <c r="D163"/>
+      <c r="D163">
+        <v>4</v>
+      </c>
       <c r="E163" t="s">
         <v>572</v>
       </c>
       <c r="F163">
         <v>2014</v>
       </c>
       <c r="G163" t="s">
         <v>573</v>
       </c>
       <c r="H163"/>
-      <c r="I163"/>
+      <c r="I163">
+        <v>0.36</v>
+      </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" t="s">
         <v>574</v>
       </c>
       <c r="B164" t="s">
         <v>575</v>
       </c>
       <c r="C164" t="s">
         <v>576</v>
       </c>
-      <c r="D164">
-[...1 lines deleted...]
-      </c>
+      <c r="D164"/>
       <c r="E164" t="s">
         <v>577</v>
       </c>
       <c r="F164">
         <v>2014</v>
       </c>
       <c r="G164" t="s">
         <v>578</v>
       </c>
-      <c r="H164">
-[...4 lines deleted...]
-      </c>
+      <c r="H164"/>
+      <c r="I164"/>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" t="s">
         <v>579</v>
       </c>
       <c r="B165" t="s">
         <v>580</v>
       </c>
       <c r="C165" t="s">
-        <v>16</v>
+        <v>581</v>
       </c>
       <c r="D165">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>245414</v>
+        <v>31</v>
+      </c>
+      <c r="E165" t="s">
+        <v>582</v>
       </c>
       <c r="F165">
         <v>2014</v>
       </c>
       <c r="G165" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="H165">
-        <v>3.74</v>
+        <v>1.81</v>
       </c>
       <c r="I165">
-        <v>2.81</v>
+        <v>1.35</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="B166" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="C166" t="s">
-        <v>277</v>
-[...5 lines deleted...]
-        <v>585</v>
+        <v>21</v>
+      </c>
+      <c r="D166">
+        <v>89</v>
+      </c>
+      <c r="E166">
+        <v>245414</v>
       </c>
       <c r="F166">
         <v>2014</v>
       </c>
       <c r="G166" t="s">
         <v>586</v>
       </c>
-      <c r="H166"/>
+      <c r="H166">
+        <v>3.74</v>
+      </c>
       <c r="I166">
-        <v>0.1</v>
+        <v>2.81</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" t="s">
         <v>587</v>
       </c>
       <c r="B167" t="s">
         <v>588</v>
       </c>
       <c r="C167" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-        <v>99</v>
+        <v>282</v>
+      </c>
+      <c r="D167" t="s">
+        <v>589</v>
       </c>
       <c r="E167" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="F167">
         <v>2014</v>
       </c>
       <c r="G167" t="s">
-        <v>590</v>
-[...3 lines deleted...]
-      </c>
+        <v>591</v>
+      </c>
+      <c r="H167"/>
       <c r="I167">
-        <v>0.76</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B168" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C168" t="s">
-        <v>593</v>
+        <v>158</v>
       </c>
       <c r="D168">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="E168" t="s">
         <v>594</v>
       </c>
       <c r="F168">
         <v>2014</v>
       </c>
       <c r="G168" t="s">
         <v>595</v>
       </c>
       <c r="H168">
-        <v>1.35</v>
+        <v>1.36</v>
       </c>
       <c r="I168">
-        <v>0.85</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" t="s">
         <v>596</v>
       </c>
       <c r="B169" t="s">
         <v>597</v>
       </c>
       <c r="C169" t="s">
         <v>598</v>
       </c>
       <c r="D169">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E169" t="s">
         <v>599</v>
       </c>
       <c r="F169">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G169" t="s">
         <v>600</v>
       </c>
       <c r="H169">
-        <v>29.96</v>
+        <v>1.35</v>
       </c>
       <c r="I169">
-        <v>13.68</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" t="s">
         <v>601</v>
       </c>
       <c r="B170" t="s">
         <v>602</v>
       </c>
       <c r="C170" t="s">
-        <v>16</v>
+        <v>603</v>
       </c>
       <c r="D170">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>195422</v>
+        <v>7</v>
+      </c>
+      <c r="E170" t="s">
+        <v>604</v>
       </c>
       <c r="F170">
         <v>2013</v>
       </c>
       <c r="G170" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="H170">
-        <v>3.66</v>
-[...1 lines deleted...]
-      <c r="I170"/>
+        <v>29.96</v>
+      </c>
+      <c r="I170">
+        <v>13.68</v>
+      </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="B171" t="s">
-        <v>588</v>
+        <v>607</v>
       </c>
       <c r="C171" t="s">
-        <v>156</v>
+        <v>21</v>
       </c>
       <c r="D171">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>605</v>
+        <v>88</v>
+      </c>
+      <c r="E171">
+        <v>195422</v>
       </c>
       <c r="F171">
         <v>2013</v>
       </c>
       <c r="G171" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="H171">
-        <v>1.36</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.66</v>
+      </c>
+      <c r="I171"/>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="B172" t="s">
-        <v>608</v>
+        <v>593</v>
       </c>
       <c r="C172" t="s">
-        <v>146</v>
+        <v>158</v>
       </c>
       <c r="D172">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>161103</v>
+        <v>98</v>
+      </c>
+      <c r="E172" t="s">
+        <v>610</v>
       </c>
       <c r="F172">
         <v>2013</v>
       </c>
       <c r="G172" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="H172">
-        <v>3.52</v>
+        <v>1.36</v>
       </c>
       <c r="I172">
-        <v>2.15</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="B173" t="s">
-        <v>511</v>
+        <v>613</v>
       </c>
       <c r="C173" t="s">
-        <v>611</v>
+        <v>151</v>
       </c>
       <c r="D173">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>612</v>
+        <v>103</v>
+      </c>
+      <c r="E173">
+        <v>161103</v>
       </c>
       <c r="F173">
         <v>2013</v>
       </c>
       <c r="G173" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="H173">
-        <v>0.58</v>
+        <v>3.52</v>
       </c>
       <c r="I173">
-        <v>0.39</v>
+        <v>2.15</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B174" t="s">
-        <v>588</v>
+        <v>516</v>
       </c>
       <c r="C174" t="s">
-        <v>16</v>
+        <v>616</v>
       </c>
       <c r="D174">
-        <v>88</v>
+        <v>39</v>
       </c>
       <c r="E174" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="F174">
         <v>2013</v>
       </c>
       <c r="G174" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="H174">
-        <v>3.66</v>
-[...1 lines deleted...]
-      <c r="I174"/>
+        <v>0.58</v>
+      </c>
+      <c r="I174">
+        <v>0.39</v>
+      </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="B175" t="s">
-        <v>618</v>
+        <v>593</v>
       </c>
       <c r="C175" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D175">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E175" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="F175">
         <v>2013</v>
       </c>
       <c r="G175" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="H175">
         <v>3.66</v>
       </c>
       <c r="I175"/>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="B176" t="s">
-        <v>602</v>
+        <v>623</v>
       </c>
       <c r="C176" t="s">
-        <v>156</v>
+        <v>21</v>
       </c>
       <c r="D176">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="E176" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="F176">
         <v>2013</v>
       </c>
       <c r="G176" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="H176">
-        <v>1.36</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.66</v>
+      </c>
+      <c r="I176"/>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="B177" t="s">
-        <v>625</v>
+        <v>607</v>
       </c>
       <c r="C177" t="s">
-        <v>406</v>
+        <v>158</v>
       </c>
       <c r="D177">
-        <v>21</v>
+        <v>97</v>
       </c>
       <c r="E177" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="F177">
         <v>2013</v>
       </c>
       <c r="G177" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="H177">
-        <v>3.53</v>
+        <v>1.36</v>
       </c>
       <c r="I177">
-        <v>2.34</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="B178" t="s">
-        <v>602</v>
+        <v>630</v>
       </c>
       <c r="C178" t="s">
-        <v>156</v>
+        <v>411</v>
       </c>
       <c r="D178">
-        <v>97</v>
+        <v>21</v>
       </c>
       <c r="E178" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="F178">
         <v>2013</v>
       </c>
       <c r="G178" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="H178">
-        <v>1.36</v>
+        <v>3.53</v>
       </c>
       <c r="I178">
-        <v>0.8</v>
+        <v>2.34</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="B179" t="s">
-        <v>511</v>
+        <v>607</v>
       </c>
       <c r="C179" t="s">
-        <v>146</v>
+        <v>158</v>
       </c>
       <c r="D179">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>101105</v>
+        <v>97</v>
+      </c>
+      <c r="E179" t="s">
+        <v>634</v>
       </c>
       <c r="F179">
         <v>2013</v>
       </c>
       <c r="G179" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="H179">
-        <v>3.52</v>
+        <v>1.36</v>
       </c>
       <c r="I179">
-        <v>2.15</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="B180" t="s">
-        <v>634</v>
+        <v>516</v>
       </c>
       <c r="C180" t="s">
-        <v>406</v>
+        <v>151</v>
       </c>
       <c r="D180">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>635</v>
+        <v>102</v>
+      </c>
+      <c r="E180">
+        <v>101105</v>
       </c>
       <c r="F180">
         <v>2013</v>
       </c>
       <c r="G180" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="H180">
-        <v>3.53</v>
+        <v>3.52</v>
       </c>
       <c r="I180">
-        <v>2.34</v>
+        <v>2.15</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="B181" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C181" t="s">
-        <v>639</v>
+        <v>411</v>
       </c>
       <c r="D181">
-        <v>116</v>
+        <v>21</v>
       </c>
       <c r="E181" t="s">
         <v>640</v>
       </c>
       <c r="F181">
         <v>2013</v>
       </c>
       <c r="G181" t="s">
         <v>641</v>
       </c>
       <c r="H181">
-        <v>0.93</v>
+        <v>3.53</v>
       </c>
       <c r="I181">
-        <v>0.48</v>
+        <v>2.34</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" t="s">
         <v>642</v>
       </c>
       <c r="B182" t="s">
-        <v>511</v>
+        <v>643</v>
       </c>
       <c r="C182" t="s">
-        <v>16</v>
+        <v>644</v>
       </c>
       <c r="D182">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>235425</v>
+        <v>116</v>
+      </c>
+      <c r="E182" t="s">
+        <v>645</v>
       </c>
       <c r="F182">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G182" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="H182">
-        <v>3.77</v>
-[...1 lines deleted...]
-      <c r="I182"/>
+        <v>0.93</v>
+      </c>
+      <c r="I182">
+        <v>0.48</v>
+      </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="B183" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="C183" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D183">
         <v>86</v>
       </c>
       <c r="E183">
-        <v>125308</v>
+        <v>235425</v>
       </c>
       <c r="F183">
         <v>2012</v>
       </c>
       <c r="G183" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="H183">
         <v>3.77</v>
       </c>
       <c r="I183"/>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="B184" t="s">
-        <v>647</v>
+        <v>516</v>
       </c>
       <c r="C184" t="s">
-        <v>95</v>
+        <v>21</v>
       </c>
       <c r="D184">
         <v>86</v>
       </c>
-      <c r="E184" t="s">
-        <v>648</v>
+      <c r="E184">
+        <v>125308</v>
       </c>
       <c r="F184">
         <v>2012</v>
       </c>
       <c r="G184" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="H184">
-        <v>3.04</v>
+        <v>3.77</v>
       </c>
       <c r="I184"/>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="B185" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="C185" t="s">
-        <v>277</v>
-[...1 lines deleted...]
-      <c r="D185"/>
+        <v>100</v>
+      </c>
+      <c r="D185">
+        <v>86</v>
+      </c>
       <c r="E185" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="F185">
         <v>2012</v>
       </c>
       <c r="G185" t="s">
-        <v>653</v>
-[...4 lines deleted...]
-      </c>
+        <v>654</v>
+      </c>
+      <c r="H185">
+        <v>3.04</v>
+      </c>
+      <c r="I185"/>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="B186" t="s">
-        <v>511</v>
+        <v>656</v>
       </c>
       <c r="C186" t="s">
-        <v>611</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="D186"/>
       <c r="E186" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="F186">
         <v>2012</v>
       </c>
       <c r="G186" t="s">
-        <v>656</v>
-[...3 lines deleted...]
-      </c>
+        <v>658</v>
+      </c>
+      <c r="H186"/>
       <c r="I186">
-        <v>0.37</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="B187" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="C187" t="s">
-        <v>658</v>
+        <v>616</v>
       </c>
       <c r="D187">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="E187" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="F187">
         <v>2012</v>
       </c>
       <c r="G187" t="s">
-        <v>660</v>
-[...2 lines deleted...]
-      <c r="I187"/>
+        <v>661</v>
+      </c>
+      <c r="H187">
+        <v>0.56</v>
+      </c>
+      <c r="I187">
+        <v>0.37</v>
+      </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="B188" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="C188" t="s">
-        <v>146</v>
+        <v>663</v>
       </c>
       <c r="D188">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>62101</v>
+        <v>9</v>
+      </c>
+      <c r="E188" t="s">
+        <v>664</v>
       </c>
       <c r="F188">
         <v>2012</v>
       </c>
       <c r="G188" t="s">
-        <v>662</v>
-[...6 lines deleted...]
-      </c>
+        <v>665</v>
+      </c>
+      <c r="H188"/>
+      <c r="I188"/>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="B189" t="s">
-        <v>664</v>
+        <v>516</v>
       </c>
       <c r="C189" t="s">
-        <v>665</v>
+        <v>151</v>
       </c>
       <c r="D189">
-        <v>376</v>
-[...2 lines deleted...]
-        <v>666</v>
+        <v>100</v>
+      </c>
+      <c r="E189">
+        <v>62101</v>
       </c>
       <c r="F189">
         <v>2012</v>
       </c>
       <c r="G189" t="s">
         <v>667</v>
       </c>
       <c r="H189">
-        <v>1.77</v>
+        <v>3.79</v>
       </c>
       <c r="I189">
-        <v>0.79</v>
+        <v>2.57</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" t="s">
         <v>668</v>
       </c>
       <c r="B190" t="s">
-        <v>602</v>
+        <v>669</v>
       </c>
       <c r="C190" t="s">
-        <v>471</v>
+        <v>670</v>
       </c>
       <c r="D190">
-        <v>6</v>
+        <v>376</v>
       </c>
       <c r="E190" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="F190">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G190" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="H190">
-        <v>2.82</v>
+        <v>1.77</v>
       </c>
       <c r="I190">
-        <v>1.84</v>
+        <v>0.79</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="B191" t="s">
-        <v>570</v>
+        <v>607</v>
       </c>
       <c r="C191" t="s">
-        <v>146</v>
+        <v>476</v>
       </c>
       <c r="D191">
-        <v>99</v>
+        <v>6</v>
       </c>
       <c r="E191" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="F191">
         <v>2011</v>
       </c>
       <c r="G191" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="H191">
-        <v>3.84</v>
+        <v>2.82</v>
       </c>
       <c r="I191">
-        <v>2.81</v>
+        <v>1.84</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="B192" t="s">
-        <v>511</v>
+        <v>575</v>
       </c>
       <c r="C192" t="s">
-        <v>675</v>
+        <v>151</v>
       </c>
       <c r="D192">
-        <v>58</v>
+        <v>99</v>
       </c>
       <c r="E192" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="F192">
         <v>2011</v>
       </c>
       <c r="G192" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="H192">
-        <v>1.17</v>
+        <v>3.84</v>
       </c>
       <c r="I192">
-        <v>0.66</v>
+        <v>2.81</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="B193" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="C193" t="s">
-        <v>205</v>
+        <v>680</v>
       </c>
       <c r="D193">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>1641</v>
+        <v>58</v>
+      </c>
+      <c r="E193" t="s">
+        <v>681</v>
       </c>
       <c r="F193">
         <v>2011</v>
       </c>
       <c r="G193" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="H193">
-        <v>3.4</v>
+        <v>1.17</v>
       </c>
       <c r="I193">
-        <v>2.52</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="B194" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="C194" t="s">
-        <v>225</v>
+        <v>210</v>
       </c>
       <c r="D194">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>681</v>
+        <v>36</v>
+      </c>
+      <c r="E194">
+        <v>1641</v>
       </c>
       <c r="F194">
         <v>2011</v>
       </c>
       <c r="G194" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="H194">
-        <v>1.49</v>
+        <v>3.4</v>
       </c>
       <c r="I194">
-        <v>0.71</v>
+        <v>2.52</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="B195" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="C195" t="s">
-        <v>168</v>
+        <v>230</v>
       </c>
       <c r="D195">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>76401</v>
+        <v>49</v>
+      </c>
+      <c r="E195" t="s">
+        <v>686</v>
       </c>
       <c r="F195">
         <v>2011</v>
       </c>
       <c r="G195" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="H195">
-        <v>7.37</v>
+        <v>1.49</v>
       </c>
       <c r="I195">
-        <v>6.31</v>
+        <v>0.71</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" t="s">
-        <v>680</v>
+        <v>688</v>
       </c>
       <c r="B196" t="s">
-        <v>685</v>
+        <v>516</v>
       </c>
       <c r="C196" t="s">
-        <v>225</v>
+        <v>173</v>
       </c>
       <c r="D196">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>681</v>
+        <v>106</v>
+      </c>
+      <c r="E196">
+        <v>76401</v>
       </c>
       <c r="F196">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G196" t="s">
-        <v>682</v>
+        <v>689</v>
       </c>
       <c r="H196">
-        <v>1.1</v>
+        <v>7.37</v>
       </c>
       <c r="I196">
-        <v>0.71</v>
+        <v>6.31</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" t="s">
+        <v>685</v>
+      </c>
+      <c r="B197" t="s">
+        <v>690</v>
+      </c>
+      <c r="C197" t="s">
+        <v>230</v>
+      </c>
+      <c r="D197">
+        <v>49</v>
+      </c>
+      <c r="E197" t="s">
         <v>686</v>
-      </c>
-[...10 lines deleted...]
-        <v>687</v>
       </c>
       <c r="F197">
         <v>2010</v>
       </c>
       <c r="G197" t="s">
-        <v>688</v>
+        <v>687</v>
       </c>
       <c r="H197">
         <v>1.1</v>
       </c>
       <c r="I197">
         <v>0.71</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="B198" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="C198" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="D198">
         <v>47</v>
       </c>
       <c r="E198" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="F198">
         <v>2010</v>
       </c>
       <c r="G198" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="H198">
         <v>1.1</v>
       </c>
       <c r="I198">
+        <v>0.71</v>
+      </c>
+    </row>
+    <row r="199" spans="1:9">
+      <c r="A199" t="s">
+        <v>694</v>
+      </c>
+      <c r="B199" t="s">
+        <v>516</v>
+      </c>
+      <c r="C199" t="s">
+        <v>230</v>
+      </c>
+      <c r="D199">
+        <v>47</v>
+      </c>
+      <c r="E199" t="s">
+        <v>695</v>
+      </c>
+      <c r="F199">
+        <v>2010</v>
+      </c>
+      <c r="G199" t="s">
+        <v>696</v>
+      </c>
+      <c r="H199">
+        <v>1.1</v>
+      </c>
+      <c r="I199">
         <v>0.71</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>