--- v3 (2025-12-06)
+++ v4 (2026-03-09)
@@ -539,137 +539,137 @@
   <si>
     <t>10.1103/physreva.103.033702</t>
   </si>
   <si>
     <t>Bosonic Hofstadter butterflies in synthetic antiferromagnetic patterns</t>
   </si>
   <si>
     <t>Journal of Physics: Condensed Matter</t>
   </si>
   <si>
     <t>10.1088/1361-648x/abd99b</t>
   </si>
   <si>
     <t>Chiral Waveguide Optomechanics: First Order Quantum Phase Transitions with Z3 Symmetry Breaking</t>
   </si>
   <si>
     <t>Denis Sedov, Valerii Kozin, Ivan Iorsh</t>
   </si>
   <si>
     <t>Physical Review Letters</t>
   </si>
   <si>
     <t>10.1103/physrevlett.125.263606</t>
   </si>
   <si>
+    <t>Fano resonances in quantum well absorption induced by electromagnetic          dressing</t>
+  </si>
+  <si>
+    <t>Oleg Kibis, Stanislav Kolodny, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020052</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032332</t>
+  </si>
+  <si>
+    <t>Many-body phenomena in semiconductors and cluster expansion approach</t>
+  </si>
+  <si>
+    <t>Andrew Kudlis,  Gulnaz Rakhmanova, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>020072</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032135</t>
+  </si>
+  <si>
+    <t>Measurement of local optomechanical properties of MoSe2 monolayers</t>
+  </si>
+  <si>
+    <t>Fedor Benimetskiy, V. A. Sharov, P. A. Alekseev, Vasily Kravtsov, K.-D. Park, Anton Samusev, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>020008</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032285</t>
+  </si>
+  <si>
+    <t>Electrically tunable trion-polaritons in MoSe2/hBN heterostructure integrated with a photonic crystal slab</t>
+  </si>
+  <si>
+    <t>V. Kondratyev, Fedor Benimetskiy, Tatyana Ivanova, Anton Samusev, K.-D. Park, M. S. Skolnick, Vasily Kravtsov, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>020062</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032226</t>
+  </si>
+  <si>
+    <t>Topological plasmon polariton on a Dirac magnet helical state: The second harmonic generation enhancement</t>
+  </si>
+  <si>
+    <t>Gulnaz Rakhmanova, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>020101</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031857</t>
+  </si>
+  <si>
     <t>Propagation of exciton-polaritons in monolayer semiconductor coupled to at-Γ bound state in the continuum</t>
   </si>
   <si>
     <t>Fedor Benimetskiy, Vasily Kravtsov, Ivan Sinev, Anton Samusev, Ivan Iorsh</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020010</t>
   </si>
   <si>
     <t>10.1063/5.0032076</t>
   </si>
   <si>
     <t>Chiral coupling of dipole transitions in a V-type atom using a plasmonic dimer</t>
   </si>
   <si>
     <t>Mihail Petrov, Ivan Iorsh</t>
   </si>
   <si>
     <t>020064</t>
   </si>
   <si>
     <t>10.1063/5.0031864</t>
   </si>
   <si>
-    <t>Fano resonances in quantum well absorption induced by electromagnetic          dressing</t>
-[...58 lines deleted...]
-  <si>
     <t>Spin–valley dynamics in alloy-based transition metal dichalcogenide heterobilayers</t>
   </si>
   <si>
     <t>Vasily Kravtsov,  Aleksey D Liubomirov,  Roman V Cherbunin,  Alessandro Catanzaro,  Armando Genco,  Daniel Gillard,  Evgeny M Alexeev, Tatyana Ivanova, Ivan Shelykh,  Alexander I Tartakovskii,  Maurice S Skolnick, Ivan Iorsh</t>
   </si>
   <si>
     <t>025011</t>
   </si>
   <si>
     <t>10.1088/2053-1583/abcf12</t>
   </si>
   <si>
     <t>Fano resonances in optical spectra of semiconductor quantum wells dressed by circularly polarized light</t>
   </si>
   <si>
     <t>O. V. Kibis, Stanislav Kolodny, Ivan Iorsh</t>
   </si>
   <si>
     <t>Optics Letters</t>
   </si>
   <si>
     <t>10.1364/ol.410091</t>
   </si>
   <si>
     <t>High refractive index and extreme biaxial optical anisotropy of rhenium diselenide for applications in all-dielectric nanophotonics</t>
@@ -710,98 +710,98 @@
   <si>
     <t>10.1515/nanoph-2020-0287</t>
   </si>
   <si>
     <t>Midgap edge states in polaritonic graphene with zero average mangetic field</t>
   </si>
   <si>
     <t>FIFTH INTERNATIONAL CONFERENCE ON QUANTUM TECHNOLOGIES (ICQT-2019)</t>
   </si>
   <si>
     <t>10.1063/5.0011471</t>
   </si>
   <si>
     <t>Retraction notice to “Tamm plasmon-polaritons: First experimental observation” [Superlattice. Microst., 47 (2010) 44–49]</t>
   </si>
   <si>
     <t>S. Brand, Ivan Iorsh, Ivan Shelykh, A. Yu Egorov, A.P. Vasil'ev</t>
   </si>
   <si>
     <t>Superlattices and Microstructures</t>
   </si>
   <si>
     <t>10.1016/j.spmi.2020.106569</t>
   </si>
   <si>
+    <t>Strong coupling of excitons in 2D MoSe2/hBN heterostructure with optical bound states in the continuum</t>
+  </si>
+  <si>
+    <t>Fedor Benimetskiy, Vasily Kravtsov, Ivan Mukhin, Ivan Sinev, Anton Samusev, Ivan Shelykh, D. N. Krizhanovskii, M. S. Skolnick, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>012012</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012012</t>
+  </si>
+  <si>
+    <t>Polarization hybridization of surface waves on anisotropic metasurface</t>
+  </si>
+  <si>
+    <t>Anna Hurshkainen, Polina Kapitanova, Ivan Iorsh, Stanislav Glybovski, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>012196</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012196</t>
+  </si>
+  <si>
     <t>Q/V enhancement of Si micropillar resonator with Bragg reflectors in BIC regime</t>
   </si>
   <si>
     <t>Stanislav Kolodny, Ivan Iorsh</t>
   </si>
   <si>
     <t>012067</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012067</t>
   </si>
   <si>
     <t>Floquet engineering of 2D materials</t>
   </si>
   <si>
     <t>O. V. Kibis, Ivan Iorsh, Ivan Shelykh</t>
   </si>
   <si>
     <t>012064</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012064</t>
   </si>
   <si>
-    <t>Strong coupling of excitons in 2D MoSe2/hBN heterostructure with optical bound states in the continuum</t>
-[...22 lines deleted...]
-  <si>
     <t>Nonlinear polaritons in a monolayer semiconductor coupled to optical bound states in the continuum</t>
   </si>
   <si>
     <t>Vasily Kravtsov, Fedor Benimetskiy, Tatyana Ivanova, Anton Samusev, Ivan Sinev, Dmitry Pidgayko, Alexey Mozharov, Ivan Mukhin, Maksim S. Lozhkin, Yuri V. Kapitonov, Andrey S. Brichkin, Vladimir D. Kulakovskii, Ivan Shelykh, Alexander I. Tartakovskii, Paul M. Walker, Maurice S. Skolnick, Dmitry N. Krizhanovskii, Ivan Iorsh</t>
   </si>
   <si>
     <t>Light: Science and Applications</t>
   </si>
   <si>
     <t>10.1038/s41377-020-0286-z</t>
   </si>
   <si>
     <t>Steering of Guided Light with Dielectric Nanoantennas</t>
   </si>
   <si>
     <t>Ivan Sinev, Filipp Komissarenko, Ivan Iorsh, Dmitry Permyakov, Anton Samusev, Andrey Bogdanov</t>
   </si>
   <si>
     <t>680-686</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.9b01515</t>
   </si>
   <si>
     <t>Spontaneous topological transitions in a honeycomb lattice of exciton-polariton condensates due to spin bifurcations</t>
@@ -884,101 +884,101 @@
   <si>
     <t>Conference on Lasers and Electro-Optics (CLEO)</t>
   </si>
   <si>
     <t>10.1109/CLEOE-EQEC.2019.8872429</t>
   </si>
   <si>
     <t>Tunable Photon Statistics Exploiting the Fano Effect in a Waveguide</t>
   </si>
   <si>
     <t>A. P. Foster, D. Hallett, Ivan Iorsh, S. J. Sheldon, M. R. Godsland, B. Royall, E. Clarke, Ivan Shelykh, A. M. Fox, M. S. Skolnick, I. E. Itskevich, L. R. Wilson</t>
   </si>
   <si>
     <t>10.1103/physrevlett.122.173603</t>
   </si>
   <si>
     <t>Optically trapped polariton condensates as semiclassical time crystals</t>
   </si>
   <si>
     <t>H. Sigurdsson, S. Morina, Yury Krivosenko, Ivan Iorsh, Y. G. Rubo, A. V. Kavokin, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1103/physreva.99.033830</t>
   </si>
   <si>
+    <t>Near-field optical microscopy of surface plasmon polaritons excited by silicon nanoantenna</t>
+  </si>
+  <si>
+    <t>Ivan Sinev, Filipp Komissarenko, Ivan Mukhin, Mihail Petrov, Ivan Iorsh, Pavel Belov, Anton Samusev</t>
+  </si>
+  <si>
+    <t>Nanosystems: Physics, Chemistry, Mathematics</t>
+  </si>
+  <si>
+    <t>609-613</t>
+  </si>
+  <si>
+    <t>10.17586/2220-8054-2018-9-5-609-613</t>
+  </si>
+  <si>
     <t>Beyond Quantum Confinement: Excitonic Nonlocality in Halide Perovskite Nanoparticles with Mie Resonances</t>
   </si>
   <si>
     <t>Aleksander Berestennikov, Ivan Iorsh, Anvar Zakhidov, Sergey Makarov</t>
   </si>
   <si>
     <t>Nanoscale</t>
   </si>
   <si>
     <t>6747-6754</t>
   </si>
   <si>
     <t>10.1039/C8NR09837A</t>
   </si>
   <si>
-    <t>Near-field optical microscopy of surface plasmon polaritons excited by silicon nanoantenna</t>
-[...11 lines deleted...]
-    <t>10.17586/2220-8054-2018-9-5-609-613</t>
+    <t>Electronic properties of quantum rings dressed by a high-frequency electromagnetic field</t>
+  </si>
+  <si>
+    <t>Valerii Kozin, Ivan Iorsh, Ivan Shelykh</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012055</t>
   </si>
   <si>
     <t>Quantum Rings Dressed by a High-Frequency Electromagnetic Field</t>
   </si>
   <si>
-    <t>Valerii Kozin, Ivan Iorsh, Ivan Shelykh</t>
-[...1 lines deleted...]
-  <si>
     <t>Semiconductors</t>
   </si>
   <si>
     <t>1806–1808</t>
   </si>
   <si>
     <t>10.1134/S1063782618140130</t>
   </si>
   <si>
-    <t>Electronic properties of quantum rings dressed by a high-frequency electromagnetic field</t>
-[...4 lines deleted...]
-  <si>
     <t>Resonant spin wave excitation in magnetoplasmonic bilayers using short laser pulses</t>
   </si>
   <si>
     <t>2003-2007</t>
   </si>
   <si>
     <t>10.1039/c8nr09989h</t>
   </si>
   <si>
     <t>Strong coupling and non-reciprocity in the dynamics of a V-atom placed near an anisotropic metasurface</t>
   </si>
   <si>
     <t>2018 12th Int. Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2018.8534098</t>
   </si>
   <si>
     <t>Experimental observation of hybrid TE-TM polarized surface waves supported by hyperbolic metasurface</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.195404</t>
   </si>
   <si>
     <t>Optical properties of spatially dispersive Mie-resonant halide perovskite nanoparticles</t>
@@ -1289,74 +1289,74 @@
   <si>
     <t>Transition from optical bound states in the continuum to leaky resonances: role of substrate and roughness</t>
   </si>
   <si>
     <t>Zarina Sadrieva, Ivan Sinev, Anton Samusev, Ivan Iorsh, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.6b00860</t>
   </si>
   <si>
     <t>Transport and collective radiance in a basic quantum chiral optical model</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.96.115162</t>
   </si>
   <si>
     <t>Optically induced Lifshitz transition in bilayer graphene</t>
   </si>
   <si>
     <t>Ivan Iorsh, K. Dini, O. V. Kibis, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1103/physrevb.96.155432</t>
   </si>
   <si>
+    <t>Effect of substrate on optical bound states in the continuum in 1D photonic structures</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998034</t>
+  </si>
+  <si>
+    <t>Retrieval procedure of effective conductivity for plasmonic resonant anisotropic metasurface</t>
+  </si>
+  <si>
+    <t>Andrey Bogdanov, Anton Samusev, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998069</t>
+  </si>
+  <si>
     <t>Demultiplexing surface waves with silicon nanoantennas</t>
   </si>
   <si>
     <t>Ivan Sinev, Andrey Bogdanov, Filipp Komissarenko, Mihail Petrov, Kristina Frizyuk, Sergey Makarov, Ivan Mukhin, Anton Samusev, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1063/1.4998064</t>
   </si>
   <si>
-    <t>Effect of substrate on optical bound states in the continuum in 1D photonic structures</t>
-[...13 lines deleted...]
-  <si>
     <t>Rydberg exciton–exciton interaction in real space</t>
   </si>
   <si>
     <t>Yury Krivosenko, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1063/1.4998095</t>
   </si>
   <si>
     <t>Exciton-exciton interaction in transition-metal dichalcogenide monolayers</t>
   </si>
   <si>
     <t>V. Shahnazaryan, Ivan Iorsh, Ivan Shelykh, O. Kyriienko</t>
   </si>
   <si>
     <t>10.1103/physrevb.96.115409</t>
   </si>
   <si>
     <t>Tunable spin-directional coupling for surface localized waves with anisotropic metasurface</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Ivan Iorsh, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1117/12.2261663</t>
@@ -1406,80 +1406,80 @@
   <si>
     <t>II International Young Scientists Forum on Applied Physics and Engineering (YSF)</t>
   </si>
   <si>
     <t>73-76</t>
   </si>
   <si>
     <t>10.1109/YSF.2016.7753804</t>
   </si>
   <si>
     <t>Wireless power transfer system based on ceramic resonators</t>
   </si>
   <si>
     <t>Polina Kapitanova, Mingzhao Song, Ivan Iorsh, Pavel Belov</t>
   </si>
   <si>
     <t>2016 10th International Congress on Adv. Electromagnetic Mat. in Microwaves and Optics (METAMAT.)</t>
   </si>
   <si>
     <t>151-153</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2016.7746469</t>
   </si>
   <si>
+    <t>New degrees of freedom of spin-optronics implemented by using hybrid surface waves localized at hyperbolic metasurface</t>
+  </si>
+  <si>
+    <t>2016 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>449-454</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756892</t>
+  </si>
+  <si>
+    <t>Topological properties of the illuminated arrays of mesoscopic rings</t>
+  </si>
+  <si>
+    <t>188-192</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756839</t>
+  </si>
+  <si>
     <t>Optical bound state in the continuum in the one-dimensional photonic crystal slab: theory and experiment</t>
   </si>
   <si>
-    <t>2016 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>356-360</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756873</t>
   </si>
   <si>
-    <t>New degrees of freedom of spin-optronics implemented by using hybrid surface waves localized at hyperbolic metasurface</t>
-[...16 lines deleted...]
-  <si>
     <t>Self-consistent Purcell factor and spontaneous topological transition in hyperbolic metamaterials</t>
   </si>
   <si>
     <t>Sergei Krasikov, Ivan Iorsh</t>
   </si>
   <si>
     <t>Physica Status Solidi - Rapid Research Letters</t>
   </si>
   <si>
     <t>769–773</t>
   </si>
   <si>
     <t>10.1002/pssr.201600232</t>
   </si>
   <si>
     <t>Kagome lattice from an exciton-polariton perspective</t>
   </si>
   <si>
     <t>D. R. Gulevich, D. Yudin, Ivan Iorsh, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1103/physrevb.94.115437</t>
   </si>
   <si>
     <t>Generation of Photon-Plasmon Quantum States in Nonlinear Hyperbolic Metamaterials</t>
@@ -1577,92 +1577,92 @@
   <si>
     <t>Kovalev V. M.,  Savenko I. G., Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1088/0953-8984/28/10/105301</t>
   </si>
   <si>
     <t>The role of defects in lowering the effective polariton temperature in electric and optically pumped polariton lasers</t>
   </si>
   <si>
     <t>Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1063/1.4940401</t>
   </si>
   <si>
     <t>Wireless power transfer based on magnetic quadrupole coupling in dielectric resonators</t>
   </si>
   <si>
     <t>Mingzhao Song, Ivan Iorsh, Polina Kapitanova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4939789</t>
   </si>
   <si>
+    <t>Quantum hyperbolic metamaterials with exciton-polaritons in semiconductor Bragg mirrors</t>
+  </si>
+  <si>
+    <t>2015 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2015.7354877</t>
+  </si>
+  <si>
+    <t>New types of surface waves on hyperbolic metasurface</t>
+  </si>
+  <si>
+    <t>Anton Ovcharenko, Ivan Iorsh, Andrey Bogdanov, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2015.7354895</t>
+  </si>
+  <si>
+    <t>Metamaterials for wireless power transfer</t>
+  </si>
+  <si>
+    <t>Mingzhao Song, Polina Kapitanova, Ivan Iorsh, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2015.7354885</t>
+  </si>
+  <si>
     <t>Interaction of light with a hyperbolic cavity in the strong-coupling regime with Fano resonance</t>
   </si>
   <si>
     <t>Mehedi Hasan, Ivan Iorsh</t>
   </si>
   <si>
-    <t>2015 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/DD.2015.7354848</t>
   </si>
   <si>
     <t>Graphene based anisotropic metasurface</t>
   </si>
   <si>
     <t>10.1109/DD.2015.7354890</t>
   </si>
   <si>
-    <t>Quantum hyperbolic metamaterials with exciton-polaritons in semiconductor Bragg mirrors</t>
-[...22 lines deleted...]
-  <si>
     <t>Application of High-Q dielectric resonators for wireless power transfer system</t>
   </si>
   <si>
     <t>Pavel Belov, Mingzhao Song, Ivan Iorsh, Polina Kapitanova</t>
   </si>
   <si>
     <t>2015 SBMO/IEEE MTT-S International Microwave and Optoelectronics Conference (IMOC)</t>
   </si>
   <si>
     <t>10.1109/IMOC.2015.7369228</t>
   </si>
   <si>
     <t>Diamagnetism in wire medium metamaterials: Theory and experiment</t>
   </si>
   <si>
     <t>Ilya Yagupov, Dmitry Filonov, Alexander Ageyskiy, Mehedi Hasan, Ivan Iorsh, Pavel Belov</t>
   </si>
   <si>
     <t>041304(R)</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.92.041304</t>
   </si>
   <si>
     <t>Two-dimensional hyperbolic medium for electrons and photons based on the array of tunnel-coupled graphene nanoribbons</t>
@@ -2087,66 +2087,66 @@
   <si>
     <t>Negative refraction and the spectral filtering of terahertz radiation by a photonic crystal prism</t>
   </si>
   <si>
     <t>10.1364/OL.36.001641</t>
   </si>
   <si>
     <t>Hybrid states of Tamm plasmons and exciton-polaritons</t>
   </si>
   <si>
     <t>229-232</t>
   </si>
   <si>
     <t>10.1016/j.spmi.2010.05.014</t>
   </si>
   <si>
     <t>Bragg Polaritons: Strong Coupling and Amplification in an Unfolded Microcavity</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.106.076401</t>
   </si>
   <si>
     <t>S. Brand, Ivan Iorsh, Ivan Shelykh</t>
   </si>
   <si>
+    <t>Tamm plasmon-polaritons: First experimental observation</t>
+  </si>
+  <si>
+    <t>44-49</t>
+  </si>
+  <si>
+    <t>10.1016/j.spmi.2009.09.003</t>
+  </si>
+  <si>
     <t>Polarization beats in a pillar microcavity</t>
   </si>
   <si>
     <t>24-28</t>
   </si>
   <si>
     <t>10.1016/j.spmi.2009.07.021</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1016/j.spmi.2009.09.003</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -4038,51 +4038,51 @@
       <c r="C58" t="s">
         <v>21</v>
       </c>
       <c r="D58">
         <v>102</v>
       </c>
       <c r="E58"/>
       <c r="F58">
         <v>2020</v>
       </c>
       <c r="G58" t="s">
         <v>221</v>
       </c>
       <c r="H58">
         <v>4.04</v>
       </c>
       <c r="I58">
         <v>1.78</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>222</v>
       </c>
       <c r="B59" t="s">
-        <v>201</v>
+        <v>193</v>
       </c>
       <c r="C59" t="s">
         <v>214</v>
       </c>
       <c r="D59">
         <v>9</v>
       </c>
       <c r="E59" t="s">
         <v>223</v>
       </c>
       <c r="F59">
         <v>2020</v>
       </c>
       <c r="G59" t="s">
         <v>224</v>
       </c>
       <c r="H59">
         <v>8.45</v>
       </c>
       <c r="I59">
         <v>2.72</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
@@ -4306,51 +4306,51 @@
       <c r="C68" t="s">
         <v>21</v>
       </c>
       <c r="D68">
         <v>100</v>
       </c>
       <c r="E68"/>
       <c r="F68">
         <v>2019</v>
       </c>
       <c r="G68" t="s">
         <v>258</v>
       </c>
       <c r="H68">
         <v>3.58</v>
       </c>
       <c r="I68">
         <v>1.81</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>259</v>
       </c>
       <c r="B69" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="C69" t="s">
         <v>210</v>
       </c>
       <c r="D69">
         <v>45</v>
       </c>
       <c r="E69">
         <v>181</v>
       </c>
       <c r="F69">
         <v>2019</v>
       </c>
       <c r="G69" t="s">
         <v>260</v>
       </c>
       <c r="H69">
         <v>3.71</v>
       </c>
       <c r="I69">
         <v>1.79</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
@@ -4418,51 +4418,51 @@
       </c>
       <c r="D72">
         <v>7</v>
       </c>
       <c r="E72">
         <v>101126</v>
       </c>
       <c r="F72">
         <v>2019</v>
       </c>
       <c r="G72" t="s">
         <v>272</v>
       </c>
       <c r="H72">
         <v>3.82</v>
       </c>
       <c r="I72">
         <v>1.57</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
         <v>273</v>
       </c>
       <c r="B73" t="s">
-        <v>181</v>
+        <v>201</v>
       </c>
       <c r="C73" t="s">
         <v>100</v>
       </c>
       <c r="D73">
         <v>100</v>
       </c>
       <c r="E73" t="s">
         <v>274</v>
       </c>
       <c r="F73">
         <v>2019</v>
       </c>
       <c r="G73" t="s">
         <v>275</v>
       </c>
       <c r="H73">
         <v>2.78</v>
       </c>
       <c r="I73">
         <v>1.42</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
@@ -4557,205 +4557,205 @@
       <c r="E77"/>
       <c r="F77">
         <v>2019</v>
       </c>
       <c r="G77" t="s">
         <v>289</v>
       </c>
       <c r="H77">
         <v>2.78</v>
       </c>
       <c r="I77">
         <v>1.42</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
         <v>290</v>
       </c>
       <c r="B78" t="s">
         <v>291</v>
       </c>
       <c r="C78" t="s">
         <v>292</v>
       </c>
       <c r="D78">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="E78" t="s">
         <v>293</v>
       </c>
       <c r="F78">
         <v>2019</v>
       </c>
       <c r="G78" t="s">
         <v>294</v>
       </c>
-      <c r="H78">
-[...4 lines deleted...]
-      </c>
+      <c r="H78"/>
+      <c r="I78"/>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
         <v>295</v>
       </c>
       <c r="B79" t="s">
         <v>296</v>
       </c>
       <c r="C79" t="s">
         <v>297</v>
       </c>
       <c r="D79">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="E79" t="s">
         <v>298</v>
       </c>
       <c r="F79">
         <v>2019</v>
       </c>
       <c r="G79" t="s">
         <v>299</v>
       </c>
-      <c r="H79"/>
-      <c r="I79"/>
+      <c r="H79">
+        <v>6.9</v>
+      </c>
+      <c r="I79">
+        <v>2.18</v>
+      </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
         <v>300</v>
       </c>
       <c r="B80" t="s">
         <v>301</v>
       </c>
       <c r="C80" t="s">
-        <v>302</v>
+        <v>134</v>
       </c>
       <c r="D80">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>303</v>
+        <v>1092</v>
+      </c>
+      <c r="E80">
+        <v>12055</v>
       </c>
       <c r="F80">
         <v>2019</v>
       </c>
       <c r="G80" t="s">
-        <v>304</v>
-[...3 lines deleted...]
-      </c>
+        <v>302</v>
+      </c>
+      <c r="H80"/>
       <c r="I80">
-        <v>0.3</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="B81" t="s">
         <v>301</v>
       </c>
       <c r="C81" t="s">
-        <v>134</v>
+        <v>304</v>
       </c>
       <c r="D81">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>12055</v>
+        <v>52</v>
+      </c>
+      <c r="E81" t="s">
+        <v>305</v>
       </c>
       <c r="F81">
         <v>2019</v>
       </c>
       <c r="G81" t="s">
         <v>306</v>
       </c>
-      <c r="H81"/>
+      <c r="H81">
+        <v>0.64</v>
+      </c>
       <c r="I81">
-        <v>0.22</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
         <v>307</v>
       </c>
       <c r="B82" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="C82" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="D82">
         <v>11</v>
       </c>
       <c r="E82" t="s">
         <v>308</v>
       </c>
       <c r="F82">
         <v>2019</v>
       </c>
       <c r="G82" t="s">
         <v>309</v>
       </c>
       <c r="H82">
         <v>6.9</v>
       </c>
       <c r="I82">
         <v>2.18</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
         <v>310</v>
       </c>
       <c r="B83" t="s">
-        <v>181</v>
+        <v>201</v>
       </c>
       <c r="C83" t="s">
         <v>311</v>
       </c>
       <c r="D83"/>
       <c r="E83"/>
       <c r="F83">
         <v>2018</v>
       </c>
       <c r="G83" t="s">
         <v>312</v>
       </c>
       <c r="H83"/>
       <c r="I83"/>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
         <v>313</v>
       </c>
       <c r="B84" t="s">
-        <v>245</v>
+        <v>237</v>
       </c>
       <c r="C84" t="s">
         <v>21</v>
       </c>
       <c r="D84">
         <v>98</v>
       </c>
       <c r="E84">
         <v>195404</v>
       </c>
       <c r="F84">
         <v>2018</v>
       </c>
       <c r="G84" t="s">
         <v>314</v>
       </c>
       <c r="H84">
         <v>3.74</v>
       </c>
       <c r="I84">
         <v>1.5</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
@@ -5295,51 +5295,51 @@
       <c r="D104">
         <v>97</v>
       </c>
       <c r="E104"/>
       <c r="F104">
         <v>2018</v>
       </c>
       <c r="G104" t="s">
         <v>378</v>
       </c>
       <c r="H104">
         <v>3.74</v>
       </c>
       <c r="I104">
         <v>1.5</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
         <v>379</v>
       </c>
       <c r="B105" t="s">
         <v>380</v>
       </c>
       <c r="C105" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="D105">
         <v>52</v>
       </c>
       <c r="E105" t="s">
         <v>381</v>
       </c>
       <c r="F105">
         <v>2018</v>
       </c>
       <c r="G105" t="s">
         <v>382</v>
       </c>
       <c r="H105">
         <v>0.69</v>
       </c>
       <c r="I105">
         <v>0.31</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
         <v>383</v>
       </c>
       <c r="B106" t="s">
@@ -5591,51 +5591,51 @@
       </c>
       <c r="D115">
         <v>4</v>
       </c>
       <c r="E115">
         <v>723</v>
       </c>
       <c r="F115">
         <v>2017</v>
       </c>
       <c r="G115" t="s">
         <v>419</v>
       </c>
       <c r="H115">
         <v>6.88</v>
       </c>
       <c r="I115">
         <v>3.38</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
         <v>420</v>
       </c>
       <c r="B116" t="s">
-        <v>181</v>
+        <v>201</v>
       </c>
       <c r="C116" t="s">
         <v>21</v>
       </c>
       <c r="D116">
         <v>96</v>
       </c>
       <c r="E116">
         <v>115162</v>
       </c>
       <c r="F116">
         <v>2017</v>
       </c>
       <c r="G116" t="s">
         <v>421</v>
       </c>
       <c r="H116">
         <v>3.81</v>
       </c>
       <c r="I116"/>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
         <v>422</v>
       </c>
@@ -5643,114 +5643,114 @@
         <v>423</v>
       </c>
       <c r="C117" t="s">
         <v>21</v>
       </c>
       <c r="D117">
         <v>96</v>
       </c>
       <c r="E117"/>
       <c r="F117">
         <v>2017</v>
       </c>
       <c r="G117" t="s">
         <v>424</v>
       </c>
       <c r="H117">
         <v>3.81</v>
       </c>
       <c r="I117"/>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
         <v>425</v>
       </c>
       <c r="B118" t="s">
-        <v>426</v>
+        <v>418</v>
       </c>
       <c r="C118" t="s">
         <v>177</v>
       </c>
       <c r="D118">
         <v>1874</v>
       </c>
       <c r="E118">
-        <v>30035</v>
+        <v>30005</v>
       </c>
       <c r="F118">
         <v>2017</v>
       </c>
       <c r="G118" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="H118"/>
       <c r="I118">
         <v>0.17</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
+        <v>427</v>
+      </c>
+      <c r="B119" t="s">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
       <c r="C119" t="s">
         <v>177</v>
       </c>
       <c r="D119">
         <v>1874</v>
       </c>
       <c r="E119">
-        <v>30005</v>
+        <v>30040</v>
       </c>
       <c r="F119">
         <v>2017</v>
       </c>
       <c r="G119" t="s">
         <v>429</v>
       </c>
       <c r="H119"/>
       <c r="I119">
         <v>0.17</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
         <v>430</v>
       </c>
       <c r="B120" t="s">
         <v>431</v>
       </c>
       <c r="C120" t="s">
         <v>177</v>
       </c>
       <c r="D120">
         <v>1874</v>
       </c>
       <c r="E120">
-        <v>30040</v>
+        <v>30035</v>
       </c>
       <c r="F120">
         <v>2017</v>
       </c>
       <c r="G120" t="s">
         <v>432</v>
       </c>
       <c r="H120"/>
       <c r="I120">
         <v>0.17</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
         <v>433</v>
       </c>
       <c r="B121" t="s">
         <v>434</v>
       </c>
       <c r="C121" t="s">
         <v>177</v>
       </c>
       <c r="D121"/>
       <c r="E121"/>
       <c r="F121">
@@ -5951,97 +5951,97 @@
       </c>
       <c r="B129" t="s">
         <v>460</v>
       </c>
       <c r="C129" t="s">
         <v>461</v>
       </c>
       <c r="D129"/>
       <c r="E129" t="s">
         <v>462</v>
       </c>
       <c r="F129">
         <v>2016</v>
       </c>
       <c r="G129" t="s">
         <v>463</v>
       </c>
       <c r="H129"/>
       <c r="I129"/>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
         <v>464</v>
       </c>
       <c r="B130" t="s">
-        <v>418</v>
+        <v>455</v>
       </c>
       <c r="C130" t="s">
         <v>465</v>
       </c>
       <c r="D130"/>
       <c r="E130" t="s">
         <v>466</v>
       </c>
       <c r="F130">
         <v>2016</v>
       </c>
       <c r="G130" t="s">
         <v>467</v>
       </c>
       <c r="H130"/>
       <c r="I130"/>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
         <v>468</v>
       </c>
       <c r="B131" t="s">
-        <v>455</v>
+        <v>415</v>
       </c>
       <c r="C131" t="s">
         <v>465</v>
       </c>
       <c r="D131"/>
       <c r="E131" t="s">
         <v>469</v>
       </c>
       <c r="F131">
         <v>2016</v>
       </c>
       <c r="G131" t="s">
         <v>470</v>
       </c>
       <c r="H131"/>
       <c r="I131"/>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
         <v>471</v>
       </c>
       <c r="B132" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="C132" t="s">
         <v>465</v>
       </c>
       <c r="D132"/>
       <c r="E132" t="s">
         <v>472</v>
       </c>
       <c r="F132">
         <v>2016</v>
       </c>
       <c r="G132" t="s">
         <v>473</v>
       </c>
       <c r="H132"/>
       <c r="I132"/>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
         <v>474</v>
       </c>
       <c r="B133" t="s">
         <v>475</v>
       </c>
       <c r="C133" t="s">
@@ -6404,140 +6404,140 @@
       </c>
       <c r="D146">
         <v>108</v>
       </c>
       <c r="E146">
         <v>23902</v>
       </c>
       <c r="F146">
         <v>2016</v>
       </c>
       <c r="G146" t="s">
         <v>520</v>
       </c>
       <c r="H146">
         <v>3.41</v>
       </c>
       <c r="I146">
         <v>1.67</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" t="s">
         <v>521</v>
       </c>
       <c r="B147" t="s">
+        <v>516</v>
+      </c>
+      <c r="C147" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
       <c r="D147"/>
       <c r="E147"/>
       <c r="F147">
         <v>2015</v>
       </c>
       <c r="G147" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="H147"/>
       <c r="I147"/>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" t="s">
+        <v>524</v>
+      </c>
+      <c r="B148" t="s">
         <v>525</v>
       </c>
-      <c r="B148" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C148" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="D148"/>
-      <c r="E148"/>
+      <c r="E148">
+        <v>43586</v>
+      </c>
       <c r="F148">
         <v>2015</v>
       </c>
       <c r="G148" t="s">
         <v>526</v>
       </c>
       <c r="H148"/>
       <c r="I148"/>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" t="s">
         <v>527</v>
       </c>
       <c r="B149" t="s">
-        <v>516</v>
+        <v>528</v>
       </c>
       <c r="C149" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="D149"/>
       <c r="E149"/>
       <c r="F149">
         <v>2015</v>
       </c>
       <c r="G149" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="H149"/>
       <c r="I149"/>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B150" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C150" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="D150"/>
-      <c r="E150">
-[...1 lines deleted...]
-      </c>
+      <c r="E150"/>
       <c r="F150">
         <v>2015</v>
       </c>
       <c r="G150" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="H150"/>
       <c r="I150"/>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B151" t="s">
-        <v>533</v>
+        <v>516</v>
       </c>
       <c r="C151" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="D151"/>
       <c r="E151"/>
       <c r="F151">
         <v>2015</v>
       </c>
       <c r="G151" t="s">
         <v>534</v>
       </c>
       <c r="H151"/>
       <c r="I151"/>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" t="s">
         <v>535</v>
       </c>
       <c r="B152" t="s">
         <v>536</v>
       </c>
       <c r="C152" t="s">
         <v>537</v>
       </c>
       <c r="D152"/>
       <c r="E152"/>
       <c r="F152">