--- v0 (2025-10-06)
+++ v1 (2025-11-04)
@@ -12,115 +12,127 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="411">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="415">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Real-time estimator of parameters for coupled coils in an 11-kW wireless charging system for electric vehicles</t>
+  </si>
+  <si>
+    <t>Sutanu Chatterjee, Aleksandr Zolotarev,  Polina Terenteva, Georgii Baranov, Polina Kapitanova</t>
+  </si>
+  <si>
+    <t>Wireless Power Transfer</t>
+  </si>
+  <si>
+    <t>0-0</t>
+  </si>
+  <si>
+    <t>10.48130/wpt-0025-0019</t>
+  </si>
+  <si>
     <t>Arbitrary Shape Transmitting Coils Optimization for One-to-Many Free-positioning Wireless Power Transfer Systems</t>
   </si>
   <si>
     <t>Pavel Smirnov, Aleksandr Miroshnikov, Polina Kapitanova</t>
   </si>
   <si>
     <t>Progress In Electromagnetics Research C</t>
   </si>
   <si>
     <t>137-146</t>
   </si>
   <si>
     <t>10.2528/pierc25021809</t>
   </si>
   <si>
     <t>Multi-Receiver Wireless Power Transfer Systems Using Metasurface-Based Resonator</t>
   </si>
   <si>
     <t>Aleksandr Zolotarev, Altana Tsyrinova, Pavel Smirnov, Georgii Baranov, Esmaeel Zanganeh,  Polina Terenteva, Polina Kapitanova</t>
   </si>
   <si>
     <t>IEEE Transactions on Circuits and Systems I: Regular Papers</t>
   </si>
   <si>
     <t>1-11</t>
   </si>
   <si>
     <t>10.1109/tcsi.2025.3555416</t>
   </si>
   <si>
     <t>Quick Estimation of Coupling Coefficient in an Electric Vehicle Wireless Charging System</t>
   </si>
   <si>
-    <t>Sutanu Chatterjee, Aleksandr Zolotarev,  Polina Terenteva, Georgii Baranov, Polina Kapitanova</t>
-[...1 lines deleted...]
-  <si>
     <t>2024 Antennas Design and Measurement International Conference (ADMInC)</t>
   </si>
   <si>
     <t>40-42</t>
   </si>
   <si>
     <t>10.1109/adminc63617.2024.10775336</t>
   </si>
   <si>
     <t>High-Q Mie resonators for refractive-index sensing</t>
   </si>
   <si>
     <t>Esmaeel Zanganeh, Zarina Sadrieva, Polina Kapitanova, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Physical Review Applied</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.21.024028</t>
   </si>
   <si>
     <t>Axial magnetic quadrupole mode of dielectric resonator for omnidirectional wireless power transfer</t>
   </si>
   <si>
     <t>Esmaeel Zanganeh, Elizaveta Nenasheva, Polina Kapitanova</t>
@@ -800,63 +812,63 @@
   <si>
     <t>10.1109/MetaMaterials.2017.8107879</t>
   </si>
   <si>
     <t>Dielectric resonator antenna for coupling to NV centers in diamond</t>
   </si>
   <si>
     <t>10.1063/1.4998046</t>
   </si>
   <si>
     <t>Wireless power transfer system based on colossal permittivity resonators</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2017.8107799</t>
   </si>
   <si>
     <t>Design of microwave all-dielectric focusing metasurface based on bianisotropic resonators</t>
   </si>
   <si>
     <t>Mikhail Odit, Polina Kapitanova, Pavel Belov</t>
   </si>
   <si>
     <t>https://doi.org/10.1063/1.4998107</t>
   </si>
   <si>
+    <t>Dielectric resonators for mid-range wireless power transfer application</t>
+  </si>
+  <si>
+    <t>2017 IEEE Wireless Power Transfer Conference (WPTC)</t>
+  </si>
+  <si>
+    <t>10.1109/WPT.2017.7953832</t>
+  </si>
+  <si>
     <t>Multipolar modes in dielectric disk resonator for wireless power transfer</t>
   </si>
   <si>
     <t>10.1063/1.4998066</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1109/WPT.2017.7953832</t>
   </si>
   <si>
     <t>Tunable water-based microwave metasurface</t>
   </si>
   <si>
     <t>Polina Kapitanova, Mikhail Odit, Pavel Belov</t>
   </si>
   <si>
     <t>2017 11th European Conference on Antennas and Propagation, EUCAP 2017</t>
   </si>
   <si>
     <t>2599-2602</t>
   </si>
   <si>
     <t>10.23919/EuCAP.2017.7928190</t>
   </si>
   <si>
     <t>Electron spin contrast of Purcell-enhanced nitrogen-vacancy ensembles in nanodiamonds</t>
   </si>
   <si>
     <t>Polina Kapitanova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.96.035146</t>
   </si>
@@ -1592,51 +1604,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I109"/>
+  <dimension ref="A1:I110"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="198.095" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="231.086" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="129.683" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -1651,2846 +1663,2875 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>155</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2">
-        <v>1.68</v>
+        <v>1.29</v>
       </c>
       <c r="I2">
-        <v>0.3</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="D3"/>
+      <c r="D3">
+        <v>155</v>
+      </c>
       <c r="E3" t="s">
         <v>17</v>
       </c>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>18</v>
       </c>
       <c r="H3">
-        <v>4.11</v>
+        <v>1.68</v>
       </c>
       <c r="I3">
-        <v>0.86</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
         <v>20</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
         <v>22</v>
       </c>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="H4"/>
-      <c r="I4"/>
+      <c r="H4">
+        <v>4.11</v>
+      </c>
+      <c r="I4">
+        <v>0.86</v>
+      </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>24</v>
       </c>
       <c r="B5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" t="s">
         <v>25</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5"/>
+      <c r="E5" t="s">
         <v>26</v>
       </c>
-      <c r="D5">
-[...2 lines deleted...]
-      <c r="E5"/>
       <c r="F5">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G5" t="s">
         <v>27</v>
       </c>
-      <c r="H5">
-[...4 lines deleted...]
-      </c>
+      <c r="H5"/>
+      <c r="I5"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>28</v>
       </c>
       <c r="B6" t="s">
         <v>29</v>
       </c>
       <c r="C6" t="s">
         <v>30</v>
       </c>
       <c r="D6">
-        <v>123</v>
+        <v>21</v>
       </c>
       <c r="E6"/>
       <c r="F6">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G6" t="s">
         <v>31</v>
       </c>
       <c r="H6">
-        <v>3.97</v>
+        <v>4.99</v>
       </c>
       <c r="I6">
-        <v>1.03</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
         <v>33</v>
       </c>
       <c r="C7" t="s">
         <v>34</v>
       </c>
-      <c r="D7"/>
+      <c r="D7">
+        <v>123</v>
+      </c>
       <c r="E7"/>
       <c r="F7">
         <v>2023</v>
       </c>
       <c r="G7" t="s">
         <v>35</v>
       </c>
-      <c r="H7"/>
-      <c r="I7"/>
+      <c r="H7">
+        <v>3.97</v>
+      </c>
+      <c r="I7">
+        <v>1.03</v>
+      </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>38</v>
       </c>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8">
         <v>2023</v>
       </c>
       <c r="G8" t="s">
         <v>39</v>
       </c>
-      <c r="H8">
-[...4 lines deleted...]
-      </c>
+      <c r="H8"/>
+      <c r="I8"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>40</v>
       </c>
       <c r="B9" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="C9" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="D9"/>
       <c r="E9"/>
       <c r="F9">
         <v>2023</v>
       </c>
       <c r="G9" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H9">
-        <v>2.55</v>
+        <v>9.93</v>
       </c>
       <c r="I9">
-        <v>0.7</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B10" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="C10" t="s">
         <v>45</v>
       </c>
-      <c r="D10"/>
+      <c r="D10">
+        <v>134</v>
+      </c>
       <c r="E10"/>
       <c r="F10">
         <v>2023</v>
       </c>
-      <c r="G10"/>
-[...1 lines deleted...]
-      <c r="I10"/>
+      <c r="G10" t="s">
+        <v>46</v>
+      </c>
+      <c r="H10">
+        <v>2.55</v>
+      </c>
+      <c r="I10">
+        <v>0.7</v>
+      </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C11" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D11"/>
-      <c r="E11">
-[...1 lines deleted...]
-      </c>
+      <c r="E11"/>
       <c r="F11">
         <v>2023</v>
       </c>
-      <c r="G11" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G11"/>
+      <c r="H11"/>
+      <c r="I11"/>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>50</v>
       </c>
       <c r="B12" t="s">
         <v>51</v>
       </c>
       <c r="C12" t="s">
         <v>52</v>
       </c>
-      <c r="D12">
-[...2 lines deleted...]
-      <c r="E12"/>
+      <c r="D12"/>
+      <c r="E12">
+        <v>101155</v>
+      </c>
       <c r="F12">
         <v>2023</v>
       </c>
       <c r="G12" t="s">
         <v>53</v>
       </c>
       <c r="H12">
-        <v>3.91</v>
+        <v>3.16</v>
       </c>
       <c r="I12">
-        <v>1.54</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>54</v>
       </c>
       <c r="B13" t="s">
         <v>55</v>
       </c>
       <c r="C13" t="s">
         <v>56</v>
       </c>
-      <c r="D13"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D13">
+        <v>107</v>
+      </c>
+      <c r="E13"/>
       <c r="F13">
         <v>2023</v>
       </c>
       <c r="G13" t="s">
         <v>57</v>
       </c>
-      <c r="H13"/>
-      <c r="I13"/>
+      <c r="H13">
+        <v>3.91</v>
+      </c>
+      <c r="I13">
+        <v>1.54</v>
+      </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>58</v>
       </c>
       <c r="B14" t="s">
         <v>59</v>
       </c>
       <c r="C14" t="s">
         <v>60</v>
       </c>
       <c r="D14"/>
-      <c r="E14"/>
+      <c r="E14">
+        <v>2202133</v>
+      </c>
       <c r="F14">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G14" t="s">
         <v>61</v>
       </c>
       <c r="H14"/>
       <c r="I14"/>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>62</v>
       </c>
       <c r="B15" t="s">
         <v>63</v>
       </c>
       <c r="C15" t="s">
         <v>64</v>
       </c>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15">
         <v>2022</v>
       </c>
       <c r="G15" t="s">
         <v>65</v>
       </c>
       <c r="H15"/>
       <c r="I15"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>66</v>
       </c>
       <c r="B16" t="s">
         <v>67</v>
       </c>
       <c r="C16" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16">
         <v>2022</v>
       </c>
       <c r="G16" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H16"/>
       <c r="I16"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B17" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C17" t="s">
-        <v>48</v>
-[...6 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="D17"/>
+      <c r="E17"/>
       <c r="F17">
         <v>2022</v>
       </c>
       <c r="G17" t="s">
-        <v>71</v>
-[...6 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="H17"/>
+      <c r="I17"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B18" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C18" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-      <c r="E18"/>
+        <v>52</v>
+      </c>
+      <c r="D18">
+        <v>52</v>
+      </c>
+      <c r="E18">
+        <v>101056</v>
+      </c>
       <c r="F18">
         <v>2022</v>
       </c>
       <c r="G18" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-      <c r="I18"/>
+        <v>75</v>
+      </c>
+      <c r="H18">
+        <v>3.01</v>
+      </c>
+      <c r="I18">
+        <v>0.55</v>
+      </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B19" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C19" t="s">
-        <v>77</v>
-[...3 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="D19"/>
       <c r="E19"/>
       <c r="F19">
         <v>2022</v>
       </c>
       <c r="G19" t="s">
         <v>78</v>
       </c>
-      <c r="H19">
-[...4 lines deleted...]
-      </c>
+      <c r="H19"/>
+      <c r="I19"/>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>79</v>
       </c>
       <c r="B20" t="s">
         <v>80</v>
       </c>
       <c r="C20" t="s">
         <v>81</v>
       </c>
       <c r="D20">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="E20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20"/>
+      <c r="F20">
+        <v>2022</v>
+      </c>
+      <c r="G20" t="s">
         <v>82</v>
       </c>
-      <c r="F20">
-[...4 lines deleted...]
-      </c>
       <c r="H20">
-        <v>0.48</v>
+        <v>14.92</v>
       </c>
       <c r="I20">
-        <v>0.21</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>83</v>
+      </c>
+      <c r="B21" t="s">
         <v>84</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>85</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21">
+        <v>2015</v>
+      </c>
+      <c r="E21" t="s">
         <v>86</v>
-      </c>
-[...4 lines deleted...]
-        <v>87</v>
       </c>
       <c r="F21">
         <v>2021</v>
       </c>
       <c r="G21" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="H21">
-        <v>7.92</v>
+        <v>0.48</v>
       </c>
       <c r="I21">
-        <v>2.12</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>88</v>
+      </c>
+      <c r="B22" t="s">
         <v>89</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>90</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22">
+        <v>10</v>
+      </c>
+      <c r="E22" t="s">
         <v>91</v>
-      </c>
-[...2 lines deleted...]
-        <v>92</v>
       </c>
       <c r="F22">
         <v>2021</v>
       </c>
       <c r="G22" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="H22">
-        <v>3.83</v>
+        <v>7.92</v>
       </c>
       <c r="I22">
-        <v>1.88</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>93</v>
+      </c>
+      <c r="B23" t="s">
         <v>94</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>95</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23"/>
+      <c r="E23" t="s">
         <v>96</v>
       </c>
-      <c r="D23"/>
-      <c r="E23"/>
       <c r="F23">
         <v>2021</v>
       </c>
       <c r="G23" t="s">
         <v>97</v>
       </c>
-      <c r="H23"/>
-      <c r="I23"/>
+      <c r="H23">
+        <v>3.83</v>
+      </c>
+      <c r="I23">
+        <v>1.88</v>
+      </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>98</v>
       </c>
       <c r="B24" t="s">
         <v>99</v>
       </c>
       <c r="C24" t="s">
         <v>100</v>
       </c>
-      <c r="D24">
-[...4 lines deleted...]
-      </c>
+      <c r="D24"/>
+      <c r="E24"/>
       <c r="F24">
         <v>2021</v>
       </c>
       <c r="G24" t="s">
-        <v>102</v>
-[...6 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="H24"/>
+      <c r="I24"/>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>102</v>
+      </c>
+      <c r="B25" t="s">
         <v>103</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>104</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25">
+        <v>4</v>
+      </c>
+      <c r="E25" t="s">
         <v>105</v>
       </c>
-      <c r="D25"/>
-      <c r="E25"/>
       <c r="F25">
         <v>2021</v>
       </c>
       <c r="G25" t="s">
         <v>106</v>
       </c>
-      <c r="H25"/>
-      <c r="I25"/>
+      <c r="H25">
+        <v>33.26</v>
+      </c>
+      <c r="I25">
+        <v>8.3</v>
+      </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>107</v>
       </c>
       <c r="B26" t="s">
         <v>108</v>
       </c>
       <c r="C26" t="s">
         <v>109</v>
       </c>
-      <c r="D26">
-[...1 lines deleted...]
-      </c>
+      <c r="D26"/>
       <c r="E26"/>
       <c r="F26">
         <v>2021</v>
       </c>
       <c r="G26" t="s">
         <v>110</v>
       </c>
-      <c r="H26">
-[...4 lines deleted...]
-      </c>
+      <c r="H26"/>
+      <c r="I26"/>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>111</v>
       </c>
       <c r="B27" t="s">
         <v>112</v>
       </c>
       <c r="C27" t="s">
         <v>113</v>
       </c>
-      <c r="D27"/>
+      <c r="D27">
+        <v>127</v>
+      </c>
       <c r="E27"/>
       <c r="F27">
         <v>2021</v>
       </c>
       <c r="G27" t="s">
         <v>114</v>
       </c>
       <c r="H27">
-        <v>9.23</v>
+        <v>9.19</v>
       </c>
       <c r="I27">
-        <v>2.54</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>115</v>
       </c>
       <c r="B28" t="s">
         <v>116</v>
       </c>
       <c r="C28" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>117</v>
+      </c>
+      <c r="D28"/>
       <c r="E28"/>
       <c r="F28">
         <v>2021</v>
       </c>
       <c r="G28" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="H28">
-        <v>4.93</v>
+        <v>9.23</v>
       </c>
       <c r="I28">
-        <v>1.53</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B29" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C29" t="s">
-        <v>120</v>
+        <v>30</v>
       </c>
       <c r="D29">
-        <v>2300</v>
-[...1 lines deleted...]
-      <c r="E29" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29"/>
+      <c r="F29">
+        <v>2021</v>
+      </c>
+      <c r="G29" t="s">
         <v>121</v>
       </c>
-      <c r="F29">
-[...5 lines deleted...]
-      <c r="H29"/>
+      <c r="H29">
+        <v>4.93</v>
+      </c>
       <c r="I29">
-        <v>0.19</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>122</v>
+      </c>
+      <c r="B30" t="s">
         <v>123</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="D30">
         <v>2300</v>
       </c>
       <c r="E30" t="s">
         <v>125</v>
       </c>
       <c r="F30">
         <v>2020</v>
       </c>
       <c r="G30" t="s">
         <v>126</v>
       </c>
       <c r="H30"/>
       <c r="I30">
         <v>0.19</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>127</v>
       </c>
       <c r="B31" t="s">
         <v>128</v>
       </c>
       <c r="C31" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="D31">
         <v>2300</v>
       </c>
       <c r="E31" t="s">
         <v>129</v>
       </c>
       <c r="F31">
         <v>2020</v>
       </c>
       <c r="G31" t="s">
         <v>130</v>
       </c>
       <c r="H31"/>
       <c r="I31">
         <v>0.19</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>131</v>
       </c>
       <c r="B32" t="s">
         <v>132</v>
       </c>
       <c r="C32" t="s">
+        <v>124</v>
+      </c>
+      <c r="D32">
+        <v>2300</v>
+      </c>
+      <c r="E32" t="s">
         <v>133</v>
       </c>
-      <c r="D32">
-[...2 lines deleted...]
-      <c r="E32"/>
       <c r="F32">
         <v>2020</v>
       </c>
       <c r="G32" t="s">
         <v>134</v>
       </c>
-      <c r="H32">
-[...1 lines deleted...]
-      </c>
+      <c r="H32"/>
       <c r="I32">
-        <v>1.39</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>135</v>
       </c>
       <c r="B33" t="s">
         <v>136</v>
       </c>
       <c r="C33" t="s">
         <v>137</v>
       </c>
       <c r="D33">
-        <v>532</v>
-[...3 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="E33"/>
       <c r="F33">
         <v>2020</v>
       </c>
       <c r="G33" t="s">
         <v>138</v>
       </c>
       <c r="H33">
-        <v>2.99</v>
+        <v>3.14</v>
       </c>
       <c r="I33">
-        <v>1.01</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>139</v>
       </c>
       <c r="B34" t="s">
         <v>140</v>
       </c>
       <c r="C34" t="s">
-        <v>30</v>
+        <v>141</v>
       </c>
       <c r="D34">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>141</v>
+        <v>532</v>
+      </c>
+      <c r="E34">
+        <v>2000293</v>
       </c>
       <c r="F34">
         <v>2020</v>
       </c>
       <c r="G34" t="s">
         <v>142</v>
       </c>
       <c r="H34">
-        <v>3.79</v>
+        <v>2.99</v>
       </c>
       <c r="I34">
-        <v>1.18</v>
+        <v>1.01</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>143</v>
       </c>
       <c r="B35" t="s">
         <v>144</v>
       </c>
       <c r="C35" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="D35">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>100835</v>
+        <v>117</v>
+      </c>
+      <c r="E35" t="s">
+        <v>145</v>
       </c>
       <c r="F35">
         <v>2020</v>
       </c>
       <c r="G35" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="H35">
-        <v>2.45</v>
+        <v>3.79</v>
       </c>
       <c r="I35">
-        <v>0.58</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B36" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C36" t="s">
-        <v>81</v>
+        <v>52</v>
       </c>
       <c r="D36">
-        <v>1461</v>
-[...2 lines deleted...]
-        <v>148</v>
+        <v>41</v>
+      </c>
+      <c r="E36">
+        <v>100835</v>
       </c>
       <c r="F36">
         <v>2020</v>
       </c>
       <c r="G36" t="s">
         <v>149</v>
       </c>
-      <c r="H36"/>
+      <c r="H36">
+        <v>2.45</v>
+      </c>
       <c r="I36">
-        <v>0.23</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>150</v>
       </c>
       <c r="B37" t="s">
         <v>151</v>
       </c>
       <c r="C37" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="D37">
         <v>1461</v>
       </c>
       <c r="E37" t="s">
         <v>152</v>
       </c>
       <c r="F37">
         <v>2020</v>
       </c>
       <c r="G37" t="s">
         <v>153</v>
       </c>
       <c r="H37"/>
       <c r="I37">
         <v>0.23</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>154</v>
       </c>
       <c r="B38" t="s">
         <v>155</v>
       </c>
       <c r="C38" t="s">
+        <v>85</v>
+      </c>
+      <c r="D38">
+        <v>1461</v>
+      </c>
+      <c r="E38" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>157</v>
       </c>
       <c r="F38">
         <v>2020</v>
       </c>
       <c r="G38" t="s">
-        <v>158</v>
-[...3 lines deleted...]
-      </c>
+        <v>157</v>
+      </c>
+      <c r="H38"/>
       <c r="I38">
-        <v>0.61</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>158</v>
+      </c>
+      <c r="B39" t="s">
         <v>159</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>160</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39">
+        <v>91</v>
+      </c>
+      <c r="E39" t="s">
         <v>161</v>
       </c>
-      <c r="D39"/>
-      <c r="E39"/>
       <c r="F39">
         <v>2020</v>
       </c>
       <c r="G39" t="s">
         <v>162</v>
       </c>
-      <c r="H39"/>
-      <c r="I39"/>
+      <c r="H39">
+        <v>1.52</v>
+      </c>
+      <c r="I39">
+        <v>0.61</v>
+      </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>163</v>
       </c>
       <c r="B40" t="s">
         <v>164</v>
       </c>
       <c r="C40" t="s">
         <v>165</v>
       </c>
-      <c r="D40">
-[...4 lines deleted...]
-      </c>
+      <c r="D40"/>
+      <c r="E40"/>
       <c r="F40">
         <v>2020</v>
       </c>
       <c r="G40" t="s">
-        <v>167</v>
-[...6 lines deleted...]
-      </c>
+        <v>166</v>
+      </c>
+      <c r="H40"/>
+      <c r="I40"/>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>167</v>
+      </c>
+      <c r="B41" t="s">
         <v>168</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>169</v>
       </c>
-      <c r="C41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D41">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>205136</v>
+        <v>8</v>
+      </c>
+      <c r="E41" t="s">
+        <v>170</v>
       </c>
       <c r="F41">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G41" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="H41">
-        <v>3.58</v>
+        <v>3.37</v>
       </c>
       <c r="I41">
-        <v>1.81</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B42" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C42" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-      <c r="E42"/>
+        <v>56</v>
+      </c>
+      <c r="D42">
+        <v>100</v>
+      </c>
+      <c r="E42">
+        <v>205136</v>
+      </c>
       <c r="F42">
         <v>2019</v>
       </c>
       <c r="G42" t="s">
         <v>174</v>
       </c>
-      <c r="H42"/>
-      <c r="I42"/>
+      <c r="H42">
+        <v>3.58</v>
+      </c>
+      <c r="I42">
+        <v>1.81</v>
+      </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>175</v>
       </c>
       <c r="B43" t="s">
         <v>176</v>
       </c>
       <c r="C43" t="s">
         <v>177</v>
       </c>
-      <c r="D43">
-[...4 lines deleted...]
-      </c>
+      <c r="D43"/>
+      <c r="E43"/>
       <c r="F43">
         <v>2019</v>
       </c>
       <c r="G43" t="s">
         <v>178</v>
       </c>
-      <c r="H43">
-[...4 lines deleted...]
-      </c>
+      <c r="H43"/>
+      <c r="I43"/>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>179</v>
       </c>
       <c r="B44" t="s">
         <v>180</v>
       </c>
       <c r="C44" t="s">
         <v>181</v>
       </c>
       <c r="D44">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>182</v>
+        <v>257</v>
+      </c>
+      <c r="E44">
+        <v>1900406</v>
       </c>
       <c r="F44">
         <v>2019</v>
       </c>
       <c r="G44" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="H44">
-        <v>3.34</v>
+        <v>1.45</v>
       </c>
       <c r="I44">
-        <v>1.37</v>
+        <v>0.52</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>183</v>
+      </c>
+      <c r="B45" t="s">
         <v>184</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" t="s">
-        <v>109</v>
+        <v>185</v>
       </c>
       <c r="D45">
-        <v>122</v>
-[...2 lines deleted...]
-        <v>193905</v>
+        <v>3</v>
+      </c>
+      <c r="E45" t="s">
+        <v>186</v>
       </c>
       <c r="F45">
         <v>2019</v>
       </c>
       <c r="G45" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="H45">
-        <v>8.39</v>
+        <v>3.34</v>
       </c>
       <c r="I45">
-        <v>3.59</v>
+        <v>1.37</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B46" t="s">
-        <v>187</v>
+        <v>155</v>
       </c>
       <c r="C46" t="s">
-        <v>26</v>
+        <v>113</v>
       </c>
       <c r="D46">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>188</v>
+        <v>122</v>
+      </c>
+      <c r="E46">
+        <v>193905</v>
       </c>
       <c r="F46">
         <v>2019</v>
       </c>
       <c r="G46" t="s">
         <v>189</v>
       </c>
       <c r="H46">
-        <v>4.19</v>
+        <v>8.39</v>
       </c>
       <c r="I46">
-        <v>1.87</v>
+        <v>3.59</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>190</v>
       </c>
       <c r="B47" t="s">
         <v>191</v>
       </c>
       <c r="C47" t="s">
-        <v>133</v>
+        <v>30</v>
       </c>
       <c r="D47">
-        <v>99</v>
+        <v>11</v>
       </c>
       <c r="E47" t="s">
         <v>192</v>
       </c>
       <c r="F47">
         <v>2019</v>
       </c>
       <c r="G47" t="s">
         <v>193</v>
       </c>
       <c r="H47">
-        <v>2.78</v>
+        <v>4.19</v>
       </c>
       <c r="I47">
-        <v>1.42</v>
+        <v>1.87</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>194</v>
       </c>
       <c r="B48" t="s">
-        <v>164</v>
+        <v>195</v>
       </c>
       <c r="C48" t="s">
-        <v>81</v>
+        <v>137</v>
       </c>
       <c r="D48">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>12083</v>
+        <v>99</v>
+      </c>
+      <c r="E48" t="s">
+        <v>196</v>
       </c>
       <c r="F48">
         <v>2019</v>
       </c>
       <c r="G48" t="s">
-        <v>195</v>
-[...1 lines deleted...]
-      <c r="H48"/>
+        <v>197</v>
+      </c>
+      <c r="H48">
+        <v>2.78</v>
+      </c>
       <c r="I48">
-        <v>0.22</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B49" t="s">
-        <v>197</v>
+        <v>168</v>
       </c>
       <c r="C49" t="s">
-        <v>198</v>
+        <v>85</v>
       </c>
       <c r="D49">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>1092</v>
+      </c>
+      <c r="E49">
+        <v>12083</v>
       </c>
       <c r="F49">
         <v>2019</v>
       </c>
       <c r="G49" t="s">
-        <v>200</v>
-[...3 lines deleted...]
-      </c>
+        <v>199</v>
+      </c>
+      <c r="H49"/>
       <c r="I49">
-        <v>0.18</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>200</v>
+      </c>
+      <c r="B50" t="s">
         <v>201</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>202</v>
       </c>
-      <c r="C50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D50">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>85306</v>
+        <v>45</v>
+      </c>
+      <c r="E50" t="s">
+        <v>203</v>
       </c>
       <c r="F50">
         <v>2019</v>
       </c>
       <c r="G50" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="H50">
-        <v>3.58</v>
+        <v>0.48</v>
       </c>
       <c r="I50">
-        <v>1.81</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B51" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C51" t="s">
-        <v>206</v>
+        <v>56</v>
       </c>
       <c r="D51">
-        <v>1</v>
+        <v>99</v>
       </c>
       <c r="E51">
-        <v>16001</v>
+        <v>85306</v>
       </c>
       <c r="F51">
         <v>2019</v>
       </c>
       <c r="G51" t="s">
         <v>207</v>
       </c>
-      <c r="H51"/>
-      <c r="I51"/>
+      <c r="H51">
+        <v>3.58</v>
+      </c>
+      <c r="I51">
+        <v>1.81</v>
+      </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>208</v>
       </c>
       <c r="B52" t="s">
         <v>209</v>
       </c>
       <c r="C52" t="s">
-        <v>38</v>
+        <v>210</v>
       </c>
       <c r="D52">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="E52">
-        <v>1801166</v>
+        <v>16001</v>
       </c>
       <c r="F52">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G52" t="s">
-        <v>210</v>
-[...6 lines deleted...]
-      </c>
+        <v>211</v>
+      </c>
+      <c r="H52"/>
+      <c r="I52"/>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B53" t="s">
-        <v>147</v>
+        <v>213</v>
       </c>
       <c r="C53" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="D53">
-        <v>98</v>
+        <v>7</v>
       </c>
       <c r="E53">
-        <v>195404</v>
+        <v>1801166</v>
       </c>
       <c r="F53">
         <v>2018</v>
       </c>
       <c r="G53" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H53">
-        <v>3.74</v>
+        <v>7.13</v>
       </c>
       <c r="I53">
-        <v>1.5</v>
+        <v>2.71</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B54" t="s">
-        <v>214</v>
+        <v>151</v>
       </c>
       <c r="C54" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>215</v>
+        <v>56</v>
+      </c>
+      <c r="D54">
+        <v>98</v>
       </c>
       <c r="E54">
-        <v>12171</v>
+        <v>195404</v>
       </c>
       <c r="F54">
         <v>2018</v>
       </c>
       <c r="G54" t="s">
         <v>216</v>
       </c>
-      <c r="H54"/>
+      <c r="H54">
+        <v>3.74</v>
+      </c>
       <c r="I54">
-        <v>0.24</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>217</v>
       </c>
       <c r="B55" t="s">
         <v>218</v>
       </c>
       <c r="C55" t="s">
+        <v>85</v>
+      </c>
+      <c r="D55" t="s">
         <v>219</v>
       </c>
-      <c r="D55">
-[...1 lines deleted...]
-      </c>
       <c r="E55">
-        <v>625</v>
+        <v>12171</v>
       </c>
       <c r="F55">
         <v>2018</v>
       </c>
       <c r="G55" t="s">
         <v>220</v>
       </c>
-      <c r="H55">
-[...1 lines deleted...]
-      </c>
+      <c r="H55"/>
       <c r="I55">
-        <v>0.5</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
         <v>221</v>
       </c>
       <c r="B56" t="s">
         <v>222</v>
       </c>
       <c r="C56" t="s">
-        <v>81</v>
+        <v>223</v>
       </c>
       <c r="D56">
-        <v>1092</v>
+        <v>108</v>
       </c>
       <c r="E56">
-        <v>12012</v>
+        <v>625</v>
       </c>
       <c r="F56">
         <v>2018</v>
       </c>
       <c r="G56" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="H56"/>
+        <v>224</v>
+      </c>
+      <c r="H56">
+        <v>1.41</v>
+      </c>
       <c r="I56">
-        <v>0.24</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B57" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C57" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="D57">
         <v>1092</v>
       </c>
-      <c r="E57" t="s">
-        <v>226</v>
+      <c r="E57">
+        <v>12012</v>
       </c>
       <c r="F57">
         <v>2018</v>
       </c>
       <c r="G57" t="s">
         <v>227</v>
       </c>
       <c r="H57"/>
       <c r="I57">
         <v>0.24</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>228</v>
       </c>
       <c r="B58" t="s">
         <v>229</v>
       </c>
       <c r="C58" t="s">
+        <v>85</v>
+      </c>
+      <c r="D58">
+        <v>1092</v>
+      </c>
+      <c r="E58" t="s">
         <v>230</v>
-      </c>
-[...2 lines deleted...]
-        <v>43525</v>
       </c>
       <c r="F58">
         <v>2018</v>
       </c>
       <c r="G58" t="s">
         <v>231</v>
       </c>
       <c r="H58"/>
-      <c r="I58"/>
+      <c r="I58">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>232</v>
       </c>
       <c r="B59" t="s">
         <v>233</v>
       </c>
       <c r="C59" t="s">
         <v>234</v>
       </c>
-      <c r="D59">
-[...1 lines deleted...]
-      </c>
+      <c r="D59"/>
       <c r="E59">
-        <v>1073306</v>
+        <v>43525</v>
       </c>
       <c r="F59">
         <v>2018</v>
       </c>
       <c r="G59" t="s">
         <v>235</v>
       </c>
       <c r="H59"/>
-      <c r="I59">
-[...1 lines deleted...]
-      </c>
+      <c r="I59"/>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>236</v>
       </c>
       <c r="B60" t="s">
         <v>237</v>
       </c>
       <c r="C60" t="s">
-        <v>41</v>
+        <v>238</v>
       </c>
       <c r="D60">
-        <v>124</v>
+        <v>10733</v>
       </c>
       <c r="E60">
-        <v>34903</v>
+        <v>1073306</v>
       </c>
       <c r="F60">
         <v>2018</v>
       </c>
       <c r="G60" t="s">
-        <v>238</v>
-[...3 lines deleted...]
-      </c>
+        <v>239</v>
+      </c>
+      <c r="H60"/>
       <c r="I60">
-        <v>0.75</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B61" t="s">
-        <v>202</v>
+        <v>241</v>
       </c>
       <c r="C61" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>240</v>
+        <v>45</v>
+      </c>
+      <c r="D61">
+        <v>124</v>
       </c>
       <c r="E61">
-        <v>1800302</v>
+        <v>34903</v>
       </c>
       <c r="F61">
         <v>2018</v>
       </c>
       <c r="G61" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="H61">
-        <v>7.13</v>
+        <v>2.33</v>
       </c>
       <c r="I61">
-        <v>2.71</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B62" t="s">
-        <v>243</v>
+        <v>206</v>
       </c>
       <c r="C62" t="s">
+        <v>42</v>
+      </c>
+      <c r="D62" t="s">
         <v>244</v>
       </c>
-      <c r="D62"/>
-      <c r="E62"/>
+      <c r="E62">
+        <v>1800302</v>
+      </c>
       <c r="F62">
         <v>2018</v>
       </c>
       <c r="G62" t="s">
         <v>245</v>
       </c>
-      <c r="H62"/>
-      <c r="I62"/>
+      <c r="H62">
+        <v>7.13</v>
+      </c>
+      <c r="I62">
+        <v>2.71</v>
+      </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>246</v>
       </c>
       <c r="B63" t="s">
         <v>247</v>
       </c>
       <c r="C63" t="s">
         <v>248</v>
       </c>
       <c r="D63"/>
       <c r="E63"/>
       <c r="F63">
         <v>2018</v>
       </c>
       <c r="G63" t="s">
         <v>249</v>
       </c>
       <c r="H63"/>
       <c r="I63"/>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>250</v>
       </c>
       <c r="B64" t="s">
         <v>251</v>
       </c>
       <c r="C64" t="s">
         <v>252</v>
       </c>
       <c r="D64"/>
-      <c r="E64" t="s">
+      <c r="E64"/>
+      <c r="F64">
+        <v>2018</v>
+      </c>
+      <c r="G64" t="s">
         <v>253</v>
-      </c>
-[...4 lines deleted...]
-        <v>254</v>
       </c>
       <c r="H64"/>
       <c r="I64"/>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>254</v>
+      </c>
+      <c r="B65" t="s">
         <v>255</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65" t="s">
-        <v>120</v>
-[...5 lines deleted...]
-        <v>30017</v>
+        <v>256</v>
+      </c>
+      <c r="D65"/>
+      <c r="E65" t="s">
+        <v>257</v>
       </c>
       <c r="F65">
         <v>2017</v>
       </c>
       <c r="G65" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="H65"/>
-      <c r="I65">
-[...1 lines deleted...]
-      </c>
+      <c r="I65"/>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B66" t="s">
-        <v>119</v>
+        <v>222</v>
       </c>
       <c r="C66" t="s">
-        <v>252</v>
-[...2 lines deleted...]
-      <c r="E66"/>
+        <v>124</v>
+      </c>
+      <c r="D66">
+        <v>1874</v>
+      </c>
+      <c r="E66">
+        <v>30017</v>
+      </c>
       <c r="F66">
         <v>2017</v>
       </c>
       <c r="G66" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="H66"/>
-      <c r="I66"/>
+      <c r="I66">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B67" t="s">
-        <v>260</v>
+        <v>123</v>
       </c>
       <c r="C67" t="s">
-        <v>120</v>
-[...6 lines deleted...]
-      </c>
+        <v>256</v>
+      </c>
+      <c r="D67"/>
+      <c r="E67"/>
       <c r="F67">
         <v>2017</v>
       </c>
       <c r="G67" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="H67"/>
-      <c r="I67">
-[...1 lines deleted...]
-      </c>
+      <c r="I67"/>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B68" t="s">
-        <v>243</v>
+        <v>264</v>
       </c>
       <c r="C68" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="D68">
         <v>1874</v>
       </c>
       <c r="E68">
-        <v>30037</v>
+        <v>40034</v>
       </c>
       <c r="F68">
         <v>2017</v>
       </c>
       <c r="G68" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="H68"/>
       <c r="I68">
         <v>0.17</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B69" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="C69" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="D69"/>
       <c r="E69">
         <v>43525</v>
       </c>
       <c r="F69">
         <v>2017</v>
       </c>
       <c r="G69" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="H69"/>
       <c r="I69"/>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="B70" t="s">
-        <v>268</v>
+        <v>247</v>
       </c>
       <c r="C70" t="s">
-        <v>269</v>
-[...3 lines deleted...]
-        <v>270</v>
+        <v>124</v>
+      </c>
+      <c r="D70">
+        <v>1874</v>
+      </c>
+      <c r="E70">
+        <v>30037</v>
       </c>
       <c r="F70">
         <v>2017</v>
       </c>
       <c r="G70" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="H70"/>
-      <c r="I70"/>
+      <c r="I70">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>271</v>
+      </c>
+      <c r="B71" t="s">
         <v>272</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>273</v>
       </c>
-      <c r="C71" t="s">
-[...6 lines deleted...]
-        <v>35146</v>
+      <c r="D71"/>
+      <c r="E71" t="s">
+        <v>274</v>
       </c>
       <c r="F71">
         <v>2017</v>
       </c>
       <c r="G71" t="s">
-        <v>274</v>
-[...6 lines deleted...]
-      </c>
+        <v>275</v>
+      </c>
+      <c r="H71"/>
+      <c r="I71"/>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B72" t="s">
-        <v>243</v>
+        <v>277</v>
       </c>
       <c r="C72" t="s">
-        <v>269</v>
-[...3 lines deleted...]
-        <v>276</v>
+        <v>56</v>
+      </c>
+      <c r="D72">
+        <v>96</v>
+      </c>
+      <c r="E72">
+        <v>35146</v>
       </c>
       <c r="F72">
         <v>2017</v>
       </c>
       <c r="G72" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-      <c r="I72"/>
+        <v>278</v>
+      </c>
+      <c r="H72">
+        <v>3.81</v>
+      </c>
+      <c r="I72">
+        <v>2.34</v>
+      </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B73" t="s">
-        <v>279</v>
+        <v>247</v>
       </c>
       <c r="C73" t="s">
-        <v>52</v>
-[...5 lines deleted...]
-        <v>165426</v>
+        <v>273</v>
+      </c>
+      <c r="D73"/>
+      <c r="E73" t="s">
+        <v>280</v>
       </c>
       <c r="F73">
         <v>2017</v>
       </c>
       <c r="G73" t="s">
-        <v>280</v>
-[...6 lines deleted...]
-      </c>
+        <v>281</v>
+      </c>
+      <c r="H73"/>
+      <c r="I73"/>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B74" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C74" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="D74">
         <v>95</v>
       </c>
       <c r="E74">
-        <v>165119</v>
+        <v>165426</v>
       </c>
       <c r="F74">
         <v>2017</v>
       </c>
       <c r="G74" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="H74">
         <v>3.81</v>
       </c>
       <c r="I74">
         <v>2.34</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B75" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C75" t="s">
-        <v>286</v>
+        <v>56</v>
       </c>
       <c r="D75">
-        <v>7</v>
+        <v>95</v>
       </c>
       <c r="E75">
-        <v>731</v>
+        <v>165119</v>
       </c>
       <c r="F75">
         <v>2017</v>
       </c>
       <c r="G75" t="s">
         <v>287</v>
       </c>
       <c r="H75">
-        <v>4.12</v>
+        <v>3.81</v>
       </c>
       <c r="I75">
-        <v>1.53</v>
+        <v>2.34</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
         <v>288</v>
       </c>
       <c r="B76" t="s">
-        <v>243</v>
+        <v>289</v>
       </c>
       <c r="C76" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D76">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E76">
-        <v>21102</v>
+        <v>731</v>
       </c>
       <c r="F76">
         <v>2017</v>
       </c>
       <c r="G76" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="H76">
-        <v>12.89</v>
+        <v>4.12</v>
       </c>
       <c r="I76">
-        <v>4.16</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B77" t="s">
-        <v>292</v>
+        <v>247</v>
       </c>
       <c r="C77" t="s">
         <v>293</v>
       </c>
-      <c r="D77"/>
-      <c r="E77"/>
+      <c r="D77">
+        <v>4</v>
+      </c>
+      <c r="E77">
+        <v>21102</v>
+      </c>
       <c r="F77">
         <v>2017</v>
       </c>
       <c r="G77" t="s">
         <v>294</v>
       </c>
-      <c r="H77"/>
-      <c r="I77"/>
+      <c r="H77">
+        <v>12.89</v>
+      </c>
+      <c r="I77">
+        <v>4.16</v>
+      </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
         <v>295</v>
       </c>
       <c r="B78" t="s">
-        <v>243</v>
+        <v>296</v>
       </c>
       <c r="C78" t="s">
-        <v>30</v>
-[...6 lines deleted...]
-      </c>
+        <v>297</v>
+      </c>
+      <c r="D78"/>
+      <c r="E78"/>
       <c r="F78">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G78" t="s">
-        <v>296</v>
-[...6 lines deleted...]
-      </c>
+        <v>298</v>
+      </c>
+      <c r="H78"/>
+      <c r="I78"/>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B79" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="C79" t="s">
-        <v>298</v>
-[...3 lines deleted...]
-        <v>299</v>
+        <v>34</v>
+      </c>
+      <c r="D79">
+        <v>109</v>
+      </c>
+      <c r="E79">
+        <v>223902</v>
       </c>
       <c r="F79">
         <v>2016</v>
       </c>
       <c r="G79" t="s">
         <v>300</v>
       </c>
-      <c r="H79"/>
-      <c r="I79"/>
+      <c r="H79">
+        <v>3.41</v>
+      </c>
+      <c r="I79">
+        <v>1.67</v>
+      </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
         <v>301</v>
       </c>
       <c r="B80" t="s">
+        <v>247</v>
+      </c>
+      <c r="C80" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="D80"/>
       <c r="E80" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="F80">
         <v>2016</v>
       </c>
       <c r="G80" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="H80"/>
       <c r="I80"/>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
+        <v>305</v>
+      </c>
+      <c r="B81" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
       <c r="C81" t="s">
         <v>307</v>
       </c>
       <c r="D81"/>
       <c r="E81" t="s">
         <v>308</v>
       </c>
       <c r="F81">
         <v>2016</v>
       </c>
       <c r="G81" t="s">
         <v>309</v>
       </c>
       <c r="H81"/>
       <c r="I81"/>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
         <v>310</v>
       </c>
       <c r="B82" t="s">
-        <v>260</v>
+        <v>296</v>
       </c>
       <c r="C82" t="s">
         <v>311</v>
       </c>
       <c r="D82"/>
       <c r="E82" t="s">
         <v>312</v>
       </c>
       <c r="F82">
         <v>2016</v>
       </c>
       <c r="G82" t="s">
         <v>313</v>
       </c>
       <c r="H82"/>
       <c r="I82"/>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
         <v>314</v>
       </c>
       <c r="B83" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="C83" t="s">
-        <v>30</v>
-[...5 lines deleted...]
-        <v>11901</v>
+        <v>315</v>
+      </c>
+      <c r="D83"/>
+      <c r="E83" t="s">
+        <v>316</v>
       </c>
       <c r="F83">
         <v>2016</v>
       </c>
       <c r="G83" t="s">
-        <v>315</v>
-[...6 lines deleted...]
-      </c>
+        <v>317</v>
+      </c>
+      <c r="H83"/>
+      <c r="I83"/>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="B84" t="s">
-        <v>317</v>
+        <v>264</v>
       </c>
       <c r="C84" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D84">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E84">
-        <v>221903</v>
+        <v>11901</v>
       </c>
       <c r="F84">
         <v>2016</v>
       </c>
       <c r="G84" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="H84">
         <v>3.41</v>
       </c>
       <c r="I84">
         <v>1.67</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B85" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C85" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D85">
         <v>108</v>
       </c>
       <c r="E85">
-        <v>23902</v>
+        <v>221903</v>
       </c>
       <c r="F85">
         <v>2016</v>
       </c>
       <c r="G85" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="H85">
         <v>3.41</v>
       </c>
       <c r="I85">
         <v>1.67</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B86" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C86" t="s">
-        <v>324</v>
-[...2 lines deleted...]
-      <c r="E86"/>
+        <v>34</v>
+      </c>
+      <c r="D86">
+        <v>108</v>
+      </c>
+      <c r="E86">
+        <v>23902</v>
+      </c>
       <c r="F86">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G86" t="s">
         <v>325</v>
       </c>
-      <c r="H86"/>
-      <c r="I86"/>
+      <c r="H86">
+        <v>3.41</v>
+      </c>
+      <c r="I86">
+        <v>1.67</v>
+      </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
         <v>326</v>
       </c>
       <c r="B87" t="s">
         <v>327</v>
       </c>
       <c r="C87" t="s">
         <v>328</v>
       </c>
       <c r="D87"/>
       <c r="E87"/>
       <c r="F87">
         <v>2015</v>
       </c>
       <c r="G87" t="s">
         <v>329</v>
       </c>
       <c r="H87"/>
       <c r="I87"/>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>330</v>
       </c>
       <c r="B88" t="s">
-        <v>273</v>
+        <v>331</v>
       </c>
       <c r="C88" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D88"/>
       <c r="E88"/>
       <c r="F88">
         <v>2015</v>
       </c>
-      <c r="G88"/>
+      <c r="G88" t="s">
+        <v>333</v>
+      </c>
       <c r="H88"/>
       <c r="I88"/>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="B89" t="s">
-        <v>333</v>
+        <v>277</v>
       </c>
       <c r="C89" t="s">
-        <v>30</v>
-[...6 lines deleted...]
-      </c>
+        <v>335</v>
+      </c>
+      <c r="D89"/>
+      <c r="E89"/>
       <c r="F89">
-        <v>2014</v>
-[...9 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="G89"/>
+      <c r="H89"/>
+      <c r="I89"/>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B90" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C90" t="s">
-        <v>52</v>
+        <v>34</v>
       </c>
       <c r="D90">
-        <v>90</v>
+        <v>105</v>
       </c>
       <c r="E90">
-        <v>115155</v>
+        <v>181116</v>
       </c>
       <c r="F90">
         <v>2014</v>
       </c>
       <c r="G90" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="H90">
-        <v>3.74</v>
+        <v>3.3</v>
       </c>
       <c r="I90">
-        <v>2.81</v>
+        <v>1.86</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B91" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C91" t="s">
-        <v>340</v>
-[...5 lines deleted...]
-        <v>342</v>
+        <v>56</v>
+      </c>
+      <c r="D91">
+        <v>90</v>
+      </c>
+      <c r="E91">
+        <v>115155</v>
       </c>
       <c r="F91">
         <v>2014</v>
       </c>
       <c r="G91" t="s">
-        <v>343</v>
-[...1 lines deleted...]
-      <c r="H91"/>
+        <v>341</v>
+      </c>
+      <c r="H91">
+        <v>3.74</v>
+      </c>
       <c r="I91">
-        <v>0.1</v>
+        <v>2.81</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
+        <v>342</v>
+      </c>
+      <c r="B92" t="s">
+        <v>343</v>
+      </c>
+      <c r="C92" t="s">
         <v>344</v>
       </c>
-      <c r="B92" t="s">
+      <c r="D92" t="s">
         <v>345</v>
       </c>
-      <c r="C92" t="s">
+      <c r="E92" t="s">
         <v>346</v>
-      </c>
-[...4 lines deleted...]
-        <v>347</v>
       </c>
       <c r="F92">
         <v>2014</v>
       </c>
-      <c r="G92"/>
+      <c r="G92" t="s">
+        <v>347</v>
+      </c>
       <c r="H92"/>
-      <c r="I92"/>
+      <c r="I92">
+        <v>0.1</v>
+      </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
         <v>348</v>
       </c>
       <c r="B93" t="s">
         <v>349</v>
       </c>
       <c r="C93" t="s">
-        <v>77</v>
+        <v>350</v>
       </c>
       <c r="D93">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>3226</v>
+        <v>2</v>
+      </c>
+      <c r="E93" t="s">
+        <v>351</v>
       </c>
       <c r="F93">
         <v>2014</v>
       </c>
-      <c r="G93" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G93"/>
+      <c r="H93"/>
+      <c r="I93"/>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B94" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C94" t="s">
-        <v>30</v>
+        <v>81</v>
       </c>
       <c r="D94">
-        <v>104</v>
+        <v>5</v>
       </c>
       <c r="E94">
-        <v>14104</v>
+        <v>3226</v>
       </c>
       <c r="F94">
         <v>2014</v>
       </c>
       <c r="G94" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="H94">
-        <v>3.3</v>
+        <v>11.47</v>
       </c>
       <c r="I94">
-        <v>1.86</v>
+        <v>6.41</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B95" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C95" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D95">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E95">
-        <v>211903</v>
+        <v>14104</v>
       </c>
       <c r="F95">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G95" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="H95">
-        <v>3.52</v>
+        <v>3.3</v>
       </c>
       <c r="I95">
-        <v>2.15</v>
+        <v>1.86</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B96" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C96" t="s">
-        <v>52</v>
+        <v>34</v>
       </c>
       <c r="D96">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>359</v>
+        <v>103</v>
+      </c>
+      <c r="E96">
+        <v>211903</v>
       </c>
       <c r="F96">
         <v>2013</v>
       </c>
       <c r="G96" t="s">
         <v>360</v>
       </c>
       <c r="H96">
-        <v>3.66</v>
-[...1 lines deleted...]
-      <c r="I96"/>
+        <v>3.52</v>
+      </c>
+      <c r="I96">
+        <v>2.15</v>
+      </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
         <v>361</v>
       </c>
       <c r="B97" t="s">
         <v>362</v>
       </c>
       <c r="C97" t="s">
+        <v>56</v>
+      </c>
+      <c r="D97">
+        <v>88</v>
+      </c>
+      <c r="E97" t="s">
         <v>363</v>
-      </c>
-[...2 lines deleted...]
-        <v>364</v>
       </c>
       <c r="F97">
         <v>2013</v>
       </c>
-      <c r="G97"/>
-      <c r="H97"/>
+      <c r="G97" t="s">
+        <v>364</v>
+      </c>
+      <c r="H97">
+        <v>3.66</v>
+      </c>
       <c r="I97"/>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
         <v>365</v>
       </c>
       <c r="B98" t="s">
         <v>366</v>
       </c>
       <c r="C98" t="s">
         <v>367</v>
       </c>
       <c r="D98"/>
       <c r="E98" t="s">
         <v>368</v>
       </c>
       <c r="F98">
         <v>2013</v>
       </c>
-      <c r="G98" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G98"/>
       <c r="H98"/>
       <c r="I98"/>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
+        <v>369</v>
+      </c>
+      <c r="B99" t="s">
         <v>370</v>
       </c>
-      <c r="B99" t="s">
+      <c r="C99" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
       <c r="D99"/>
       <c r="E99" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="F99">
         <v>2013</v>
       </c>
       <c r="G99" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="H99"/>
-      <c r="I99">
-[...1 lines deleted...]
-      </c>
+      <c r="I99"/>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
+        <v>374</v>
+      </c>
+      <c r="B100" t="s">
         <v>375</v>
       </c>
-      <c r="B100" t="s">
+      <c r="C100" t="s">
         <v>376</v>
       </c>
-      <c r="C100" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D100"/>
       <c r="E100" t="s">
         <v>377</v>
       </c>
       <c r="F100">
         <v>2013</v>
       </c>
-      <c r="G100"/>
+      <c r="G100" t="s">
+        <v>378</v>
+      </c>
       <c r="H100"/>
-      <c r="I100"/>
+      <c r="I100">
+        <v>0.22</v>
+      </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B101" t="s">
-        <v>362</v>
+        <v>380</v>
       </c>
       <c r="C101" t="s">
-        <v>30</v>
+        <v>350</v>
       </c>
       <c r="D101">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>231904</v>
+        <v>5</v>
+      </c>
+      <c r="E101" t="s">
+        <v>381</v>
       </c>
       <c r="F101">
-        <v>2012</v>
-[...9 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="G101"/>
+      <c r="H101"/>
+      <c r="I101"/>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="B102" t="s">
-        <v>381</v>
+        <v>366</v>
       </c>
       <c r="C102" t="s">
-        <v>382</v>
-[...3 lines deleted...]
-        <v>383</v>
+        <v>34</v>
+      </c>
+      <c r="D102">
+        <v>101</v>
+      </c>
+      <c r="E102">
+        <v>231904</v>
       </c>
       <c r="F102">
         <v>2012</v>
       </c>
-      <c r="G102"/>
-[...1 lines deleted...]
-      <c r="I102"/>
+      <c r="G102" t="s">
+        <v>383</v>
+      </c>
+      <c r="H102">
+        <v>3.79</v>
+      </c>
+      <c r="I102">
+        <v>2.57</v>
+      </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
         <v>384</v>
       </c>
       <c r="B103" t="s">
         <v>385</v>
       </c>
       <c r="C103" t="s">
         <v>386</v>
       </c>
       <c r="D103"/>
       <c r="E103" t="s">
         <v>387</v>
       </c>
       <c r="F103">
         <v>2012</v>
       </c>
       <c r="G103"/>
       <c r="H103"/>
       <c r="I103"/>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
         <v>388</v>
       </c>
       <c r="B104" t="s">
         <v>389</v>
       </c>
       <c r="C104" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>390</v>
+      </c>
+      <c r="D104"/>
       <c r="E104" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="F104">
         <v>2012</v>
       </c>
-      <c r="G104" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G104"/>
+      <c r="H104"/>
+      <c r="I104"/>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
         <v>392</v>
       </c>
       <c r="B105" t="s">
         <v>393</v>
       </c>
       <c r="C105" t="s">
-        <v>109</v>
+        <v>45</v>
       </c>
       <c r="D105">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="E105" t="s">
         <v>394</v>
       </c>
       <c r="F105">
         <v>2012</v>
       </c>
       <c r="G105" t="s">
         <v>395</v>
       </c>
       <c r="H105">
-        <v>7.94</v>
+        <v>2.21</v>
       </c>
       <c r="I105">
-        <v>6.29</v>
+        <v>1.31</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
         <v>396</v>
       </c>
       <c r="B106" t="s">
         <v>397</v>
       </c>
       <c r="C106" t="s">
-        <v>219</v>
+        <v>113</v>
       </c>
       <c r="D106">
-        <v>95</v>
+        <v>109</v>
       </c>
       <c r="E106" t="s">
         <v>398</v>
       </c>
       <c r="F106">
         <v>2012</v>
       </c>
       <c r="G106" t="s">
         <v>399</v>
       </c>
       <c r="H106">
-        <v>1.52</v>
+        <v>7.94</v>
       </c>
       <c r="I106">
-        <v>1.03</v>
+        <v>6.29</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
         <v>400</v>
       </c>
       <c r="B107" t="s">
         <v>401</v>
       </c>
       <c r="C107" t="s">
+        <v>223</v>
+      </c>
+      <c r="D107">
+        <v>95</v>
+      </c>
+      <c r="E107" t="s">
         <v>402</v>
-      </c>
-[...2 lines deleted...]
-        <v>43497</v>
       </c>
       <c r="F107">
         <v>2012</v>
       </c>
       <c r="G107" t="s">
         <v>403</v>
       </c>
-      <c r="H107"/>
-      <c r="I107"/>
+      <c r="H107">
+        <v>1.52</v>
+      </c>
+      <c r="I107">
+        <v>1.03</v>
+      </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
         <v>404</v>
       </c>
       <c r="B108" t="s">
         <v>405</v>
       </c>
       <c r="C108" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      <c r="E108" t="s">
         <v>406</v>
+      </c>
+      <c r="D108"/>
+      <c r="E108">
+        <v>43497</v>
       </c>
       <c r="F108">
         <v>2012</v>
       </c>
       <c r="G108" t="s">
         <v>407</v>
       </c>
-      <c r="H108">
-[...4 lines deleted...]
-      </c>
+      <c r="H108"/>
+      <c r="I108"/>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
         <v>408</v>
       </c>
       <c r="B109" t="s">
-        <v>401</v>
+        <v>409</v>
       </c>
       <c r="C109" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D109">
+        <v>100</v>
+      </c>
+      <c r="E109" t="s">
+        <v>410</v>
+      </c>
+      <c r="F109">
+        <v>2012</v>
+      </c>
+      <c r="G109" t="s">
+        <v>411</v>
+      </c>
+      <c r="H109">
+        <v>3.79</v>
+      </c>
+      <c r="I109">
+        <v>2.57</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9">
+      <c r="A110" t="s">
+        <v>412</v>
+      </c>
+      <c r="B110" t="s">
+        <v>405</v>
+      </c>
+      <c r="C110" t="s">
+        <v>34</v>
+      </c>
+      <c r="D110">
         <v>99</v>
       </c>
-      <c r="E109" t="s">
-[...2 lines deleted...]
-      <c r="F109">
+      <c r="E110" t="s">
+        <v>413</v>
+      </c>
+      <c r="F110">
         <v>2011</v>
       </c>
-      <c r="G109" t="s">
-[...2 lines deleted...]
-      <c r="H109">
+      <c r="G110" t="s">
+        <v>414</v>
+      </c>
+      <c r="H110">
         <v>3.84</v>
       </c>
-      <c r="I109">
+      <c r="I110">
         <v>2.81</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>