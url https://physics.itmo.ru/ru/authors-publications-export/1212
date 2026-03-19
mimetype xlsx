--- v1 (2025-11-04)
+++ v2 (2026-03-19)
@@ -12,79 +12,94 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="415">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="419">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Critical Coupling Analysis for Determination of Proper Receivers Number and Position in a One-to-Many Inductive Power Transfer System</t>
+  </si>
+  <si>
+    <t>Pavel Smirnov, Eduard Mindubaev,  Arseny Danilov, Polina Kapitanova</t>
+  </si>
+  <si>
+    <t>IEEE JOURNAL OF EMERGING AND SELECTED TOPICS IN POWER ELECTRONICS</t>
+  </si>
+  <si>
+    <t>1-1</t>
+  </si>
+  <si>
+    <t>10.1109/jestpe.2025.3639111</t>
+  </si>
+  <si>
     <t>Real-time estimator of parameters for coupled coils in an 11-kW wireless charging system for electric vehicles</t>
   </si>
   <si>
     <t>Sutanu Chatterjee, Aleksandr Zolotarev,  Polina Terenteva, Georgii Baranov, Polina Kapitanova</t>
   </si>
   <si>
     <t>Wireless Power Transfer</t>
   </si>
   <si>
     <t>0-0</t>
   </si>
   <si>
     <t>10.48130/wpt-0025-0019</t>
   </si>
   <si>
     <t>Arbitrary Shape Transmitting Coils Optimization for One-to-Many Free-positioning Wireless Power Transfer Systems</t>
   </si>
   <si>
     <t>Pavel Smirnov, Aleksandr Miroshnikov, Polina Kapitanova</t>
   </si>
   <si>
     <t>Progress In Electromagnetics Research C</t>
   </si>
   <si>
     <t>137-146</t>
@@ -134,71 +149,71 @@
   <si>
     <t>Axial magnetic quadrupole mode of dielectric resonator for omnidirectional wireless power transfer</t>
   </si>
   <si>
     <t>Esmaeel Zanganeh, Elizaveta Nenasheva, Polina Kapitanova</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/5.0171913</t>
   </si>
   <si>
     <t>Free-Positioning Multi-Receiver Wireless Power Transfer System Based on Metasurface</t>
   </si>
   <si>
     <t>Pavel Smirnov, Evgeniy Koreshin, Georgii Baranov, Polina Kapitanova</t>
   </si>
   <si>
     <t>2023 IEEE MTT-S International Wireless Symposium (IWS)</t>
   </si>
   <si>
     <t>10.1109/iws58240.2023.10222022</t>
   </si>
   <si>
+    <t>Self-tuning approach for metasurface-based resonators for one-to-many wireless power transfer</t>
+  </si>
+  <si>
+    <t>Journal of Applied Physics</t>
+  </si>
+  <si>
+    <t>10.1063/5.0152710</t>
+  </si>
+  <si>
     <t>Bright and Stable Perovskite Nanocrystals Lighted Up Remotely by Means of Wireless Power Transfer</t>
   </si>
   <si>
     <t>Lev Zelenkov, Pavel Smirnov, Georgii Baranov, Altana Tsyrinova, Stepan Ilin, Eduard Danilovskiy, Sergey Makarov, Polina Kapitanova</t>
   </si>
   <si>
     <t>Advanced Optical Materials</t>
   </si>
   <si>
     <t>10.1002/adom.202301123</t>
   </si>
   <si>
-    <t>Self-tuning approach for metasurface-based resonators for one-to-many wireless power transfer</t>
-[...7 lines deleted...]
-  <si>
     <t>Transmission metalens for ultrasound focusing in water</t>
   </si>
   <si>
     <t>Mariia Krasikova, Andrey Lutovinov,  Yan Kei Chiang, David Powell,  Steffen Marburg, Polina Kapitanova</t>
   </si>
   <si>
     <t>Proceedings of the International Congress on Sound and Vibration</t>
   </si>
   <si>
     <t>Experimental investigation of metasurface-based resonator for one-to-many wireless power transfer systems in the presence of foreign objects</t>
   </si>
   <si>
     <t>Mikhail Kuzmin, Esmaeel Zanganeh, Georgii Baranov, Altana Tsyrinova, Pavel Smirnov, Aleksandr Zolotarev, Polina Kapitanova</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2023.101155</t>
   </si>
   <si>
     <t>Selective superinvisibility effect via compound anapole</t>
   </si>
   <si>
     <t>Alexey A. Basharin, Esmaeel Zanganeh, Anar K. Ospanova, Polina Kapitanova, Andrei Evlyukhin</t>
@@ -212,71 +227,71 @@
   <si>
     <t>Extreme Metasurfaces Enable Targeted and Protected Wireless Energy Transfer</t>
   </si>
   <si>
     <t>Esmaeel Zanganeh, Andrey Sayanskiy, Polina Kapitanova</t>
   </si>
   <si>
     <t>Advanced Materials Technologies</t>
   </si>
   <si>
     <t>10.1002/admt.202202133</t>
   </si>
   <si>
     <t>One-to-Many Wireless Power Transfer Systems Using Metasurface-Inspired Resonators</t>
   </si>
   <si>
     <t>Pavel Smirnov, Georgii Baranov, Tatyana Filimonova, Altana Tsyrinova, Aydar Rakhmatullin, Mingzhao Song, Lev Zelenkov, Eduard Danilovskiy, Sergey Makarov, Polina Kapitanova</t>
   </si>
   <si>
     <t>2022 Wireless Power Week (WPW)</t>
   </si>
   <si>
     <t>10.1109/wpw54272.2022.9901329</t>
   </si>
   <si>
+    <t>Rotational Magnetic Field Generated by Metasurface for Wireless Power Transfer</t>
+  </si>
+  <si>
+    <t>Xinrui Liu, Xinyu Huang, Polina Kapitanova, Mingzhao Song</t>
+  </si>
+  <si>
+    <t>2022 IEEE International Symposium on Antennas and Propagation and USNC-URSI Radio Science Meeting (AP-S/URSI)</t>
+  </si>
+  <si>
+    <t>10.1109/ap-s/usnc-ursi47032.2022.9886697</t>
+  </si>
+  <si>
     <t>Uniform Near Magnetic Field Generated by Metasurface for Wireless Power Transfer</t>
   </si>
   <si>
     <t>Xinrui Liu, Fan Zhang, Polina Kapitanova, Mingzhao Song</t>
   </si>
   <si>
-    <t>2022 IEEE International Symposium on Antennas and Propagation and USNC-URSI Radio Science Meeting (AP-S/URSI)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/ap-s/usnc-ursi47032.2022.9886811</t>
   </si>
   <si>
-    <t>Rotational Magnetic Field Generated by Metasurface for Wireless Power Transfer</t>
-[...7 lines deleted...]
-  <si>
     <t>Uniform near magnetic field generated by metasurface-based resonator for wireless power transfer</t>
   </si>
   <si>
     <t>Fan Zhang, Xinrui Liu, Polina Kapitanova, Mingzhao Song</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2022.101056</t>
   </si>
   <si>
     <t>Anapole state as a new paradigm for highly efficient wireless power transfer</t>
   </si>
   <si>
     <t>Esmaeel Zanganeh, Adria Сanos Valero, Alexander Shalin, Polina Kapitanova, Mingzhao Song, Elizaveta Nenasheva, Andrey Miroshnichenko, Andrey Evlyukhin</t>
   </si>
   <si>
     <t>10.1109/wpw54272.2022.9853903</t>
   </si>
   <si>
     <t>Quantum-assisted distortion-free audio signal sensing</t>
   </si>
   <si>
     <t>Chen Zhang, Durga Dasari, Matthias Widmann, Jonas Meinel, Vadim Vorobyov, Polina Kapitanova, Elizaveta Nenasheva, Kazuo Nakamura, Hitoshi Sumiya, Shinobu Onoda, Junichi Isoya, Jörg Wrachtrup</t>
   </si>
   <si>
     <t>Nature Communications</t>
@@ -302,53 +317,50 @@
   <si>
     <t>Nonradiating sources for efficient wireless power transfer</t>
   </si>
   <si>
     <t>Esmaeel Zanganeh, Mingzhao Song, Adria Сanos Valero, Alexander Shalin, Andrey Miroshnichenko, Andrey Evlyukhin, Polina Kapitanova</t>
   </si>
   <si>
     <t>Nanophotonics</t>
   </si>
   <si>
     <t>4399-4408</t>
   </si>
   <si>
     <t>10.1515/nanoph-2021-0378</t>
   </si>
   <si>
     <t>Compact Hybrid Metasurface-Inspired Resonator with Uniform Magnetic Field Distribution for Wireless Power Transfer</t>
   </si>
   <si>
     <t>Pavel Smirnov, Polina Kapitanova, Mingzhao Song</t>
   </si>
   <si>
     <t>IEEE Antennas and Wireless Propagation Letters</t>
   </si>
   <si>
-    <t>1-1</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/lawp.2021.3124075</t>
   </si>
   <si>
     <t>Non-Radiating Electric Source Based on Anapole State</t>
   </si>
   <si>
     <t>Esmaeel Zanganeh, A. Evlyukhin, A. Miroshnichenko, Polina Kapitanova</t>
   </si>
   <si>
     <t>2021 Fifteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>10.1109/metamaterials52332.2021.9577196</t>
   </si>
   <si>
     <t>Wireless power transfer based on novel physical concepts</t>
   </si>
   <si>
     <t>Mingzhao Song, Prasad Jayathurathnage, Esmaeel Zanganeh, Mariia Krasikova, Pavel Smirnov, Pavel Belov, Polina Kapitanova</t>
   </si>
   <si>
     <t>Nature Electronics</t>
   </si>
   <si>
     <t>707-716</t>
@@ -380,89 +392,89 @@
   <si>
     <t>10.1103/physrevlett.127.096804</t>
   </si>
   <si>
     <t>Real-Time Temperature Monitoring of Photoinduced Cargo Release inside Living Cells Using Hybrid Capsules Decorated with Gold Nanoparticles and Fluorescent Nanodiamonds</t>
   </si>
   <si>
     <t>Elena Gerasimova, Vitaly Yaroshenko, Pavel Talianov, Oleksii Peltek, Mikhail A. Baranov, Polina Kapitanova, Dmitry Zuev, Alexander S. Timin, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>ACS Applied Materials &amp; Interfaces</t>
   </si>
   <si>
     <t>10.1021/acsami.1c05252</t>
   </si>
   <si>
     <t>Diamond Magnetometry and Gradiometry Towards Subpicotesla dc Field Measurement</t>
   </si>
   <si>
     <t>Chen Zhang, Farida Shagieva, Matthias Widmann, Michael Kübler, Polina Kapitanova, Ruth Corkill, Oliver Rhrle, Kazuo Nakamura, Hitoshi Sumiya, Shinobu Onoda, Junichi Isoya, Jörg Wrachtrup</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.15.064075</t>
   </si>
   <si>
+    <t>Numerical study of hybrid metasurface as WPT transmitter</t>
+  </si>
+  <si>
+    <t>Pavel Smirnov, Mingzhao Song, Polina Kapitanova</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020119</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031861</t>
+  </si>
+  <si>
     <t>WPT smart table driven by coherent excitation</t>
   </si>
   <si>
     <t>Mingzhao Song, Polina Kapitanova</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020122</t>
   </si>
   <si>
     <t>10.1063/5.0031847</t>
   </si>
   <si>
     <t>Electromagnetic anapole States of nano-disks</t>
   </si>
   <si>
     <t>Esmaeel Zanganeh, Mingzhao Song, Andrei Evlyukhin, Polina Kapitanova</t>
   </si>
   <si>
     <t>020138</t>
   </si>
   <si>
     <t>10.1063/5.0031780</t>
   </si>
   <si>
-    <t>Numerical study of hybrid metasurface as WPT transmitter</t>
-[...10 lines deleted...]
-  <si>
     <t>Microwave coherent spectroscopy of ultracold thulium atoms</t>
   </si>
   <si>
     <t>D. A. Pershin, Vitaly Yaroshenko, V. V. Tsyganok, V. A. Khlebnikov, E. T. Davletov, D. V. Shaykin, E. R. Gadylshin, I. S. Cojocaru, Evgenii Svechnikov, Polina Kapitanova, A. V. Akimov</t>
   </si>
   <si>
     <t>Physical Review A</t>
   </si>
   <si>
     <t>10.1103/physreva.102.043114</t>
   </si>
   <si>
     <t>Seeing the Unseen: Experimental Observation of Magnetic Anapole State Inside a High‐Index Dielectric Particle</t>
   </si>
   <si>
     <t>Polina Kapitanova, Esmaeel Zanganeh, Nikita Pavlov, Mingzhao Song, Pavel Belov, Andrei Evlyukhin, Andrey Miroshnichenko</t>
   </si>
   <si>
     <t>Annalen der Physik</t>
   </si>
   <si>
     <t>10.1002/andp.202000293</t>
   </si>
   <si>
     <t>Multi-mode metamaterial-inspired resonator for near-field wireless power transfer</t>
@@ -812,96 +824,96 @@
   <si>
     <t>10.1109/MetaMaterials.2017.8107879</t>
   </si>
   <si>
     <t>Dielectric resonator antenna for coupling to NV centers in diamond</t>
   </si>
   <si>
     <t>10.1063/1.4998046</t>
   </si>
   <si>
     <t>Wireless power transfer system based on colossal permittivity resonators</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2017.8107799</t>
   </si>
   <si>
     <t>Design of microwave all-dielectric focusing metasurface based on bianisotropic resonators</t>
   </si>
   <si>
     <t>Mikhail Odit, Polina Kapitanova, Pavel Belov</t>
   </si>
   <si>
     <t>https://doi.org/10.1063/1.4998107</t>
   </si>
   <si>
+    <t>Multipolar modes in dielectric disk resonator for wireless power transfer</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998066</t>
+  </si>
+  <si>
     <t>Dielectric resonators for mid-range wireless power transfer application</t>
   </si>
   <si>
     <t>2017 IEEE Wireless Power Transfer Conference (WPTC)</t>
   </si>
   <si>
     <t>10.1109/WPT.2017.7953832</t>
   </si>
   <si>
-    <t>Multipolar modes in dielectric disk resonator for wireless power transfer</t>
-[...2 lines deleted...]
-    <t>10.1063/1.4998066</t>
+    <t>Colossal permittivity resonators for wireless power transfer systems</t>
+  </si>
+  <si>
+    <t>2017 11th European Conference on Antennas and Propagation, EUCAP 2017</t>
+  </si>
+  <si>
+    <t>904-907</t>
+  </si>
+  <si>
+    <t>10.23919/EuCAP.2017.7928275</t>
   </si>
   <si>
     <t>Tunable water-based microwave metasurface</t>
   </si>
   <si>
     <t>Polina Kapitanova, Mikhail Odit, Pavel Belov</t>
   </si>
   <si>
-    <t>2017 11th European Conference on Antennas and Propagation, EUCAP 2017</t>
-[...1 lines deleted...]
-  <si>
     <t>2599-2602</t>
   </si>
   <si>
     <t>10.23919/EuCAP.2017.7928190</t>
   </si>
   <si>
     <t>Electron spin contrast of Purcell-enhanced nitrogen-vacancy ensembles in nanodiamonds</t>
   </si>
   <si>
     <t>Polina Kapitanova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.96.035146</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.23919/EuCAP.2017.7928275</t>
   </si>
   <si>
     <t>Multimode directionality in all-dielectric metasurfaces</t>
   </si>
   <si>
     <t>Mikhail Odit, Polina Kapitanova, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.95.165426</t>
   </si>
   <si>
     <t>Switchable invisibility of dielectric resonators</t>
   </si>
   <si>
     <t>Mikhail Rybin, Kirill Samusev, Polina Kapitanova, Dmitry Filonov, Pavel Belov, Yuri Kivshar, Mikhail Limonov</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.95.165119</t>
   </si>
   <si>
     <t>Giant field enhancement in high-index dielectric subwavelength particles</t>
   </si>
   <si>
     <t>Polina Kapitanova, Nikita Pavlov, Pavel Belov, Yuri Kivshar</t>
   </si>
@@ -1604,51 +1616,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I110"/>
+  <dimension ref="A1:I111"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="198.095" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="231.086" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="129.683" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -1662,2876 +1674,2903 @@
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
-      <c r="D2">
-[...1 lines deleted...]
-      </c>
+      <c r="D2"/>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2">
-        <v>1.29</v>
+        <v>6.55</v>
       </c>
       <c r="I2">
-        <v>0.21</v>
+        <v>1.57</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3">
-        <v>155</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>17</v>
       </c>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>18</v>
       </c>
       <c r="H3">
-        <v>1.68</v>
+        <v>1.29</v>
       </c>
       <c r="I3">
-        <v>0.3</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
         <v>20</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
-      <c r="D4"/>
+      <c r="D4">
+        <v>155</v>
+      </c>
       <c r="E4" t="s">
         <v>22</v>
       </c>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
         <v>23</v>
       </c>
       <c r="H4">
-        <v>4.11</v>
+        <v>1.68</v>
       </c>
       <c r="I4">
-        <v>0.86</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>24</v>
       </c>
       <c r="B5" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="C5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D5"/>
       <c r="E5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F5">
         <v>2025</v>
       </c>
       <c r="G5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-      <c r="I5"/>
+        <v>28</v>
+      </c>
+      <c r="H5">
+        <v>4.11</v>
+      </c>
+      <c r="I5">
+        <v>0.86</v>
+      </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B6" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="C6" t="s">
         <v>30</v>
       </c>
-      <c r="D6">
-[...2 lines deleted...]
-      <c r="E6"/>
+      <c r="D6"/>
+      <c r="E6" t="s">
+        <v>31</v>
+      </c>
       <c r="F6">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G6" t="s">
-        <v>31</v>
-[...6 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D7">
-        <v>123</v>
+        <v>21</v>
       </c>
       <c r="E7"/>
       <c r="F7">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H7">
-        <v>3.97</v>
+        <v>4.99</v>
       </c>
       <c r="I7">
-        <v>1.03</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C8" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="D8"/>
+        <v>39</v>
+      </c>
+      <c r="D8">
+        <v>123</v>
+      </c>
       <c r="E8"/>
       <c r="F8">
         <v>2023</v>
       </c>
       <c r="G8" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-      <c r="I8"/>
+        <v>40</v>
+      </c>
+      <c r="H8">
+        <v>3.97</v>
+      </c>
+      <c r="I8">
+        <v>1.03</v>
+      </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C9" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9">
         <v>2023</v>
       </c>
       <c r="G9" t="s">
-        <v>43</v>
-[...6 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B10" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="C10" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D10">
         <v>134</v>
       </c>
       <c r="E10"/>
       <c r="F10">
         <v>2023</v>
       </c>
       <c r="G10" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H10">
         <v>2.55</v>
       </c>
       <c r="I10">
         <v>0.7</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B11" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C11" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11">
         <v>2023</v>
       </c>
-      <c r="G11"/>
-[...1 lines deleted...]
-      <c r="I11"/>
+      <c r="G11" t="s">
+        <v>51</v>
+      </c>
+      <c r="H11">
+        <v>9.93</v>
+      </c>
+      <c r="I11">
+        <v>2.89</v>
+      </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B12" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C12" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D12"/>
-      <c r="E12">
-[...1 lines deleted...]
-      </c>
+      <c r="E12"/>
       <c r="F12">
         <v>2023</v>
       </c>
-      <c r="G12" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G12"/>
+      <c r="H12"/>
+      <c r="I12"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C13" t="s">
-        <v>56</v>
-[...4 lines deleted...]
-      <c r="E13"/>
+        <v>57</v>
+      </c>
+      <c r="D13"/>
+      <c r="E13">
+        <v>101155</v>
+      </c>
       <c r="F13">
         <v>2023</v>
       </c>
       <c r="G13" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H13">
-        <v>3.91</v>
+        <v>3.16</v>
       </c>
       <c r="I13">
-        <v>1.54</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B14" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C14" t="s">
-        <v>60</v>
-[...4 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="D14">
+        <v>107</v>
+      </c>
+      <c r="E14"/>
       <c r="F14">
         <v>2023</v>
       </c>
       <c r="G14" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-      <c r="I14"/>
+        <v>62</v>
+      </c>
+      <c r="H14">
+        <v>3.91</v>
+      </c>
+      <c r="I14">
+        <v>1.54</v>
+      </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D15"/>
-      <c r="E15"/>
+      <c r="E15">
+        <v>2202133</v>
+      </c>
       <c r="F15">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H15"/>
       <c r="I15"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B16" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C16" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16">
         <v>2022</v>
       </c>
       <c r="G16" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H16"/>
       <c r="I16"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B17" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C17" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17">
         <v>2022</v>
       </c>
       <c r="G17" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="H17"/>
       <c r="I17"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>75</v>
+      </c>
+      <c r="B18" t="s">
+        <v>76</v>
+      </c>
+      <c r="C18" t="s">
         <v>73</v>
       </c>
-      <c r="B18" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="D18"/>
+      <c r="E18"/>
       <c r="F18">
         <v>2022</v>
       </c>
       <c r="G18" t="s">
-        <v>75</v>
-[...6 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B19" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C19" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-      <c r="E19"/>
+        <v>57</v>
+      </c>
+      <c r="D19">
+        <v>52</v>
+      </c>
+      <c r="E19">
+        <v>101056</v>
+      </c>
       <c r="F19">
         <v>2022</v>
       </c>
       <c r="G19" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-      <c r="I19"/>
+        <v>80</v>
+      </c>
+      <c r="H19">
+        <v>3.01</v>
+      </c>
+      <c r="I19">
+        <v>0.55</v>
+      </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B20" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C20" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="D20"/>
       <c r="E20"/>
       <c r="F20">
         <v>2022</v>
       </c>
       <c r="G20" t="s">
-        <v>82</v>
-[...6 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20"/>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B21" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C21" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D21">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="E21"/>
       <c r="F21">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G21" t="s">
         <v>87</v>
       </c>
       <c r="H21">
-        <v>0.48</v>
+        <v>14.92</v>
       </c>
       <c r="I21">
-        <v>0.21</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>88</v>
       </c>
       <c r="B22" t="s">
         <v>89</v>
       </c>
       <c r="C22" t="s">
         <v>90</v>
       </c>
       <c r="D22">
-        <v>10</v>
+        <v>2015</v>
       </c>
       <c r="E22" t="s">
         <v>91</v>
       </c>
       <c r="F22">
         <v>2021</v>
       </c>
       <c r="G22" t="s">
         <v>92</v>
       </c>
       <c r="H22">
-        <v>7.92</v>
+        <v>0.48</v>
       </c>
       <c r="I22">
-        <v>2.12</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>93</v>
       </c>
       <c r="B23" t="s">
         <v>94</v>
       </c>
       <c r="C23" t="s">
         <v>95</v>
       </c>
-      <c r="D23"/>
+      <c r="D23">
+        <v>10</v>
+      </c>
       <c r="E23" t="s">
         <v>96</v>
       </c>
       <c r="F23">
         <v>2021</v>
       </c>
       <c r="G23" t="s">
         <v>97</v>
       </c>
       <c r="H23">
-        <v>3.83</v>
+        <v>7.92</v>
       </c>
       <c r="I23">
-        <v>1.88</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>98</v>
       </c>
       <c r="B24" t="s">
         <v>99</v>
       </c>
       <c r="C24" t="s">
         <v>100</v>
       </c>
       <c r="D24"/>
-      <c r="E24"/>
+      <c r="E24" t="s">
+        <v>12</v>
+      </c>
       <c r="F24">
         <v>2021</v>
       </c>
       <c r="G24" t="s">
         <v>101</v>
       </c>
-      <c r="H24"/>
-      <c r="I24"/>
+      <c r="H24">
+        <v>3.83</v>
+      </c>
+      <c r="I24">
+        <v>1.88</v>
+      </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>102</v>
       </c>
       <c r="B25" t="s">
         <v>103</v>
       </c>
       <c r="C25" t="s">
         <v>104</v>
       </c>
-      <c r="D25">
-[...4 lines deleted...]
-      </c>
+      <c r="D25"/>
+      <c r="E25"/>
       <c r="F25">
         <v>2021</v>
       </c>
       <c r="G25" t="s">
-        <v>106</v>
-[...6 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="H25"/>
+      <c r="I25"/>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>106</v>
+      </c>
+      <c r="B26" t="s">
         <v>107</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
         <v>108</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26">
+        <v>4</v>
+      </c>
+      <c r="E26" t="s">
         <v>109</v>
       </c>
-      <c r="D26"/>
-      <c r="E26"/>
       <c r="F26">
         <v>2021</v>
       </c>
       <c r="G26" t="s">
         <v>110</v>
       </c>
-      <c r="H26"/>
-      <c r="I26"/>
+      <c r="H26">
+        <v>33.26</v>
+      </c>
+      <c r="I26">
+        <v>8.3</v>
+      </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>111</v>
       </c>
       <c r="B27" t="s">
         <v>112</v>
       </c>
       <c r="C27" t="s">
         <v>113</v>
       </c>
-      <c r="D27">
-[...1 lines deleted...]
-      </c>
+      <c r="D27"/>
       <c r="E27"/>
       <c r="F27">
         <v>2021</v>
       </c>
       <c r="G27" t="s">
         <v>114</v>
       </c>
-      <c r="H27">
-[...4 lines deleted...]
-      </c>
+      <c r="H27"/>
+      <c r="I27"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>115</v>
       </c>
       <c r="B28" t="s">
         <v>116</v>
       </c>
       <c r="C28" t="s">
         <v>117</v>
       </c>
-      <c r="D28"/>
+      <c r="D28">
+        <v>127</v>
+      </c>
       <c r="E28"/>
       <c r="F28">
         <v>2021</v>
       </c>
       <c r="G28" t="s">
         <v>118</v>
       </c>
       <c r="H28">
-        <v>9.23</v>
+        <v>9.19</v>
       </c>
       <c r="I28">
-        <v>2.54</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>119</v>
       </c>
       <c r="B29" t="s">
         <v>120</v>
       </c>
       <c r="C29" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>121</v>
+      </c>
+      <c r="D29"/>
       <c r="E29"/>
       <c r="F29">
         <v>2021</v>
       </c>
       <c r="G29" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="H29">
-        <v>4.93</v>
+        <v>9.23</v>
       </c>
       <c r="I29">
-        <v>1.53</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B30" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C30" t="s">
-        <v>124</v>
+        <v>35</v>
       </c>
       <c r="D30">
-        <v>2300</v>
-[...1 lines deleted...]
-      <c r="E30" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30"/>
+      <c r="F30">
+        <v>2021</v>
+      </c>
+      <c r="G30" t="s">
         <v>125</v>
       </c>
-      <c r="F30">
-[...5 lines deleted...]
-      <c r="H30"/>
+      <c r="H30">
+        <v>4.93</v>
+      </c>
       <c r="I30">
-        <v>0.19</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>126</v>
+      </c>
+      <c r="B31" t="s">
         <v>127</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="D31">
         <v>2300</v>
       </c>
       <c r="E31" t="s">
         <v>129</v>
       </c>
       <c r="F31">
         <v>2020</v>
       </c>
       <c r="G31" t="s">
         <v>130</v>
       </c>
       <c r="H31"/>
       <c r="I31">
         <v>0.19</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>131</v>
       </c>
       <c r="B32" t="s">
         <v>132</v>
       </c>
       <c r="C32" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="D32">
         <v>2300</v>
       </c>
       <c r="E32" t="s">
         <v>133</v>
       </c>
       <c r="F32">
         <v>2020</v>
       </c>
       <c r="G32" t="s">
         <v>134</v>
       </c>
       <c r="H32"/>
       <c r="I32">
         <v>0.19</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>135</v>
       </c>
       <c r="B33" t="s">
         <v>136</v>
       </c>
       <c r="C33" t="s">
+        <v>128</v>
+      </c>
+      <c r="D33">
+        <v>2300</v>
+      </c>
+      <c r="E33" t="s">
         <v>137</v>
       </c>
-      <c r="D33">
-[...2 lines deleted...]
-      <c r="E33"/>
       <c r="F33">
         <v>2020</v>
       </c>
       <c r="G33" t="s">
         <v>138</v>
       </c>
-      <c r="H33">
-[...1 lines deleted...]
-      </c>
+      <c r="H33"/>
       <c r="I33">
-        <v>1.39</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>139</v>
       </c>
       <c r="B34" t="s">
         <v>140</v>
       </c>
       <c r="C34" t="s">
         <v>141</v>
       </c>
       <c r="D34">
-        <v>532</v>
-[...3 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="E34"/>
       <c r="F34">
         <v>2020</v>
       </c>
       <c r="G34" t="s">
         <v>142</v>
       </c>
       <c r="H34">
-        <v>2.99</v>
+        <v>3.14</v>
       </c>
       <c r="I34">
-        <v>1.01</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>143</v>
       </c>
       <c r="B35" t="s">
         <v>144</v>
       </c>
       <c r="C35" t="s">
-        <v>34</v>
+        <v>145</v>
       </c>
       <c r="D35">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>532</v>
+      </c>
+      <c r="E35">
+        <v>2000293</v>
       </c>
       <c r="F35">
         <v>2020</v>
       </c>
       <c r="G35" t="s">
         <v>146</v>
       </c>
       <c r="H35">
-        <v>3.79</v>
+        <v>2.99</v>
       </c>
       <c r="I35">
-        <v>1.18</v>
+        <v>1.01</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>147</v>
       </c>
       <c r="B36" t="s">
         <v>148</v>
       </c>
       <c r="C36" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="D36">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>100835</v>
+        <v>117</v>
+      </c>
+      <c r="E36" t="s">
+        <v>149</v>
       </c>
       <c r="F36">
         <v>2020</v>
       </c>
       <c r="G36" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="H36">
-        <v>2.45</v>
+        <v>3.79</v>
       </c>
       <c r="I36">
-        <v>0.58</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B37" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C37" t="s">
-        <v>85</v>
+        <v>57</v>
       </c>
       <c r="D37">
-        <v>1461</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>41</v>
+      </c>
+      <c r="E37">
+        <v>100835</v>
       </c>
       <c r="F37">
         <v>2020</v>
       </c>
       <c r="G37" t="s">
         <v>153</v>
       </c>
-      <c r="H37"/>
+      <c r="H37">
+        <v>2.45</v>
+      </c>
       <c r="I37">
-        <v>0.23</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>154</v>
       </c>
       <c r="B38" t="s">
         <v>155</v>
       </c>
       <c r="C38" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="D38">
         <v>1461</v>
       </c>
       <c r="E38" t="s">
         <v>156</v>
       </c>
       <c r="F38">
         <v>2020</v>
       </c>
       <c r="G38" t="s">
         <v>157</v>
       </c>
       <c r="H38"/>
       <c r="I38">
         <v>0.23</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>158</v>
       </c>
       <c r="B39" t="s">
         <v>159</v>
       </c>
       <c r="C39" t="s">
+        <v>90</v>
+      </c>
+      <c r="D39">
+        <v>1461</v>
+      </c>
+      <c r="E39" t="s">
         <v>160</v>
-      </c>
-[...4 lines deleted...]
-        <v>161</v>
       </c>
       <c r="F39">
         <v>2020</v>
       </c>
       <c r="G39" t="s">
-        <v>162</v>
-[...3 lines deleted...]
-      </c>
+        <v>161</v>
+      </c>
+      <c r="H39"/>
       <c r="I39">
-        <v>0.61</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>162</v>
+      </c>
+      <c r="B40" t="s">
         <v>163</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>164</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40">
+        <v>91</v>
+      </c>
+      <c r="E40" t="s">
         <v>165</v>
       </c>
-      <c r="D40"/>
-      <c r="E40"/>
       <c r="F40">
         <v>2020</v>
       </c>
       <c r="G40" t="s">
         <v>166</v>
       </c>
-      <c r="H40"/>
-      <c r="I40"/>
+      <c r="H40">
+        <v>1.52</v>
+      </c>
+      <c r="I40">
+        <v>0.61</v>
+      </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>167</v>
       </c>
       <c r="B41" t="s">
         <v>168</v>
       </c>
       <c r="C41" t="s">
         <v>169</v>
       </c>
-      <c r="D41">
-[...4 lines deleted...]
-      </c>
+      <c r="D41"/>
+      <c r="E41"/>
       <c r="F41">
         <v>2020</v>
       </c>
       <c r="G41" t="s">
-        <v>171</v>
-[...6 lines deleted...]
-      </c>
+        <v>170</v>
+      </c>
+      <c r="H41"/>
+      <c r="I41"/>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>171</v>
+      </c>
+      <c r="B42" t="s">
         <v>172</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>173</v>
       </c>
-      <c r="C42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D42">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>205136</v>
+        <v>8</v>
+      </c>
+      <c r="E42" t="s">
+        <v>174</v>
       </c>
       <c r="F42">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G42" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="H42">
-        <v>3.58</v>
+        <v>3.37</v>
       </c>
       <c r="I42">
-        <v>1.81</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B43" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C43" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-      <c r="E43"/>
+        <v>61</v>
+      </c>
+      <c r="D43">
+        <v>100</v>
+      </c>
+      <c r="E43">
+        <v>205136</v>
+      </c>
       <c r="F43">
         <v>2019</v>
       </c>
       <c r="G43" t="s">
         <v>178</v>
       </c>
-      <c r="H43"/>
-      <c r="I43"/>
+      <c r="H43">
+        <v>3.58</v>
+      </c>
+      <c r="I43">
+        <v>1.81</v>
+      </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>179</v>
       </c>
       <c r="B44" t="s">
         <v>180</v>
       </c>
       <c r="C44" t="s">
         <v>181</v>
       </c>
-      <c r="D44">
-[...4 lines deleted...]
-      </c>
+      <c r="D44"/>
+      <c r="E44"/>
       <c r="F44">
         <v>2019</v>
       </c>
       <c r="G44" t="s">
         <v>182</v>
       </c>
-      <c r="H44">
-[...4 lines deleted...]
-      </c>
+      <c r="H44"/>
+      <c r="I44"/>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>183</v>
       </c>
       <c r="B45" t="s">
         <v>184</v>
       </c>
       <c r="C45" t="s">
         <v>185</v>
       </c>
       <c r="D45">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>186</v>
+        <v>257</v>
+      </c>
+      <c r="E45">
+        <v>1900406</v>
       </c>
       <c r="F45">
         <v>2019</v>
       </c>
       <c r="G45" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="H45">
-        <v>3.34</v>
+        <v>1.45</v>
       </c>
       <c r="I45">
-        <v>1.37</v>
+        <v>0.52</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>187</v>
+      </c>
+      <c r="B46" t="s">
         <v>188</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" t="s">
-        <v>113</v>
+        <v>189</v>
       </c>
       <c r="D46">
-        <v>122</v>
-[...2 lines deleted...]
-        <v>193905</v>
+        <v>3</v>
+      </c>
+      <c r="E46" t="s">
+        <v>190</v>
       </c>
       <c r="F46">
         <v>2019</v>
       </c>
       <c r="G46" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="H46">
-        <v>8.39</v>
+        <v>3.34</v>
       </c>
       <c r="I46">
-        <v>3.59</v>
+        <v>1.37</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B47" t="s">
-        <v>191</v>
+        <v>159</v>
       </c>
       <c r="C47" t="s">
-        <v>30</v>
+        <v>117</v>
       </c>
       <c r="D47">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>192</v>
+        <v>122</v>
+      </c>
+      <c r="E47">
+        <v>193905</v>
       </c>
       <c r="F47">
         <v>2019</v>
       </c>
       <c r="G47" t="s">
         <v>193</v>
       </c>
       <c r="H47">
-        <v>4.19</v>
+        <v>8.39</v>
       </c>
       <c r="I47">
-        <v>1.87</v>
+        <v>3.59</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>194</v>
       </c>
       <c r="B48" t="s">
         <v>195</v>
       </c>
       <c r="C48" t="s">
-        <v>137</v>
+        <v>35</v>
       </c>
       <c r="D48">
-        <v>99</v>
+        <v>11</v>
       </c>
       <c r="E48" t="s">
         <v>196</v>
       </c>
       <c r="F48">
         <v>2019</v>
       </c>
       <c r="G48" t="s">
         <v>197</v>
       </c>
       <c r="H48">
-        <v>2.78</v>
+        <v>4.19</v>
       </c>
       <c r="I48">
-        <v>1.42</v>
+        <v>1.87</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>198</v>
       </c>
       <c r="B49" t="s">
-        <v>168</v>
+        <v>199</v>
       </c>
       <c r="C49" t="s">
-        <v>85</v>
+        <v>141</v>
       </c>
       <c r="D49">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>12083</v>
+        <v>99</v>
+      </c>
+      <c r="E49" t="s">
+        <v>200</v>
       </c>
       <c r="F49">
         <v>2019</v>
       </c>
       <c r="G49" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="H49"/>
+        <v>201</v>
+      </c>
+      <c r="H49">
+        <v>2.78</v>
+      </c>
       <c r="I49">
-        <v>0.22</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B50" t="s">
-        <v>201</v>
+        <v>172</v>
       </c>
       <c r="C50" t="s">
-        <v>202</v>
+        <v>90</v>
       </c>
       <c r="D50">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>203</v>
+        <v>1092</v>
+      </c>
+      <c r="E50">
+        <v>12083</v>
       </c>
       <c r="F50">
         <v>2019</v>
       </c>
       <c r="G50" t="s">
-        <v>204</v>
-[...3 lines deleted...]
-      </c>
+        <v>203</v>
+      </c>
+      <c r="H50"/>
       <c r="I50">
-        <v>0.18</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>204</v>
+      </c>
+      <c r="B51" t="s">
         <v>205</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>206</v>
       </c>
-      <c r="C51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D51">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>85306</v>
+        <v>45</v>
+      </c>
+      <c r="E51" t="s">
+        <v>207</v>
       </c>
       <c r="F51">
         <v>2019</v>
       </c>
       <c r="G51" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="H51">
-        <v>3.58</v>
+        <v>0.48</v>
       </c>
       <c r="I51">
-        <v>1.81</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B52" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C52" t="s">
-        <v>210</v>
+        <v>61</v>
       </c>
       <c r="D52">
-        <v>1</v>
+        <v>99</v>
       </c>
       <c r="E52">
-        <v>16001</v>
+        <v>85306</v>
       </c>
       <c r="F52">
         <v>2019</v>
       </c>
       <c r="G52" t="s">
         <v>211</v>
       </c>
-      <c r="H52"/>
-      <c r="I52"/>
+      <c r="H52">
+        <v>3.58</v>
+      </c>
+      <c r="I52">
+        <v>1.81</v>
+      </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>212</v>
       </c>
       <c r="B53" t="s">
         <v>213</v>
       </c>
       <c r="C53" t="s">
-        <v>42</v>
+        <v>214</v>
       </c>
       <c r="D53">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="E53">
-        <v>1801166</v>
+        <v>16001</v>
       </c>
       <c r="F53">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G53" t="s">
-        <v>214</v>
-[...6 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="H53"/>
+      <c r="I53"/>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B54" t="s">
-        <v>151</v>
+        <v>217</v>
       </c>
       <c r="C54" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="D54">
-        <v>98</v>
+        <v>7</v>
       </c>
       <c r="E54">
-        <v>195404</v>
+        <v>1801166</v>
       </c>
       <c r="F54">
         <v>2018</v>
       </c>
       <c r="G54" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="H54">
-        <v>3.74</v>
+        <v>7.13</v>
       </c>
       <c r="I54">
-        <v>1.5</v>
+        <v>2.71</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B55" t="s">
-        <v>218</v>
+        <v>155</v>
       </c>
       <c r="C55" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>61</v>
+      </c>
+      <c r="D55">
+        <v>98</v>
       </c>
       <c r="E55">
-        <v>12171</v>
+        <v>195404</v>
       </c>
       <c r="F55">
         <v>2018</v>
       </c>
       <c r="G55" t="s">
         <v>220</v>
       </c>
-      <c r="H55"/>
+      <c r="H55">
+        <v>3.74</v>
+      </c>
       <c r="I55">
-        <v>0.24</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
         <v>221</v>
       </c>
       <c r="B56" t="s">
         <v>222</v>
       </c>
       <c r="C56" t="s">
+        <v>90</v>
+      </c>
+      <c r="D56" t="s">
         <v>223</v>
       </c>
-      <c r="D56">
-[...1 lines deleted...]
-      </c>
       <c r="E56">
-        <v>625</v>
+        <v>12171</v>
       </c>
       <c r="F56">
         <v>2018</v>
       </c>
       <c r="G56" t="s">
         <v>224</v>
       </c>
-      <c r="H56">
-[...1 lines deleted...]
-      </c>
+      <c r="H56"/>
       <c r="I56">
-        <v>0.5</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
         <v>225</v>
       </c>
       <c r="B57" t="s">
         <v>226</v>
       </c>
       <c r="C57" t="s">
-        <v>85</v>
+        <v>227</v>
       </c>
       <c r="D57">
-        <v>1092</v>
+        <v>108</v>
       </c>
       <c r="E57">
-        <v>12012</v>
+        <v>625</v>
       </c>
       <c r="F57">
         <v>2018</v>
       </c>
       <c r="G57" t="s">
-        <v>227</v>
-[...1 lines deleted...]
-      <c r="H57"/>
+        <v>228</v>
+      </c>
+      <c r="H57">
+        <v>1.41</v>
+      </c>
       <c r="I57">
-        <v>0.24</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B58" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C58" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="D58">
         <v>1092</v>
       </c>
-      <c r="E58" t="s">
-        <v>230</v>
+      <c r="E58">
+        <v>12012</v>
       </c>
       <c r="F58">
         <v>2018</v>
       </c>
       <c r="G58" t="s">
         <v>231</v>
       </c>
       <c r="H58"/>
       <c r="I58">
         <v>0.24</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>232</v>
       </c>
       <c r="B59" t="s">
         <v>233</v>
       </c>
       <c r="C59" t="s">
+        <v>90</v>
+      </c>
+      <c r="D59">
+        <v>1092</v>
+      </c>
+      <c r="E59" t="s">
         <v>234</v>
-      </c>
-[...2 lines deleted...]
-        <v>43525</v>
       </c>
       <c r="F59">
         <v>2018</v>
       </c>
       <c r="G59" t="s">
         <v>235</v>
       </c>
       <c r="H59"/>
-      <c r="I59"/>
+      <c r="I59">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>236</v>
       </c>
       <c r="B60" t="s">
         <v>237</v>
       </c>
       <c r="C60" t="s">
         <v>238</v>
       </c>
-      <c r="D60">
-[...1 lines deleted...]
-      </c>
+      <c r="D60"/>
       <c r="E60">
-        <v>1073306</v>
+        <v>43525</v>
       </c>
       <c r="F60">
         <v>2018</v>
       </c>
       <c r="G60" t="s">
         <v>239</v>
       </c>
       <c r="H60"/>
-      <c r="I60">
-[...1 lines deleted...]
-      </c>
+      <c r="I60"/>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>240</v>
       </c>
       <c r="B61" t="s">
         <v>241</v>
       </c>
       <c r="C61" t="s">
-        <v>45</v>
+        <v>242</v>
       </c>
       <c r="D61">
-        <v>124</v>
+        <v>10733</v>
       </c>
       <c r="E61">
-        <v>34903</v>
+        <v>1073306</v>
       </c>
       <c r="F61">
         <v>2018</v>
       </c>
       <c r="G61" t="s">
-        <v>242</v>
-[...3 lines deleted...]
-      </c>
+        <v>243</v>
+      </c>
+      <c r="H61"/>
       <c r="I61">
-        <v>0.75</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B62" t="s">
-        <v>206</v>
+        <v>245</v>
       </c>
       <c r="C62" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>244</v>
+        <v>46</v>
+      </c>
+      <c r="D62">
+        <v>124</v>
       </c>
       <c r="E62">
-        <v>1800302</v>
+        <v>34903</v>
       </c>
       <c r="F62">
         <v>2018</v>
       </c>
       <c r="G62" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="H62">
-        <v>7.13</v>
+        <v>2.33</v>
       </c>
       <c r="I62">
-        <v>2.71</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B63" t="s">
-        <v>247</v>
+        <v>210</v>
       </c>
       <c r="C63" t="s">
+        <v>50</v>
+      </c>
+      <c r="D63" t="s">
         <v>248</v>
       </c>
-      <c r="D63"/>
-      <c r="E63"/>
+      <c r="E63">
+        <v>1800302</v>
+      </c>
       <c r="F63">
         <v>2018</v>
       </c>
       <c r="G63" t="s">
         <v>249</v>
       </c>
-      <c r="H63"/>
-      <c r="I63"/>
+      <c r="H63">
+        <v>7.13</v>
+      </c>
+      <c r="I63">
+        <v>2.71</v>
+      </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>250</v>
       </c>
       <c r="B64" t="s">
         <v>251</v>
       </c>
       <c r="C64" t="s">
         <v>252</v>
       </c>
       <c r="D64"/>
       <c r="E64"/>
       <c r="F64">
         <v>2018</v>
       </c>
       <c r="G64" t="s">
         <v>253</v>
       </c>
       <c r="H64"/>
       <c r="I64"/>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
         <v>254</v>
       </c>
       <c r="B65" t="s">
         <v>255</v>
       </c>
       <c r="C65" t="s">
         <v>256</v>
       </c>
       <c r="D65"/>
-      <c r="E65" t="s">
+      <c r="E65"/>
+      <c r="F65">
+        <v>2018</v>
+      </c>
+      <c r="G65" t="s">
         <v>257</v>
-      </c>
-[...4 lines deleted...]
-        <v>258</v>
       </c>
       <c r="H65"/>
       <c r="I65"/>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>258</v>
+      </c>
+      <c r="B66" t="s">
         <v>259</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" t="s">
-        <v>124</v>
-[...5 lines deleted...]
-        <v>30017</v>
+        <v>260</v>
+      </c>
+      <c r="D66"/>
+      <c r="E66" t="s">
+        <v>261</v>
       </c>
       <c r="F66">
         <v>2017</v>
       </c>
       <c r="G66" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="H66"/>
-      <c r="I66">
-[...1 lines deleted...]
-      </c>
+      <c r="I66"/>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="B67" t="s">
-        <v>123</v>
+        <v>226</v>
       </c>
       <c r="C67" t="s">
-        <v>256</v>
-[...2 lines deleted...]
-      <c r="E67"/>
+        <v>128</v>
+      </c>
+      <c r="D67">
+        <v>1874</v>
+      </c>
+      <c r="E67">
+        <v>30017</v>
+      </c>
       <c r="F67">
         <v>2017</v>
       </c>
       <c r="G67" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="H67"/>
-      <c r="I67"/>
+      <c r="I67">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="B68" t="s">
-        <v>264</v>
+        <v>132</v>
       </c>
       <c r="C68" t="s">
-        <v>124</v>
-[...6 lines deleted...]
-      </c>
+        <v>260</v>
+      </c>
+      <c r="D68"/>
+      <c r="E68"/>
       <c r="F68">
         <v>2017</v>
       </c>
       <c r="G68" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="H68"/>
-      <c r="I68">
-[...1 lines deleted...]
-      </c>
+      <c r="I68"/>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B69" t="s">
-        <v>247</v>
+        <v>268</v>
       </c>
       <c r="C69" t="s">
-        <v>267</v>
-[...1 lines deleted...]
-      <c r="D69"/>
+        <v>128</v>
+      </c>
+      <c r="D69">
+        <v>1874</v>
+      </c>
       <c r="E69">
-        <v>43525</v>
+        <v>40034</v>
       </c>
       <c r="F69">
         <v>2017</v>
       </c>
       <c r="G69" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="H69"/>
-      <c r="I69"/>
+      <c r="I69">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B70" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="C70" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="D70">
         <v>1874</v>
       </c>
       <c r="E70">
         <v>30037</v>
       </c>
       <c r="F70">
         <v>2017</v>
       </c>
       <c r="G70" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="H70"/>
       <c r="I70">
         <v>0.17</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B71" t="s">
-        <v>272</v>
+        <v>251</v>
       </c>
       <c r="C71" t="s">
         <v>273</v>
       </c>
       <c r="D71"/>
-      <c r="E71" t="s">
-        <v>274</v>
+      <c r="E71">
+        <v>43525</v>
       </c>
       <c r="F71">
         <v>2017</v>
       </c>
       <c r="G71" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="H71"/>
       <c r="I71"/>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>275</v>
+      </c>
+      <c r="B72" t="s">
+        <v>251</v>
+      </c>
+      <c r="C72" t="s">
         <v>276</v>
       </c>
-      <c r="B72" t="s">
+      <c r="D72"/>
+      <c r="E72" t="s">
         <v>277</v>
-      </c>
-[...7 lines deleted...]
-        <v>35146</v>
       </c>
       <c r="F72">
         <v>2017</v>
       </c>
       <c r="G72" t="s">
         <v>278</v>
       </c>
-      <c r="H72">
-[...4 lines deleted...]
-      </c>
+      <c r="H72"/>
+      <c r="I72"/>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
         <v>279</v>
       </c>
       <c r="B73" t="s">
-        <v>247</v>
+        <v>280</v>
       </c>
       <c r="C73" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="D73"/>
       <c r="E73" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F73">
         <v>2017</v>
       </c>
       <c r="G73" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="H73"/>
       <c r="I73"/>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B74" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C74" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D74">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E74">
-        <v>165426</v>
+        <v>35146</v>
       </c>
       <c r="F74">
         <v>2017</v>
       </c>
       <c r="G74" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="H74">
         <v>3.81</v>
       </c>
       <c r="I74">
         <v>2.34</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B75" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C75" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D75">
         <v>95</v>
       </c>
       <c r="E75">
-        <v>165119</v>
+        <v>165426</v>
       </c>
       <c r="F75">
         <v>2017</v>
       </c>
       <c r="G75" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="H75">
         <v>3.81</v>
       </c>
       <c r="I75">
         <v>2.34</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B76" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C76" t="s">
-        <v>290</v>
+        <v>61</v>
       </c>
       <c r="D76">
-        <v>7</v>
+        <v>95</v>
       </c>
       <c r="E76">
-        <v>731</v>
+        <v>165119</v>
       </c>
       <c r="F76">
         <v>2017</v>
       </c>
       <c r="G76" t="s">
         <v>291</v>
       </c>
       <c r="H76">
-        <v>4.12</v>
+        <v>3.81</v>
       </c>
       <c r="I76">
-        <v>1.53</v>
+        <v>2.34</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
         <v>292</v>
       </c>
       <c r="B77" t="s">
-        <v>247</v>
+        <v>293</v>
       </c>
       <c r="C77" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D77">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E77">
-        <v>21102</v>
+        <v>731</v>
       </c>
       <c r="F77">
         <v>2017</v>
       </c>
       <c r="G77" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="H77">
-        <v>12.89</v>
+        <v>4.12</v>
       </c>
       <c r="I77">
-        <v>4.16</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B78" t="s">
-        <v>296</v>
+        <v>251</v>
       </c>
       <c r="C78" t="s">
         <v>297</v>
       </c>
-      <c r="D78"/>
-      <c r="E78"/>
+      <c r="D78">
+        <v>4</v>
+      </c>
+      <c r="E78">
+        <v>21102</v>
+      </c>
       <c r="F78">
         <v>2017</v>
       </c>
       <c r="G78" t="s">
         <v>298</v>
       </c>
-      <c r="H78"/>
-      <c r="I78"/>
+      <c r="H78">
+        <v>12.89</v>
+      </c>
+      <c r="I78">
+        <v>4.16</v>
+      </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
         <v>299</v>
       </c>
       <c r="B79" t="s">
-        <v>247</v>
+        <v>300</v>
       </c>
       <c r="C79" t="s">
-        <v>34</v>
-[...6 lines deleted...]
-      </c>
+        <v>301</v>
+      </c>
+      <c r="D79"/>
+      <c r="E79"/>
       <c r="F79">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G79" t="s">
-        <v>300</v>
-[...6 lines deleted...]
-      </c>
+        <v>302</v>
+      </c>
+      <c r="H79"/>
+      <c r="I79"/>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="B80" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="C80" t="s">
-        <v>302</v>
-[...3 lines deleted...]
-        <v>303</v>
+        <v>39</v>
+      </c>
+      <c r="D80">
+        <v>109</v>
+      </c>
+      <c r="E80">
+        <v>223902</v>
       </c>
       <c r="F80">
         <v>2016</v>
       </c>
       <c r="G80" t="s">
         <v>304</v>
       </c>
-      <c r="H80"/>
-      <c r="I80"/>
+      <c r="H80">
+        <v>3.41</v>
+      </c>
+      <c r="I80">
+        <v>1.67</v>
+      </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
         <v>305</v>
       </c>
       <c r="B81" t="s">
+        <v>251</v>
+      </c>
+      <c r="C81" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="D81"/>
       <c r="E81" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="F81">
         <v>2016</v>
       </c>
       <c r="G81" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H81"/>
       <c r="I81"/>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
+        <v>309</v>
+      </c>
+      <c r="B82" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="C82" t="s">
         <v>311</v>
       </c>
       <c r="D82"/>
       <c r="E82" t="s">
         <v>312</v>
       </c>
       <c r="F82">
         <v>2016</v>
       </c>
       <c r="G82" t="s">
         <v>313</v>
       </c>
       <c r="H82"/>
       <c r="I82"/>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
         <v>314</v>
       </c>
       <c r="B83" t="s">
-        <v>264</v>
+        <v>300</v>
       </c>
       <c r="C83" t="s">
         <v>315</v>
       </c>
       <c r="D83"/>
       <c r="E83" t="s">
         <v>316</v>
       </c>
       <c r="F83">
         <v>2016</v>
       </c>
       <c r="G83" t="s">
         <v>317</v>
       </c>
       <c r="H83"/>
       <c r="I83"/>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
         <v>318</v>
       </c>
       <c r="B84" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="C84" t="s">
-        <v>34</v>
-[...5 lines deleted...]
-        <v>11901</v>
+        <v>319</v>
+      </c>
+      <c r="D84"/>
+      <c r="E84" t="s">
+        <v>320</v>
       </c>
       <c r="F84">
         <v>2016</v>
       </c>
       <c r="G84" t="s">
-        <v>319</v>
-[...6 lines deleted...]
-      </c>
+        <v>321</v>
+      </c>
+      <c r="H84"/>
+      <c r="I84"/>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="B85" t="s">
-        <v>321</v>
+        <v>268</v>
       </c>
       <c r="C85" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D85">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E85">
-        <v>221903</v>
+        <v>11901</v>
       </c>
       <c r="F85">
         <v>2016</v>
       </c>
       <c r="G85" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="H85">
         <v>3.41</v>
       </c>
       <c r="I85">
         <v>1.67</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B86" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C86" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D86">
         <v>108</v>
       </c>
       <c r="E86">
-        <v>23902</v>
+        <v>221903</v>
       </c>
       <c r="F86">
         <v>2016</v>
       </c>
       <c r="G86" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="H86">
         <v>3.41</v>
       </c>
       <c r="I86">
         <v>1.67</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="B87" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C87" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-      <c r="E87"/>
+        <v>39</v>
+      </c>
+      <c r="D87">
+        <v>108</v>
+      </c>
+      <c r="E87">
+        <v>23902</v>
+      </c>
       <c r="F87">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G87" t="s">
         <v>329</v>
       </c>
-      <c r="H87"/>
-      <c r="I87"/>
+      <c r="H87">
+        <v>3.41</v>
+      </c>
+      <c r="I87">
+        <v>1.67</v>
+      </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>330</v>
       </c>
       <c r="B88" t="s">
         <v>331</v>
       </c>
       <c r="C88" t="s">
         <v>332</v>
       </c>
       <c r="D88"/>
       <c r="E88"/>
       <c r="F88">
         <v>2015</v>
       </c>
       <c r="G88" t="s">
         <v>333</v>
       </c>
       <c r="H88"/>
       <c r="I88"/>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
         <v>334</v>
       </c>
       <c r="B89" t="s">
-        <v>277</v>
+        <v>335</v>
       </c>
       <c r="C89" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D89"/>
       <c r="E89"/>
       <c r="F89">
         <v>2015</v>
       </c>
-      <c r="G89"/>
+      <c r="G89" t="s">
+        <v>337</v>
+      </c>
       <c r="H89"/>
       <c r="I89"/>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="B90" t="s">
-        <v>337</v>
+        <v>284</v>
       </c>
       <c r="C90" t="s">
-        <v>34</v>
-[...6 lines deleted...]
-      </c>
+        <v>339</v>
+      </c>
+      <c r="D90"/>
+      <c r="E90"/>
       <c r="F90">
-        <v>2014</v>
-[...9 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="G90"/>
+      <c r="H90"/>
+      <c r="I90"/>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B91" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C91" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="D91">
-        <v>90</v>
+        <v>105</v>
       </c>
       <c r="E91">
-        <v>115155</v>
+        <v>181116</v>
       </c>
       <c r="F91">
         <v>2014</v>
       </c>
       <c r="G91" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="H91">
-        <v>3.74</v>
+        <v>3.3</v>
       </c>
       <c r="I91">
-        <v>2.81</v>
+        <v>1.86</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B92" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C92" t="s">
-        <v>344</v>
-[...5 lines deleted...]
-        <v>346</v>
+        <v>61</v>
+      </c>
+      <c r="D92">
+        <v>90</v>
+      </c>
+      <c r="E92">
+        <v>115155</v>
       </c>
       <c r="F92">
         <v>2014</v>
       </c>
       <c r="G92" t="s">
-        <v>347</v>
-[...1 lines deleted...]
-      <c r="H92"/>
+        <v>345</v>
+      </c>
+      <c r="H92">
+        <v>3.74</v>
+      </c>
       <c r="I92">
-        <v>0.1</v>
+        <v>2.81</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
+        <v>346</v>
+      </c>
+      <c r="B93" t="s">
+        <v>347</v>
+      </c>
+      <c r="C93" t="s">
         <v>348</v>
       </c>
-      <c r="B93" t="s">
+      <c r="D93" t="s">
         <v>349</v>
       </c>
-      <c r="C93" t="s">
+      <c r="E93" t="s">
         <v>350</v>
-      </c>
-[...4 lines deleted...]
-        <v>351</v>
       </c>
       <c r="F93">
         <v>2014</v>
       </c>
-      <c r="G93"/>
+      <c r="G93" t="s">
+        <v>351</v>
+      </c>
       <c r="H93"/>
-      <c r="I93"/>
+      <c r="I93">
+        <v>0.1</v>
+      </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
         <v>352</v>
       </c>
       <c r="B94" t="s">
         <v>353</v>
       </c>
       <c r="C94" t="s">
-        <v>81</v>
+        <v>354</v>
       </c>
       <c r="D94">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>3226</v>
+        <v>2</v>
+      </c>
+      <c r="E94" t="s">
+        <v>355</v>
       </c>
       <c r="F94">
         <v>2014</v>
       </c>
-      <c r="G94" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G94"/>
+      <c r="H94"/>
+      <c r="I94"/>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B95" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C95" t="s">
-        <v>34</v>
+        <v>86</v>
       </c>
       <c r="D95">
-        <v>104</v>
+        <v>5</v>
       </c>
       <c r="E95">
-        <v>14104</v>
+        <v>3226</v>
       </c>
       <c r="F95">
         <v>2014</v>
       </c>
       <c r="G95" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="H95">
-        <v>3.3</v>
+        <v>11.47</v>
       </c>
       <c r="I95">
-        <v>1.86</v>
+        <v>6.41</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B96" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C96" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D96">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E96">
-        <v>211903</v>
+        <v>14104</v>
       </c>
       <c r="F96">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G96" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="H96">
-        <v>3.52</v>
+        <v>3.3</v>
       </c>
       <c r="I96">
-        <v>2.15</v>
+        <v>1.86</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B97" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C97" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="D97">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>363</v>
+        <v>103</v>
+      </c>
+      <c r="E97">
+        <v>211903</v>
       </c>
       <c r="F97">
         <v>2013</v>
       </c>
       <c r="G97" t="s">
         <v>364</v>
       </c>
       <c r="H97">
-        <v>3.66</v>
-[...1 lines deleted...]
-      <c r="I97"/>
+        <v>3.52</v>
+      </c>
+      <c r="I97">
+        <v>2.15</v>
+      </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
         <v>365</v>
       </c>
       <c r="B98" t="s">
         <v>366</v>
       </c>
       <c r="C98" t="s">
+        <v>61</v>
+      </c>
+      <c r="D98">
+        <v>88</v>
+      </c>
+      <c r="E98" t="s">
         <v>367</v>
-      </c>
-[...2 lines deleted...]
-        <v>368</v>
       </c>
       <c r="F98">
         <v>2013</v>
       </c>
-      <c r="G98"/>
-      <c r="H98"/>
+      <c r="G98" t="s">
+        <v>368</v>
+      </c>
+      <c r="H98">
+        <v>3.66</v>
+      </c>
       <c r="I98"/>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
         <v>369</v>
       </c>
       <c r="B99" t="s">
         <v>370</v>
       </c>
       <c r="C99" t="s">
         <v>371</v>
       </c>
       <c r="D99"/>
       <c r="E99" t="s">
         <v>372</v>
       </c>
       <c r="F99">
         <v>2013</v>
       </c>
-      <c r="G99" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G99"/>
       <c r="H99"/>
       <c r="I99"/>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
+        <v>373</v>
+      </c>
+      <c r="B100" t="s">
         <v>374</v>
       </c>
-      <c r="B100" t="s">
+      <c r="C100" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
       <c r="D100"/>
       <c r="E100" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="F100">
         <v>2013</v>
       </c>
       <c r="G100" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="H100"/>
-      <c r="I100">
-[...1 lines deleted...]
-      </c>
+      <c r="I100"/>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
+        <v>378</v>
+      </c>
+      <c r="B101" t="s">
         <v>379</v>
       </c>
-      <c r="B101" t="s">
+      <c r="C101" t="s">
         <v>380</v>
       </c>
-      <c r="C101" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D101"/>
       <c r="E101" t="s">
         <v>381</v>
       </c>
       <c r="F101">
         <v>2013</v>
       </c>
-      <c r="G101"/>
+      <c r="G101" t="s">
+        <v>382</v>
+      </c>
       <c r="H101"/>
-      <c r="I101"/>
+      <c r="I101">
+        <v>0.22</v>
+      </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B102" t="s">
-        <v>366</v>
+        <v>384</v>
       </c>
       <c r="C102" t="s">
-        <v>34</v>
+        <v>354</v>
       </c>
       <c r="D102">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>231904</v>
+        <v>5</v>
+      </c>
+      <c r="E102" t="s">
+        <v>385</v>
       </c>
       <c r="F102">
-        <v>2012</v>
-[...9 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="G102"/>
+      <c r="H102"/>
+      <c r="I102"/>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="B103" t="s">
-        <v>385</v>
+        <v>370</v>
       </c>
       <c r="C103" t="s">
-        <v>386</v>
-[...3 lines deleted...]
-        <v>387</v>
+        <v>39</v>
+      </c>
+      <c r="D103">
+        <v>101</v>
+      </c>
+      <c r="E103">
+        <v>231904</v>
       </c>
       <c r="F103">
         <v>2012</v>
       </c>
-      <c r="G103"/>
-[...1 lines deleted...]
-      <c r="I103"/>
+      <c r="G103" t="s">
+        <v>387</v>
+      </c>
+      <c r="H103">
+        <v>3.79</v>
+      </c>
+      <c r="I103">
+        <v>2.57</v>
+      </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
         <v>388</v>
       </c>
       <c r="B104" t="s">
         <v>389</v>
       </c>
       <c r="C104" t="s">
         <v>390</v>
       </c>
       <c r="D104"/>
       <c r="E104" t="s">
         <v>391</v>
       </c>
       <c r="F104">
         <v>2012</v>
       </c>
       <c r="G104"/>
       <c r="H104"/>
       <c r="I104"/>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
         <v>392</v>
       </c>
       <c r="B105" t="s">
         <v>393</v>
       </c>
       <c r="C105" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>394</v>
+      </c>
+      <c r="D105"/>
       <c r="E105" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="F105">
         <v>2012</v>
       </c>
-      <c r="G105" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G105"/>
+      <c r="H105"/>
+      <c r="I105"/>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
         <v>396</v>
       </c>
       <c r="B106" t="s">
         <v>397</v>
       </c>
       <c r="C106" t="s">
-        <v>113</v>
+        <v>46</v>
       </c>
       <c r="D106">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="E106" t="s">
         <v>398</v>
       </c>
       <c r="F106">
         <v>2012</v>
       </c>
       <c r="G106" t="s">
         <v>399</v>
       </c>
       <c r="H106">
-        <v>7.94</v>
+        <v>2.21</v>
       </c>
       <c r="I106">
-        <v>6.29</v>
+        <v>1.31</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
         <v>400</v>
       </c>
       <c r="B107" t="s">
         <v>401</v>
       </c>
       <c r="C107" t="s">
-        <v>223</v>
+        <v>117</v>
       </c>
       <c r="D107">
-        <v>95</v>
+        <v>109</v>
       </c>
       <c r="E107" t="s">
         <v>402</v>
       </c>
       <c r="F107">
         <v>2012</v>
       </c>
       <c r="G107" t="s">
         <v>403</v>
       </c>
       <c r="H107">
-        <v>1.52</v>
+        <v>7.94</v>
       </c>
       <c r="I107">
-        <v>1.03</v>
+        <v>6.29</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
         <v>404</v>
       </c>
       <c r="B108" t="s">
         <v>405</v>
       </c>
       <c r="C108" t="s">
+        <v>227</v>
+      </c>
+      <c r="D108">
+        <v>95</v>
+      </c>
+      <c r="E108" t="s">
         <v>406</v>
-      </c>
-[...2 lines deleted...]
-        <v>43497</v>
       </c>
       <c r="F108">
         <v>2012</v>
       </c>
       <c r="G108" t="s">
         <v>407</v>
       </c>
-      <c r="H108"/>
-      <c r="I108"/>
+      <c r="H108">
+        <v>1.52</v>
+      </c>
+      <c r="I108">
+        <v>1.03</v>
+      </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
         <v>408</v>
       </c>
       <c r="B109" t="s">
         <v>409</v>
       </c>
       <c r="C109" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-      <c r="E109" t="s">
         <v>410</v>
+      </c>
+      <c r="D109"/>
+      <c r="E109">
+        <v>43497</v>
       </c>
       <c r="F109">
         <v>2012</v>
       </c>
       <c r="G109" t="s">
         <v>411</v>
       </c>
-      <c r="H109">
-[...4 lines deleted...]
-      </c>
+      <c r="H109"/>
+      <c r="I109"/>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
         <v>412</v>
       </c>
       <c r="B110" t="s">
-        <v>405</v>
+        <v>413</v>
       </c>
       <c r="C110" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D110">
+        <v>100</v>
+      </c>
+      <c r="E110" t="s">
+        <v>414</v>
+      </c>
+      <c r="F110">
+        <v>2012</v>
+      </c>
+      <c r="G110" t="s">
+        <v>415</v>
+      </c>
+      <c r="H110">
+        <v>3.79</v>
+      </c>
+      <c r="I110">
+        <v>2.57</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9">
+      <c r="A111" t="s">
+        <v>416</v>
+      </c>
+      <c r="B111" t="s">
+        <v>409</v>
+      </c>
+      <c r="C111" t="s">
+        <v>39</v>
+      </c>
+      <c r="D111">
         <v>99</v>
       </c>
-      <c r="E110" t="s">
-[...2 lines deleted...]
-      <c r="F110">
+      <c r="E111" t="s">
+        <v>417</v>
+      </c>
+      <c r="F111">
         <v>2011</v>
       </c>
-      <c r="G110" t="s">
-[...2 lines deleted...]
-      <c r="H110">
+      <c r="G111" t="s">
+        <v>418</v>
+      </c>
+      <c r="H111">
         <v>3.84</v>
       </c>
-      <c r="I110">
+      <c r="I111">
         <v>2.81</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>