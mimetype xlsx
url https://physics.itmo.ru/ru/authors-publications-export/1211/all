--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -779,66 +779,66 @@
   <si>
     <t>Resonant Brillouin scattering of excitonic polaritons in multiple-quantum-well structures</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.89.235313</t>
   </si>
   <si>
     <t>Near-field Interference in Optics and RF</t>
   </si>
   <si>
     <t>Polina Kapitanova, Dmitry Filonov, Pavel Voroshilov, Alexander Poddubny, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Conference on Lasers and Electro-Optics (CLEO)</t>
   </si>
   <si>
     <t>FTu2K</t>
   </si>
   <si>
     <t>FTu2K.7</t>
   </si>
   <si>
     <t>10.1364/CLEO_QELS.2014.FTu2K.7</t>
   </si>
   <si>
+    <t>Experimental investigation of magnetic Purcell factor in wire metamaterials</t>
+  </si>
+  <si>
+    <t>Alexey Slobozhanyuk, Pavel Belov, Alexander Poddubny</t>
+  </si>
+  <si>
+    <t>2014 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2014.7036442</t>
+  </si>
+  <si>
     <t>Microscopic model of the self-induced torque in metamaterials</t>
   </si>
   <si>
-    <t>2014 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/DD.2014.7036431</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1109/DD.2014.7036442</t>
   </si>
   <si>
     <t>Magnetic Purcell factor in wire metamaterials</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Alexander Poddubny, Pavel Belov</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/1.4872163</t>
   </si>
   <si>
     <t>Radiative Topological States in Resonant Photonic Crystals</t>
   </si>
   <si>
     <t>Alexander Poshakinskiy, Alexander Poddubny, E. L. Ivchenko</t>
   </si>
   <si>
     <t>10.1103/physrevlett.112.107403</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.112.107403</t>
   </si>
@@ -3539,75 +3539,75 @@
       <c r="C73" t="s">
         <v>251</v>
       </c>
       <c r="D73" t="s">
         <v>252</v>
       </c>
       <c r="E73" t="s">
         <v>253</v>
       </c>
       <c r="F73">
         <v>2014</v>
       </c>
       <c r="G73" t="s">
         <v>254</v>
       </c>
       <c r="H73"/>
       <c r="I73">
         <v>0.1</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
         <v>255</v>
       </c>
       <c r="B74" t="s">
-        <v>245</v>
+        <v>256</v>
       </c>
       <c r="C74" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74">
         <v>2014</v>
       </c>
       <c r="G74" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="H74"/>
       <c r="I74"/>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B75" t="s">
-        <v>259</v>
+        <v>245</v>
       </c>
       <c r="C75" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75">
         <v>2014</v>
       </c>
       <c r="G75" t="s">
         <v>260</v>
       </c>
       <c r="H75"/>
       <c r="I75"/>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
         <v>261</v>
       </c>
       <c r="B76" t="s">
         <v>262</v>
       </c>
       <c r="C76" t="s">
         <v>263</v>
       </c>
       <c r="D76">
         <v>104</v>
       </c>