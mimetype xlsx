--- v1 (2025-10-30)
+++ v2 (2025-11-29)
@@ -677,56 +677,56 @@
   <si>
     <t>Alexander Chebykin, Alexey Orlov, Alexander Shalin, Alexander Poddubny, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.91.205126</t>
   </si>
   <si>
     <t>Polarization properties of optical metasurfaces of different symmetries</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.91.195401</t>
   </si>
   <si>
     <t>Compton-Like Polariton Scattering in Hyperbolic Metamaterials</t>
   </si>
   <si>
     <t>Ivan Iorsh, Alexander Poddubny, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.114.185501</t>
   </si>
   <si>
     <t>Phase spectroscopy of topological invariants in photonic crystals</t>
   </si>
   <si>
+    <t>10.1103/PhysRevA.91.043830</t>
+  </si>
+  <si>
     <t>10.1103/physreva.91.043830</t>
   </si>
   <si>
-    <t>10.1103/PhysRevA.91.043830</t>
-[...1 lines deleted...]
-  <si>
     <t>Subwavelength topological edge states in optically resonant dielectric structures</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Alexander Poddubny, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.114.123901</t>
   </si>
   <si>
     <t>Local field corrections to the spontaneous emission in arrays of Si nanocrystals</t>
   </si>
   <si>
     <t>Journal of Optics</t>
   </si>
   <si>
     <t>10.1088/2040-8978/17/3/035102</t>
   </si>
   <si>
     <t>Weak lasing in one-dimensional polariton superlattices</t>
   </si>
   <si>
     <t>Proceedings of The National Academy of Sciences of The United States of America</t>
   </si>
   <si>
     <t>E1516–E1519</t>
@@ -779,68 +779,68 @@
   <si>
     <t>Resonant Brillouin scattering of excitonic polaritons in multiple-quantum-well structures</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.89.235313</t>
   </si>
   <si>
     <t>Near-field Interference in Optics and RF</t>
   </si>
   <si>
     <t>Polina Kapitanova, Dmitry Filonov, Pavel Voroshilov, Alexander Poddubny, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Conference on Lasers and Electro-Optics (CLEO)</t>
   </si>
   <si>
     <t>FTu2K</t>
   </si>
   <si>
     <t>FTu2K.7</t>
   </si>
   <si>
     <t>10.1364/CLEO_QELS.2014.FTu2K.7</t>
   </si>
   <si>
+    <t>Microscopic model of the self-induced torque in metamaterials</t>
+  </si>
+  <si>
+    <t>2014 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2014.7036431</t>
+  </si>
+  <si>
     <t>Experimental investigation of magnetic Purcell factor in wire metamaterials</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Pavel Belov, Alexander Poddubny</t>
   </si>
   <si>
-    <t>2014 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/DD.2014.7036442</t>
   </si>
   <si>
-    <t>Microscopic model of the self-induced torque in metamaterials</t>
-[...4 lines deleted...]
-  <si>
     <t>Magnetic Purcell factor in wire metamaterials</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Alexander Poddubny, Pavel Belov</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/1.4872163</t>
   </si>
   <si>
     <t>Radiative Topological States in Resonant Photonic Crystals</t>
   </si>
   <si>
     <t>Alexander Poshakinskiy, Alexander Poddubny, E. L. Ivchenko</t>
   </si>
   <si>
     <t>10.1103/physrevlett.112.107403</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.112.107403</t>
   </si>
   <si>
     <t>Splitting of emission-spectrum lines in an anisotropic medium due to self-induced torque</t>
@@ -1109,69 +1109,69 @@
   <si>
     <t>Ivan Iorsh, Alexander Poddubny, Alexey Orlov, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Physics Letters A</t>
   </si>
   <si>
     <t>185-187</t>
   </si>
   <si>
     <t>10.1016/j.physleta.2011.11.001</t>
   </si>
   <si>
     <t>Spontaneous radiation of a finite-size dipole emitter in hyperbolic media</t>
   </si>
   <si>
     <t>10.1103/PhysRevA.84.023807</t>
   </si>
   <si>
     <t>Resonant optical reflection by a periodic system of the quantum well excitons at the second quantum state</t>
   </si>
   <si>
     <t>10.1063/1.3554429</t>
   </si>
   <si>
+    <t>Theory of nonradiative transitions of hot carriers in Si/SiO2 nanocrystals</t>
+  </si>
+  <si>
+    <t>Physica Status Solidi (C) Current Topics in Solid State Physics</t>
+  </si>
+  <si>
+    <t>985-990</t>
+  </si>
+  <si>
+    <t>10.1002/pssc.201000407</t>
+  </si>
+  <si>
     <t>Excitation of erbium ions in SiO2 with Si nanocrystals via virtual Auger process</t>
   </si>
   <si>
-    <t>Physica Status Solidi (C) Current Topics in Solid State Physics</t>
-[...1 lines deleted...]
-  <si>
     <t>1033-1037</t>
   </si>
   <si>
     <t>10.1002/pssc.201000411</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1002/pssc.201000407</t>
   </si>
   <si>
     <t>Optical transitions and energy relaxation of hot carriers in Si nanocrystals</t>
   </si>
   <si>
     <t>10.1063/1.3525375</t>
   </si>
   <si>
     <t>Switching of the photonic band gap in three-dimensional film photonic crystals based on opal-VO2 composites in the 1.3-1.6 mum spectral range</t>
   </si>
   <si>
     <t>1537-1542</t>
   </si>
   <si>
     <t>10.1134/S1063782610120018</t>
   </si>
   <si>
     <t>Nonlinear emission spectra of quantum dots strongly coupled to a photonic mode</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.82.205330</t>
   </si>
   <si>
     <t>Photonic quasicrystalline and aperiodic structures</t>
   </si>
@@ -3230,99 +3230,99 @@
       </c>
       <c r="D62">
         <v>114</v>
       </c>
       <c r="E62">
         <v>185501</v>
       </c>
       <c r="F62">
         <v>2015</v>
       </c>
       <c r="G62" t="s">
         <v>219</v>
       </c>
       <c r="H62">
         <v>7.65</v>
       </c>
       <c r="I62">
         <v>4.66</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>220</v>
       </c>
       <c r="B63" t="s">
-        <v>75</v>
+        <v>53</v>
       </c>
       <c r="C63" t="s">
         <v>11</v>
       </c>
       <c r="D63">
         <v>91</v>
       </c>
-      <c r="E63"/>
+      <c r="E63">
+        <v>43830</v>
+      </c>
       <c r="F63">
         <v>2015</v>
       </c>
       <c r="G63" t="s">
         <v>221</v>
       </c>
       <c r="H63">
         <v>2.77</v>
       </c>
       <c r="I63">
-        <v>1.42</v>
+        <v>2.2</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>220</v>
       </c>
       <c r="B64" t="s">
-        <v>53</v>
+        <v>75</v>
       </c>
       <c r="C64" t="s">
         <v>11</v>
       </c>
       <c r="D64">
         <v>91</v>
       </c>
-      <c r="E64">
-[...1 lines deleted...]
-      </c>
+      <c r="E64"/>
       <c r="F64">
         <v>2015</v>
       </c>
       <c r="G64" t="s">
         <v>222</v>
       </c>
       <c r="H64">
         <v>2.77</v>
       </c>
       <c r="I64">
-        <v>2.2</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
         <v>223</v>
       </c>
       <c r="B65" t="s">
         <v>224</v>
       </c>
       <c r="C65" t="s">
         <v>46</v>
       </c>
       <c r="D65">
         <v>114</v>
       </c>
       <c r="E65">
         <v>123901</v>
       </c>
       <c r="F65">
         <v>2015</v>
       </c>
       <c r="G65" t="s">
         <v>225</v>
       </c>
       <c r="H65">
@@ -3539,75 +3539,75 @@
       <c r="C73" t="s">
         <v>251</v>
       </c>
       <c r="D73" t="s">
         <v>252</v>
       </c>
       <c r="E73" t="s">
         <v>253</v>
       </c>
       <c r="F73">
         <v>2014</v>
       </c>
       <c r="G73" t="s">
         <v>254</v>
       </c>
       <c r="H73"/>
       <c r="I73">
         <v>0.1</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
         <v>255</v>
       </c>
       <c r="B74" t="s">
+        <v>245</v>
+      </c>
+      <c r="C74" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74">
         <v>2014</v>
       </c>
       <c r="G74" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="H74"/>
       <c r="I74"/>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>258</v>
+      </c>
+      <c r="B75" t="s">
         <v>259</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75">
         <v>2014</v>
       </c>
       <c r="G75" t="s">
         <v>260</v>
       </c>
       <c r="H75"/>
       <c r="I75"/>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
         <v>261</v>
       </c>
       <c r="B76" t="s">
         <v>262</v>
       </c>
       <c r="C76" t="s">
         <v>263</v>
       </c>
       <c r="D76">
         <v>104</v>
       </c>