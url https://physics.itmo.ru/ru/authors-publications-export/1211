--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -425,65 +425,65 @@
   <si>
     <t>10.1103/PhysRevA.95.033831</t>
   </si>
   <si>
     <t>Resonant optical properties of AlGaAs/GaAs multiple-quantum-well based Bragg structure at the second quantum state</t>
   </si>
   <si>
     <t>Journal of Applied Physics</t>
   </si>
   <si>
     <t>10.1063/1.4978252</t>
   </si>
   <si>
     <t>Edge states and topological phase transitions in chains of dielectric nanoparticles</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Alexander Poddubny, Yuri Kivshar</t>
   </si>
   <si>
     <t>Small</t>
   </si>
   <si>
     <t>10.1002/smll.201603190</t>
   </si>
   <si>
+    <t>Multiple Quantum Wells forPT-Symmetric Phononic Crystals</t>
+  </si>
+  <si>
+    <t>10.1103/physrevlett.117.224302</t>
+  </si>
+  <si>
     <t>Multiple Quantum Wells for PT-Symmetric Phononic Crystals</t>
   </si>
   <si>
     <t>Poshakinskiy, A. V., Alexander Poddubny</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.117.224302</t>
   </si>
   <si>
-    <t>Multiple Quantum Wells forPT-Symmetric Phononic Crystals</t>
-[...4 lines deleted...]
-  <si>
     <t>Metasurfaces provide a new way for building magnetic resonance imaging scanners</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Yuri Kivshar, Alexander Poddubny, Pavel Belov</t>
   </si>
   <si>
     <t>2016 IEEE International Symposium on Antennas and Propagation (APSURSI)</t>
   </si>
   <si>
     <t>375-376</t>
   </si>
   <si>
     <t>10.1109/APS.2016.7695896</t>
   </si>
   <si>
     <t>Generation of Photon-Plasmon Quantum States in Nonlinear Hyperbolic Metamaterials</t>
   </si>
   <si>
     <t>Alexander Poddubny, Ivan Iorsh, Andrey Sukhorukov</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.117.123901</t>
   </si>
   <si>
     <t>Tuning Optical Properties of Ge Nanocrystals by Si Shell</t>
@@ -677,54 +677,54 @@
   <si>
     <t>Alexander Chebykin, Alexey Orlov, Alexander Shalin, Alexander Poddubny, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.91.205126</t>
   </si>
   <si>
     <t>Polarization properties of optical metasurfaces of different symmetries</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.91.195401</t>
   </si>
   <si>
     <t>Compton-Like Polariton Scattering in Hyperbolic Metamaterials</t>
   </si>
   <si>
     <t>Ivan Iorsh, Alexander Poddubny, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.114.185501</t>
   </si>
   <si>
     <t>Phase spectroscopy of topological invariants in photonic crystals</t>
   </si>
   <si>
+    <t>10.1103/PhysRevA.91.043830</t>
+  </si>
+  <si>
     <t>10.1103/physreva.91.043830</t>
-  </si>
-[...1 lines deleted...]
-    <t>10.1103/PhysRevA.91.043830</t>
   </si>
   <si>
     <t>Subwavelength topological edge states in optically resonant dielectric structures</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Alexander Poddubny, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.114.123901</t>
   </si>
   <si>
     <t>Local field corrections to the spontaneous emission in arrays of Si nanocrystals</t>
   </si>
   <si>
     <t>Journal of Optics</t>
   </si>
   <si>
     <t>10.1088/2040-8978/17/3/035102</t>
   </si>
   <si>
     <t>Weak lasing in one-dimensional polariton superlattices</t>
   </si>
   <si>
     <t>Proceedings of The National Academy of Sciences of The United States of America</t>
   </si>
@@ -2578,88 +2578,88 @@
       </c>
       <c r="D38">
         <v>13</v>
       </c>
       <c r="E38">
         <v>1603190</v>
       </c>
       <c r="F38">
         <v>2017</v>
       </c>
       <c r="G38" t="s">
         <v>136</v>
       </c>
       <c r="H38">
         <v>9.6</v>
       </c>
       <c r="I38">
         <v>3.83</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>137</v>
       </c>
       <c r="B39" t="s">
-        <v>138</v>
+        <v>75</v>
       </c>
       <c r="C39" t="s">
         <v>46</v>
       </c>
       <c r="D39">
         <v>117</v>
       </c>
-      <c r="E39">
-[...1 lines deleted...]
-      </c>
+      <c r="E39"/>
       <c r="F39">
         <v>2016</v>
       </c>
       <c r="G39" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="H39">
         <v>8.46</v>
       </c>
       <c r="I39">
         <v>4.2</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>139</v>
+      </c>
+      <c r="B40" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="C40" t="s">
         <v>46</v>
       </c>
       <c r="D40">
         <v>117</v>
       </c>
-      <c r="E40"/>
+      <c r="E40">
+        <v>224302</v>
+      </c>
       <c r="F40">
         <v>2016</v>
       </c>
       <c r="G40" t="s">
         <v>141</v>
       </c>
       <c r="H40">
         <v>8.46</v>
       </c>
       <c r="I40">
         <v>4.2</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>142</v>
       </c>
       <c r="B41" t="s">
         <v>143</v>
       </c>
       <c r="C41" t="s">
         <v>144</v>
       </c>
       <c r="D41"/>
       <c r="E41" t="s">
@@ -3230,99 +3230,99 @@
       </c>
       <c r="D62">
         <v>114</v>
       </c>
       <c r="E62">
         <v>185501</v>
       </c>
       <c r="F62">
         <v>2015</v>
       </c>
       <c r="G62" t="s">
         <v>219</v>
       </c>
       <c r="H62">
         <v>7.65</v>
       </c>
       <c r="I62">
         <v>4.66</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>220</v>
       </c>
       <c r="B63" t="s">
-        <v>75</v>
+        <v>53</v>
       </c>
       <c r="C63" t="s">
         <v>11</v>
       </c>
       <c r="D63">
         <v>91</v>
       </c>
-      <c r="E63"/>
+      <c r="E63">
+        <v>43830</v>
+      </c>
       <c r="F63">
         <v>2015</v>
       </c>
       <c r="G63" t="s">
         <v>221</v>
       </c>
       <c r="H63">
         <v>2.77</v>
       </c>
       <c r="I63">
-        <v>1.42</v>
+        <v>2.2</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>220</v>
       </c>
       <c r="B64" t="s">
-        <v>53</v>
+        <v>75</v>
       </c>
       <c r="C64" t="s">
         <v>11</v>
       </c>
       <c r="D64">
         <v>91</v>
       </c>
-      <c r="E64">
-[...1 lines deleted...]
-      </c>
+      <c r="E64"/>
       <c r="F64">
         <v>2015</v>
       </c>
       <c r="G64" t="s">
         <v>222</v>
       </c>
       <c r="H64">
         <v>2.77</v>
       </c>
       <c r="I64">
-        <v>2.2</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
         <v>223</v>
       </c>
       <c r="B65" t="s">
         <v>224</v>
       </c>
       <c r="C65" t="s">
         <v>46</v>
       </c>
       <c r="D65">
         <v>114</v>
       </c>
       <c r="E65">
         <v>123901</v>
       </c>
       <c r="F65">
         <v>2015</v>
       </c>
       <c r="G65" t="s">
         <v>225</v>
       </c>
       <c r="H65">