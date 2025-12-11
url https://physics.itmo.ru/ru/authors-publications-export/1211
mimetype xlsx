--- v1 (2025-10-30)
+++ v2 (2025-12-11)
@@ -1109,69 +1109,69 @@
   <si>
     <t>Ivan Iorsh, Alexander Poddubny, Alexey Orlov, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Physics Letters A</t>
   </si>
   <si>
     <t>185-187</t>
   </si>
   <si>
     <t>10.1016/j.physleta.2011.11.001</t>
   </si>
   <si>
     <t>Spontaneous radiation of a finite-size dipole emitter in hyperbolic media</t>
   </si>
   <si>
     <t>10.1103/PhysRevA.84.023807</t>
   </si>
   <si>
     <t>Resonant optical reflection by a periodic system of the quantum well excitons at the second quantum state</t>
   </si>
   <si>
     <t>10.1063/1.3554429</t>
   </si>
   <si>
+    <t>Excitation of erbium ions in SiO2 with Si nanocrystals via virtual Auger process</t>
+  </si>
+  <si>
+    <t>Physica Status Solidi (C) Current Topics in Solid State Physics</t>
+  </si>
+  <si>
+    <t>1033-1037</t>
+  </si>
+  <si>
+    <t>10.1002/pssc.201000411</t>
+  </si>
+  <si>
     <t>Theory of nonradiative transitions of hot carriers in Si/SiO2 nanocrystals</t>
   </si>
   <si>
-    <t>Physica Status Solidi (C) Current Topics in Solid State Physics</t>
-[...1 lines deleted...]
-  <si>
     <t>985-990</t>
   </si>
   <si>
     <t>10.1002/pssc.201000407</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1002/pssc.201000411</t>
   </si>
   <si>
     <t>Optical transitions and energy relaxation of hot carriers in Si nanocrystals</t>
   </si>
   <si>
     <t>10.1063/1.3525375</t>
   </si>
   <si>
     <t>Switching of the photonic band gap in three-dimensional film photonic crystals based on opal-VO2 composites in the 1.3-1.6 mum spectral range</t>
   </si>
   <si>
     <t>1537-1542</t>
   </si>
   <si>
     <t>10.1134/S1063782610120018</t>
   </si>
   <si>
     <t>Nonlinear emission spectra of quantum dots strongly coupled to a photonic mode</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.82.205330</t>
   </si>
   <si>
     <t>Photonic quasicrystalline and aperiodic structures</t>
   </si>