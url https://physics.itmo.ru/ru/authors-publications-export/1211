--- v2 (2025-12-11)
+++ v3 (2026-03-10)
@@ -425,65 +425,65 @@
   <si>
     <t>10.1103/PhysRevA.95.033831</t>
   </si>
   <si>
     <t>Resonant optical properties of AlGaAs/GaAs multiple-quantum-well based Bragg structure at the second quantum state</t>
   </si>
   <si>
     <t>Journal of Applied Physics</t>
   </si>
   <si>
     <t>10.1063/1.4978252</t>
   </si>
   <si>
     <t>Edge states and topological phase transitions in chains of dielectric nanoparticles</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Alexander Poddubny, Yuri Kivshar</t>
   </si>
   <si>
     <t>Small</t>
   </si>
   <si>
     <t>10.1002/smll.201603190</t>
   </si>
   <si>
+    <t>Multiple Quantum Wells for PT-Symmetric Phononic Crystals</t>
+  </si>
+  <si>
+    <t>Poshakinskiy, A. V., Alexander Poddubny</t>
+  </si>
+  <si>
+    <t>10.1103/PhysRevLett.117.224302</t>
+  </si>
+  <si>
     <t>Multiple Quantum Wells forPT-Symmetric Phononic Crystals</t>
   </si>
   <si>
     <t>10.1103/physrevlett.117.224302</t>
   </si>
   <si>
-    <t>Multiple Quantum Wells for PT-Symmetric Phononic Crystals</t>
-[...7 lines deleted...]
-  <si>
     <t>Metasurfaces provide a new way for building magnetic resonance imaging scanners</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Yuri Kivshar, Alexander Poddubny, Pavel Belov</t>
   </si>
   <si>
     <t>2016 IEEE International Symposium on Antennas and Propagation (APSURSI)</t>
   </si>
   <si>
     <t>375-376</t>
   </si>
   <si>
     <t>10.1109/APS.2016.7695896</t>
   </si>
   <si>
     <t>Generation of Photon-Plasmon Quantum States in Nonlinear Hyperbolic Metamaterials</t>
   </si>
   <si>
     <t>Alexander Poddubny, Ivan Iorsh, Andrey Sukhorukov</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.117.123901</t>
   </si>
   <si>
     <t>Tuning Optical Properties of Ge Nanocrystals by Si Shell</t>
@@ -1109,69 +1109,69 @@
   <si>
     <t>Ivan Iorsh, Alexander Poddubny, Alexey Orlov, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Physics Letters A</t>
   </si>
   <si>
     <t>185-187</t>
   </si>
   <si>
     <t>10.1016/j.physleta.2011.11.001</t>
   </si>
   <si>
     <t>Spontaneous radiation of a finite-size dipole emitter in hyperbolic media</t>
   </si>
   <si>
     <t>10.1103/PhysRevA.84.023807</t>
   </si>
   <si>
     <t>Resonant optical reflection by a periodic system of the quantum well excitons at the second quantum state</t>
   </si>
   <si>
     <t>10.1063/1.3554429</t>
   </si>
   <si>
+    <t>Theory of nonradiative transitions of hot carriers in Si/SiO2 nanocrystals</t>
+  </si>
+  <si>
+    <t>Physica Status Solidi (C) Current Topics in Solid State Physics</t>
+  </si>
+  <si>
+    <t>985-990</t>
+  </si>
+  <si>
+    <t>10.1002/pssc.201000407</t>
+  </si>
+  <si>
     <t>Excitation of erbium ions in SiO2 with Si nanocrystals via virtual Auger process</t>
   </si>
   <si>
-    <t>Physica Status Solidi (C) Current Topics in Solid State Physics</t>
-[...1 lines deleted...]
-  <si>
     <t>1033-1037</t>
   </si>
   <si>
     <t>10.1002/pssc.201000411</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1002/pssc.201000407</t>
   </si>
   <si>
     <t>Optical transitions and energy relaxation of hot carriers in Si nanocrystals</t>
   </si>
   <si>
     <t>10.1063/1.3525375</t>
   </si>
   <si>
     <t>Switching of the photonic band gap in three-dimensional film photonic crystals based on opal-VO2 composites in the 1.3-1.6 mum spectral range</t>
   </si>
   <si>
     <t>1537-1542</t>
   </si>
   <si>
     <t>10.1134/S1063782610120018</t>
   </si>
   <si>
     <t>Nonlinear emission spectra of quantum dots strongly coupled to a photonic mode</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.82.205330</t>
   </si>
   <si>
     <t>Photonic quasicrystalline and aperiodic structures</t>
   </si>
@@ -2578,88 +2578,88 @@
       </c>
       <c r="D38">
         <v>13</v>
       </c>
       <c r="E38">
         <v>1603190</v>
       </c>
       <c r="F38">
         <v>2017</v>
       </c>
       <c r="G38" t="s">
         <v>136</v>
       </c>
       <c r="H38">
         <v>9.6</v>
       </c>
       <c r="I38">
         <v>3.83</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>137</v>
       </c>
       <c r="B39" t="s">
-        <v>75</v>
+        <v>138</v>
       </c>
       <c r="C39" t="s">
         <v>46</v>
       </c>
       <c r="D39">
         <v>117</v>
       </c>
-      <c r="E39"/>
+      <c r="E39">
+        <v>224302</v>
+      </c>
       <c r="F39">
         <v>2016</v>
       </c>
       <c r="G39" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="H39">
         <v>8.46</v>
       </c>
       <c r="I39">
         <v>4.2</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B40" t="s">
-        <v>140</v>
+        <v>75</v>
       </c>
       <c r="C40" t="s">
         <v>46</v>
       </c>
       <c r="D40">
         <v>117</v>
       </c>
-      <c r="E40">
-[...1 lines deleted...]
-      </c>
+      <c r="E40"/>
       <c r="F40">
         <v>2016</v>
       </c>
       <c r="G40" t="s">
         <v>141</v>
       </c>
       <c r="H40">
         <v>8.46</v>
       </c>
       <c r="I40">
         <v>4.2</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>142</v>
       </c>
       <c r="B41" t="s">
         <v>143</v>
       </c>
       <c r="C41" t="s">
         <v>144</v>
       </c>
       <c r="D41"/>
       <c r="E41" t="s">