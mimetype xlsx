--- v0 (2025-11-18)
+++ v1 (2025-12-11)
@@ -239,89 +239,89 @@
   <si>
     <t>Self-aligning roly-poly RFID tag</t>
   </si>
   <si>
     <t>Ildar Yusupov, Alexey Slobozhanyuk, Dmitry Filonov</t>
   </si>
   <si>
     <t>Scientific Reports</t>
   </si>
   <si>
     <t>10.1038/s41598-022-06061-6</t>
   </si>
   <si>
     <t>Control of the near magnetic field pattern uniformity inside metamaterial-inspired volumetric resonators</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Viktor Puchnin, Alexey Slobozhanyuk, Alena Shchelokova</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2021.100989</t>
   </si>
   <si>
+    <t>Superscattering for non-spherical objects</t>
+  </si>
+  <si>
+    <t>Sergei Krasikov, Mikhail Odit, Ildar Yusupov, Diana Shakirova, Alexey Shcherbakov, Alexey Slobozhanyuk, Dmitry Filonov, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012073</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012073</t>
+  </si>
+  <si>
+    <t>Generalized Kerker effect in dielectric antennas for enhanced backscattering modulation</t>
+  </si>
+  <si>
+    <t>Diana Shakirova, Sergei Krasikov, Ildar Yusupov, Alexey Slobozhanyuk, Konstantin Ladutenko, Dmitry Filonov, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>012136</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012136</t>
+  </si>
+  <si>
     <t>Circularly polarized RF coil for energy harvesting in clinical MRI</t>
   </si>
   <si>
     <t>Pavel Seregin, Oleg Burmistrov, Georgiy Solomakha, E.I. Kretov, Nikita Olekhno, Alexey Slobozhanyuk</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012134</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012134</t>
   </si>
   <si>
-    <t>Superscattering for non-spherical objects</t>
-[...22 lines deleted...]
-  <si>
     <t>Anapole-enabled RFID security against far-field attacks</t>
   </si>
   <si>
     <t>Diana Shakirova, Sergei Krasikov, Ildar Yusupov, Alexey Slobozhanyuk, Andrey Bogdanov, Dmitry Filonov</t>
   </si>
   <si>
     <t>Nanophotonics</t>
   </si>
   <si>
     <t>10.1515/nanoph-2021-0394</t>
   </si>
   <si>
     <t>Chipless wireless temperature sensor based on quasi-BIC resonance</t>
   </si>
   <si>
     <t>10.1063/5.0064480</t>
   </si>
   <si>
     <t>Hardware RFID security for preventing far-field attacks</t>
   </si>
   <si>
     <t>Dmitry Filonov, Alexey Slobozhanyuk</t>
   </si>
   <si>
     <t>10.1109/tap.2021.3118846</t>
@@ -353,110 +353,110 @@
   <si>
     <t>Alexey Slobozhanyuk, Alena Shchelokova, Alexander V. Kozachenko, Irina Melchakova, Alexander J.E. Raaijmakers, Cornelis A.T. van den Berg, Pavel Belov, Andrew G. Webb</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.16.l021002</t>
   </si>
   <si>
     <t>High-Permittivity Ceramic Tags Miniaturization for Long-Range RFID Applications</t>
   </si>
   <si>
     <t>Ildar Yusupov, Sergei Krasikov, Diana Shakirova, Andrey Bogdanov, Alexey Slobozhanyuk, Dmitry Filonov</t>
   </si>
   <si>
     <t>2021 15th European Conference on Antennas and Propagation (EuCAP)</t>
   </si>
   <si>
     <t>10.23919/eucap51087.2021.9411439</t>
   </si>
   <si>
     <t>Multipolar Engineering of Subwavelength Dielectric Particles for Scattering Enhancement</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.15.024052</t>
   </si>
   <si>
+    <t>Coupled ceramic resonators for clinical MRI applications</t>
+  </si>
+  <si>
+    <t>Alena Shchelokova, Anna Andreychenko, Alexey Slobozhanyuk</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020049</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031920</t>
+  </si>
+  <si>
+    <t>Demonstration of higher-order topological States in photonic kagome lattice with next-nearest-neighbour coupling</t>
+  </si>
+  <si>
+    <t>Dmitry Zhirihin, M. Li, Maxim Gorlach, Dmitry Filonov, Alexey Slobozhanyuk, A. Alu</t>
+  </si>
+  <si>
+    <t>020139</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032066</t>
+  </si>
+  <si>
     <t>Noise reduction using structures based on coupled Helmholtz resonators</t>
   </si>
   <si>
     <t>Mariia Krasikova, Yuri Baloshin, Alexey Slobozhanyuk, Anton Melnikov, David Powell, Mihail Petrov, Andrey Bogdanov</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020069</t>
   </si>
   <si>
     <t>10.1063/5.0032103</t>
   </si>
   <si>
     <t>Compact ceramic resonators for RFID applications</t>
   </si>
   <si>
     <t>020023</t>
   </si>
   <si>
     <t>10.1063/5.0031922</t>
   </si>
   <si>
     <t>Artificial dielectric for 7T MRI</t>
   </si>
   <si>
     <t>Alena Shchelokova, I. Zivkovic, Alexey Slobozhanyuk, J. P. del Risco, A. Webb, Stanislav Glybovski</t>
   </si>
   <si>
     <t>020132</t>
   </si>
   <si>
     <t>10.1063/5.0032015</t>
   </si>
   <si>
-    <t>Coupled ceramic resonators for clinical MRI applications</t>
-[...22 lines deleted...]
-  <si>
     <t>Long-range miniaturized ceramic RFID tags</t>
   </si>
   <si>
     <t>10.1109/tap.2020.3037663</t>
   </si>
   <si>
     <t>Multipole engineering for enhanced backscattering modulation</t>
   </si>
   <si>
     <t>Physical Review B</t>
   </si>
   <si>
     <t>10.1103/physrevb.102.195129</t>
   </si>
   <si>
     <t>An artificial dielectric slab for ultra high-field MRI: Proof of concept</t>
   </si>
   <si>
     <t>Alena Shchelokova, Alexey Slobozhanyuk, Juan D. Baena, Juan P. del Risco, Stanislav Glybovski</t>
   </si>
   <si>
     <t>Journal of Magnetic Resonance</t>
   </si>
   <si>
     <t>10.1016/j.jmr.2020.106835</t>
@@ -479,71 +479,71 @@
   <si>
     <t>10.1038/s41467-020-17598-3</t>
   </si>
   <si>
     <t>Surface coil based on a dielectric resonator tuned to the higher-order modes</t>
   </si>
   <si>
     <t>Alena Shchelokova, Alexey Slobozhanyuk, Anna Andreychenko</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2020.100803</t>
   </si>
   <si>
     <t>Engineering coupling in electromagnetic topological models via staggered bianisotropy</t>
   </si>
   <si>
     <t>Maxim Gorlach, Dmitry Zhirihin, Daniil Bobylev, S V Li, D Y Sokolov, Alexey Slobozhanyuk</t>
   </si>
   <si>
     <t>012053</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012053</t>
   </si>
   <si>
+    <t>Observation of photonic Jackiw-Rebbi states in chains of all-dielectric bianisotropic particles</t>
+  </si>
+  <si>
+    <t>Dmitry Zhirihin, Alexey Slobozhanyuk, Maxim Gorlach</t>
+  </si>
+  <si>
+    <t>2019 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
+  </si>
+  <si>
+    <t>10.1109/comcas44984.2019.8958327</t>
+  </si>
+  <si>
     <t>Optically switchable scanning antenna</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Dmitry Filonov</t>
   </si>
   <si>
-    <t>2019 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/comcas44984.2019.8958040</t>
   </si>
   <si>
-    <t>Observation of photonic Jackiw-Rebbi states in chains of all-dielectric bianisotropic particles</t>
-[...7 lines deleted...]
-  <si>
     <t>Higher-order topological states in photonic kagome crystals with long-range interactions</t>
   </si>
   <si>
     <t>Mengyao Li, Dmitry Zhirihin, Maxim Gorlach, Dmitry Filonov, Alexey Slobozhanyuk</t>
   </si>
   <si>
     <t>Nature Photonics</t>
   </si>
   <si>
     <t>89–94</t>
   </si>
   <si>
     <t>10.1038/s41566-019-0561-9</t>
   </si>
   <si>
     <t>Experimental observation of high-order topological corner states in 2D photonic Kagome lattice</t>
   </si>
   <si>
     <t>Dmitry Zhirihin, M. Li, Dmitry Filonov, Alexey Slobozhanyuk</t>
   </si>
   <si>
     <t>2019 Thirteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2019.8900937</t>
@@ -806,152 +806,152 @@
   <si>
     <t>Maxim Gorlach, Alexey Slobozhanyuk</t>
   </si>
   <si>
     <t>Nanosystems: Physics, Chemistry, Mathematics</t>
   </si>
   <si>
     <t>695-700</t>
   </si>
   <si>
     <t>10.17586/2220-8054-2017-8-6-695-700</t>
   </si>
   <si>
     <t>Adjustable subwavelength metasurface-inspired resonator for magnetic resonance imaging</t>
   </si>
   <si>
     <t>Ekaterina Brui, Alena Shchelokova, Mikhail Zubkov, Irina Melchakova, Stanislav Glybovski, Alexey Slobozhanyuk</t>
   </si>
   <si>
     <t>Physica Status Solidi (A) Applications and Materials</t>
   </si>
   <si>
     <t>10.1002/pssa.201700788</t>
   </si>
   <si>
+    <t>Nonlinear symmetry breaking in photometamaterials</t>
+  </si>
+  <si>
+    <t>Maxim Gorlach, Alexey Slobozhanyuk, Pavel Belov, Mikhail Lapine</t>
+  </si>
+  <si>
+    <t>10.1103/PhysRevB.97.115119</t>
+  </si>
+  <si>
     <t>In vivo magnetic resonance imaging of human knee with metasurface</t>
   </si>
   <si>
     <t>Alena Shchelokova, Alexey Slobozhanyuk, Pavel Belov</t>
   </si>
   <si>
     <t>2018 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
   </si>
   <si>
     <t>10.1109/PIERS.2017.8262393</t>
   </si>
   <si>
     <t>Nonlinear light generation in topological nanostructures</t>
   </si>
   <si>
     <t>Alexander Poddubny, Alexey Slobozhanyuk, Yuri Kivshar</t>
   </si>
   <si>
     <t>Nature Nanotechnology</t>
   </si>
   <si>
     <t>10.1038/s41565-018-0324-7</t>
   </si>
   <si>
-    <t>Nonlinear symmetry breaking in photometamaterials</t>
-[...7 lines deleted...]
-  <si>
     <t>Impact of wire metasurface eigenmode on the sensitivity enhancement of MRI system</t>
   </si>
   <si>
     <t>10.1063/1.5013319</t>
   </si>
   <si>
     <t>Locally enhanced image quality with tunable hybrid metasurfaces</t>
   </si>
   <si>
     <t>Alena Shchelokova, Alexey Slobozhanyuk, Irina Melchakova, Stanislav Glybovski, Yuri Kivshar, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/PhysRevApplied.9.014020</t>
   </si>
   <si>
+    <t>Tunable hybrid metasurfaces for MRI applications</t>
+  </si>
+  <si>
+    <t>doi: 10.1063/1.4998062</t>
+  </si>
+  <si>
+    <t>Tunable hybrid metasurfaces for image quality enhancement</t>
+  </si>
+  <si>
+    <t>Alexey Slobozhanyuk, Yuri Kivshar, Alena Shchelokova, Irina Melchakova, Stanislav Glybovski, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2017 IEEE Int. Symposium on Antennas and Propagation &amp; USNC/URSI National Radio Science Meeting</t>
+  </si>
+  <si>
+    <t>doi: 10.1109/APUSNCURSINRSM.2017.8072791</t>
+  </si>
+  <si>
     <t>Photonic topological edge states in metallic and all-dielectric structures</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Yuri Kivshar, Alexander Poddubny</t>
   </si>
   <si>
-    <t>2017 IEEE Int. Symposium on Antennas and Propagation &amp; USNC/URSI National Radio Science Meeting</t>
-[...1 lines deleted...]
-  <si>
     <t>doi: 10.1109/APUSNCURSINRSM.2017.8072070</t>
   </si>
   <si>
     <t>Topological Photonics Goes Three-Dimensional</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Yuri Kivshar</t>
   </si>
   <si>
     <t>Optics and Photonics News</t>
   </si>
   <si>
     <t>Experimental investigation of a metasurface resonator for in-vivo imaging at 1.5 T</t>
   </si>
   <si>
     <t>78-81</t>
   </si>
   <si>
     <t>10.1016/j.jmr.2017.11.013</t>
   </si>
   <si>
     <t>Enhancement of magnetic resonance imaging with metasurfaces: From concept to human trials</t>
   </si>
   <si>
     <t>2017 11th Int. Congress on Engineered Materials Platforms for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>doi: 10.1109/MetaMaterials.2017.8107800</t>
   </si>
   <si>
-    <t>Tunable hybrid metasurfaces for MRI applications</t>
-[...13 lines deleted...]
-  <si>
     <t>Broadband and Thin Linear-to-Circular Polarizers Based on Self-Complementary Zigzag Metasurfaces</t>
   </si>
   <si>
     <t>Stanislav Glybovski, Alexey Slobozhanyuk, Pavel Belov</t>
   </si>
   <si>
     <t>4124-4133</t>
   </si>
   <si>
     <t>10.1109/TAP.2017.2717964</t>
   </si>
   <si>
     <t>Controlling scattering of light through topological transitions in all-dielectric metasurfaces</t>
   </si>
   <si>
     <t>Maxim Gorlach, Daria A. Smirnova, Alexey Slobozhanyuk, Dmitry Zhirihin, Pavel Belov, Andrea Alù, Alexander B. Khanikaev</t>
   </si>
   <si>
     <t>arXiv</t>
   </si>
   <si>
     <t>1-17</t>
   </si>
   <si>
     <t>10.48550/arXiv.1705.04236</t>
@@ -1346,117 +1346,117 @@
   <si>
     <t>10.1063/1.4861388</t>
   </si>
   <si>
     <t>Broadband isotropic μ-near-zero metamaterials</t>
   </si>
   <si>
     <t>Pavel Belov, Alexey Slobozhanyuk, Dmitry Filonov, Ilya Yagupov, Polina Kapitanova, Mikhail Lapine, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1063/1.4832056</t>
   </si>
   <si>
     <t>Fano resonances in antennas: General control over radiation patterns</t>
   </si>
   <si>
     <t>Mikhail Rybin, Polina Kapitanova, Dmitry Filonov, Alexey Slobozhanyuk, Pavel Belov, Yuri Kivshar, Mikhail Limonov</t>
   </si>
   <si>
     <t>205106 (1-8)</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.88.205106</t>
   </si>
   <si>
+    <t>Superdirective nanoantennas: Theory and experiment</t>
+  </si>
+  <si>
+    <t>21st International Conference on Applied Electromagnetics and Communications (ICECom)</t>
+  </si>
+  <si>
+    <t>10.1109/ICECom.2013.6684721</t>
+  </si>
+  <si>
     <t>Enhancement of evanescent waves inside a wire metamaterial endoscope</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Irina Melchakova, Alexandr Kozachenko, Pavel Belov</t>
   </si>
   <si>
-    <t>21st International Conference on Applied Electromagnetics and Communications (ICECom)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/ICECom.2013.6684722</t>
   </si>
   <si>
-    <t>Superdirective nanoantennas: Theory and experiment</t>
-[...4 lines deleted...]
-  <si>
     <t>Microwave metamaterials with competing light-controllable nonlinear response</t>
   </si>
   <si>
     <t>Polina Kapitanova, Alexey Slobozhanyuk, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>2013 European Microwave Conference</t>
   </si>
   <si>
     <t>533-536</t>
   </si>
   <si>
+    <t>Wire metamaterial: Enhancement of evanescent waves and application for improvement of magnetic resonance imaging</t>
+  </si>
+  <si>
+    <t>2013 7th International Congress on Advanced Electromagnetic Materials in Microwaves and Optics</t>
+  </si>
+  <si>
+    <t>526-528</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials.2013.6809108</t>
+  </si>
+  <si>
     <t>Light coupling in microwave metamaterials</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Polina Kapitanova, Dmitry Filonov, Pavel Belov, Mikhail Lapine, Yuri Kivshar</t>
   </si>
   <si>
-    <t>2013 7th International Congress on Advanced Electromagnetic Materials in Microwaves and Optics</t>
-[...1 lines deleted...]
-  <si>
     <t>190-192</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2013.6808996</t>
   </si>
   <si>
-    <t>Wire metamaterial: Enhancement of evanescent waves and application for improvement of magnetic resonance imaging</t>
-[...5 lines deleted...]
-    <t>10.1109/metamaterials.2013.6809108</t>
+    <t>Superdirective magnetic nanoantennas with effect of light steering: Theory and experiment</t>
+  </si>
+  <si>
+    <t>2013 SBMO/IEEE MTT-S International Microwave &amp; Optoelectronics Conference (IMOC)</t>
+  </si>
+  <si>
+    <t>10.1109/IMOC.2013.6646491</t>
   </si>
   <si>
     <t>Wire metamaterial for the improvement of magnetic resonance imaging</t>
   </si>
   <si>
-    <t>2013 SBMO/IEEE MTT-S International Microwave &amp; Optoelectronics Conference (IMOC)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/IMOC.2013.6646485</t>
-  </si>
-[...4 lines deleted...]
-    <t>10.1109/IMOC.2013.6646491</t>
   </si>
   <si>
     <t>Experimental verification of enhancement of evanescent waves inside a wire medium</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>051118(1-3)</t>
   </si>
   <si>
     <t>10.1063/1.4817513</t>
   </si>
   <si>
     <t>Novel nonlinear chiral metamaterials</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Pavel Belov, Mikhail Lapine, Yuri Kivshar</t>
   </si>
   <si>
     <t>IEEE Antennas and Propagation Society, AP-S International Symposium (Digest)</t>
   </si>
   <si>
     <t>488-489</t>
   </si>
@@ -2537,51 +2537,51 @@
       <c r="C24" t="s">
         <v>55</v>
       </c>
       <c r="D24"/>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24">
         <v>2021</v>
       </c>
       <c r="G24" t="s">
         <v>96</v>
       </c>
       <c r="H24">
         <v>4.82</v>
       </c>
       <c r="I24">
         <v>2.13</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>97</v>
       </c>
       <c r="B25" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="C25" t="s">
         <v>15</v>
       </c>
       <c r="D25">
         <v>16</v>
       </c>
       <c r="E25"/>
       <c r="F25">
         <v>2021</v>
       </c>
       <c r="G25" t="s">
         <v>98</v>
       </c>
       <c r="H25">
         <v>4.93</v>
       </c>
       <c r="I25">
         <v>1.53</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>99</v>
       </c>
@@ -2637,51 +2637,51 @@
       <c r="A28" t="s">
         <v>107</v>
       </c>
       <c r="B28" t="s">
         <v>108</v>
       </c>
       <c r="C28" t="s">
         <v>109</v>
       </c>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28">
         <v>2021</v>
       </c>
       <c r="G28" t="s">
         <v>110</v>
       </c>
       <c r="H28"/>
       <c r="I28"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>111</v>
       </c>
       <c r="B29" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="C29" t="s">
         <v>15</v>
       </c>
       <c r="D29">
         <v>15</v>
       </c>
       <c r="E29"/>
       <c r="F29">
         <v>2021</v>
       </c>
       <c r="G29" t="s">
         <v>112</v>
       </c>
       <c r="H29">
         <v>4.93</v>
       </c>
       <c r="I29">
         <v>1.53</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>113</v>
       </c>
@@ -2691,105 +2691,105 @@
       <c r="C30" t="s">
         <v>115</v>
       </c>
       <c r="D30">
         <v>2300</v>
       </c>
       <c r="E30" t="s">
         <v>116</v>
       </c>
       <c r="F30">
         <v>2020</v>
       </c>
       <c r="G30" t="s">
         <v>117</v>
       </c>
       <c r="H30"/>
       <c r="I30">
         <v>0.19</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>118</v>
       </c>
       <c r="B31" t="s">
-        <v>108</v>
+        <v>119</v>
       </c>
       <c r="C31" t="s">
         <v>115</v>
       </c>
       <c r="D31">
         <v>2300</v>
       </c>
       <c r="E31" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F31">
         <v>2020</v>
       </c>
       <c r="G31" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="H31"/>
       <c r="I31">
         <v>0.19</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B32" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C32" t="s">
         <v>115</v>
       </c>
       <c r="D32">
         <v>2300</v>
       </c>
       <c r="E32" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F32">
         <v>2020</v>
       </c>
       <c r="G32" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="H32"/>
       <c r="I32">
         <v>0.19</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B33" t="s">
-        <v>126</v>
+        <v>108</v>
       </c>
       <c r="C33" t="s">
         <v>115</v>
       </c>
       <c r="D33">
         <v>2300</v>
       </c>
       <c r="E33" t="s">
         <v>127</v>
       </c>
       <c r="F33">
         <v>2020</v>
       </c>
       <c r="G33" t="s">
         <v>128</v>
       </c>
       <c r="H33"/>
       <c r="I33">
         <v>0.19</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>129</v>
       </c>
@@ -2826,51 +2826,51 @@
       <c r="C35" t="s">
         <v>55</v>
       </c>
       <c r="D35"/>
       <c r="E35" t="s">
         <v>56</v>
       </c>
       <c r="F35">
         <v>2020</v>
       </c>
       <c r="G35" t="s">
         <v>134</v>
       </c>
       <c r="H35">
         <v>4.39</v>
       </c>
       <c r="I35">
         <v>1.65</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>135</v>
       </c>
       <c r="B36" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="C36" t="s">
         <v>136</v>
       </c>
       <c r="D36">
         <v>102</v>
       </c>
       <c r="E36"/>
       <c r="F36">
         <v>2020</v>
       </c>
       <c r="G36" t="s">
         <v>137</v>
       </c>
       <c r="H36">
         <v>4.04</v>
       </c>
       <c r="I36">
         <v>1.78</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>138</v>
       </c>
@@ -2882,51 +2882,51 @@
       </c>
       <c r="D37">
         <v>320</v>
       </c>
       <c r="E37">
         <v>106835</v>
       </c>
       <c r="F37">
         <v>2020</v>
       </c>
       <c r="G37" t="s">
         <v>141</v>
       </c>
       <c r="H37">
         <v>2.23</v>
       </c>
       <c r="I37">
         <v>0.78</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>142</v>
       </c>
       <c r="B38" t="s">
-        <v>126</v>
+        <v>114</v>
       </c>
       <c r="C38" t="s">
         <v>11</v>
       </c>
       <c r="D38">
         <v>117</v>
       </c>
       <c r="E38">
         <v>103701</v>
       </c>
       <c r="F38">
         <v>2020</v>
       </c>
       <c r="G38" t="s">
         <v>143</v>
       </c>
       <c r="H38">
         <v>3.79</v>
       </c>
       <c r="I38">
         <v>1.18</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
@@ -3113,51 +3113,51 @@
         <v>172</v>
       </c>
       <c r="C46" t="s">
         <v>11</v>
       </c>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46">
         <v>2019</v>
       </c>
       <c r="G46" t="s">
         <v>173</v>
       </c>
       <c r="H46">
         <v>3.6</v>
       </c>
       <c r="I46">
         <v>1.34</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>174</v>
       </c>
       <c r="B47" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="C47" t="s">
         <v>136</v>
       </c>
       <c r="D47">
         <v>99</v>
       </c>
       <c r="E47">
         <v>205122</v>
       </c>
       <c r="F47">
         <v>2019</v>
       </c>
       <c r="G47" t="s">
         <v>175</v>
       </c>
       <c r="H47">
         <v>3.58</v>
       </c>
       <c r="I47">
         <v>1.81</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
@@ -3719,116 +3719,116 @@
       </c>
       <c r="E69">
         <v>1700788</v>
       </c>
       <c r="F69">
         <v>2018</v>
       </c>
       <c r="G69" t="s">
         <v>263</v>
       </c>
       <c r="H69">
         <v>1.8</v>
       </c>
       <c r="I69">
         <v>0.65</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>264</v>
       </c>
       <c r="B70" t="s">
         <v>265</v>
       </c>
       <c r="C70" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-      <c r="E70"/>
+        <v>136</v>
+      </c>
+      <c r="D70">
+        <v>97</v>
+      </c>
+      <c r="E70">
+        <v>115119</v>
+      </c>
       <c r="F70">
         <v>2018</v>
       </c>
       <c r="G70" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-      <c r="I70"/>
+        <v>266</v>
+      </c>
+      <c r="H70">
+        <v>3.74</v>
+      </c>
+      <c r="I70">
+        <v>1.5</v>
+      </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>267</v>
+      </c>
+      <c r="B71" t="s">
         <v>268</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>269</v>
       </c>
-      <c r="C71" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D71"/>
+      <c r="E71"/>
       <c r="F71">
         <v>2018</v>
       </c>
       <c r="G71" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="H71"/>
       <c r="I71"/>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>271</v>
+      </c>
+      <c r="B72" t="s">
         <v>272</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72" t="s">
         <v>273</v>
       </c>
-      <c r="C72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D72">
-        <v>97</v>
+        <v>14</v>
       </c>
       <c r="E72">
-        <v>115119</v>
+        <v>126</v>
       </c>
       <c r="F72">
         <v>2018</v>
       </c>
       <c r="G72" t="s">
         <v>274</v>
       </c>
-      <c r="H72">
-[...4 lines deleted...]
-      </c>
+      <c r="H72"/>
+      <c r="I72"/>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
         <v>275</v>
       </c>
       <c r="B73" t="s">
         <v>172</v>
       </c>
       <c r="C73" t="s">
         <v>11</v>
       </c>
       <c r="D73">
         <v>112</v>
       </c>
       <c r="E73">
         <v>33501</v>
       </c>
       <c r="F73">
         <v>2017</v>
       </c>
       <c r="G73" t="s">
         <v>276</v>
       </c>
       <c r="H73">
         <v>3.5</v>
@@ -3849,175 +3849,175 @@
       </c>
       <c r="D74">
         <v>9</v>
       </c>
       <c r="E74">
         <v>14020</v>
       </c>
       <c r="F74">
         <v>2017</v>
       </c>
       <c r="G74" t="s">
         <v>279</v>
       </c>
       <c r="H74">
         <v>4.78</v>
       </c>
       <c r="I74">
         <v>2.09</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>280</v>
       </c>
       <c r="B75" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="C75" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-      <c r="E75"/>
+        <v>115</v>
+      </c>
+      <c r="D75">
+        <v>1874</v>
+      </c>
+      <c r="E75">
+        <v>30033</v>
+      </c>
       <c r="F75">
         <v>2017</v>
       </c>
       <c r="G75" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="H75"/>
-      <c r="I75"/>
+      <c r="I75">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>282</v>
+      </c>
+      <c r="B76" t="s">
+        <v>283</v>
+      </c>
+      <c r="C76" t="s">
         <v>284</v>
       </c>
-      <c r="B76" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="D76"/>
+      <c r="E76"/>
       <c r="F76">
         <v>2017</v>
       </c>
-      <c r="G76"/>
+      <c r="G76" t="s">
+        <v>285</v>
+      </c>
       <c r="H76"/>
       <c r="I76"/>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>286</v>
+      </c>
+      <c r="B77" t="s">
         <v>287</v>
       </c>
-      <c r="B77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77" t="s">
-        <v>140</v>
-[...6 lines deleted...]
-      </c>
+        <v>284</v>
+      </c>
+      <c r="D77"/>
+      <c r="E77"/>
       <c r="F77">
         <v>2017</v>
       </c>
       <c r="G77" t="s">
-        <v>289</v>
-[...6 lines deleted...]
-      </c>
+        <v>288</v>
+      </c>
+      <c r="H77"/>
+      <c r="I77"/>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>289</v>
+      </c>
+      <c r="B78" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="C78" t="s">
         <v>291</v>
       </c>
-      <c r="D78"/>
-      <c r="E78"/>
+      <c r="D78">
+        <v>28</v>
+      </c>
+      <c r="E78">
+        <v>56</v>
+      </c>
       <c r="F78">
         <v>2017</v>
       </c>
-      <c r="G78" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G78"/>
       <c r="H78"/>
       <c r="I78"/>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>292</v>
+      </c>
+      <c r="B79" t="s">
+        <v>268</v>
+      </c>
+      <c r="C79" t="s">
+        <v>140</v>
+      </c>
+      <c r="D79">
+        <v>286</v>
+      </c>
+      <c r="E79" t="s">
         <v>293</v>
-      </c>
-[...10 lines deleted...]
-        <v>30033</v>
       </c>
       <c r="F79">
         <v>2017</v>
       </c>
       <c r="G79" t="s">
         <v>294</v>
       </c>
-      <c r="H79"/>
+      <c r="H79">
+        <v>2.59</v>
+      </c>
       <c r="I79">
-        <v>0.17</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
         <v>295</v>
       </c>
       <c r="B80" t="s">
+        <v>268</v>
+      </c>
+      <c r="C80" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="D80"/>
       <c r="E80"/>
       <c r="F80">
         <v>2017</v>
       </c>
       <c r="G80" t="s">
         <v>297</v>
       </c>
       <c r="H80"/>
       <c r="I80"/>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
         <v>298</v>
       </c>
       <c r="B81" t="s">
         <v>299</v>
       </c>
       <c r="C81" t="s">
         <v>55</v>
       </c>
       <c r="D81">
         <v>65</v>
       </c>
@@ -4101,51 +4101,51 @@
       </c>
       <c r="D84">
         <v>13</v>
       </c>
       <c r="E84">
         <v>1603190</v>
       </c>
       <c r="F84">
         <v>2017</v>
       </c>
       <c r="G84" t="s">
         <v>313</v>
       </c>
       <c r="H84">
         <v>9.6</v>
       </c>
       <c r="I84">
         <v>3.83</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
         <v>314</v>
       </c>
       <c r="B85" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="C85" t="s">
         <v>164</v>
       </c>
       <c r="D85">
         <v>11</v>
       </c>
       <c r="E85" t="s">
         <v>315</v>
       </c>
       <c r="F85">
         <v>2017</v>
       </c>
       <c r="G85" t="s">
         <v>316</v>
       </c>
       <c r="H85">
         <v>32.52</v>
       </c>
       <c r="I85">
         <v>16.46</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
@@ -4395,51 +4395,51 @@
       <c r="D95">
         <v>92</v>
       </c>
       <c r="E95">
         <v>245413</v>
       </c>
       <c r="F95">
         <v>2015</v>
       </c>
       <c r="G95" t="s">
         <v>357</v>
       </c>
       <c r="H95">
         <v>3.72</v>
       </c>
       <c r="I95"/>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
         <v>358</v>
       </c>
       <c r="B96" t="s">
         <v>359</v>
       </c>
       <c r="C96" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="D96">
         <v>26</v>
       </c>
       <c r="E96">
         <v>61</v>
       </c>
       <c r="F96">
         <v>2015</v>
       </c>
       <c r="G96"/>
       <c r="H96"/>
       <c r="I96"/>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
         <v>360</v>
       </c>
       <c r="B97" t="s">
         <v>361</v>
       </c>
       <c r="C97" t="s">
         <v>136</v>
       </c>
       <c r="D97">
@@ -4873,51 +4873,51 @@
       <c r="C114" t="s">
         <v>136</v>
       </c>
       <c r="D114">
         <v>89</v>
       </c>
       <c r="E114">
         <v>35435</v>
       </c>
       <c r="F114">
         <v>2014</v>
       </c>
       <c r="G114" t="s">
         <v>426</v>
       </c>
       <c r="H114">
         <v>3.74</v>
       </c>
       <c r="I114"/>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
         <v>427</v>
       </c>
       <c r="B115" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="C115" t="s">
         <v>428</v>
       </c>
       <c r="D115">
         <v>1</v>
       </c>
       <c r="E115" t="s">
         <v>429</v>
       </c>
       <c r="F115">
         <v>2014</v>
       </c>
       <c r="G115" t="s">
         <v>430</v>
       </c>
       <c r="H115"/>
       <c r="I115"/>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
         <v>431</v>
       </c>
       <c r="B116" t="s">
         <v>432</v>
@@ -5012,187 +5012,187 @@
       <c r="C119" t="s">
         <v>136</v>
       </c>
       <c r="D119">
         <v>88</v>
       </c>
       <c r="E119" t="s">
         <v>442</v>
       </c>
       <c r="F119">
         <v>2013</v>
       </c>
       <c r="G119" t="s">
         <v>443</v>
       </c>
       <c r="H119">
         <v>3.66</v>
       </c>
       <c r="I119"/>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
         <v>444</v>
       </c>
       <c r="B120" t="s">
+        <v>432</v>
+      </c>
+      <c r="C120" t="s">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>446</v>
       </c>
       <c r="D120"/>
       <c r="E120">
-        <v>43556</v>
+        <v>43525</v>
       </c>
       <c r="F120">
         <v>2013</v>
       </c>
       <c r="G120" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="H120"/>
       <c r="I120"/>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
+        <v>447</v>
+      </c>
+      <c r="B121" t="s">
         <v>448</v>
       </c>
-      <c r="B121" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C121" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="D121"/>
       <c r="E121">
-        <v>43525</v>
+        <v>43556</v>
       </c>
       <c r="F121">
         <v>2013</v>
       </c>
       <c r="G121" t="s">
         <v>449</v>
       </c>
       <c r="H121"/>
       <c r="I121"/>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
         <v>450</v>
       </c>
       <c r="B122" t="s">
         <v>451</v>
       </c>
       <c r="C122" t="s">
         <v>452</v>
       </c>
       <c r="D122"/>
       <c r="E122" t="s">
         <v>453</v>
       </c>
       <c r="F122">
         <v>2013</v>
       </c>
       <c r="G122"/>
       <c r="H122"/>
       <c r="I122"/>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
         <v>454</v>
       </c>
       <c r="B123" t="s">
+        <v>448</v>
+      </c>
+      <c r="C123" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
       <c r="D123"/>
       <c r="E123" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="F123">
         <v>2013</v>
       </c>
       <c r="G123" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="H123"/>
       <c r="I123"/>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
+        <v>458</v>
+      </c>
+      <c r="B124" t="s">
         <v>459</v>
       </c>
-      <c r="B124" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C124" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="D124"/>
       <c r="E124" t="s">
         <v>460</v>
       </c>
       <c r="F124">
         <v>2013</v>
       </c>
       <c r="G124" t="s">
         <v>461</v>
       </c>
       <c r="H124"/>
       <c r="I124"/>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
         <v>462</v>
       </c>
       <c r="B125" t="s">
-        <v>445</v>
+        <v>432</v>
       </c>
       <c r="C125" t="s">
         <v>463</v>
       </c>
       <c r="D125"/>
       <c r="E125">
         <v>43525</v>
       </c>
       <c r="F125">
         <v>2013</v>
       </c>
       <c r="G125" t="s">
         <v>464</v>
       </c>
       <c r="H125"/>
       <c r="I125"/>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
         <v>465</v>
       </c>
       <c r="B126" t="s">
-        <v>432</v>
+        <v>448</v>
       </c>
       <c r="C126" t="s">
         <v>463</v>
       </c>
       <c r="D126"/>
       <c r="E126">
         <v>43525</v>
       </c>
       <c r="F126">
         <v>2013</v>
       </c>
       <c r="G126" t="s">
         <v>466</v>
       </c>
       <c r="H126"/>
       <c r="I126"/>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
         <v>467</v>
       </c>
       <c r="B127" t="s">
         <v>468</v>
       </c>
       <c r="C127" t="s">