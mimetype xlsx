--- v0 (2025-10-06)
+++ v1 (2025-11-11)
@@ -101,96 +101,96 @@
   <si>
     <t>Александр Чебыкин, Алексей Орлов, Фабиан Хайслер, Ксения Барышникова, Павел Белов</t>
   </si>
   <si>
     <t>Scientific and Technical Journal of Information Technologies, Mechanics and Optics</t>
   </si>
   <si>
     <t>9-14</t>
   </si>
   <si>
     <t>Retrieval of Effective Parameters of Subwavelength Periodic Photonic Structures</t>
   </si>
   <si>
     <t>Alexey Orlov, Elizaveta Yankovskaya, Ivan Iorsh, Pavel Belov</t>
   </si>
   <si>
     <t>Crystals</t>
   </si>
   <si>
     <t>417-426</t>
   </si>
   <si>
     <t>10.3390/cryst4030417</t>
   </si>
   <si>
+    <t>Theoretical and experimental study of guided modes of the wire medium slab</t>
+  </si>
+  <si>
+    <t>Ivan Iorsh, Alexey Orlov, Pavel Belov, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>2014 8th International Congress on Advanced Electromagnetic Materials in Microwaves and Optics</t>
+  </si>
+  <si>
+    <t>52-54</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2014.6948591</t>
+  </si>
+  <si>
+    <t>Retrieving constitutive parameters of plasmonic multilayers from reflection and transmission coefficients</t>
+  </si>
+  <si>
+    <t>Alexey Orlov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>391-393</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2014.6948571</t>
+  </si>
+  <si>
     <t>Multi-periodicity induces prominent optical phenomena in plasmonic multilayers</t>
   </si>
   <si>
-    <t>Alexey Orlov, Pavel Belov</t>
-[...4 lines deleted...]
-  <si>
     <t>388-390</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2014.6948570</t>
   </si>
   <si>
     <t>Populating the large-wavevector realm: Bloch volume plasmon polaritons in hyperbolic and extremely anisotropic metamaterials</t>
   </si>
   <si>
     <t>Alexey Orlov</t>
   </si>
   <si>
     <t>304-306</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2014.6948539</t>
-  </si>
-[...19 lines deleted...]
-    <t>10.1109/MetaMaterials.2014.6948571</t>
   </si>
   <si>
     <t>Multiperiodicity in plasmonic multilayers: General description and diversity of topologies</t>
   </si>
   <si>
     <t>Alexey Orlov, Anastasia Krylova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/PhysRevA.90.013812</t>
   </si>
   <si>
     <t>Guided modes in a spatially dispersive wire medium slab</t>
   </si>
   <si>
     <t>Alexander Ageyskiy, Ivan Iorsh, Alexey Orlov, Pavel Belov</t>
   </si>
   <si>
     <t>Journal of the Optical Society of America B: Optical Physics</t>
   </si>
   <si>
     <t>1753-1760</t>
   </si>
   <si>
     <t>10.1364/JOSAB.31.001753</t>
   </si>
@@ -951,74 +951,74 @@
       </c>
       <c r="B8" t="s">
         <v>35</v>
       </c>
       <c r="C8" t="s">
         <v>31</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
         <v>36</v>
       </c>
       <c r="F8">
         <v>2014</v>
       </c>
       <c r="G8" t="s">
         <v>37</v>
       </c>
       <c r="H8"/>
       <c r="I8"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>38</v>
       </c>
       <c r="B9" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="C9" t="s">
         <v>31</v>
       </c>
       <c r="D9"/>
       <c r="E9" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F9">
         <v>2014</v>
       </c>
       <c r="G9" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="H9"/>
       <c r="I9"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B10" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C10" t="s">
         <v>31</v>
       </c>
       <c r="D10"/>
       <c r="E10" t="s">
         <v>43</v>
       </c>
       <c r="F10">
         <v>2014</v>
       </c>
       <c r="G10" t="s">
         <v>44</v>
       </c>
       <c r="H10"/>
       <c r="I10"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>45</v>
       </c>
       <c r="B11" t="s">
         <v>46</v>
       </c>
       <c r="C11" t="s">
@@ -1055,51 +1055,51 @@
       </c>
       <c r="D12">
         <v>31</v>
       </c>
       <c r="E12" t="s">
         <v>51</v>
       </c>
       <c r="F12">
         <v>2014</v>
       </c>
       <c r="G12" t="s">
         <v>52</v>
       </c>
       <c r="H12">
         <v>1.81</v>
       </c>
       <c r="I12">
         <v>1.35</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>53</v>
       </c>
       <c r="B13" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13">
         <v>90</v>
       </c>
       <c r="E13">
         <v>13801</v>
       </c>
       <c r="F13">
         <v>2014</v>
       </c>
       <c r="G13" t="s">
         <v>54</v>
       </c>
       <c r="H13">
         <v>2.81</v>
       </c>
       <c r="I13">
         <v>2.31</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
@@ -1296,51 +1296,51 @@
       </c>
       <c r="D21">
         <v>376</v>
       </c>
       <c r="E21" t="s">
         <v>87</v>
       </c>
       <c r="F21">
         <v>2012</v>
       </c>
       <c r="G21" t="s">
         <v>88</v>
       </c>
       <c r="H21">
         <v>1.77</v>
       </c>
       <c r="I21">
         <v>0.79</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>89</v>
       </c>
       <c r="B22" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="C22" t="s">
         <v>90</v>
       </c>
       <c r="D22">
         <v>99</v>
       </c>
       <c r="E22" t="s">
         <v>91</v>
       </c>
       <c r="F22">
         <v>2011</v>
       </c>
       <c r="G22" t="s">
         <v>92</v>
       </c>
       <c r="H22">
         <v>3.84</v>
       </c>
       <c r="I22">
         <v>2.81</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">