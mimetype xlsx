--- v1 (2025-11-11)
+++ v2 (2026-01-14)
@@ -101,96 +101,96 @@
   <si>
     <t>Александр Чебыкин, Алексей Орлов, Фабиан Хайслер, Ксения Барышникова, Павел Белов</t>
   </si>
   <si>
     <t>Scientific and Technical Journal of Information Technologies, Mechanics and Optics</t>
   </si>
   <si>
     <t>9-14</t>
   </si>
   <si>
     <t>Retrieval of Effective Parameters of Subwavelength Periodic Photonic Structures</t>
   </si>
   <si>
     <t>Alexey Orlov, Elizaveta Yankovskaya, Ivan Iorsh, Pavel Belov</t>
   </si>
   <si>
     <t>Crystals</t>
   </si>
   <si>
     <t>417-426</t>
   </si>
   <si>
     <t>10.3390/cryst4030417</t>
   </si>
   <si>
+    <t>Populating the large-wavevector realm: Bloch volume plasmon polaritons in hyperbolic and extremely anisotropic metamaterials</t>
+  </si>
+  <si>
+    <t>Alexey Orlov</t>
+  </si>
+  <si>
+    <t>2014 8th International Congress on Advanced Electromagnetic Materials in Microwaves and Optics</t>
+  </si>
+  <si>
+    <t>304-306</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2014.6948539</t>
+  </si>
+  <si>
     <t>Theoretical and experimental study of guided modes of the wire medium slab</t>
   </si>
   <si>
     <t>Ivan Iorsh, Alexey Orlov, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
-    <t>2014 8th International Congress on Advanced Electromagnetic Materials in Microwaves and Optics</t>
-[...1 lines deleted...]
-  <si>
     <t>52-54</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2014.6948591</t>
   </si>
   <si>
     <t>Retrieving constitutive parameters of plasmonic multilayers from reflection and transmission coefficients</t>
   </si>
   <si>
     <t>Alexey Orlov, Pavel Belov</t>
   </si>
   <si>
     <t>391-393</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2014.6948571</t>
   </si>
   <si>
     <t>Multi-periodicity induces prominent optical phenomena in plasmonic multilayers</t>
   </si>
   <si>
     <t>388-390</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2014.6948570</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1109/MetaMaterials.2014.6948539</t>
   </si>
   <si>
     <t>Multiperiodicity in plasmonic multilayers: General description and diversity of topologies</t>
   </si>
   <si>
     <t>Alexey Orlov, Anastasia Krylova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/PhysRevA.90.013812</t>
   </si>
   <si>
     <t>Guided modes in a spatially dispersive wire medium slab</t>
   </si>
   <si>
     <t>Alexander Ageyskiy, Ivan Iorsh, Alexey Orlov, Pavel Belov</t>
   </si>
   <si>
     <t>Journal of the Optical Society of America B: Optical Physics</t>
   </si>
   <si>
     <t>1753-1760</t>
   </si>
   <si>
     <t>10.1364/JOSAB.31.001753</t>
   </si>
@@ -951,74 +951,74 @@
       </c>
       <c r="B8" t="s">
         <v>35</v>
       </c>
       <c r="C8" t="s">
         <v>31</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
         <v>36</v>
       </c>
       <c r="F8">
         <v>2014</v>
       </c>
       <c r="G8" t="s">
         <v>37</v>
       </c>
       <c r="H8"/>
       <c r="I8"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>38</v>
       </c>
       <c r="B9" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="C9" t="s">
         <v>31</v>
       </c>
       <c r="D9"/>
       <c r="E9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F9">
         <v>2014</v>
       </c>
       <c r="G9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H9"/>
       <c r="I9"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B10" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="C10" t="s">
         <v>31</v>
       </c>
       <c r="D10"/>
       <c r="E10" t="s">
         <v>43</v>
       </c>
       <c r="F10">
         <v>2014</v>
       </c>
       <c r="G10" t="s">
         <v>44</v>
       </c>
       <c r="H10"/>
       <c r="I10"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>45</v>
       </c>
       <c r="B11" t="s">
         <v>46</v>
       </c>
       <c r="C11" t="s">
@@ -1055,51 +1055,51 @@
       </c>
       <c r="D12">
         <v>31</v>
       </c>
       <c r="E12" t="s">
         <v>51</v>
       </c>
       <c r="F12">
         <v>2014</v>
       </c>
       <c r="G12" t="s">
         <v>52</v>
       </c>
       <c r="H12">
         <v>1.81</v>
       </c>
       <c r="I12">
         <v>1.35</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>53</v>
       </c>
       <c r="B13" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13">
         <v>90</v>
       </c>
       <c r="E13">
         <v>13801</v>
       </c>
       <c r="F13">
         <v>2014</v>
       </c>
       <c r="G13" t="s">
         <v>54</v>
       </c>
       <c r="H13">
         <v>2.81</v>
       </c>
       <c r="I13">
         <v>2.31</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
@@ -1296,51 +1296,51 @@
       </c>
       <c r="D21">
         <v>376</v>
       </c>
       <c r="E21" t="s">
         <v>87</v>
       </c>
       <c r="F21">
         <v>2012</v>
       </c>
       <c r="G21" t="s">
         <v>88</v>
       </c>
       <c r="H21">
         <v>1.77</v>
       </c>
       <c r="I21">
         <v>0.79</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>89</v>
       </c>
       <c r="B22" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="C22" t="s">
         <v>90</v>
       </c>
       <c r="D22">
         <v>99</v>
       </c>
       <c r="E22" t="s">
         <v>91</v>
       </c>
       <c r="F22">
         <v>2011</v>
       </c>
       <c r="G22" t="s">
         <v>92</v>
       </c>
       <c r="H22">
         <v>3.84</v>
       </c>
       <c r="I22">
         <v>2.81</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">