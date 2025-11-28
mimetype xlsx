--- v0 (2025-10-18)
+++ v1 (2025-11-28)
@@ -12,220 +12,334 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1409">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1446">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Anisotropy in a wire medium due to the rectangularity of a unit cell</t>
+  </si>
+  <si>
+    <t>Denis Sakhno, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2025 Nineteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
+  </si>
+  <si>
+    <t>X-293-X-295</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials65622.2025.11174180</t>
+  </si>
+  <si>
+    <t>Packing a wire metamaterial haloscope into a cylindrical footprint using spiral geometry</t>
+  </si>
+  <si>
+    <t>Rustam  Balafendiev, J. Jeong, Gagandeep Kaur, Garima Singh, Pavel Belov, J.E. Gudmundsson</t>
+  </si>
+  <si>
+    <t>X-024-X-026</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials65622.2025.11174244</t>
+  </si>
+  <si>
+    <t>Manipulating the Electromagnetic Field in Wire Media Resonators for Enhanced Axion Detection</t>
+  </si>
+  <si>
+    <t>Jim Alexander Espinosa Enriquez, Pavel Belov</t>
+  </si>
+  <si>
+    <t>X-102-X-104</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials65622.2025.11174203</t>
+  </si>
+  <si>
+    <t>Bound states in the continuum in a wire medium</t>
+  </si>
+  <si>
+    <t>Evgeniy Koreshin, Sergey Gladishev, Ivan Matchenya, Rustam  Balafendiev, Ivan  Terekhov, Pavel Belov, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>Physical Review B</t>
+  </si>
+  <si>
+    <t>10.1103/wvv8-qdk5</t>
+  </si>
+  <si>
     <t>Search for dark-matter axions beyond the quantum limit: The cosmological axion Sarov haloscope proposal</t>
   </si>
   <si>
     <t>Andrey L. Pankratov, Pavel Belov, Eduard E. Boos, Alexander S. Chepurnov, Alexander V. Chiginev, Alexander V. Derbin, Ilia S. Drachnev, Lev V. Dudko, Dmitry S. Gorbunov, Maxim Gorlach, Vadim V. Ivanov, Leonid V. Kravchuk, Maxim V. Libanov, Michael M. Merkin, Valentina N. Muratova, Alexander E. Pukhov, Dmitry V. Salnikov, Petr S. Satunin, Dmitrii A. Semenov, Alexander M. Sergeev, Maksim I. Starostin, Igor I. Tkachev, Sergey V. Troitsky, Maxim V. Trushin, Evgenii V. Unzhakov, Maxim M. Vyalkov, Arkady A. Yukhimchuk</t>
   </si>
   <si>
     <t>Physical Review D</t>
   </si>
   <si>
     <t>10.1103/rq2s-5f18</t>
   </si>
   <si>
+    <t>Design of a Room-Sized Volumetric Resonator for Wireless Power Transfer with Enhanced Safety</t>
+  </si>
+  <si>
+    <t>Aigerim Jandaliyeva, Nikita Mikhailov, Alena Shchelokova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2025 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
+  </si>
+  <si>
+    <t>1-4</t>
+  </si>
+  <si>
+    <t>10.1109/wptce62521.2025.11062152</t>
+  </si>
+  <si>
     <t>Design of Qi-Compatible Repeater for Efficient Wireless Power Transfer in Volumetric Resonator</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Andrej Vdovenko, Mikhail Udrov, Mikhail Siganov,  Pavel Seregin, Pavel Belov, Alena Shchelokova</t>
   </si>
   <si>
-    <t>2025 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
-[...4 lines deleted...]
-  <si>
     <t>10.1109/wptce62521.2025.11062315</t>
   </si>
   <si>
-    <t>Design of a Room-Sized Volumetric Resonator for Wireless Power Transfer with Enhanced Safety</t>
-[...7 lines deleted...]
-  <si>
     <t>Spectral physical unclonable functions: downscaling randomness with multi-resonant hybrid particles</t>
   </si>
   <si>
     <t>Martin Sandomirskii, Elena Petrova, Pavel Kustov, Lev Chizhov, Artem Larin, Stephanie Bruyere, Vitaly Yaroshenko, Eduard Ageev, Pavel Belov, Dmitry Zuev</t>
   </si>
   <si>
     <t>Nature Communications</t>
   </si>
   <si>
     <t>10.1038/s41467-025-60121-9</t>
   </si>
   <si>
+    <t>A Printed Polarization‐Sensitive Biochip for Rapid and Accurate Detection of Respiratory Infections</t>
+  </si>
+  <si>
+    <t>Yaqi Yang, Zeying Zhang, Yali Sun, Yang Yun, Danni Zhao , Xu Yang, Zhiyu Tan, Zixuan Zhang, Jingqun Cheng, Jinwei Xia, Liang Huang, Jimei Chi, Zewei Lian, Sisi Chen, Lijun Cheng, Daixi Xie, Pavel Belov, Yanlin Song, Meng Su</t>
+  </si>
+  <si>
+    <t>Advanced Functional Materials</t>
+  </si>
+  <si>
+    <t>10.1002/adfm.202505794</t>
+  </si>
+  <si>
+    <t>Anomalous Reflection from Hyperbolic Media</t>
+  </si>
+  <si>
+    <t>Ilya Deriy, Kseniia Lezhennikova, Stanislav Glybovski, Ivan Iorsh, Oleh Y. Yermakov, Mingzhao Song, Redha Abdeddaim, Stefan Enoch, Pavel Belov, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>Progress In Electromagnetics Research</t>
+  </si>
+  <si>
+    <t>85-94</t>
+  </si>
+  <si>
+    <t>10.2528/pier24121702</t>
+  </si>
+  <si>
     <t>Uniform Field in Microwave Cavities Through the Use of Effective Magnetic Walls</t>
   </si>
   <si>
     <t>Jim Alexander Espinosa Enriquez, Rustam  Balafendiev, Alexander J. Millar, Constantin R. Simovskii, Pavel Belov</t>
   </si>
   <si>
     <t>Physical Review Applied</t>
   </si>
   <si>
     <t>10.48550/arXiv.2411.18474</t>
   </si>
   <si>
     <t>Dispersion characteristics of a glide-symmetric square-patch metamaterial with giant anisotropy</t>
   </si>
   <si>
     <t>Jim Alexander Espinosa Enriquez, Evgeniy Koreshin, Juan P. Del Risco, Pavel Belov, Juan Domingo Baena</t>
   </si>
   <si>
-    <t>Physical Review B</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1103/physrevb.110.195419</t>
   </si>
   <si>
+    <t>Mechanically tunable interlaced wire medium</t>
+  </si>
+  <si>
+    <t>2024 Eighteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
+  </si>
+  <si>
+    <t>1-3</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials62190.2024.10703305</t>
+  </si>
+  <si>
     <t>Exploring Dispersion Characteristics of a Glide-Symmetric Square Patch Metamaterial</t>
   </si>
   <si>
     <t>Jim Alexander Espinosa Enriquez, Juan Domingo Baena, Pavel Belov</t>
   </si>
   <si>
-    <t>2024 Eighteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
-[...4 lines deleted...]
-  <si>
     <t>10.1109/metamaterials62190.2024.10703324</t>
   </si>
   <si>
+    <t>3D dispersion measurement of metamaterial</t>
+  </si>
+  <si>
+    <t>Evgeniy Koreshin, Denis Sakhno, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials62190.2024.10703323</t>
+  </si>
+  <si>
+    <t>Tunable Plasma-like Metamaterial with Rotating Elements</t>
+  </si>
+  <si>
+    <t>Rustam  Balafendiev, Gagandeep Kaur, Garima Singh, Alexander J. Millar, Pavel Belov, J.E. Gudmundsson</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials62190.2024.10703260</t>
+  </si>
+  <si>
     <t>Anisotropy in a wire medium resulting from the rectangularity of a unit cell</t>
   </si>
   <si>
     <t>Denis Sakhno, Rustam  Balafendiev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/physrevb.110.l140303</t>
   </si>
   <si>
     <t>Molecular detection using plasmonic nanostructures of particular geometry</t>
   </si>
   <si>
     <t>Georgii Zmaga, Artem Kuzmin, Yali Sun, Qi Pan, Meng Su, Yanlin Song, Dmitry Zuev, Pavel Belov</t>
   </si>
   <si>
     <t>2024 International Conference Laser Optics (ICLO)</t>
   </si>
   <si>
     <t>356-356</t>
   </si>
   <si>
     <t>10.1109/iclo59702.2024.10624508</t>
   </si>
   <si>
+    <t>Design Improvement of the In-Built Regulator of Volumetric Capacity of Single Screw Compressor</t>
+  </si>
+  <si>
+    <t>Vasiliy Tsvetkov  , V. A. Pronin, A. V. Kovanov, A. Yu. Zhilkin, Pavel Belov</t>
+  </si>
+  <si>
+    <t>Lecture Notes in Mechanical Engineering</t>
+  </si>
+  <si>
+    <t>49-59</t>
+  </si>
+  <si>
+    <t>10.1007/978-3-031-65870-9_6</t>
+  </si>
+  <si>
+    <t>Multi-Object Charging in Room-Sized Weakly Coupled WPT System</t>
+  </si>
+  <si>
+    <t>Nikita Mikhailov, Marina Abrosimova, Aigerim Jandaliyeva, Mikhail Siganov, Pavel Belov, Alena Shchelokova</t>
+  </si>
+  <si>
+    <t>2024 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
+  </si>
+  <si>
+    <t>10.1109/wptce59894.2024.10557440</t>
+  </si>
+  <si>
+    <t>Room-Sized Helmholtz-Type Resonator for Ubiquitous Wireless Power Transfer</t>
+  </si>
+  <si>
+    <t>Aigerim Jandaliyeva, Nikita Mikhailov, Andrej Vdovenko, Mikhail Siganov, Evgenii Maiorov,  Pavel Seregin, Alena Shchelokova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1109/wptce59894.2024.10557386</t>
+  </si>
+  <si>
     <t>Design and demonstration of the volumetric resonator with uniform magnetic field distribution for wireless power transfer</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Andrej Vdovenko, Mikhail Siganov, Leila  Suleiman,  Pavel Seregin, Mikhail Udrov, Alena Shchelokova, Pavel Belov</t>
   </si>
   <si>
-    <t>2024 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/wptce59894.2024.10557310</t>
   </si>
   <si>
-    <t>Multi-Object Charging in Room-Sized Weakly Coupled WPT System</t>
-[...16 lines deleted...]
-  <si>
     <t>Huygens’ metasurface: from anomalous refraction to reflection</t>
   </si>
   <si>
     <t>Yicheng Li, Shicheng Wan, Ruiqiang Zhao, Zheng Zhu, Wenjia Li, Chunying Guan, Jun Yang, Andrey Bogdanov, Pavel Belov, Jinhui Shi</t>
   </si>
   <si>
     <t>Optics Communications</t>
   </si>
   <si>
     <t>10.1016/j.optcom.2024.130648</t>
   </si>
   <si>
     <t>Independent control of circularly polarized light with exceptional topological phase coding metasurfaces: erratum</t>
   </si>
   <si>
     <t>Yicheng Li, Shicheng Wan, Shaoxuan Deng, Zhengwei Deng, Bo Lv, Chunying Guan, Jun Yang, Andrey Bogdanov, Pavel Belov, Jinhui Shi</t>
   </si>
   <si>
     <t>Photonics Research</t>
   </si>
   <si>
     <t>10.1364/prj.523220</t>
   </si>
   <si>
     <t>Mechanically Tunable Wire Metamaterial</t>
@@ -290,51 +404,51 @@
   <si>
     <t>Roman Gaponenko, Mikhail Sidorenko, Dmitry Zhirihin, Ilia L. Rasskazov, Alexander Moroz, Konstantin Ladutenko, Pavel Belov, Alexey Shcherbakov</t>
   </si>
   <si>
     <t>Journal of Applied Physics</t>
   </si>
   <si>
     <t>10.1063/5.0155677</t>
   </si>
   <si>
     <t>Controlling the dispersion of longitudinal waves via the affine deformation of the interlaced wire medium</t>
   </si>
   <si>
     <t>Denis Sakhno, Evgeniy Koreshin, Pavel Belov</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2023.101150</t>
   </si>
   <si>
     <t>Green printed hybrid optical dielectric nanostructures on a mirror</t>
   </si>
   <si>
-    <t>Yali Sun, Danni Zhao, Zeying Zhang, Nitika Garg, Bogdan Bogdanov, Pavel Senyushkin, Meng Su, Dmitry Zuev, Sandeep Kumar, Ashok K. Ganguli, Yanlin Song, Pavel Belov</t>
+    <t>Yali Sun, Danni Zhao , Zeying Zhang, Nitika Garg, Bogdan Bogdanov, Pavel Senyushkin, Meng Su, Dmitry Zuev, Sandeep Kumar, Ashok K. Ganguli, Yanlin Song, Pavel Belov</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2023.101147</t>
   </si>
   <si>
     <t>Electrostatic screening in a wire medium</t>
   </si>
   <si>
     <t>Evgeniy Koreshin, Ivan Matchenya, Grigorij Karsakov, Denis Iliyin, Ivan Iorsh, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/physrevb.107.115170</t>
   </si>
   <si>
     <t>Searching for dark matter with plasma haloscopes</t>
   </si>
   <si>
     <t>Alexander J. Millar, Steven M. Anlage, Rustam  Balafendiev, Pavel Belov, Karl van Bibber, Jan Conrad, Marcel Demarteau, Alexander Droster, Katherine Dunne, Andrea Gallo Rosso, Jon E. Gudmundsson, Heather Jackson, Gagandeep Kaur, Tove Klaesson, Nolan Kowitt, Matthew Lawson, Alexander Leder, Akira Miyazaki, Sid Morampudi, Hiranya V. Peiris, Henrik S. Røising, Gaganpreet Singh, Dajie Sun, Jacob H. Thomas, Frank Wilczek, Stafford Withington, Mackenzie Wooten, Jens Dilling, Michael Febbraro, Stefan Knirck, Claire Marvinney</t>
   </si>
   <si>
     <t>10.1103/physrevd.107.055013</t>
   </si>
   <si>
     <t>Emulating quantum photon-photon interactions in waveguides by double-wire media</t>
   </si>
@@ -554,74 +668,74 @@
   <si>
     <t>Directly grown crystalline gallium phosphide on sapphire for nonlinear all-dielectric nanophotonics</t>
   </si>
   <si>
     <t>Daria Khmelevskaia, Daria Markina, V. V. Fedorov, G. A. Ermolaev, A. V. Arsenin, V. S. Volkov, A. S. Goltaev, Yu. M. Zadiranov, Ivan Tzibizov, Anatoly Pushkarev, Anton Samusev, Alexey Shcherbakov, Pavel Belov, Ivan Mukhin, Sergey Makarov</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/5.0048969</t>
   </si>
   <si>
     <t>Self-complementary metasurfaces for designing terahertz deflecting circular-polarization beam splitters</t>
   </si>
   <si>
     <t>S. A. Kuznetsov, Vladimir Lenets, Maksim Tumashov, Andrey Sayanskiy, Pavel Lazorskiy, Pavel Belov,  J. D. Baena, Stanislav Glybovski</t>
   </si>
   <si>
     <t>10.1063/5.0042403</t>
   </si>
   <si>
     <t>Metalenses for subwavelength imaging</t>
   </si>
   <si>
+    <t>Kseniia Baryshnikova, S S Kharintsev, Pavel Belov, Nikita Ustimenko</t>
+  </si>
+  <si>
+    <t>Physics-Uspekhi</t>
+  </si>
+  <si>
+    <t>355-378</t>
+  </si>
+  <si>
+    <t>10.3367/ufne.2021.03.038952</t>
+  </si>
+  <si>
     <t>Kseniia Baryshnikova, Sergei S. Kharintsev, Pavel Belov, Nikita Ustimenko</t>
   </si>
   <si>
     <t>Uspekhi Fizicheskih Nauk</t>
   </si>
   <si>
     <t>386-412</t>
   </si>
   <si>
     <t>10.3367/ufnr.2021.03.038952</t>
   </si>
   <si>
-    <t>Kseniia Baryshnikova, S S Kharintsev, Pavel Belov, Nikita Ustimenko</t>
-[...10 lines deleted...]
-  <si>
     <t>Acceleration of radiative recombination in quasi-2D perovskite films on hyperbolic metamaterials</t>
   </si>
   <si>
     <t>Pavel Tonkaev, Sergey Anoshkin, Anatoly Pushkarev, Mikhail Masharin, Pavel Belov, Sergey Makarov</t>
   </si>
   <si>
     <t>091104</t>
   </si>
   <si>
     <t>10.1063/5.0042557</t>
   </si>
   <si>
     <t>Flat photonics for broadband light-trapping</t>
   </si>
   <si>
     <t>Hao Luo, Jingyi Tian, Qiang Li, Binze Ma, Yining Zhu, Jianbo Yu, Yu Hong, Ao Ouyang, Pavel Belov, Ravindra K Sinha, Sandeep Kaur, Min Qiu</t>
   </si>
   <si>
     <t>10.1063/5.0033312</t>
   </si>
   <si>
     <t>Optical properties of icosahedral quasicrystals</t>
   </si>
   <si>
     <t>Artem Sinelnik, Ivan Shishkin, Xiaochang Yu, Kirill Samusev, Pavel Belov, Mikhail Limonov, Mikhail Rybin</t>
@@ -812,71 +926,71 @@
   <si>
     <t>10.1109/comcas44984.2019.8958207</t>
   </si>
   <si>
     <t>Efficient Probes for Ultra-high-field Magnetic Resonance Microscopy Based on Coupled Ceramic Resonators</t>
   </si>
   <si>
     <t>Sergei Kurdjumov, L. Ciobanu, B. Djemai, Pavel Belov, Stanislav Glybovski, E. Nenasheva, A. Webb, M. Moussu, M. Dubois</t>
   </si>
   <si>
     <t>10.1109/comcas44984.2019.8958418</t>
   </si>
   <si>
     <t>Semiconductor resonant all-optical temperature sensor and thermal release trigger of encapsulated anti-cancer drugs for in vitro studies</t>
   </si>
   <si>
     <t>Georgiy Zograf, Margarita Chursina, Mihail Petrov, Pavel Belov, Filipp Komissarenko, Katherine Makarova, Anatoly Pushkarev, Yali Sun, P Ghosh, M Qiu, Sergey Makarov, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>012077</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1410/1/012077</t>
   </si>
   <si>
+    <t>All-dielectric metamirror for independent and asymmetric wave-front control</t>
+  </si>
+  <si>
+    <t>Mikhail Odit, Andrey Sayanskiy, V. S. Asadchy, Polina Kapitanova, S. A. Tretyakov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1103/physrevb.100.205136</t>
+  </si>
+  <si>
     <t>Metasurface for Extension of Wireless Power Transfer Distance</t>
   </si>
   <si>
     <t>Mingzhao Song, Pavel Belov, Stanislav Glybovski, Polina Kapitanova</t>
   </si>
   <si>
     <t>2019 Thirteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2019.8900879</t>
   </si>
   <si>
-    <t>All-dielectric metamirror for independent and asymmetric wave-front control</t>
-[...7 lines deleted...]
-  <si>
     <t>Tunable all-dielectric RF-coils for magnetic resonance microscopy</t>
   </si>
   <si>
     <t>Sergei Kurdjumov, Stanislav Glybovski, M. A.C. Moussu, L. Ciobanu, E. Nenasheva, B. Djemai, M. Dubois, A. Webb, Pavel Belov</t>
   </si>
   <si>
     <t>2019 International Conference on Electromagnetics in Advanced Applications (ICEAA)</t>
   </si>
   <si>
     <t>10.1109/iceaa.2019.8878984</t>
   </si>
   <si>
     <t>Toroidal Dipole Mode Observation In Situ</t>
   </si>
   <si>
     <t>Nikita Pavlov, Pavel Belov, Polina Kapitanova</t>
   </si>
   <si>
     <t>Physica Status Solidi (B): Basic Research</t>
   </si>
   <si>
     <t>10.1002/pssb.201900406</t>
   </si>
   <si>
     <t>Transverse Scattering and Generalized Kerker Effects in All-Dielectric Mie-Resonant Metaoptics</t>
@@ -1022,74 +1136,74 @@
   <si>
     <t>Magnetic Resonance Spectroscopy at 1.5 T with a Hybrid Metasurface</t>
   </si>
   <si>
     <t>Ekaterina Brui, Alena Shchelokova, Alexey Slobozhanyuk, Anna Andreychenko, Pavel Belov, Irina Melchakova</t>
   </si>
   <si>
     <t>JETP Letters</t>
   </si>
   <si>
     <t>10.1134/S0021364018180017</t>
   </si>
   <si>
     <t>All-dielectric Metasurfaces as an Efficient Tool for Electromagnetic Waves Manipulation</t>
   </si>
   <si>
     <t>Polina Kapitanova, Andrey Sayanskiy, Mikhail Odit, Pavel Belov</t>
   </si>
   <si>
     <t>20th International Conference on Transparent Optical Networks (ICTON)</t>
   </si>
   <si>
     <t>10.1109/ICTON.2018.8473772</t>
   </si>
   <si>
+    <t>Hybridized eigenmodes of periodic wire arrays and their application in radiofrequency coils for preclinical MRI</t>
+  </si>
+  <si>
+    <t>Anna Hurshkainen, Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
+  </si>
+  <si>
+    <t>10.1109/PIERS.2017.8262394</t>
+  </si>
+  <si>
     <t>Metasurface-based wireless coils for magnetic resonance imaging</t>
   </si>
   <si>
     <t>Alena Shchelokova, Alexey Slobozhanyuk, Stanislav Glybovski, Mikhail Zubkov, Ekaterina Brui, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>2017 IEEE Int. Conf. on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
   </si>
   <si>
     <t>10.1109/COMCAS.2017.8244854</t>
   </si>
   <si>
-    <t>Hybridized eigenmodes of periodic wire arrays and their application in radiofrequency coils for preclinical MRI</t>
-[...10 lines deleted...]
-  <si>
     <t>Far-field probing of leaky topological states in all-dielectric metasurfaces</t>
   </si>
   <si>
     <t>Maxim Gorlach, Dmitry Zhirihin, Alexey Slobozhanyuk, Pavel Belov</t>
   </si>
   <si>
     <t>10.1038/s41467-018-03330-9</t>
   </si>
   <si>
     <t>Volumetric Wireless Coil Based on Periodically Coupled Split-Loop Resonators for Clinical Wrist Imaging</t>
   </si>
   <si>
     <t>Alena Shchelokova, Stanislav Glybovski, Mikhail Zubkov, Ekaterina Brui, Alexandr Kozachenko, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>1726-1737</t>
   </si>
   <si>
     <t>10.1002/mrm.27140</t>
   </si>
   <si>
     <t>Wireless power transfer through multipole coupling in dielectric resonators</t>
   </si>
   <si>
     <t>Mingzhao Song, Pavel Belov, Polina Kapitanova</t>
@@ -1097,107 +1211,107 @@
   <si>
     <t>10.1109/piers.2017.8262011</t>
   </si>
   <si>
     <t>Nonlocal homogenization of coated wire medium</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Maxim Gorlach, Mingzhao Song, Alexey Slobozhanyuk, Pavel Belov</t>
   </si>
   <si>
     <t>10.1109/piers.2017.8262260</t>
   </si>
   <si>
     <t>Hybrid nanocavity for molecular sensing</t>
   </si>
   <si>
     <t>Valentin Milichko, Kristina Frizyuk, Pavel Dmitriev, Dmitry Zuev, Georgiy Zograf, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>2017 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
   </si>
   <si>
     <t>10.1109/comcas.2017.8244858</t>
   </si>
   <si>
+    <t>Resonators for wireless power transfer systems</t>
+  </si>
+  <si>
+    <t>Mingzhao Song, Polina Kapitanova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2017 IEEE Radio and Antenna Days of the Indian Ocean (RADIO)</t>
+  </si>
+  <si>
+    <t>10.23919/radio.2017.8242234</t>
+  </si>
+  <si>
+    <t>Boosting Terahertz Photoconductive Antenna Performance with Optimised Plasmonic Nanostructures</t>
+  </si>
+  <si>
+    <t>Scientific Reports</t>
+  </si>
+  <si>
+    <t>10.1038/s41598-018-25013-7</t>
+  </si>
+  <si>
+    <t>In vivo magnetic resonance imaging of human knee with metasurface</t>
+  </si>
+  <si>
+    <t>Alena Shchelokova, Alexey Slobozhanyuk, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2018 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
+  </si>
+  <si>
+    <t>10.1109/PIERS.2017.8262393</t>
+  </si>
+  <si>
+    <t>A Novel Metamaterial-Inspired RF-coil for Preclinical Dual-Nuclei MRI</t>
+  </si>
+  <si>
+    <t>10.1038/s41598-018-27327-y</t>
+  </si>
+  <si>
+    <t>Nonlinear symmetry breaking in photometamaterials</t>
+  </si>
+  <si>
+    <t>Maxim Gorlach, Alexey Slobozhanyuk, Pavel Belov, Mikhail Lapine</t>
+  </si>
+  <si>
+    <t>10.1103/PhysRevB.97.115119</t>
+  </si>
+  <si>
     <t>Microwave reflecting focusing metasurface based on water</t>
   </si>
   <si>
     <t>Mikhail Odit, Andrey Sayanskiy, Pavel Belov</t>
   </si>
   <si>
     <t>Proc. of AP-S Symposium on Antennas and Propagation and URSI CNC/USNC Joint Meeting</t>
   </si>
   <si>
-    <t>Resonators for wireless power transfer systems</t>
-[...46 lines deleted...]
-  <si>
     <t>Nanoscale generation of white light for ultrabroadband nanospectroscopy</t>
   </si>
   <si>
     <t>Sergey Makarov, Ivan Sinev, Valentin Milichko, Filipp Komissarenko, Dmitry Zuev, Ivan Mukhin, Pavel Belov, Ivan Iorsh, Alexander Poddubny, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>18 (1)</t>
   </si>
   <si>
     <t>535–539</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.7b04542</t>
   </si>
   <si>
     <t>2D thermal map calculation and experimental study for optical heating of resonant non-plasmonic nanoparticles</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mihail Petrov, Dmitry Zuev, Valentin Milichko, Pavel Dmitriev, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>2017 Days on Diffraction (DD)</t>
@@ -1235,137 +1349,137 @@
   <si>
     <t>172 - 174</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2017.8107879</t>
   </si>
   <si>
     <t>A metasolenoid-like resonator for MRI applications</t>
   </si>
   <si>
     <t>Alena Shchelokova, Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>82-84</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2017.8107846</t>
   </si>
   <si>
     <t>A metamaterial-inspired MR antenna independently tunable at two frequencies</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2017.8107858</t>
   </si>
   <si>
+    <t>Metal-Dielectric Nanocavity for Real-Time Tracing Molecular Events with Temperature Feedback</t>
+  </si>
+  <si>
+    <t>Valentin Milichko, Dmitry Zuev, Georgiy Zograf, Andrey Krasilin, Ivan Mukhin, Pavel Dmitriev, Sergey Makarov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>Laser &amp; Photonics Reviews</t>
+  </si>
+  <si>
+    <t>UNSP 1700227</t>
+  </si>
+  <si>
+    <t>10.1002/lpor.201700227</t>
+  </si>
+  <si>
+    <t>Tunable hybrid metasurfaces for image quality enhancement</t>
+  </si>
+  <si>
+    <t>Alexey Slobozhanyuk, Yuri Kivshar, Alena Shchelokova, Irina Melchakova, Stanislav Glybovski, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2017 IEEE Int. Symposium on Antennas and Propagation &amp; USNC/URSI National Radio Science Meeting</t>
+  </si>
+  <si>
+    <t>doi: 10.1109/APUSNCURSINRSM.2017.8072791</t>
+  </si>
+  <si>
+    <t>Design of microwave all-dielectric focusing metasurface based on bianisotropic resonators</t>
+  </si>
+  <si>
+    <t>Mikhail Odit, Polina Kapitanova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1063/1.4998107</t>
+  </si>
+  <si>
+    <t>Experimental investigation of a metasurface resonator for in-vivo imaging at 1.5 T</t>
+  </si>
+  <si>
+    <t>Journal of Magnetic Resonance</t>
+  </si>
+  <si>
+    <t>78-81</t>
+  </si>
+  <si>
+    <t>10.1016/j.jmr.2017.11.013</t>
+  </si>
+  <si>
     <t>Enhancement of magnetic resonance imaging with metasurfaces: From concept to human trials</t>
   </si>
   <si>
     <t>doi: 10.1109/MetaMaterials.2017.8107800</t>
   </si>
   <si>
     <t>Tunable hybrid metasurfaces for MRI applications</t>
   </si>
   <si>
     <t>doi: 10.1063/1.4998062</t>
   </si>
   <si>
-    <t>Metal-Dielectric Nanocavity for Real-Time Tracing Molecular Events with Temperature Feedback</t>
-[...44 lines deleted...]
-    <t>10.1016/j.jmr.2017.11.013</t>
+    <t>Resonant optical properties of crystalline silicon nanoparticles fabricated by laser ablation-based methods</t>
+  </si>
+  <si>
+    <t>Pavel Dmitriev, Dmitry Baranov, Valentin Milichko, Ivan Mukhin, Sergey Makarov, Anton Samusev, Georgiy Zograf, Dmitry Zuev, Katherine Makarova, Mihail Petrov, Ivan Sinev, Maxim Gorlach, Kristina Frizyuk, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998078</t>
+  </si>
+  <si>
+    <t>Enhancement of second harmonic generation in chiral metal-organic frameworks with silicon nanoparticles</t>
+  </si>
+  <si>
+    <t>Anastasia Zalogina, Dmitry Zuev, Sergey Makarov, Valentin Milichko, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998132</t>
   </si>
   <si>
     <t>Effect of dipole orientation on Purcell factor for the quantum emitter near silicon nanoparticle</t>
   </si>
   <si>
     <t>Anastasia Zalogina, Dmitry Zuev, Roman Savelev, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998131</t>
   </si>
   <si>
-    <t>Resonant optical properties of crystalline silicon nanoparticles fabricated by laser ablation-based methods</t>
-[...16 lines deleted...]
-  <si>
     <t>Multipolar modes in dielectric disk resonator for wireless power transfer</t>
   </si>
   <si>
     <t>10.1063/1.4998066</t>
   </si>
   <si>
     <t>Dielectric resonators for mid-range wireless power transfer application</t>
   </si>
   <si>
     <t>2017 IEEE Wireless Power Transfer Conference (WPTC)</t>
   </si>
   <si>
     <t>10.1109/WPT.2017.7953832</t>
   </si>
   <si>
     <t>A mechanically tunable and efficient ceramic probe for MR-microscopy at 17 Tesla</t>
   </si>
   <si>
     <t>Sergei Kurdjumov, Stanislav Glybovski, Anna Hurshkainen, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998040</t>
   </si>
   <si>
     <t>Decoupling capabilities of split-loop resonator structure for 7 Tesla MRI surface array coils</t>
@@ -1436,71 +1550,71 @@
   <si>
     <t>Stanislav Glybovski, Alexey Slobozhanyuk, Pavel Belov</t>
   </si>
   <si>
     <t>4124-4133</t>
   </si>
   <si>
     <t>10.1109/TAP.2017.2717964</t>
   </si>
   <si>
     <t>Controlling scattering of light through topological transitions in all-dielectric metasurfaces</t>
   </si>
   <si>
     <t>Maxim Gorlach, Daria A. Smirnova, Alexey Slobozhanyuk, Dmitry Zhirihin, Pavel Belov, Andrea Alù, Alexander B. Khanikaev</t>
   </si>
   <si>
     <t>arXiv</t>
   </si>
   <si>
     <t>1-17</t>
   </si>
   <si>
     <t>10.48550/arXiv.1705.04236</t>
   </si>
   <si>
+    <t>Resonant non-plasmonic nanoparticles for efficient temperature-feedback optical heating</t>
+  </si>
+  <si>
+    <t>Georgiy Zograf, Mihail Petrov, Dmitry Zuev, Pavel Dmitriev, Valentin Milichko, Sergey Makarov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2945-2952</t>
+  </si>
+  <si>
+    <t>10.1021/acs.nanolett.7b00183</t>
+  </si>
+  <si>
     <t>Switchable invisibility of dielectric resonators</t>
   </si>
   <si>
     <t>Mikhail Rybin, Kirill Samusev, Polina Kapitanova, Dmitry Filonov, Pavel Belov, Yuri Kivshar, Mikhail Limonov</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.95.165119</t>
   </si>
   <si>
-    <t>Resonant non-plasmonic nanoparticles for efficient temperature-feedback optical heating</t>
-[...10 lines deleted...]
-  <si>
     <t>Reflection compensation mediated by electric and magnetic resonances of all-dielectric metasurfaces</t>
   </si>
   <si>
     <t>Mihail Petrov, Kseniia Baryshnikova, Pavel Belov</t>
   </si>
   <si>
     <t>Journal of the Optical Society of America B: Optical Physics</t>
   </si>
   <si>
     <t>D18-D28</t>
   </si>
   <si>
     <t>10.1364/JOSAB.34.000D18</t>
   </si>
   <si>
     <t>Giant field enhancement in high-index dielectric subwavelength particles</t>
   </si>
   <si>
     <t>Polina Kapitanova, Nikita Pavlov, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1038/s41598-017-00724-5</t>
   </si>
   <si>
     <t>Flexible and compact hybrid metasurfaces for enhanced ultra high field in vivo magnetic resonance imaging</t>
@@ -1526,74 +1640,74 @@
   <si>
     <t>Sergey Lepeshov, Ivan Mukhin, Dmitry Zuev, Valentin Milichko, Pavel Belov</t>
   </si>
   <si>
     <t>4 (3)</t>
   </si>
   <si>
     <t>536–543</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.6b00727</t>
   </si>
   <si>
     <t>High-Quality Laser Cavity based on All-Dielectric Metasurfaces</t>
   </si>
   <si>
     <t>Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>18–23</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2017.02.003</t>
   </si>
   <si>
+    <t>Experimental demonstration of a reconfigurable magnetic Fano resonance in hybrid oligomers</t>
+  </si>
+  <si>
+    <t>Sergey Lepeshov, Dmitry Zuev, Valentin Milichko, Pavel Belov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2017.8168025</t>
+  </si>
+  <si>
+    <t>Dielectric Yagi-Uda nanoantennas driven by electron-hole plasma photoexcitation</t>
+  </si>
+  <si>
+    <t>Sergey Li, Sergey Lepeshov, Roman Savelev, Dmitry Baranov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/917/6/062054</t>
+  </si>
+  <si>
     <t>Optimization of Nanoantenna-Enhanced Terahertz Emission from Photoconductive Antennas</t>
   </si>
   <si>
     <t>10.1088/1742-6596/917/6/062060</t>
   </si>
   <si>
-    <t>Experimental demonstration of a reconfigurable magnetic Fano resonance in hybrid oligomers</t>
-[...16 lines deleted...]
-  <si>
     <t>Van der Waals metal-organic framework as an excitonic material for advanced photonics</t>
   </si>
   <si>
     <t>Valentin Milichko, Sergey Makarov, Alexey Yulin, Andrey Krasilin, Pavel Belov</t>
   </si>
   <si>
     <t>10.1002/adma.201606034</t>
   </si>
   <si>
     <t>Experimental investigation of wireless power transfer systems based on dielectric resonators</t>
   </si>
   <si>
     <t>Polina Kapitanova, Mingzhao Song, Pavel Belov</t>
   </si>
   <si>
     <t>2016 46th European Microwave Conference (EuMC)</t>
   </si>
   <si>
     <t>10.1109/eumc.2016.7824453</t>
   </si>
   <si>
     <t>Broadband 3D Luneburg Lenses Based on Metamaterials of Radially Diverging Dielectric Rods</t>
   </si>
   <si>
     <t>Andrey Sayanskiy, Stanislav Glybovski, Dmitry Filonov, Pavel Belov</t>
@@ -1604,65 +1718,65 @@
   <si>
     <t>10.1109/LAWP.2016.2647383</t>
   </si>
   <si>
     <t>Mid-infrared surface waves on a high aspect ratio nano-trench platform</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Pavel Dmitriev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.7b00924</t>
   </si>
   <si>
     <t>Advanced electromagnetic materials for magnetic resonance imaging</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Alena Shchelokova, Pavel Belov</t>
   </si>
   <si>
     <t>IEEE Radio and Antenna Days of the Indian Ocean (RADIO)</t>
   </si>
   <si>
     <t>10.1109/RADIO.2016.7772007</t>
   </si>
   <si>
+    <t>Approach for fine-tuning of hybrid dimer antennas via laser melting at the nanoscale</t>
+  </si>
+  <si>
+    <t>Yali Sun, Stanislav Kolodny, Sergey Lepeshov, Dmitry Zuev, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1002/andp.201600272</t>
+  </si>
+  <si>
     <t>Wireless power transfer based on dielectric resonators with colossal permittivity</t>
   </si>
   <si>
     <t>10.1063/1.4971185</t>
   </si>
   <si>
-    <t>Approach for fine-tuning of hybrid dimer antennas via laser melting at the nanoscale</t>
-[...7 lines deleted...]
-  <si>
     <t>Nonlocality in uniaxially polarizable media and cubic metamaterials</t>
   </si>
   <si>
     <t>Pavel Belov, Maxim Gorlach</t>
   </si>
   <si>
     <t>2016 10th International Congress on Adv. Electromagnetic Mat. in Microwaves and Optics (METAMAT.)</t>
   </si>
   <si>
     <t>58-60</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2016.7746435</t>
   </si>
   <si>
     <t>Wireless power transfer system based on ceramic resonators</t>
   </si>
   <si>
     <t>Polina Kapitanova, Mingzhao Song, Ivan Iorsh, Pavel Belov</t>
   </si>
   <si>
     <t>151-153</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2016.7746469</t>
@@ -1820,74 +1934,74 @@
   <si>
     <t>Reconfigurable metal-dielectric nanodimers as component of hybrid nanophotonics</t>
   </si>
   <si>
     <t>Dmitry Zuev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Pavel Belov</t>
   </si>
   <si>
     <t>2016 10th International Congress on Advanced Electromagnetic Materials in Microwaves and Optics (METAMATERIALS)</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2016.7746426</t>
   </si>
   <si>
     <t>Ultrafast magnetic light</t>
   </si>
   <si>
     <t>Sergey Makarov, Pavel Belov, Dmitry Baranov</t>
   </si>
   <si>
     <t>19-20</t>
   </si>
   <si>
     <t>10.1109/APS.2016.7695718</t>
   </si>
   <si>
+    <t>Metasurfaces provide a new way for building magnetic resonance imaging scanners</t>
+  </si>
+  <si>
+    <t>Alexey Slobozhanyuk, Yuri Kivshar, Alexander Poddubny, Pavel Belov</t>
+  </si>
+  <si>
+    <t>375-376</t>
+  </si>
+  <si>
+    <t>10.1109/APS.2016.7695896</t>
+  </si>
+  <si>
     <t>Safety aspects of the metamaterial resonator for application in magnetic resonance imaging</t>
   </si>
   <si>
     <t>Alena Shchelokova, Alexey Slobozhanyuk, Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>1397-1398</t>
   </si>
   <si>
     <t>10.1109/APS.2016.7696405</t>
   </si>
   <si>
-    <t>Metasurfaces provide a new way for building magnetic resonance imaging scanners</t>
-[...10 lines deleted...]
-  <si>
     <t>Microwave platform as a valuable tool for characterization of nanophotonic devices</t>
   </si>
   <si>
     <t>Ivan Shishkin, Dmitry Baranov, Alexey Slobozhanyuk, Dmitry Filonov, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1038/srep35516</t>
   </si>
   <si>
     <t>Topological transition in coated wire medium</t>
   </si>
   <si>
     <t>Maxim Gorlach, Mingzhao Song, Alexey Slobozhanyuk, Andrey Bogdanov, Pavel Belov</t>
   </si>
   <si>
     <t>Physica Status Solidi - Rapid Research Letters</t>
   </si>
   <si>
     <t>900-904</t>
   </si>
   <si>
     <t>10.1002/pssr.201600289</t>
   </si>
   <si>
     <t>Tuning of Near- and Far-Field Properties of All-dielectric Dimer Nanoantennas via Ultrafast Electron-Hole Plasma Photoexcitation</t>
@@ -1988,68 +2102,68 @@
   <si>
     <t>Kirill Samusev, Mikhail Rybin, Pavel Belov, Mikhail Limonov</t>
   </si>
   <si>
     <t>Physics of the Solid State</t>
   </si>
   <si>
     <t>1412-1419</t>
   </si>
   <si>
     <t>10.1134/S1063783416070301</t>
   </si>
   <si>
     <t>Nonlinear Transient Dynamics of Photoexcited Resonant Silicon Nanostructures</t>
   </si>
   <si>
     <t>Dmitry Baranov, Sergey Makarov, Valentin Milichko, Pavel Belov</t>
   </si>
   <si>
     <t>1546–1551</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.6b00358</t>
   </si>
   <si>
+    <t>Optical tuning of near and far fields form hybrid dimer nanoantennas via laser-induced melting</t>
+  </si>
+  <si>
+    <t>Stanislav Kolodny, Dmitry Zuev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/741/1/012152</t>
+  </si>
+  <si>
     <t>Manipulating Fano resonance via fs–laser melting of hybrid oligomers at nanoscale</t>
   </si>
   <si>
     <t>Sergey Lepeshov, Yali Sun, Dmitry Zuev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/741/1/012140</t>
   </si>
   <si>
-    <t>Optical tuning of near and far fields form hybrid dimer nanoantennas via laser-induced melting</t>
-[...7 lines deleted...]
-  <si>
     <t>Experimental demonstration of water based tunable metasurface</t>
   </si>
   <si>
     <t>10.1063/1.4955272</t>
   </si>
   <si>
     <t>Femtosecond laser transfer of silicon nanoparticles with enhanced Raman response</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Baranov, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4954347</t>
   </si>
   <si>
     <t>Attraction Optical Forces inside Hyperbolic Metamaterials</t>
   </si>
   <si>
     <t>Alexander Shalin, Andrey Bogdanov, Pavel Belov</t>
   </si>
   <si>
     <t>Conference on Lasers and Electro-Optics (CLEO)</t>
   </si>
   <si>
     <t>10.1364/CLEO_AT.2016.JW2A.17</t>
@@ -2150,68 +2264,68 @@
   <si>
     <t>The role of Purcell effect for third harmonic generation</t>
   </si>
   <si>
     <t>Tatiana Voytova, Alexey Yulin, Kseniia Baryshnikova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/690/1/012034</t>
   </si>
   <si>
     <t>Generation of unipolar optical pulses in a Raman-active medium</t>
   </si>
   <si>
     <t>R M Arkhipov, M V Arkhipov, Павел Белов, Yu A Tolmachev, I Babushkin</t>
   </si>
   <si>
     <t>Laser Physics Letters</t>
   </si>
   <si>
     <t>046001</t>
   </si>
   <si>
     <t>10.1088/1612-2011/13/4/046001</t>
   </si>
   <si>
+    <t>Single-stage fabrication of low-loss dielectric nanoresonators from high-loss material</t>
+  </si>
+  <si>
+    <t>Pavel Dmitriev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Alexey Mozharov, Anton Samusev, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/690/1/012020</t>
+  </si>
+  <si>
     <t>Direct Femtosecond Laser Writing of Optical Nanoresonators</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/690/1/012021</t>
   </si>
   <si>
-    <t>Single-stage fabrication of low-loss dielectric nanoresonators from high-loss material</t>
-[...7 lines deleted...]
-  <si>
     <t>Fabrication of Hybrid Nanostructures via Nanoscale Laser-Induced Reshaping for Advanced Light Manipulation</t>
   </si>
   <si>
     <t>Dmitry Zuev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Ivan Shishkin, Pavel Belov</t>
   </si>
   <si>
     <t>3087–3093</t>
   </si>
   <si>
     <t>10.1002/adma.201505346</t>
   </si>
   <si>
     <t>Plasmonic and silicon spherical nanoparticle antireflective coatings</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Mihail Petrov, Pavel Belov</t>
   </si>
   <si>
     <t>10.1038/srep22136</t>
   </si>
   <si>
     <t>Enhancement of artificial magnetism via resonant bianisotropy</t>
   </si>
   <si>
     <t>Dmitry Markovich, Kseniia Baryshnikova, Alexander Shalin, Anton Samusev, Pavel Belov</t>
@@ -2231,74 +2345,74 @@
   <si>
     <t>10.1364/OL.41.000749</t>
   </si>
   <si>
     <t>Wireless power transfer based on magnetic quadrupole coupling in dielectric resonators</t>
   </si>
   <si>
     <t>Mingzhao Song, Ivan Iorsh, Polina Kapitanova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4939789</t>
   </si>
   <si>
     <t>Enhancement of magnetic resonance imaging with metasurfaces</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Alexander Poddubny, Alexandr Kozachenko, Irina Melchakova, Yuri Kivshar, Pavel Belov</t>
   </si>
   <si>
     <t>1832-1838</t>
   </si>
   <si>
     <t>10.1002/adma.201504270</t>
   </si>
   <si>
+    <t>Laser fabrication of crystalline silicon nanoresonators from an amorphous film for low-loss all-dielectric nanophotonics</t>
+  </si>
+  <si>
+    <t>5043-5048</t>
+  </si>
+  <si>
+    <t>10.1039/C5NR06742A</t>
+  </si>
+  <si>
     <t>Enhancement of photovoltaic absorption in thin-film silicon solar cells by all-dielectric light-trapping and antireflective coatings</t>
   </si>
   <si>
     <t>Pavel Voroshilov, Pavel Belov, Alexander Shalin</t>
   </si>
   <si>
     <t>2015 9th International Congress on Adv. Electromagnetic Mat. in Microwaves and Optics (METAMAT.)</t>
   </si>
   <si>
     <t>517-519</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2015.7342508</t>
   </si>
   <si>
-    <t>Laser fabrication of crystalline silicon nanoresonators from an amorphous film for low-loss all-dielectric nanophotonics</t>
-[...7 lines deleted...]
-  <si>
     <t>Self-Complementary Metasurfaces for Linear-to-Circular Polarization Conversion</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Stanislav Glybovski, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.92.245413</t>
   </si>
   <si>
     <t>Anomalous polarization conversion in arrays of ultrathin ferromagnetic nanowires</t>
   </si>
   <si>
     <t>Alexander Poddubny, Ilya Yagupov, Alexey Slobozhanyuk, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.92.214436</t>
   </si>
   <si>
     <t>Controllable Femtosecond Laser-Induced Dewetting for Plasmonic Applications</t>
   </si>
   <si>
     <t>Sergey Makarov, Valentin Milichko, Ivan Mukhin, Ivan Shishkin, Dmitry Zuev, Alexey Mozharov, Pavel Belov</t>
   </si>
   <si>
     <t>91-99</t>
@@ -2375,71 +2489,71 @@
   <si>
     <t>Input impedance of small antenna provides Purcell factor</t>
   </si>
   <si>
     <t>10.1109/DD.2015.7354854</t>
   </si>
   <si>
     <t>Direct measurements of magnetic and electric optical responses from silicon nanoparticles</t>
   </si>
   <si>
     <t>Dmitry Permyakov, Ivan Sinev, Dmitry Markovich, Anton Samusev, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1109/DD.2015.7354867</t>
   </si>
   <si>
     <t>Scattering suppression with homogeneous ENZ-media</t>
   </si>
   <si>
     <t>Alexander Shalin, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1109/DD.2015.7354879</t>
   </si>
   <si>
+    <t>Annular wire metamaterial resonators for Magnetic Resonance Imaging</t>
+  </si>
+  <si>
+    <t>Alena Shchelokova, Alexey Slobozhanyuk, Irina Melchakova, Alexander Poddubny, Yuri Kivshar, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2015 SBMO/IEEE MTT-S International Microwave and Optoelectronics Conference (IMOC)</t>
+  </si>
+  <si>
+    <t>10.1109/IMOC.2015.7369199</t>
+  </si>
+  <si>
     <t>Application of High-Q dielectric resonators for wireless power transfer system</t>
   </si>
   <si>
     <t>Pavel Belov, Mingzhao Song, Ivan Iorsh, Polina Kapitanova</t>
   </si>
   <si>
-    <t>2015 SBMO/IEEE MTT-S International Microwave and Optoelectronics Conference (IMOC)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/IMOC.2015.7369228</t>
   </si>
   <si>
-    <t>Annular wire metamaterial resonators for Magnetic Resonance Imaging</t>
-[...7 lines deleted...]
-  <si>
     <t>Emulation of complex optical phenomena with radio waves: Tailoring scattering characteristics with wire metamaterial</t>
   </si>
   <si>
     <t>Dmitry Filonov, Alexander Shalin, Pavel Belov</t>
   </si>
   <si>
     <t>2015 IEEE Int. Conf. on Microwaves, Communications, Antennas and Electronic Systems (COMCAS)</t>
   </si>
   <si>
     <t>1-2, 2-4</t>
   </si>
   <si>
     <t>10.1109/COMCAS.2015.7360417</t>
   </si>
   <si>
     <t>Superabsorption of light by nanoparticles</t>
   </si>
   <si>
     <t>Konstantin Ladutenko, Pavel Belov</t>
   </si>
   <si>
     <t>18897-18901</t>
   </si>
   <si>
     <t>10.1039/C5NR05468K</t>
@@ -2864,107 +2978,107 @@
   <si>
     <t>10.1117/12.2061675</t>
   </si>
   <si>
     <t>Impact of filling ratio on subwavelength optical imaging using metallic nanolens of different geometries</t>
   </si>
   <si>
     <t>Applied Optics</t>
   </si>
   <si>
     <t>6096-6102</t>
   </si>
   <si>
     <t>10.1364/AO.53.006096</t>
   </si>
   <si>
     <t>Effects of discreteness in the Green's function of a hyperbolic medium</t>
   </si>
   <si>
     <t>Alena Shchelokova, Alexander Poddubny, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/PhysRevA.90.023854</t>
   </si>
   <si>
+    <t>Multi-periodicity induces prominent optical phenomena in plasmonic multilayers</t>
+  </si>
+  <si>
+    <t>Alexey Orlov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2014 8th International Congress on Advanced Electromagnetic Materials in Microwaves and Optics</t>
+  </si>
+  <si>
+    <t>388-390</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2014.6948570</t>
+  </si>
+  <si>
+    <t>Non-plasmonic light trapping for thin film solar cells</t>
+  </si>
+  <si>
+    <t>Alexander Shalin, Pavel Voroshilov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>433-436</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2014.6948586</t>
+  </si>
+  <si>
+    <t>Retrieving constitutive parameters of plasmonic multilayers from reflection and transmission coefficients</t>
+  </si>
+  <si>
+    <t>391-393</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2014.6948571</t>
+  </si>
+  <si>
+    <t>Theoretical and experimental study of guided modes of the wire medium slab</t>
+  </si>
+  <si>
+    <t>Ivan Iorsh, Alexey Orlov, Pavel Belov, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>52-54</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2014.6948591</t>
+  </si>
+  <si>
     <t>Linear to circular polarization converters based on self-complementary metasurfaces</t>
   </si>
   <si>
-    <t>2014 8th International Congress on Advanced Electromagnetic Materials in Microwaves and Optics</t>
-[...1 lines deleted...]
-  <si>
     <t>43-45</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2014.6948588</t>
   </si>
   <si>
-    <t>Multi-periodicity induces prominent optical phenomena in plasmonic multilayers</t>
-[...43 lines deleted...]
-  <si>
     <t>Mapping electromagnetic fields near a subwavelength hole</t>
   </si>
   <si>
     <t>Dmitry Permyakov, Ivan Mukhin, Ivan Shishkin, Anton Samusev, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>622-626</t>
   </si>
   <si>
     <t>10.1134/S002136401411006X</t>
   </si>
   <si>
     <t>Fabrication of submicron structures by three-dimensional laser lithography</t>
   </si>
   <si>
     <t>Ivan Shishkin, Mikhail Rybin, Kirill Samusev, Mikhail Limonov, Yuri Kivshar, Pavel Belov</t>
   </si>
   <si>
     <t>531-534</t>
   </si>
   <si>
     <t>10.1134/s0021364014090112</t>
   </si>
   <si>
     <t>Nanoantennas for enhanced light trapping in transparent organic solar cells</t>
@@ -3011,131 +3125,131 @@
   <si>
     <t>10.1103/PhysRevB.90.035106</t>
   </si>
   <si>
     <t>Guided modes in a spatially dispersive wire medium slab</t>
   </si>
   <si>
     <t>Alexander Ageyskiy, Ivan Iorsh, Alexey Orlov, Pavel Belov</t>
   </si>
   <si>
     <t>1753-1760</t>
   </si>
   <si>
     <t>10.1364/JOSAB.31.001753</t>
   </si>
   <si>
     <t>Deeply subwavelength electromagnetic Tamm states in graphene metamaterials</t>
   </si>
   <si>
     <t>Pavel Buslaev, Ivan Iorsh, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.89.245414</t>
   </si>
   <si>
+    <t>Multi-Periodic Photonic Hyper-Crystals: Volume Plasmon Polaritons and the Purcell Effect</t>
+  </si>
+  <si>
+    <t>Ivan Iorsh, Alexey Orlov, Pavel Belov, Sergei Zhukovsky</t>
+  </si>
+  <si>
+    <t>FTu2C</t>
+  </si>
+  <si>
+    <t>FTu2C.3</t>
+  </si>
+  <si>
+    <t>10.1364/CLEO_QELS.2014.FTu2C.3</t>
+  </si>
+  <si>
+    <t>Near-field Interference in Optics and RF</t>
+  </si>
+  <si>
+    <t>Polina Kapitanova, Dmitry Filonov, Pavel Voroshilov, Alexander Poddubny, Pavel Belov, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>FTu2K</t>
+  </si>
+  <si>
+    <t>FTu2K.7</t>
+  </si>
+  <si>
+    <t>10.1364/CLEO_QELS.2014.FTu2K.7</t>
+  </si>
+  <si>
     <t>Classical and Quantum Opto-mechanics with Plasmonics and Metamaterials</t>
   </si>
   <si>
     <t>FTu3C</t>
   </si>
   <si>
     <t>FTu3C.2</t>
   </si>
   <si>
     <t>10.1364/CLEO_QELS.2014.FTu3C.2</t>
   </si>
   <si>
-    <t>Multi-Periodic Photonic Hyper-Crystals: Volume Plasmon Polaritons and the Purcell Effect</t>
-[...28 lines deleted...]
-  <si>
     <t>An Endoscope Based on Extremely Anisotropic Metamaterials for Applications in Magnetic Resonance Imaging</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Irina Melchakova, Alexandr Kozachenko, Dmitry Filonov, Pavel Belov</t>
   </si>
   <si>
     <t>Journal of Communications Technology and Electronics</t>
   </si>
   <si>
     <t>562-570</t>
   </si>
   <si>
     <t>10.1134/S1064226914040111</t>
   </si>
   <si>
+    <t>All-dielectric nanoantenna for single NV center radiation collection enhancement</t>
+  </si>
+  <si>
+    <t>2014 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2014.7036441</t>
+  </si>
+  <si>
+    <t>Experimental investigation of magnetic Purcell factor in wire metamaterials</t>
+  </si>
+  <si>
+    <t>Alexey Slobozhanyuk, Pavel Belov, Alexander Poddubny</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2014.7036442</t>
+  </si>
+  <si>
     <t>Microscopic model of the self-induced torque in metamaterials</t>
   </si>
   <si>
-    <t>2014 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/DD.2014.7036431</t>
   </si>
   <si>
-    <t>All-dielectric nanoantenna for single NV center radiation collection enhancement</t>
-[...13 lines deleted...]
-  <si>
     <t>Experimental studies of the directional antenna based on helical elements</t>
   </si>
   <si>
     <t>Problems of Physics, Mathematics and Technics</t>
   </si>
   <si>
     <t>16-20</t>
   </si>
   <si>
     <t>Magnetic dipole radiation tailored by substrates: numerical investigation</t>
   </si>
   <si>
     <t>Anton Samusev, Pavel Belov</t>
   </si>
   <si>
     <t>10693-10702</t>
   </si>
   <si>
     <t>10.1364/OE.22.010693</t>
   </si>
   <si>
     <t>Magnetic Purcell factor in wire metamaterials</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Alexander Poddubny, Pavel Belov</t>
@@ -3317,116 +3431,116 @@
   <si>
     <t>10.1109/ICECom.2013.6684722</t>
   </si>
   <si>
     <t>Single-mode subwavelength waveguides with wire metamaterials</t>
   </si>
   <si>
     <t>Pavel Belov, Ivan Iorsh, Ilya Yagupov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1063/1.4824478</t>
   </si>
   <si>
     <t>Microwave metamaterials with competing light-controllable nonlinear response</t>
   </si>
   <si>
     <t>Polina Kapitanova, Alexey Slobozhanyuk, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>2013 European Microwave Conference</t>
   </si>
   <si>
     <t>533-536</t>
   </si>
   <si>
+    <t>Tailoring lattice parameters for broadband artificial diamagnetism</t>
+  </si>
+  <si>
+    <t>Mikhail Lapine, Yuri Kivshar, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2013 7th International Congress on Advanced Electromagnetic Materials in Microwaves and Optics</t>
+  </si>
+  <si>
+    <t>34-36</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials.2013.6808944</t>
+  </si>
+  <si>
+    <t>Hyperbolic metamaterials for terahertz applications</t>
+  </si>
+  <si>
+    <t>331-333</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials.2013.6809043</t>
+  </si>
+  <si>
+    <t>Optomechanical “nonlinear” light modulation on nano-scales</t>
+  </si>
+  <si>
+    <t>346-348</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2013.6809048</t>
+  </si>
+  <si>
+    <t>Enhanced light trapping with optical nanoantennas for thin-film solar cells</t>
+  </si>
+  <si>
+    <t>Pavel Voroshilov, Michael Guzhva, Pavel Belov, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>49-51</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2013.6808949</t>
+  </si>
+  <si>
+    <t>Wire metamaterial: Enhancement of evanescent waves and application for improvement of magnetic resonance imaging</t>
+  </si>
+  <si>
+    <t>526-528</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials.2013.6809108</t>
+  </si>
+  <si>
     <t>Light coupling in microwave metamaterials</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Polina Kapitanova, Dmitry Filonov, Pavel Belov, Mikhail Lapine, Yuri Kivshar</t>
   </si>
   <si>
-    <t>2013 7th International Congress on Advanced Electromagnetic Materials in Microwaves and Optics</t>
-[...1 lines deleted...]
-  <si>
     <t>190-192</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2013.6808996</t>
   </si>
   <si>
-    <t>Tailoring lattice parameters for broadband artificial diamagnetism</t>
-[...49 lines deleted...]
-  <si>
     <t>Photovoltaic absorption enhancement in thin-film solar cells by non-resonant beam collimation by submicron dielectric particles</t>
   </si>
   <si>
     <t>103104(1-6)</t>
   </si>
   <si>
     <t>10.1063/1.4820573</t>
   </si>
   <si>
     <t>Electric and magnetic dipole radiation and Purcell effect in hyperbolic metamaterials</t>
   </si>
   <si>
     <t>Alexander Poddubny, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>88060T-1</t>
   </si>
   <si>
     <t>10.1117/12.2023857</t>
   </si>
   <si>
     <t>All-dielectric nanoantennas</t>
   </si>
   <si>
     <t>880626-(1-12</t>
@@ -3656,53 +3770,50 @@
   <si>
     <t>Alexey Orlov, Ivan Iorsh, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>1593-1598</t>
   </si>
   <si>
     <t>10.1364/OE.21.001593</t>
   </si>
   <si>
     <t>Broadband diamagnetism in anisotropic metamaterials</t>
   </si>
   <si>
     <t>Mikhail Lapine, Anastasia Krylova, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>024408 (1-7)</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.87.024408</t>
   </si>
   <si>
     <t>Performance of FDTD method cpu implementations for simulation of electromagnetic processes</t>
   </si>
   <si>
-    <t>Progress In Electromagnetics Research</t>
-[...1 lines deleted...]
-  <si>
     <t>655-670</t>
   </si>
   <si>
     <t>10.2528/PIER13031910</t>
   </si>
   <si>
     <t>Competing nonlinearities with metamaterials</t>
   </si>
   <si>
     <t>10.1063/1.4768945</t>
   </si>
   <si>
     <t>Nanophotonics integrated circuits simulation: FDTD method (in Russian)</t>
   </si>
   <si>
     <t>Константин Ладутенко, Павел Белов</t>
   </si>
   <si>
     <t>42-61</t>
   </si>
   <si>
     <t>Oscillons, solitons domain walls in arrays of nonlinear plasmonic nanoparticles</t>
   </si>
   <si>
     <t>Roman Noskov, Pavel Belov, Yuri Kivshar</t>
@@ -4145,81 +4256,81 @@
   <si>
     <t>191905(1-3)</t>
   </si>
   <si>
     <t>10.1063/1.3516161</t>
   </si>
   <si>
     <t>Magnification of subwavelength field distributions using a tapered array of metallic wires with planar interfaces and an embedded dielectric phase compensator</t>
   </si>
   <si>
     <t>103045(1-11)</t>
   </si>
   <si>
     <t>10.1088/1367-2630/12/10/103045</t>
   </si>
   <si>
     <t>Tailoring silver nanorod arrays for subwavelength imaging of arbitrary coherent sources</t>
   </si>
   <si>
     <t>113408(1-4)</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.82.113408</t>
   </si>
   <si>
+    <t>Optimal parameters of metallic nanorods arrays for subwavelength imaging</t>
+  </si>
+  <si>
+    <t>77541E(1-6)</t>
+  </si>
+  <si>
+    <t>10.1117/12.860630</t>
+  </si>
+  <si>
+    <t>Strong spatial dispersion in nanostructured multilayered metal-dielectric optical metamaterials</t>
+  </si>
+  <si>
+    <t>Alexey Orlov, Alexander Chebykin, Pavel Belov</t>
+  </si>
+  <si>
+    <t>77540E(1-7)</t>
+  </si>
+  <si>
+    <t>10.1117/12.860175</t>
+  </si>
+  <si>
     <t>Material parameters of optical metamaterials formed by nano-fishnet structures</t>
   </si>
   <si>
     <t>Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>77541V(1-14)</t>
   </si>
   <si>
     <t>10.1117/12.860116</t>
-  </si>
-[...19 lines deleted...]
-    <t>10.1117/12.860175</t>
   </si>
   <si>
     <t>Studying the possibility of extracting material parameters from reflection and transmission coefficients of plane wave for multilayer metamaterials based on metal nanogrids</t>
   </si>
   <si>
     <t>Pavel Belov, Irina Melchakova</t>
   </si>
   <si>
     <t>85-96</t>
   </si>
   <si>
     <t>10.1134/S0030400X10070143</t>
   </si>
   <si>
     <t>Periscope-like endoscope for transmission of a near field in the infrared range</t>
   </si>
   <si>
     <t>142-144</t>
   </si>
   <si>
     <t>10.1364/OL.35.000142</t>
   </si>
   <si>
     <t>Nonlocal homogenization theory of multilayered metal-dielectric nanostructured optical metamaterials (in Russian)</t>
   </si>
@@ -4586,51 +4697,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I400"/>
+  <dimension ref="A1:I410"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="203.95" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="617.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="131.968" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -4644,10532 +4755,10774 @@
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
-      <c r="D2">
-[...2 lines deleted...]
-      <c r="E2"/>
+      <c r="D2"/>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
-[...6 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="D3"/>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3"/>
       <c r="I3"/>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H4"/>
       <c r="I4"/>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D5">
-        <v>16</v>
+        <v>112</v>
       </c>
       <c r="E5"/>
       <c r="F5">
         <v>2025</v>
       </c>
       <c r="G5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H5">
-        <v>14.92</v>
+        <v>4.04</v>
       </c>
       <c r="I5">
-        <v>5.56</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="D6"/>
+        <v>28</v>
+      </c>
+      <c r="D6">
+        <v>112</v>
+      </c>
       <c r="E6"/>
       <c r="F6">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H6">
-        <v>5.0</v>
+        <v>5.3</v>
       </c>
       <c r="I6">
-        <v>1.88</v>
+        <v>1.89</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C7" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      <c r="E7"/>
+        <v>32</v>
+      </c>
+      <c r="D7"/>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
       <c r="F7">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G7" t="s">
-        <v>32</v>
-[...6 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B8" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C8" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F8">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G8" t="s">
         <v>37</v>
       </c>
       <c r="H8"/>
       <c r="I8"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>38</v>
       </c>
       <c r="B9" t="s">
         <v>39</v>
       </c>
       <c r="C9" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="D9">
-        <v>110</v>
+        <v>16</v>
       </c>
       <c r="E9"/>
       <c r="F9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H9">
-        <v>4.04</v>
+        <v>14.92</v>
       </c>
       <c r="I9">
-        <v>1.78</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C10" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D10"/>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E10"/>
       <c r="F10">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G10" t="s">
         <v>45</v>
       </c>
-      <c r="H10"/>
-      <c r="I10"/>
+      <c r="H10">
+        <v>18.81</v>
+      </c>
+      <c r="I10">
+        <v>6.07</v>
+      </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>46</v>
       </c>
       <c r="B11" t="s">
         <v>47</v>
       </c>
       <c r="C11" t="s">
         <v>48</v>
       </c>
-      <c r="D11"/>
-      <c r="E11"/>
+      <c r="D11">
+        <v>182</v>
+      </c>
+      <c r="E11" t="s">
+        <v>49</v>
+      </c>
       <c r="F11">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G11" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-      <c r="I11"/>
+        <v>50</v>
+      </c>
+      <c r="H11">
+        <v>2.95</v>
+      </c>
+      <c r="I11">
+        <v>0.44</v>
+      </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C12" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-      <c r="I12"/>
+        <v>54</v>
+      </c>
+      <c r="H12">
+        <v>5.0</v>
+      </c>
+      <c r="I12">
+        <v>1.88</v>
+      </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B13" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C13" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="D13"/>
+        <v>24</v>
+      </c>
+      <c r="D13">
+        <v>110</v>
+      </c>
       <c r="E13"/>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-      <c r="I13"/>
+        <v>57</v>
+      </c>
+      <c r="H13">
+        <v>4.04</v>
+      </c>
+      <c r="I13">
+        <v>1.78</v>
+      </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B14" t="s">
-        <v>57</v>
+        <v>10</v>
       </c>
       <c r="C14" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D14"/>
-      <c r="E14">
-        <v>130648</v>
+      <c r="E14" t="s">
+        <v>60</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
-        <v>59</v>
-[...6 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>62</v>
+      </c>
+      <c r="B15" t="s">
+        <v>63</v>
+      </c>
+      <c r="C15" t="s">
+        <v>59</v>
+      </c>
+      <c r="D15"/>
+      <c r="E15" t="s">
         <v>60</v>
-      </c>
-[...10 lines deleted...]
-        <v>1158</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
-        <v>63</v>
-[...6 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B16" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C16" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="D16"/>
-      <c r="E16"/>
+      <c r="E16" t="s">
+        <v>60</v>
+      </c>
       <c r="F16">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G16" t="s">
         <v>67</v>
       </c>
       <c r="H16"/>
       <c r="I16"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>68</v>
       </c>
       <c r="B17" t="s">
         <v>69</v>
       </c>
       <c r="C17" t="s">
+        <v>59</v>
+      </c>
+      <c r="D17"/>
+      <c r="E17" t="s">
+        <v>60</v>
+      </c>
+      <c r="F17">
+        <v>2024</v>
+      </c>
+      <c r="G17" t="s">
         <v>70</v>
-      </c>
-[...8 lines deleted...]
-        <v>71</v>
       </c>
       <c r="H17"/>
       <c r="I17"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>71</v>
+      </c>
+      <c r="B18" t="s">
         <v>72</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D18">
-        <v>20</v>
+        <v>110</v>
       </c>
       <c r="E18"/>
       <c r="F18">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G18" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="H18">
-        <v>4.99</v>
+        <v>4.04</v>
       </c>
       <c r="I18">
-        <v>1.88</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>74</v>
+      </c>
+      <c r="B19" t="s">
         <v>75</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>76</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19"/>
+      <c r="E19" t="s">
         <v>77</v>
       </c>
-      <c r="D19"/>
-      <c r="E19"/>
       <c r="F19">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G19" t="s">
         <v>78</v>
       </c>
       <c r="H19"/>
       <c r="I19"/>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>79</v>
       </c>
       <c r="B20" t="s">
         <v>80</v>
       </c>
       <c r="C20" t="s">
         <v>81</v>
       </c>
-      <c r="D20">
-[...2 lines deleted...]
-      <c r="E20"/>
+      <c r="D20"/>
+      <c r="E20" t="s">
+        <v>82</v>
+      </c>
       <c r="F20">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G20" t="s">
-        <v>82</v>
-[...6 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20"/>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B21" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C21" t="s">
-        <v>85</v>
-[...3 lines deleted...]
-      </c>
+        <v>86</v>
+      </c>
+      <c r="D21"/>
       <c r="E21"/>
       <c r="F21">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G21" t="s">
-        <v>86</v>
-[...6 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21"/>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B22" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C22" t="s">
-        <v>89</v>
-[...6 lines deleted...]
-      </c>
+        <v>86</v>
+      </c>
+      <c r="D22"/>
+      <c r="E22"/>
       <c r="F22">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G22" t="s">
         <v>90</v>
       </c>
-      <c r="H22">
-[...4 lines deleted...]
-      </c>
+      <c r="H22"/>
+      <c r="I22"/>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>91</v>
       </c>
       <c r="B23" t="s">
         <v>92</v>
       </c>
       <c r="C23" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="D23"/>
-      <c r="E23">
-[...1 lines deleted...]
-      </c>
+      <c r="E23"/>
       <c r="F23">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G23" t="s">
         <v>93</v>
       </c>
-      <c r="H23">
-[...4 lines deleted...]
-      </c>
+      <c r="H23"/>
+      <c r="I23"/>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>94</v>
       </c>
       <c r="B24" t="s">
         <v>95</v>
       </c>
       <c r="C24" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      <c r="E24"/>
+        <v>96</v>
+      </c>
+      <c r="D24"/>
+      <c r="E24">
+        <v>130648</v>
+      </c>
       <c r="F24">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G24" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H24">
-        <v>3.91</v>
+        <v>2.31</v>
       </c>
       <c r="I24">
-        <v>1.54</v>
+        <v>0.63</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B25" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C25" t="s">
-        <v>11</v>
+        <v>100</v>
       </c>
       <c r="D25">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="E25"/>
+        <v>12</v>
+      </c>
+      <c r="E25">
+        <v>1158</v>
+      </c>
       <c r="F25">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G25" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="H25">
-        <v>5.41</v>
+        <v>7.08</v>
       </c>
       <c r="I25">
-        <v>1.68</v>
+        <v>2.07</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B26" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C26" t="s">
-        <v>89</v>
-[...6 lines deleted...]
-      </c>
+        <v>104</v>
+      </c>
+      <c r="D26"/>
+      <c r="E26"/>
       <c r="F26">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G26" t="s">
-        <v>102</v>
-[...6 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26"/>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B27" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C27" t="s">
-        <v>27</v>
+        <v>108</v>
       </c>
       <c r="D27">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="E27"/>
       <c r="F27">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G27" t="s">
-        <v>105</v>
-[...6 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B28" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C28" t="s">
-        <v>108</v>
+        <v>53</v>
       </c>
       <c r="D28">
-        <v>86</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="E28"/>
       <c r="F28">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G28" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="H28"/>
+        <v>112</v>
+      </c>
+      <c r="H28">
+        <v>4.99</v>
+      </c>
       <c r="I28">
-        <v>0.23</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B29" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C29" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G29" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="H29"/>
       <c r="I29"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B30" t="s">
-        <v>88</v>
+        <v>118</v>
       </c>
       <c r="C30" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D30">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E30"/>
       <c r="F30">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G30" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="H30">
-        <v>3.56</v>
+        <v>17.46</v>
       </c>
       <c r="I30">
-        <v>1.26</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="B31" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="C31" t="s">
-        <v>31</v>
+        <v>123</v>
       </c>
       <c r="D31">
-        <v>106</v>
+        <v>134</v>
       </c>
       <c r="E31"/>
       <c r="F31">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G31" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="H31">
-        <v>3.91</v>
+        <v>2.55</v>
       </c>
       <c r="I31">
-        <v>1.54</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="B32" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="C32" t="s">
-        <v>116</v>
+        <v>127</v>
       </c>
       <c r="D32">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="E32">
-        <v>3291</v>
+        <v>101150</v>
       </c>
       <c r="F32">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G32" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="H32">
-        <v>3.56</v>
+        <v>3.16</v>
       </c>
       <c r="I32">
-        <v>1.26</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="B33" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="C33" t="s">
-        <v>125</v>
-[...5 lines deleted...]
-        <v>126</v>
+        <v>127</v>
+      </c>
+      <c r="D33"/>
+      <c r="E33">
+        <v>101147</v>
       </c>
       <c r="F33">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G33" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="H33">
-        <v>4.82</v>
+        <v>3.16</v>
       </c>
       <c r="I33">
-        <v>2.13</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B34" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C34" t="s">
-        <v>81</v>
+        <v>24</v>
       </c>
       <c r="D34">
-        <v>11</v>
+        <v>107</v>
       </c>
       <c r="E34"/>
       <c r="F34">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G34" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="H34">
-        <v>17.46</v>
+        <v>3.91</v>
       </c>
       <c r="I34">
-        <v>5.5</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="B35" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="C35" t="s">
-        <v>125</v>
+        <v>28</v>
       </c>
       <c r="D35">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="E35"/>
       <c r="F35">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G35" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="H35">
-        <v>4.82</v>
+        <v>5.41</v>
       </c>
       <c r="I35">
-        <v>2.13</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="B36" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="C36" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="D36">
-        <v>279</v>
+        <v>53</v>
       </c>
       <c r="E36">
-        <v>108065</v>
+        <v>101104</v>
       </c>
       <c r="F36">
         <v>2022</v>
       </c>
       <c r="G36" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="H36">
-        <v>2.47</v>
+        <v>3.01</v>
       </c>
       <c r="I36">
-        <v>0.81</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B37" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C37" t="s">
-        <v>141</v>
+        <v>53</v>
       </c>
       <c r="D37">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="E37"/>
       <c r="F37">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G37" t="s">
         <v>143</v>
       </c>
       <c r="H37">
-        <v>0.55</v>
+        <v>4.93</v>
       </c>
       <c r="I37">
-        <v>0.21</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>144</v>
       </c>
       <c r="B38" t="s">
-        <v>88</v>
+        <v>145</v>
       </c>
       <c r="C38" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="D38">
-        <v>2015</v>
+        <v>86</v>
       </c>
       <c r="E38" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="F38">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G38" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="H38"/>
       <c r="I38">
-        <v>0.21</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B39" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C39" t="s">
-        <v>141</v>
-[...6 lines deleted...]
-      </c>
+        <v>151</v>
+      </c>
+      <c r="D39"/>
+      <c r="E39"/>
       <c r="F39">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G39" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="H39"/>
-      <c r="I39">
-[...1 lines deleted...]
-      </c>
+      <c r="I39"/>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B40" t="s">
-        <v>152</v>
+        <v>126</v>
       </c>
       <c r="C40" t="s">
-        <v>31</v>
+        <v>154</v>
       </c>
       <c r="D40">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="E40"/>
+        <v>47</v>
+      </c>
+      <c r="E40">
+        <v>4451</v>
+      </c>
       <c r="F40">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G40" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="H40">
-        <v>3.91</v>
+        <v>3.56</v>
       </c>
       <c r="I40">
-        <v>1.54</v>
+        <v>1.26</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B41" t="s">
-        <v>88</v>
+        <v>150</v>
       </c>
       <c r="C41" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="D41"/>
+        <v>24</v>
+      </c>
+      <c r="D41">
+        <v>106</v>
+      </c>
       <c r="E41"/>
       <c r="F41">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G41" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-      <c r="I41"/>
+        <v>157</v>
+      </c>
+      <c r="H41">
+        <v>3.91</v>
+      </c>
+      <c r="I41">
+        <v>1.54</v>
+      </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B42" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C42" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="D42">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="E42" t="s">
+        <v>47</v>
+      </c>
+      <c r="E42">
+        <v>3291</v>
+      </c>
+      <c r="F42">
+        <v>2022</v>
+      </c>
+      <c r="G42" t="s">
         <v>160</v>
       </c>
-      <c r="F42">
-[...4 lines deleted...]
-      </c>
       <c r="H42">
-        <v>33.26</v>
+        <v>3.56</v>
       </c>
       <c r="I42">
-        <v>8.3</v>
+        <v>1.26</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>161</v>
+      </c>
+      <c r="B43" t="s">
         <v>162</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" t="s">
-        <v>31</v>
+        <v>163</v>
       </c>
       <c r="D43">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="E43"/>
+        <v>70</v>
+      </c>
+      <c r="E43" t="s">
+        <v>164</v>
+      </c>
       <c r="F43">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G43" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="H43">
-        <v>3.91</v>
+        <v>4.82</v>
       </c>
       <c r="I43">
-        <v>1.54</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B44" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C44" t="s">
-        <v>27</v>
+        <v>119</v>
       </c>
       <c r="D44">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E44"/>
       <c r="F44">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G44" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="H44">
-        <v>4.93</v>
+        <v>17.46</v>
       </c>
       <c r="I44">
-        <v>1.53</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B45" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C45" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="D45">
-        <v>87</v>
+        <v>70</v>
       </c>
       <c r="E45" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F45">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G45" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="H45">
-        <v>3.74</v>
+        <v>4.82</v>
       </c>
       <c r="I45">
-        <v>1.5</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B46" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C46" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D46">
-        <v>118</v>
+        <v>279</v>
       </c>
       <c r="E46">
-        <v>201101</v>
+        <v>108065</v>
       </c>
       <c r="F46">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G46" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="H46">
-        <v>3.97</v>
+        <v>2.47</v>
       </c>
       <c r="I46">
-        <v>1.03</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B47" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C47" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="D47">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>131601</v>
+        <v>2015</v>
+      </c>
+      <c r="E47" t="s">
+        <v>180</v>
       </c>
       <c r="F47">
         <v>2021</v>
       </c>
       <c r="G47" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="H47">
-        <v>3.97</v>
+        <v>0.55</v>
       </c>
       <c r="I47">
-        <v>1.03</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>182</v>
+      </c>
+      <c r="B48" t="s">
+        <v>126</v>
+      </c>
+      <c r="C48" t="s">
         <v>179</v>
       </c>
-      <c r="B48" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D48">
-        <v>192</v>
+        <v>2015</v>
       </c>
       <c r="E48" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F48">
         <v>2021</v>
       </c>
       <c r="G48" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="H48"/>
-      <c r="I48"/>
+      <c r="I48">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>185</v>
+      </c>
+      <c r="B49" t="s">
+        <v>186</v>
+      </c>
+      <c r="C49" t="s">
         <v>179</v>
       </c>
-      <c r="B49" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D49">
-        <v>65</v>
+        <v>2015</v>
       </c>
       <c r="E49" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F49">
         <v>2021</v>
       </c>
       <c r="G49" t="s">
-        <v>187</v>
-[...3 lines deleted...]
-      </c>
+        <v>188</v>
+      </c>
+      <c r="H49"/>
       <c r="I49">
-        <v>0.66</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B50" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C50" t="s">
-        <v>174</v>
+        <v>24</v>
       </c>
       <c r="D50">
-        <v>118</v>
-[...3 lines deleted...]
-      </c>
+        <v>104</v>
+      </c>
+      <c r="E50"/>
       <c r="F50">
         <v>2021</v>
       </c>
       <c r="G50" t="s">
         <v>191</v>
       </c>
       <c r="H50">
-        <v>3.97</v>
+        <v>3.91</v>
       </c>
       <c r="I50">
-        <v>1.03</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>192</v>
       </c>
       <c r="B51" t="s">
+        <v>126</v>
+      </c>
+      <c r="C51" t="s">
         <v>193</v>
       </c>
-      <c r="C51" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D51"/>
+      <c r="E51"/>
       <c r="F51">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G51" t="s">
         <v>194</v>
       </c>
-      <c r="H51">
-[...4 lines deleted...]
-      </c>
+      <c r="H51"/>
+      <c r="I51"/>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>195</v>
       </c>
       <c r="B52" t="s">
         <v>196</v>
       </c>
       <c r="C52" t="s">
         <v>197</v>
       </c>
       <c r="D52">
-        <v>2300</v>
+        <v>4</v>
       </c>
       <c r="E52" t="s">
         <v>198</v>
       </c>
       <c r="F52">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G52" t="s">
         <v>199</v>
       </c>
-      <c r="H52"/>
+      <c r="H52">
+        <v>33.26</v>
+      </c>
       <c r="I52">
-        <v>0.19</v>
+        <v>8.3</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>200</v>
       </c>
       <c r="B53" t="s">
+        <v>126</v>
+      </c>
+      <c r="C53" t="s">
+        <v>24</v>
+      </c>
+      <c r="D53">
+        <v>104</v>
+      </c>
+      <c r="E53"/>
+      <c r="F53">
+        <v>2021</v>
+      </c>
+      <c r="G53" t="s">
         <v>201</v>
       </c>
-      <c r="C53" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H53">
-        <v>2.99</v>
+        <v>3.91</v>
       </c>
       <c r="I53">
-        <v>1.01</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>202</v>
+      </c>
+      <c r="B54" t="s">
+        <v>203</v>
+      </c>
+      <c r="C54" t="s">
+        <v>53</v>
+      </c>
+      <c r="D54">
+        <v>16</v>
+      </c>
+      <c r="E54"/>
+      <c r="F54">
+        <v>2021</v>
+      </c>
+      <c r="G54" t="s">
         <v>204</v>
       </c>
-      <c r="B54" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H54">
-        <v>9.93</v>
+        <v>4.93</v>
       </c>
       <c r="I54">
-        <v>2.89</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>205</v>
+      </c>
+      <c r="B55" t="s">
+        <v>206</v>
+      </c>
+      <c r="C55" t="s">
         <v>207</v>
       </c>
-      <c r="B55" t="s">
+      <c r="D55">
+        <v>87</v>
+      </c>
+      <c r="E55" t="s">
         <v>208</v>
       </c>
-      <c r="C55" t="s">
+      <c r="F55">
+        <v>2021</v>
+      </c>
+      <c r="G55" t="s">
         <v>209</v>
       </c>
-      <c r="D55">
-[...8 lines deleted...]
-      </c>
       <c r="H55">
-        <v>4.04</v>
+        <v>3.74</v>
       </c>
       <c r="I55">
-        <v>1.28</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>210</v>
+      </c>
+      <c r="B56" t="s">
         <v>211</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>212</v>
       </c>
-      <c r="C56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D56">
-        <v>117</v>
-[...1 lines deleted...]
-      <c r="E56" t="s">
+        <v>118</v>
+      </c>
+      <c r="E56">
+        <v>201101</v>
+      </c>
+      <c r="F56">
+        <v>2021</v>
+      </c>
+      <c r="G56" t="s">
         <v>213</v>
       </c>
-      <c r="F56">
-[...4 lines deleted...]
-      </c>
       <c r="H56">
-        <v>3.79</v>
+        <v>3.97</v>
       </c>
       <c r="I56">
-        <v>1.18</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>214</v>
+      </c>
+      <c r="B57" t="s">
         <v>215</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
+        <v>212</v>
+      </c>
+      <c r="D57">
+        <v>118</v>
+      </c>
+      <c r="E57">
+        <v>131601</v>
+      </c>
+      <c r="F57">
+        <v>2021</v>
+      </c>
+      <c r="G57" t="s">
         <v>216</v>
       </c>
-      <c r="C57" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H57">
-        <v>2.45</v>
+        <v>3.97</v>
       </c>
       <c r="I57">
-        <v>0.58</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>217</v>
+      </c>
+      <c r="B58" t="s">
         <v>218</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
         <v>219</v>
       </c>
-      <c r="C58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D58">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>3840</v>
+        <v>65</v>
+      </c>
+      <c r="E58" t="s">
+        <v>220</v>
       </c>
       <c r="F58">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G58" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="H58">
-        <v>14.92</v>
+        <v>2.94</v>
       </c>
       <c r="I58">
-        <v>5.56</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="B59" t="s">
         <v>222</v>
       </c>
       <c r="C59" t="s">
         <v>223</v>
       </c>
       <c r="D59">
-        <v>66</v>
+        <v>192</v>
       </c>
       <c r="E59" t="s">
         <v>224</v>
       </c>
       <c r="F59">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G59" t="s">
         <v>225</v>
       </c>
-      <c r="H59">
-[...4 lines deleted...]
-      </c>
+      <c r="H59"/>
+      <c r="I59"/>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>226</v>
       </c>
       <c r="B60" t="s">
         <v>227</v>
       </c>
       <c r="C60" t="s">
-        <v>27</v>
+        <v>212</v>
       </c>
       <c r="D60">
-        <v>13</v>
+        <v>118</v>
       </c>
       <c r="E60" t="s">
         <v>228</v>
       </c>
       <c r="F60">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G60" t="s">
         <v>229</v>
       </c>
       <c r="H60">
-        <v>4.99</v>
+        <v>3.97</v>
       </c>
       <c r="I60">
-        <v>1.88</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>230</v>
       </c>
       <c r="B61" t="s">
         <v>231</v>
       </c>
       <c r="C61" t="s">
-        <v>232</v>
+        <v>212</v>
       </c>
       <c r="D61">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>117</v>
+      </c>
+      <c r="E61">
+        <v>241105</v>
       </c>
       <c r="F61">
         <v>2020</v>
       </c>
       <c r="G61" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="H61">
-        <v>7.53</v>
+        <v>3.79</v>
       </c>
       <c r="I61">
-        <v>2.74</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>233</v>
+      </c>
+      <c r="B62" t="s">
+        <v>234</v>
+      </c>
+      <c r="C62" t="s">
         <v>235</v>
       </c>
-      <c r="B62" t="s">
+      <c r="D62">
+        <v>2300</v>
+      </c>
+      <c r="E62" t="s">
         <v>236</v>
-      </c>
-[...7 lines deleted...]
-        <v>237</v>
       </c>
       <c r="F62">
         <v>2020</v>
       </c>
       <c r="G62" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="H62"/>
       <c r="I62">
-        <v>0.23</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>238</v>
+      </c>
+      <c r="B63" t="s">
         <v>239</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63" t="s">
         <v>240</v>
       </c>
-      <c r="C63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D63">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>241</v>
+        <v>532</v>
+      </c>
+      <c r="E63">
+        <v>2000293</v>
       </c>
       <c r="F63">
         <v>2020</v>
       </c>
       <c r="G63" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="H63">
-        <v>4.39</v>
+        <v>2.99</v>
       </c>
       <c r="I63">
-        <v>1.65</v>
+        <v>1.01</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>242</v>
+      </c>
+      <c r="B64" t="s">
+        <v>234</v>
+      </c>
+      <c r="C64" t="s">
         <v>243</v>
       </c>
-      <c r="B64" t="s">
-[...6 lines deleted...]
-      <c r="E64"/>
+      <c r="D64">
+        <v>8</v>
+      </c>
+      <c r="E64">
+        <v>2001170</v>
+      </c>
       <c r="F64">
         <v>2020</v>
       </c>
       <c r="G64" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-      <c r="I64"/>
+        <v>244</v>
+      </c>
+      <c r="H64">
+        <v>9.93</v>
+      </c>
+      <c r="I64">
+        <v>2.89</v>
+      </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>245</v>
+      </c>
+      <c r="B65" t="s">
+        <v>246</v>
+      </c>
+      <c r="C65" t="s">
         <v>247</v>
       </c>
-      <c r="B65" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D65">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="E65"/>
       <c r="F65">
         <v>2020</v>
       </c>
       <c r="G65" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="H65">
-        <v>3.37</v>
+        <v>4.04</v>
       </c>
       <c r="I65">
-        <v>0.59</v>
+        <v>1.28</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="B66" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="C66" t="s">
-        <v>89</v>
+        <v>212</v>
       </c>
       <c r="D66">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>100764</v>
+        <v>117</v>
+      </c>
+      <c r="E66" t="s">
+        <v>251</v>
       </c>
       <c r="F66">
         <v>2020</v>
       </c>
       <c r="G66" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="H66">
-        <v>2.45</v>
+        <v>3.79</v>
       </c>
       <c r="I66">
-        <v>0.58</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="B67" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="C67" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-      <c r="E67"/>
+        <v>127</v>
+      </c>
+      <c r="D67">
+        <v>41</v>
+      </c>
+      <c r="E67">
+        <v>100835</v>
+      </c>
       <c r="F67">
         <v>2020</v>
       </c>
       <c r="G67" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-      <c r="I67"/>
+        <v>255</v>
+      </c>
+      <c r="H67">
+        <v>2.45</v>
+      </c>
+      <c r="I67">
+        <v>0.58</v>
+      </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="B68" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="C68" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-      <c r="E68"/>
+        <v>40</v>
+      </c>
+      <c r="D68">
+        <v>11</v>
+      </c>
+      <c r="E68">
+        <v>3840</v>
+      </c>
       <c r="F68">
         <v>2020</v>
       </c>
       <c r="G68" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-      <c r="I68"/>
+        <v>258</v>
+      </c>
+      <c r="H68">
+        <v>14.92</v>
+      </c>
+      <c r="I68">
+        <v>5.56</v>
+      </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>259</v>
+      </c>
+      <c r="B69" t="s">
+        <v>260</v>
+      </c>
+      <c r="C69" t="s">
+        <v>261</v>
+      </c>
+      <c r="D69">
+        <v>66</v>
+      </c>
+      <c r="E69" t="s">
         <v>262</v>
       </c>
-      <c r="B69" t="s">
+      <c r="F69">
+        <v>2020</v>
+      </c>
+      <c r="G69" t="s">
         <v>263</v>
       </c>
-      <c r="C69" t="s">
-[...14 lines deleted...]
-      <c r="H69"/>
+      <c r="H69">
+        <v>11.78</v>
+      </c>
       <c r="I69">
-        <v>0.22</v>
+        <v>1.98</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>264</v>
+      </c>
+      <c r="B70" t="s">
+        <v>265</v>
+      </c>
+      <c r="C70" t="s">
+        <v>53</v>
+      </c>
+      <c r="D70">
+        <v>13</v>
+      </c>
+      <c r="E70" t="s">
         <v>266</v>
       </c>
-      <c r="B70" t="s">
+      <c r="F70">
+        <v>2020</v>
+      </c>
+      <c r="G70" t="s">
         <v>267</v>
       </c>
-      <c r="C70" t="s">
-[...11 lines deleted...]
-      <c r="I70"/>
+      <c r="H70">
+        <v>4.99</v>
+      </c>
+      <c r="I70">
+        <v>1.88</v>
+      </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>268</v>
+      </c>
+      <c r="B71" t="s">
+        <v>269</v>
+      </c>
+      <c r="C71" t="s">
         <v>270</v>
       </c>
-      <c r="B71" t="s">
+      <c r="D71">
+        <v>7</v>
+      </c>
+      <c r="E71" t="s">
         <v>271</v>
       </c>
-      <c r="C71" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F71">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G71" t="s">
         <v>272</v>
       </c>
       <c r="H71">
-        <v>3.58</v>
+        <v>7.53</v>
       </c>
       <c r="I71">
-        <v>1.81</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
         <v>273</v>
       </c>
       <c r="B72" t="s">
         <v>274</v>
       </c>
       <c r="C72" t="s">
+        <v>179</v>
+      </c>
+      <c r="D72">
+        <v>1461</v>
+      </c>
+      <c r="E72" t="s">
         <v>275</v>
       </c>
-      <c r="D72"/>
-      <c r="E72"/>
       <c r="F72">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G72" t="s">
         <v>276</v>
       </c>
       <c r="H72"/>
-      <c r="I72"/>
+      <c r="I72">
+        <v>0.23</v>
+      </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
         <v>277</v>
       </c>
       <c r="B73" t="s">
         <v>278</v>
       </c>
       <c r="C73" t="s">
+        <v>163</v>
+      </c>
+      <c r="D73">
+        <v>68</v>
+      </c>
+      <c r="E73" t="s">
         <v>279</v>
       </c>
-      <c r="D73">
-[...4 lines deleted...]
-      </c>
       <c r="F73">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G73" t="s">
         <v>280</v>
       </c>
       <c r="H73">
-        <v>1.45</v>
+        <v>4.39</v>
       </c>
       <c r="I73">
-        <v>0.52</v>
+        <v>1.65</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
         <v>281</v>
       </c>
       <c r="B74" t="s">
-        <v>236</v>
+        <v>282</v>
       </c>
       <c r="C74" t="s">
-        <v>282</v>
-[...6 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="D74"/>
+      <c r="E74"/>
       <c r="F74">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G74" t="s">
-        <v>283</v>
-[...6 lines deleted...]
-      </c>
+        <v>284</v>
+      </c>
+      <c r="H74"/>
+      <c r="I74"/>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B75" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C75" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D75">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>1900912</v>
+        <v>8</v>
+      </c>
+      <c r="E75" t="s">
+        <v>288</v>
       </c>
       <c r="F75">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G75" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="H75">
-        <v>27.4</v>
+        <v>3.37</v>
       </c>
       <c r="I75">
-        <v>10.57</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B76" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C76" t="s">
-        <v>27</v>
+        <v>127</v>
       </c>
       <c r="D76">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>290</v>
+        <v>39</v>
+      </c>
+      <c r="E76">
+        <v>100764</v>
       </c>
       <c r="F76">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G76" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="H76">
-        <v>4.19</v>
+        <v>2.45</v>
       </c>
       <c r="I76">
-        <v>1.87</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B77" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C77" t="s">
-        <v>185</v>
-[...6 lines deleted...]
-      </c>
+        <v>295</v>
+      </c>
+      <c r="D77"/>
+      <c r="E77"/>
       <c r="F77">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G77" t="s">
-        <v>295</v>
-[...6 lines deleted...]
-      </c>
+        <v>296</v>
+      </c>
+      <c r="H77"/>
+      <c r="I77"/>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B78" t="s">
-        <v>248</v>
+        <v>298</v>
       </c>
       <c r="C78" t="s">
-        <v>141</v>
-[...6 lines deleted...]
-      </c>
+        <v>295</v>
+      </c>
+      <c r="D78"/>
+      <c r="E78"/>
       <c r="F78">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G78" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="H78"/>
-      <c r="I78">
-[...1 lines deleted...]
-      </c>
+      <c r="I78"/>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="B79" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="C79" t="s">
-        <v>300</v>
+        <v>179</v>
       </c>
       <c r="D79">
-        <v>9</v>
+        <v>1410</v>
       </c>
       <c r="E79" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F79">
         <v>2019</v>
       </c>
       <c r="G79" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="H79"/>
-      <c r="I79"/>
+      <c r="I79">
+        <v>0.22</v>
+      </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B80" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C80" t="s">
-        <v>174</v>
+        <v>24</v>
       </c>
       <c r="D80">
-        <v>114</v>
+        <v>100</v>
       </c>
       <c r="E80">
-        <v>31103</v>
+        <v>205136</v>
       </c>
       <c r="F80">
         <v>2019</v>
       </c>
       <c r="G80" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="H80">
-        <v>3.6</v>
+        <v>3.58</v>
       </c>
       <c r="I80">
-        <v>1.34</v>
+        <v>1.81</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B81" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C81" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D81"/>
       <c r="E81"/>
       <c r="F81">
         <v>2019</v>
       </c>
       <c r="G81" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H81"/>
       <c r="I81"/>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B82" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C82" t="s">
-        <v>185</v>
-[...6 lines deleted...]
-      </c>
+        <v>313</v>
+      </c>
+      <c r="D82"/>
+      <c r="E82"/>
       <c r="F82">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G82" t="s">
-        <v>313</v>
-[...6 lines deleted...]
-      </c>
+        <v>314</v>
+      </c>
+      <c r="H82"/>
+      <c r="I82"/>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B83" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C83" t="s">
-        <v>316</v>
-[...2 lines deleted...]
-      <c r="E83" t="s">
         <v>317</v>
       </c>
+      <c r="D83">
+        <v>257</v>
+      </c>
+      <c r="E83">
+        <v>1900406</v>
+      </c>
       <c r="F83">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G83" t="s">
         <v>318</v>
       </c>
-      <c r="H83"/>
-      <c r="I83"/>
+      <c r="H83">
+        <v>1.45</v>
+      </c>
+      <c r="I83">
+        <v>0.52</v>
+      </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
         <v>319</v>
       </c>
       <c r="B84" t="s">
+        <v>274</v>
+      </c>
+      <c r="C84" t="s">
         <v>320</v>
       </c>
-      <c r="C84" t="s">
-[...3 lines deleted...]
-      <c r="E84"/>
+      <c r="D84">
+        <v>122</v>
+      </c>
+      <c r="E84">
+        <v>193905</v>
+      </c>
       <c r="F84">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G84" t="s">
         <v>321</v>
       </c>
-      <c r="H84"/>
-      <c r="I84"/>
+      <c r="H84">
+        <v>8.39</v>
+      </c>
+      <c r="I84">
+        <v>3.59</v>
+      </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
         <v>322</v>
       </c>
       <c r="B85" t="s">
         <v>323</v>
       </c>
       <c r="C85" t="s">
-        <v>141</v>
+        <v>324</v>
       </c>
       <c r="D85">
-        <v>1092</v>
+        <v>31</v>
       </c>
       <c r="E85">
-        <v>12176</v>
+        <v>1900912</v>
       </c>
       <c r="F85">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G85" t="s">
-        <v>324</v>
-[...1 lines deleted...]
-      <c r="H85"/>
+        <v>325</v>
+      </c>
+      <c r="H85">
+        <v>27.4</v>
+      </c>
       <c r="I85">
-        <v>0.24</v>
+        <v>10.57</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B86" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C86" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="D86">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>174302</v>
+        <v>11</v>
+      </c>
+      <c r="E86" t="s">
+        <v>328</v>
       </c>
       <c r="F86">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G86" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="H86">
-        <v>3.74</v>
+        <v>4.19</v>
       </c>
       <c r="I86">
-        <v>1.5</v>
+        <v>1.87</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B87" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="C87" t="s">
-        <v>330</v>
+        <v>219</v>
       </c>
       <c r="D87">
-        <v>108</v>
+        <v>61</v>
       </c>
       <c r="E87" t="s">
-        <v>301</v>
+        <v>332</v>
       </c>
       <c r="F87">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G87" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="H87">
-        <v>1.41</v>
+        <v>2.82</v>
       </c>
       <c r="I87">
-        <v>0.5</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="B88" t="s">
-        <v>333</v>
+        <v>286</v>
       </c>
       <c r="C88" t="s">
-        <v>334</v>
-[...1 lines deleted...]
-      <c r="D88"/>
+        <v>179</v>
+      </c>
+      <c r="D88">
+        <v>1092</v>
+      </c>
       <c r="E88">
-        <v>43525</v>
+        <v>12083</v>
       </c>
       <c r="F88">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G88" t="s">
         <v>335</v>
       </c>
       <c r="H88"/>
-      <c r="I88"/>
+      <c r="I88">
+        <v>0.22</v>
+      </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
         <v>336</v>
       </c>
       <c r="B89" t="s">
         <v>337</v>
       </c>
       <c r="C89" t="s">
         <v>338</v>
       </c>
-      <c r="D89"/>
-      <c r="E89"/>
+      <c r="D89">
+        <v>9</v>
+      </c>
+      <c r="E89" t="s">
+        <v>339</v>
+      </c>
       <c r="F89">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G89" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="H89"/>
       <c r="I89"/>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B90" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C90" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-      <c r="E90"/>
+        <v>212</v>
+      </c>
+      <c r="D90">
+        <v>114</v>
+      </c>
+      <c r="E90">
+        <v>31103</v>
+      </c>
       <c r="F90">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G90" t="s">
         <v>343</v>
       </c>
-      <c r="H90"/>
-      <c r="I90"/>
+      <c r="H90">
+        <v>3.6</v>
+      </c>
+      <c r="I90">
+        <v>1.34</v>
+      </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
         <v>344</v>
       </c>
       <c r="B91" t="s">
         <v>345</v>
       </c>
       <c r="C91" t="s">
-        <v>23</v>
-[...6 lines deleted...]
-      </c>
+        <v>346</v>
+      </c>
+      <c r="D91"/>
+      <c r="E91"/>
       <c r="F91">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G91" t="s">
-        <v>346</v>
-[...6 lines deleted...]
-      </c>
+        <v>347</v>
+      </c>
+      <c r="H91"/>
+      <c r="I91"/>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B92" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C92" t="s">
-        <v>169</v>
+        <v>219</v>
       </c>
       <c r="D92">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="E92" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="F92">
         <v>2018</v>
       </c>
       <c r="G92" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="H92">
-        <v>3.86</v>
+        <v>3.09</v>
       </c>
       <c r="I92">
-        <v>1.99</v>
+        <v>0.73</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B93" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C93" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="D93"/>
-      <c r="E93"/>
+      <c r="E93" t="s">
+        <v>355</v>
+      </c>
       <c r="F93">
         <v>2018</v>
       </c>
       <c r="G93" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="H93"/>
       <c r="I93"/>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
+        <v>357</v>
+      </c>
+      <c r="B94" t="s">
+        <v>358</v>
+      </c>
+      <c r="C94" t="s">
         <v>354</v>
-      </c>
-[...4 lines deleted...]
-        <v>342</v>
       </c>
       <c r="D94"/>
       <c r="E94"/>
       <c r="F94">
         <v>2018</v>
       </c>
       <c r="G94" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="H94"/>
       <c r="I94"/>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="B95" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="C95" t="s">
-        <v>359</v>
-[...2 lines deleted...]
-      <c r="E95"/>
+        <v>179</v>
+      </c>
+      <c r="D95">
+        <v>1092</v>
+      </c>
+      <c r="E95">
+        <v>12176</v>
+      </c>
       <c r="F95">
         <v>2018</v>
       </c>
       <c r="G95" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="H95"/>
-      <c r="I95"/>
+      <c r="I95">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="B96" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="C96" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-      <c r="E96"/>
+        <v>24</v>
+      </c>
+      <c r="D96">
+        <v>98</v>
+      </c>
+      <c r="E96">
+        <v>174302</v>
+      </c>
       <c r="F96">
         <v>2018</v>
       </c>
-      <c r="G96"/>
-[...1 lines deleted...]
-      <c r="I96"/>
+      <c r="G96" t="s">
+        <v>365</v>
+      </c>
+      <c r="H96">
+        <v>3.74</v>
+      </c>
+      <c r="I96">
+        <v>1.5</v>
+      </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="B97" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="C97" t="s">
-        <v>366</v>
-[...2 lines deleted...]
-      <c r="E97"/>
+        <v>368</v>
+      </c>
+      <c r="D97">
+        <v>108</v>
+      </c>
+      <c r="E97" t="s">
+        <v>339</v>
+      </c>
       <c r="F97">
         <v>2018</v>
       </c>
       <c r="G97" t="s">
-        <v>367</v>
-[...2 lines deleted...]
-      <c r="I97"/>
+        <v>369</v>
+      </c>
+      <c r="H97">
+        <v>1.41</v>
+      </c>
+      <c r="I97">
+        <v>0.5</v>
+      </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="B98" t="s">
-        <v>293</v>
+        <v>371</v>
       </c>
       <c r="C98" t="s">
-        <v>369</v>
-[...3 lines deleted...]
-      </c>
+        <v>372</v>
+      </c>
+      <c r="D98"/>
       <c r="E98">
-        <v>6624</v>
+        <v>43525</v>
       </c>
       <c r="F98">
         <v>2018</v>
       </c>
       <c r="G98" t="s">
-        <v>370</v>
-[...6 lines deleted...]
-      </c>
+        <v>373</v>
+      </c>
+      <c r="H98"/>
+      <c r="I98"/>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="B99" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="C99" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="D99"/>
       <c r="E99"/>
       <c r="F99">
         <v>2018</v>
       </c>
       <c r="G99" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="H99"/>
       <c r="I99"/>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B100" t="s">
-        <v>307</v>
+        <v>379</v>
       </c>
       <c r="C100" t="s">
-        <v>369</v>
-[...6 lines deleted...]
-      </c>
+        <v>380</v>
+      </c>
+      <c r="D100"/>
+      <c r="E100"/>
       <c r="F100">
         <v>2018</v>
       </c>
       <c r="G100" t="s">
-        <v>376</v>
-[...6 lines deleted...]
-      </c>
+        <v>381</v>
+      </c>
+      <c r="H100"/>
+      <c r="I100"/>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="B101" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="C101" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="D101">
-        <v>97</v>
+        <v>9</v>
       </c>
       <c r="E101">
-        <v>115119</v>
+        <v>909</v>
       </c>
       <c r="F101">
         <v>2018</v>
       </c>
       <c r="G101" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="H101">
-        <v>3.74</v>
+        <v>11.88</v>
       </c>
       <c r="I101">
-        <v>1.5</v>
+        <v>5.99</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="B102" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="C102" t="s">
-        <v>382</v>
-[...2 lines deleted...]
-        <v>383</v>
+        <v>207</v>
+      </c>
+      <c r="D102">
+        <v>80</v>
       </c>
       <c r="E102" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="F102">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G102" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="H102">
-        <v>12.08</v>
+        <v>3.86</v>
       </c>
       <c r="I102">
-        <v>7.45</v>
+        <v>1.99</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="B103" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="C103" t="s">
-        <v>388</v>
+        <v>376</v>
       </c>
       <c r="D103"/>
       <c r="E103"/>
       <c r="F103">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G103" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="H103"/>
       <c r="I103"/>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B104" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="C104" t="s">
-        <v>27</v>
-[...6 lines deleted...]
-      </c>
+        <v>376</v>
+      </c>
+      <c r="D104"/>
+      <c r="E104"/>
       <c r="F104">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G104" t="s">
-        <v>392</v>
-[...6 lines deleted...]
-      </c>
+        <v>394</v>
+      </c>
+      <c r="H104"/>
+      <c r="I104"/>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="B105" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="C105" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="D105"/>
       <c r="E105"/>
       <c r="F105">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G105" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="H105"/>
       <c r="I105"/>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="B106" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="C106" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="D106"/>
-      <c r="E106" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E106"/>
       <c r="F106">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G106" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="H106"/>
       <c r="I106"/>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B107" t="s">
-        <v>402</v>
+        <v>331</v>
       </c>
       <c r="C107" t="s">
-        <v>395</v>
-[...3 lines deleted...]
-        <v>403</v>
+        <v>404</v>
+      </c>
+      <c r="D107">
+        <v>8</v>
+      </c>
+      <c r="E107">
+        <v>6624</v>
       </c>
       <c r="F107">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G107" t="s">
-        <v>404</v>
-[...2 lines deleted...]
-      <c r="I107"/>
+        <v>405</v>
+      </c>
+      <c r="H107">
+        <v>4.01</v>
+      </c>
+      <c r="I107">
+        <v>1.41</v>
+      </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B108" t="s">
-        <v>341</v>
+        <v>407</v>
       </c>
       <c r="C108" t="s">
-        <v>395</v>
+        <v>408</v>
       </c>
       <c r="D108"/>
       <c r="E108"/>
       <c r="F108">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G108" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="H108"/>
       <c r="I108"/>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B109" t="s">
-        <v>372</v>
+        <v>345</v>
       </c>
       <c r="C109" t="s">
-        <v>395</v>
-[...2 lines deleted...]
-      <c r="E109"/>
+        <v>404</v>
+      </c>
+      <c r="D109">
+        <v>8</v>
+      </c>
+      <c r="E109">
+        <v>9190</v>
+      </c>
       <c r="F109">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G109" t="s">
-        <v>408</v>
-[...2 lines deleted...]
-      <c r="I109"/>
+        <v>411</v>
+      </c>
+      <c r="H109">
+        <v>4.01</v>
+      </c>
+      <c r="I109">
+        <v>1.41</v>
+      </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B110" t="s">
-        <v>391</v>
+        <v>413</v>
       </c>
       <c r="C110" t="s">
-        <v>197</v>
+        <v>24</v>
       </c>
       <c r="D110">
-        <v>1874</v>
+        <v>97</v>
       </c>
       <c r="E110">
-        <v>30033</v>
+        <v>115119</v>
       </c>
       <c r="F110">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G110" t="s">
-        <v>410</v>
-[...1 lines deleted...]
-      <c r="H110"/>
+        <v>414</v>
+      </c>
+      <c r="H110">
+        <v>3.74</v>
+      </c>
       <c r="I110">
-        <v>0.17</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="B111" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="C111" t="s">
-        <v>413</v>
-[...6 lines deleted...]
-      </c>
+        <v>417</v>
+      </c>
+      <c r="D111"/>
+      <c r="E111"/>
       <c r="F111">
-        <v>2017</v>
-[...9 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="G111"/>
+      <c r="H111"/>
+      <c r="I111"/>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B112" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="C112" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-      <c r="E112"/>
+        <v>420</v>
+      </c>
+      <c r="D112" t="s">
+        <v>421</v>
+      </c>
+      <c r="E112" t="s">
+        <v>422</v>
+      </c>
       <c r="F112">
         <v>2017</v>
       </c>
       <c r="G112" t="s">
-        <v>419</v>
-[...2 lines deleted...]
-      <c r="I112"/>
+        <v>423</v>
+      </c>
+      <c r="H112">
+        <v>12.08</v>
+      </c>
+      <c r="I112">
+        <v>7.45</v>
+      </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="B113" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="C113" t="s">
-        <v>197</v>
-[...6 lines deleted...]
-      </c>
+        <v>426</v>
+      </c>
+      <c r="D113"/>
+      <c r="E113"/>
       <c r="F113">
         <v>2017</v>
       </c>
       <c r="G113" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="H113"/>
-      <c r="I113">
-[...1 lines deleted...]
-      </c>
+      <c r="I113"/>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B114" t="s">
-        <v>372</v>
+        <v>429</v>
       </c>
       <c r="C114" t="s">
-        <v>424</v>
+        <v>53</v>
       </c>
       <c r="D114">
-        <v>286</v>
-[...2 lines deleted...]
-        <v>425</v>
+        <v>9</v>
+      </c>
+      <c r="E114">
+        <v>14020</v>
       </c>
       <c r="F114">
         <v>2017</v>
       </c>
       <c r="G114" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="H114">
-        <v>2.59</v>
+        <v>4.78</v>
       </c>
       <c r="I114">
-        <v>1.18</v>
+        <v>2.09</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="B115" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="C115" t="s">
-        <v>197</v>
-[...6 lines deleted...]
-      </c>
+        <v>433</v>
+      </c>
+      <c r="D115"/>
+      <c r="E115"/>
       <c r="F115">
         <v>2017</v>
       </c>
       <c r="G115" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="H115"/>
-      <c r="I115">
-[...1 lines deleted...]
-      </c>
+      <c r="I115"/>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="B116" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="C116" t="s">
-        <v>197</v>
-[...5 lines deleted...]
-        <v>40005</v>
+        <v>433</v>
+      </c>
+      <c r="D116"/>
+      <c r="E116" t="s">
+        <v>437</v>
       </c>
       <c r="F116">
         <v>2017</v>
       </c>
       <c r="G116" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
       <c r="H116"/>
-      <c r="I116">
-[...1 lines deleted...]
-      </c>
+      <c r="I116"/>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
+        <v>439</v>
+      </c>
+      <c r="B117" t="s">
+        <v>440</v>
+      </c>
+      <c r="C117" t="s">
         <v>433</v>
       </c>
-      <c r="B117" t="s">
-[...9 lines deleted...]
-        <v>40059</v>
+      <c r="D117"/>
+      <c r="E117" t="s">
+        <v>441</v>
       </c>
       <c r="F117">
         <v>2017</v>
       </c>
       <c r="G117" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="H117"/>
-      <c r="I117">
-[...1 lines deleted...]
-      </c>
+      <c r="I117"/>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
-        <v>436</v>
+        <v>443</v>
       </c>
       <c r="B118" t="s">
-        <v>352</v>
+        <v>375</v>
       </c>
       <c r="C118" t="s">
-        <v>197</v>
-[...6 lines deleted...]
-      </c>
+        <v>433</v>
+      </c>
+      <c r="D118"/>
+      <c r="E118"/>
       <c r="F118">
         <v>2017</v>
       </c>
       <c r="G118" t="s">
-        <v>437</v>
+        <v>444</v>
       </c>
       <c r="H118"/>
-      <c r="I118">
-[...1 lines deleted...]
-      </c>
+      <c r="I118"/>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
-        <v>438</v>
+        <v>445</v>
       </c>
       <c r="B119" t="s">
-        <v>352</v>
+        <v>446</v>
       </c>
       <c r="C119" t="s">
-        <v>439</v>
-[...3 lines deleted...]
-        <v>43525</v>
+        <v>447</v>
+      </c>
+      <c r="D119">
+        <v>12</v>
+      </c>
+      <c r="E119" t="s">
+        <v>448</v>
       </c>
       <c r="F119">
         <v>2017</v>
       </c>
       <c r="G119" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-      <c r="I119"/>
+        <v>449</v>
+      </c>
+      <c r="H119">
+        <v>8.53</v>
+      </c>
+      <c r="I119">
+        <v>4.23</v>
+      </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
-        <v>441</v>
+        <v>450</v>
       </c>
       <c r="B120" t="s">
-        <v>442</v>
+        <v>451</v>
       </c>
       <c r="C120" t="s">
-        <v>197</v>
-[...6 lines deleted...]
-      </c>
+        <v>452</v>
+      </c>
+      <c r="D120"/>
+      <c r="E120"/>
       <c r="F120">
         <v>2017</v>
       </c>
       <c r="G120" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
       <c r="H120"/>
-      <c r="I120">
-[...1 lines deleted...]
-      </c>
+      <c r="I120"/>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
-        <v>444</v>
+        <v>454</v>
       </c>
       <c r="B121" t="s">
-        <v>445</v>
+        <v>455</v>
       </c>
       <c r="C121" t="s">
-        <v>197</v>
+        <v>235</v>
       </c>
       <c r="D121">
         <v>1874</v>
       </c>
       <c r="E121">
-        <v>20007</v>
+        <v>40034</v>
       </c>
       <c r="F121">
         <v>2017</v>
       </c>
       <c r="G121" t="s">
-        <v>446</v>
+        <v>456</v>
       </c>
       <c r="H121"/>
       <c r="I121">
         <v>0.17</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
-        <v>447</v>
+        <v>457</v>
       </c>
       <c r="B122" t="s">
-        <v>448</v>
+        <v>407</v>
       </c>
       <c r="C122" t="s">
-        <v>197</v>
+        <v>458</v>
       </c>
       <c r="D122">
-        <v>1874</v>
-[...2 lines deleted...]
-        <v>30014</v>
+        <v>286</v>
+      </c>
+      <c r="E122" t="s">
+        <v>459</v>
       </c>
       <c r="F122">
         <v>2017</v>
       </c>
       <c r="G122" t="s">
-        <v>449</v>
-[...1 lines deleted...]
-      <c r="H122"/>
+        <v>460</v>
+      </c>
+      <c r="H122">
+        <v>2.59</v>
+      </c>
       <c r="I122">
-        <v>0.17</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
-        <v>450</v>
+        <v>461</v>
       </c>
       <c r="B123" t="s">
-        <v>394</v>
+        <v>407</v>
       </c>
       <c r="C123" t="s">
-        <v>451</v>
-[...6 lines deleted...]
-      </c>
+        <v>433</v>
+      </c>
+      <c r="D123"/>
+      <c r="E123"/>
       <c r="F123">
         <v>2017</v>
       </c>
       <c r="G123" t="s">
-        <v>453</v>
-[...6 lines deleted...]
-      </c>
+        <v>462</v>
+      </c>
+      <c r="H123"/>
+      <c r="I123"/>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
-        <v>454</v>
+        <v>463</v>
       </c>
       <c r="B124" t="s">
-        <v>352</v>
+        <v>429</v>
       </c>
       <c r="C124" t="s">
-        <v>455</v>
-[...3 lines deleted...]
-        <v>456</v>
+        <v>235</v>
+      </c>
+      <c r="D124">
+        <v>1874</v>
+      </c>
+      <c r="E124">
+        <v>30033</v>
       </c>
       <c r="F124">
         <v>2017</v>
       </c>
       <c r="G124" t="s">
-        <v>457</v>
+        <v>464</v>
       </c>
       <c r="H124"/>
-      <c r="I124"/>
+      <c r="I124">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
-        <v>458</v>
+        <v>465</v>
       </c>
       <c r="B125" t="s">
-        <v>459</v>
+        <v>466</v>
       </c>
       <c r="C125" t="s">
-        <v>31</v>
+        <v>235</v>
       </c>
       <c r="D125">
-        <v>96</v>
+        <v>1874</v>
       </c>
       <c r="E125">
-        <v>35146</v>
+        <v>40005</v>
       </c>
       <c r="F125">
         <v>2017</v>
       </c>
       <c r="G125" t="s">
-        <v>460</v>
-[...3 lines deleted...]
-      </c>
+        <v>467</v>
+      </c>
+      <c r="H125"/>
       <c r="I125">
-        <v>2.34</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
-        <v>461</v>
+        <v>468</v>
       </c>
       <c r="B126" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
       <c r="C126" t="s">
-        <v>455</v>
-[...3 lines deleted...]
-        <v>463</v>
+        <v>235</v>
+      </c>
+      <c r="D126">
+        <v>1874</v>
+      </c>
+      <c r="E126">
+        <v>40059</v>
       </c>
       <c r="F126">
         <v>2017</v>
       </c>
       <c r="G126" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="H126"/>
-      <c r="I126"/>
+      <c r="I126">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
-        <v>465</v>
+        <v>471</v>
       </c>
       <c r="B127" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
       <c r="C127" t="s">
-        <v>125</v>
+        <v>235</v>
       </c>
       <c r="D127">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>467</v>
+        <v>1874</v>
+      </c>
+      <c r="E127">
+        <v>40058</v>
       </c>
       <c r="F127">
         <v>2017</v>
       </c>
       <c r="G127" t="s">
-        <v>468</v>
-[...3 lines deleted...]
-      </c>
+        <v>473</v>
+      </c>
+      <c r="H127"/>
       <c r="I127">
-        <v>1.31</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="B128" t="s">
-        <v>470</v>
+        <v>390</v>
       </c>
       <c r="C128" t="s">
-        <v>471</v>
-[...3 lines deleted...]
-        <v>472</v>
+        <v>235</v>
+      </c>
+      <c r="D128">
+        <v>1874</v>
+      </c>
+      <c r="E128">
+        <v>30037</v>
       </c>
       <c r="F128">
         <v>2017</v>
       </c>
       <c r="G128" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="H128"/>
-      <c r="I128"/>
+      <c r="I128">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B129" t="s">
-        <v>475</v>
+        <v>390</v>
       </c>
       <c r="C129" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>477</v>
+      </c>
+      <c r="D129"/>
       <c r="E129">
-        <v>165119</v>
+        <v>43525</v>
       </c>
       <c r="F129">
         <v>2017</v>
       </c>
       <c r="G129" t="s">
-        <v>476</v>
-[...6 lines deleted...]
-      </c>
+        <v>478</v>
+      </c>
+      <c r="H129"/>
+      <c r="I129"/>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B130" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="C130" t="s">
-        <v>382</v>
+        <v>235</v>
       </c>
       <c r="D130">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>479</v>
+        <v>1874</v>
+      </c>
+      <c r="E130">
+        <v>30011</v>
       </c>
       <c r="F130">
         <v>2017</v>
       </c>
       <c r="G130" t="s">
-        <v>480</v>
-[...3 lines deleted...]
-      </c>
+        <v>481</v>
+      </c>
+      <c r="H130"/>
       <c r="I130">
-        <v>7.45</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B131" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C131" t="s">
-        <v>483</v>
+        <v>235</v>
       </c>
       <c r="D131">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>484</v>
+        <v>1874</v>
+      </c>
+      <c r="E131">
+        <v>20007</v>
       </c>
       <c r="F131">
         <v>2017</v>
       </c>
       <c r="G131" t="s">
-        <v>485</v>
-[...3 lines deleted...]
-      </c>
+        <v>484</v>
+      </c>
+      <c r="H131"/>
       <c r="I131">
-        <v>0.85</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
+        <v>485</v>
+      </c>
+      <c r="B132" t="s">
         <v>486</v>
       </c>
-      <c r="B132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C132" t="s">
-        <v>369</v>
+        <v>235</v>
       </c>
       <c r="D132">
-        <v>7</v>
+        <v>1874</v>
       </c>
       <c r="E132">
-        <v>731</v>
+        <v>30014</v>
       </c>
       <c r="F132">
         <v>2017</v>
       </c>
       <c r="G132" t="s">
-        <v>488</v>
-[...3 lines deleted...]
-      </c>
+        <v>487</v>
+      </c>
+      <c r="H132"/>
       <c r="I132">
-        <v>1.53</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
+        <v>488</v>
+      </c>
+      <c r="B133" t="s">
+        <v>432</v>
+      </c>
+      <c r="C133" t="s">
         <v>489</v>
       </c>
-      <c r="B133" t="s">
+      <c r="D133">
+        <v>16</v>
+      </c>
+      <c r="E133" t="s">
         <v>490</v>
-      </c>
-[...7 lines deleted...]
-        <v>1678</v>
       </c>
       <c r="F133">
         <v>2017</v>
       </c>
       <c r="G133" t="s">
         <v>491</v>
       </c>
       <c r="H133">
-        <v>4.12</v>
+        <v>3.45</v>
       </c>
       <c r="I133">
-        <v>1.53</v>
+        <v>1.05</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
         <v>492</v>
       </c>
       <c r="B134" t="s">
-        <v>352</v>
+        <v>390</v>
       </c>
       <c r="C134" t="s">
         <v>493</v>
       </c>
-      <c r="D134">
-[...3 lines deleted...]
-        <v>21102</v>
+      <c r="D134"/>
+      <c r="E134" t="s">
+        <v>494</v>
       </c>
       <c r="F134">
         <v>2017</v>
       </c>
       <c r="G134" t="s">
-        <v>494</v>
-[...6 lines deleted...]
-      </c>
+        <v>495</v>
+      </c>
+      <c r="H134"/>
+      <c r="I134"/>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B135" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="C135" t="s">
-        <v>232</v>
-[...5 lines deleted...]
-        <v>498</v>
+        <v>24</v>
+      </c>
+      <c r="D135">
+        <v>96</v>
+      </c>
+      <c r="E135">
+        <v>35146</v>
       </c>
       <c r="F135">
         <v>2017</v>
       </c>
       <c r="G135" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="H135">
-        <v>6.88</v>
+        <v>3.81</v>
       </c>
       <c r="I135">
-        <v>3.38</v>
+        <v>2.34</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
+        <v>499</v>
+      </c>
+      <c r="B136" t="s">
         <v>500</v>
       </c>
-      <c r="B136" t="s">
+      <c r="C136" t="s">
+        <v>493</v>
+      </c>
+      <c r="D136"/>
+      <c r="E136" t="s">
         <v>501</v>
-      </c>
-[...7 lines deleted...]
-        <v>502</v>
       </c>
       <c r="F136">
         <v>2017</v>
       </c>
       <c r="G136" t="s">
-        <v>503</v>
-[...6 lines deleted...]
-      </c>
+        <v>502</v>
+      </c>
+      <c r="H136"/>
+      <c r="I136"/>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
+        <v>503</v>
+      </c>
+      <c r="B137" t="s">
         <v>504</v>
       </c>
-      <c r="B137" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C137" t="s">
-        <v>141</v>
+        <v>163</v>
       </c>
       <c r="D137">
-        <v>917</v>
-[...2 lines deleted...]
-        <v>62060</v>
+        <v>65</v>
+      </c>
+      <c r="E137" t="s">
+        <v>505</v>
       </c>
       <c r="F137">
         <v>2017</v>
       </c>
       <c r="G137" t="s">
-        <v>505</v>
-[...1 lines deleted...]
-      <c r="H137"/>
+        <v>506</v>
+      </c>
+      <c r="H137">
+        <v>4.13</v>
+      </c>
       <c r="I137">
-        <v>0.24</v>
+        <v>1.31</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B138" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C138" t="s">
-        <v>388</v>
+        <v>509</v>
       </c>
       <c r="D138"/>
-      <c r="E138"/>
+      <c r="E138" t="s">
+        <v>510</v>
+      </c>
       <c r="F138">
         <v>2017</v>
       </c>
       <c r="G138" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="H138"/>
       <c r="I138"/>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="B139" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="C139" t="s">
-        <v>141</v>
+        <v>420</v>
       </c>
       <c r="D139">
-        <v>917</v>
-[...2 lines deleted...]
-        <v>62054</v>
+        <v>17</v>
+      </c>
+      <c r="E139" t="s">
+        <v>514</v>
       </c>
       <c r="F139">
         <v>2017</v>
       </c>
       <c r="G139" t="s">
-        <v>511</v>
-[...1 lines deleted...]
-      <c r="H139"/>
+        <v>515</v>
+      </c>
+      <c r="H139">
+        <v>12.08</v>
+      </c>
       <c r="I139">
-        <v>0.24</v>
+        <v>7.45</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="B140" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="C140" t="s">
-        <v>286</v>
+        <v>24</v>
       </c>
       <c r="D140">
-        <v>1606034</v>
+        <v>95</v>
       </c>
       <c r="E140">
-        <v>43709</v>
+        <v>165119</v>
       </c>
       <c r="F140">
         <v>2017</v>
       </c>
       <c r="G140" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="H140">
-        <v>21.95</v>
+        <v>3.81</v>
       </c>
       <c r="I140">
-        <v>10.58</v>
+        <v>2.34</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="B141" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="C141" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-      <c r="E141"/>
+        <v>521</v>
+      </c>
+      <c r="D141">
+        <v>34</v>
+      </c>
+      <c r="E141" t="s">
+        <v>522</v>
+      </c>
       <c r="F141">
         <v>2017</v>
       </c>
       <c r="G141" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-      <c r="I141"/>
+        <v>523</v>
+      </c>
+      <c r="H141">
+        <v>1.84</v>
+      </c>
+      <c r="I141">
+        <v>0.85</v>
+      </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="B142" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="C142" t="s">
-        <v>451</v>
+        <v>404</v>
       </c>
       <c r="D142">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>521</v>
+        <v>7</v>
+      </c>
+      <c r="E142">
+        <v>731</v>
       </c>
       <c r="F142">
         <v>2017</v>
       </c>
       <c r="G142" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="H142">
-        <v>3.45</v>
+        <v>4.12</v>
       </c>
       <c r="I142">
-        <v>1.05</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B143" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C143" t="s">
-        <v>232</v>
+        <v>404</v>
       </c>
       <c r="D143">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E143">
-        <v>2899</v>
+        <v>1678</v>
       </c>
       <c r="F143">
         <v>2017</v>
       </c>
       <c r="G143" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
       <c r="H143">
-        <v>6.88</v>
+        <v>4.12</v>
       </c>
       <c r="I143">
-        <v>3.38</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="B144" t="s">
-        <v>527</v>
+        <v>390</v>
       </c>
       <c r="C144" t="s">
-        <v>528</v>
-[...2 lines deleted...]
-      <c r="E144"/>
+        <v>531</v>
+      </c>
+      <c r="D144">
+        <v>4</v>
+      </c>
+      <c r="E144">
+        <v>21102</v>
+      </c>
       <c r="F144">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G144" t="s">
-        <v>529</v>
-[...2 lines deleted...]
-      <c r="I144"/>
+        <v>532</v>
+      </c>
+      <c r="H144">
+        <v>12.89</v>
+      </c>
+      <c r="I144">
+        <v>4.16</v>
+      </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="B145" t="s">
-        <v>352</v>
+        <v>534</v>
       </c>
       <c r="C145" t="s">
-        <v>174</v>
-[...5 lines deleted...]
-        <v>223902</v>
+        <v>270</v>
+      </c>
+      <c r="D145" t="s">
+        <v>535</v>
+      </c>
+      <c r="E145" t="s">
+        <v>536</v>
       </c>
       <c r="F145">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G145" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="H145">
-        <v>3.41</v>
+        <v>6.88</v>
       </c>
       <c r="I145">
-        <v>1.67</v>
+        <v>3.38</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="B146" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="C146" t="s">
-        <v>202</v>
+        <v>127</v>
       </c>
       <c r="D146">
-        <v>529</v>
-[...2 lines deleted...]
-        <v>43647</v>
+        <v>24</v>
+      </c>
+      <c r="E146" t="s">
+        <v>540</v>
       </c>
       <c r="F146">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G146" t="s">
-        <v>534</v>
+        <v>541</v>
       </c>
       <c r="H146">
-        <v>3.04</v>
+        <v>1.71</v>
       </c>
       <c r="I146">
-        <v>1.47</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" t="s">
-        <v>535</v>
+        <v>542</v>
       </c>
       <c r="B147" t="s">
-        <v>536</v>
+        <v>543</v>
       </c>
       <c r="C147" t="s">
-        <v>537</v>
+        <v>426</v>
       </c>
       <c r="D147"/>
-      <c r="E147" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E147"/>
       <c r="F147">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G147" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="H147"/>
       <c r="I147"/>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="B148" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="C148" t="s">
-        <v>537</v>
-[...3 lines deleted...]
-        <v>542</v>
+        <v>179</v>
+      </c>
+      <c r="D148">
+        <v>917</v>
+      </c>
+      <c r="E148">
+        <v>62054</v>
       </c>
       <c r="F148">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G148" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="H148"/>
-      <c r="I148"/>
+      <c r="I148">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="B149" t="s">
-        <v>448</v>
+        <v>331</v>
       </c>
       <c r="C149" t="s">
-        <v>537</v>
-[...3 lines deleted...]
-        <v>545</v>
+        <v>179</v>
+      </c>
+      <c r="D149">
+        <v>917</v>
+      </c>
+      <c r="E149">
+        <v>62060</v>
       </c>
       <c r="F149">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G149" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="H149"/>
-      <c r="I149"/>
+      <c r="I149">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="B150" t="s">
-        <v>501</v>
+        <v>551</v>
       </c>
       <c r="C150" t="s">
-        <v>537</v>
-[...3 lines deleted...]
-        <v>548</v>
+        <v>324</v>
+      </c>
+      <c r="D150">
+        <v>1606034</v>
+      </c>
+      <c r="E150">
+        <v>43709</v>
       </c>
       <c r="F150">
-        <v>2016</v>
-[...3 lines deleted...]
-      <c r="I150"/>
+        <v>2017</v>
+      </c>
+      <c r="G150" t="s">
+        <v>552</v>
+      </c>
+      <c r="H150">
+        <v>21.95</v>
+      </c>
+      <c r="I150">
+        <v>10.58</v>
+      </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="B151" t="s">
-        <v>352</v>
+        <v>554</v>
       </c>
       <c r="C151" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="D151"/>
-      <c r="E151" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E151"/>
       <c r="F151">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G151" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="H151"/>
       <c r="I151"/>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="B152" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="C152" t="s">
-        <v>555</v>
-[...1 lines deleted...]
-      <c r="D152"/>
+        <v>489</v>
+      </c>
+      <c r="D152">
+        <v>16</v>
+      </c>
       <c r="E152" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="F152">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G152" t="s">
-        <v>557</v>
-[...2 lines deleted...]
-      <c r="I152"/>
+        <v>560</v>
+      </c>
+      <c r="H152">
+        <v>3.45</v>
+      </c>
+      <c r="I152">
+        <v>1.05</v>
+      </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="B153" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="C153" t="s">
-        <v>555</v>
-[...3 lines deleted...]
-        <v>560</v>
+        <v>270</v>
+      </c>
+      <c r="D153">
+        <v>4</v>
+      </c>
+      <c r="E153">
+        <v>2899</v>
       </c>
       <c r="F153">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G153" t="s">
-        <v>561</v>
-[...2 lines deleted...]
-      <c r="I153"/>
+        <v>563</v>
+      </c>
+      <c r="H153">
+        <v>6.88</v>
+      </c>
+      <c r="I153">
+        <v>3.38</v>
+      </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="B154" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="C154" t="s">
-        <v>555</v>
+        <v>566</v>
       </c>
       <c r="D154"/>
-      <c r="E154" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E154"/>
       <c r="F154">
         <v>2016</v>
       </c>
       <c r="G154" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="H154"/>
       <c r="I154"/>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="B155" t="s">
-        <v>466</v>
+        <v>569</v>
       </c>
       <c r="C155" t="s">
-        <v>555</v>
-[...3 lines deleted...]
-        <v>567</v>
+        <v>240</v>
+      </c>
+      <c r="D155">
+        <v>529</v>
+      </c>
+      <c r="E155">
+        <v>43647</v>
       </c>
       <c r="F155">
         <v>2016</v>
       </c>
       <c r="G155" t="s">
-        <v>568</v>
-[...2 lines deleted...]
-      <c r="I155"/>
+        <v>570</v>
+      </c>
+      <c r="H155">
+        <v>3.04</v>
+      </c>
+      <c r="I155">
+        <v>1.47</v>
+      </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="B156" t="s">
-        <v>570</v>
+        <v>390</v>
       </c>
       <c r="C156" t="s">
-        <v>555</v>
-[...3 lines deleted...]
-        <v>571</v>
+        <v>212</v>
+      </c>
+      <c r="D156">
+        <v>109</v>
+      </c>
+      <c r="E156">
+        <v>223902</v>
       </c>
       <c r="F156">
         <v>2016</v>
       </c>
       <c r="G156" t="s">
         <v>572</v>
       </c>
-      <c r="H156"/>
-      <c r="I156"/>
+      <c r="H156">
+        <v>3.41</v>
+      </c>
+      <c r="I156">
+        <v>1.67</v>
+      </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" t="s">
         <v>573</v>
       </c>
       <c r="B157" t="s">
         <v>574</v>
       </c>
       <c r="C157" t="s">
-        <v>555</v>
+        <v>575</v>
       </c>
       <c r="D157"/>
       <c r="E157" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="F157">
         <v>2016</v>
       </c>
       <c r="G157" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="H157"/>
       <c r="I157"/>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="B158" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="C158" t="s">
-        <v>537</v>
+        <v>575</v>
       </c>
       <c r="D158"/>
       <c r="E158" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="F158">
         <v>2016</v>
       </c>
       <c r="G158" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="H158"/>
       <c r="I158"/>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="B159" t="s">
-        <v>582</v>
+        <v>486</v>
       </c>
       <c r="C159" t="s">
-        <v>555</v>
+        <v>575</v>
       </c>
       <c r="D159"/>
       <c r="E159" t="s">
         <v>583</v>
       </c>
       <c r="F159">
         <v>2016</v>
       </c>
       <c r="G159" t="s">
         <v>584</v>
       </c>
       <c r="H159"/>
       <c r="I159"/>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" t="s">
         <v>585</v>
       </c>
       <c r="B160" t="s">
-        <v>516</v>
+        <v>539</v>
       </c>
       <c r="C160" t="s">
-        <v>555</v>
+        <v>575</v>
       </c>
       <c r="D160"/>
       <c r="E160" t="s">
         <v>586</v>
       </c>
       <c r="F160">
         <v>2016</v>
       </c>
-      <c r="G160" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G160"/>
       <c r="H160"/>
       <c r="I160"/>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" t="s">
+        <v>587</v>
+      </c>
+      <c r="B161" t="s">
+        <v>390</v>
+      </c>
+      <c r="C161" t="s">
         <v>588</v>
-      </c>
-[...4 lines deleted...]
-        <v>555</v>
       </c>
       <c r="D161"/>
       <c r="E161" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="F161">
         <v>2016</v>
       </c>
       <c r="G161" t="s">
-        <v>591</v>
+        <v>590</v>
       </c>
       <c r="H161"/>
       <c r="I161"/>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" t="s">
+        <v>591</v>
+      </c>
+      <c r="B162" t="s">
         <v>592</v>
       </c>
-      <c r="B162" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C162" t="s">
-        <v>413</v>
-[...5 lines deleted...]
-        <v>1600199</v>
+        <v>593</v>
+      </c>
+      <c r="D162"/>
+      <c r="E162" t="s">
+        <v>594</v>
       </c>
       <c r="F162">
         <v>2016</v>
       </c>
       <c r="G162" t="s">
-        <v>593</v>
-[...6 lines deleted...]
-      </c>
+        <v>595</v>
+      </c>
+      <c r="H162"/>
+      <c r="I162"/>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="B163" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="C163" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
       <c r="D163"/>
-      <c r="E163"/>
+      <c r="E163" t="s">
+        <v>598</v>
+      </c>
       <c r="F163">
         <v>2016</v>
       </c>
       <c r="G163" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="H163"/>
       <c r="I163"/>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="B164" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="C164" t="s">
-        <v>550</v>
+        <v>593</v>
       </c>
       <c r="D164"/>
       <c r="E164" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="F164">
         <v>2016</v>
       </c>
       <c r="G164" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="H164"/>
       <c r="I164"/>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="B165" t="s">
-        <v>603</v>
+        <v>504</v>
       </c>
       <c r="C165" t="s">
-        <v>550</v>
+        <v>593</v>
       </c>
       <c r="D165"/>
       <c r="E165" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="F165">
         <v>2016</v>
       </c>
       <c r="G165" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="H165"/>
       <c r="I165"/>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="B166" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C166" t="s">
-        <v>550</v>
+        <v>593</v>
       </c>
       <c r="D166"/>
       <c r="E166" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="F166">
         <v>2016</v>
       </c>
       <c r="G166" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="H166"/>
       <c r="I166"/>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="B167" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C167" t="s">
-        <v>369</v>
-[...5 lines deleted...]
-        <v>35516</v>
+        <v>593</v>
+      </c>
+      <c r="D167"/>
+      <c r="E167" t="s">
+        <v>613</v>
       </c>
       <c r="F167">
         <v>2016</v>
       </c>
       <c r="G167" t="s">
-        <v>612</v>
-[...6 lines deleted...]
-      </c>
+        <v>614</v>
+      </c>
+      <c r="H167"/>
+      <c r="I167"/>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="B168" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="C168" t="s">
-        <v>615</v>
-[...3 lines deleted...]
-      </c>
+        <v>575</v>
+      </c>
+      <c r="D168"/>
       <c r="E168" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="F168">
         <v>2016</v>
       </c>
       <c r="G168" t="s">
-        <v>617</v>
-[...6 lines deleted...]
-      </c>
+        <v>618</v>
+      </c>
+      <c r="H168"/>
+      <c r="I168"/>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="B169" t="s">
-        <v>501</v>
+        <v>620</v>
       </c>
       <c r="C169" t="s">
-        <v>413</v>
-[...3 lines deleted...]
-      </c>
+        <v>593</v>
+      </c>
+      <c r="D169"/>
       <c r="E169" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="F169">
         <v>2016</v>
       </c>
       <c r="G169" t="s">
-        <v>620</v>
-[...6 lines deleted...]
-      </c>
+        <v>622</v>
+      </c>
+      <c r="H169"/>
+      <c r="I169"/>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="B170" t="s">
-        <v>622</v>
+        <v>554</v>
       </c>
       <c r="C170" t="s">
-        <v>141</v>
-[...5 lines deleted...]
-        <v>12112</v>
+        <v>593</v>
+      </c>
+      <c r="D170"/>
+      <c r="E170" t="s">
+        <v>624</v>
       </c>
       <c r="F170">
         <v>2016</v>
       </c>
       <c r="G170" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="H170"/>
-      <c r="I170">
-[...1 lines deleted...]
-      </c>
+      <c r="I170"/>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="B171" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="C171" t="s">
-        <v>141</v>
-[...5 lines deleted...]
-        <v>12119</v>
+        <v>593</v>
+      </c>
+      <c r="D171"/>
+      <c r="E171" t="s">
+        <v>628</v>
       </c>
       <c r="F171">
         <v>2016</v>
       </c>
       <c r="G171" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="H171"/>
-      <c r="I171">
-[...1 lines deleted...]
-      </c>
+      <c r="I171"/>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="B172" t="s">
-        <v>628</v>
+        <v>331</v>
       </c>
       <c r="C172" t="s">
-        <v>629</v>
-[...2 lines deleted...]
-      <c r="E172"/>
+        <v>447</v>
+      </c>
+      <c r="D172">
+        <v>11</v>
+      </c>
+      <c r="E172">
+        <v>1600199</v>
+      </c>
       <c r="F172">
         <v>2016</v>
       </c>
       <c r="G172" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-      <c r="I172"/>
+        <v>631</v>
+      </c>
+      <c r="H172">
+        <v>8.43</v>
+      </c>
+      <c r="I172">
+        <v>4.01</v>
+      </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B173" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C173" t="s">
-        <v>633</v>
-[...4 lines deleted...]
-      <c r="E173" t="s">
         <v>634</v>
       </c>
+      <c r="D173"/>
+      <c r="E173"/>
       <c r="F173">
         <v>2016</v>
       </c>
       <c r="G173" t="s">
         <v>635</v>
       </c>
-      <c r="H173">
-[...4 lines deleted...]
-      </c>
+      <c r="H173"/>
+      <c r="I173"/>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" t="s">
         <v>636</v>
       </c>
       <c r="B174" t="s">
         <v>637</v>
       </c>
       <c r="C174" t="s">
+        <v>588</v>
+      </c>
+      <c r="D174"/>
+      <c r="E174" t="s">
         <v>638</v>
-      </c>
-[...4 lines deleted...]
-        <v>639</v>
       </c>
       <c r="F174">
         <v>2016</v>
       </c>
       <c r="G174" t="s">
-        <v>640</v>
-[...6 lines deleted...]
-      </c>
+        <v>639</v>
+      </c>
+      <c r="H174"/>
+      <c r="I174"/>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" t="s">
+        <v>640</v>
+      </c>
+      <c r="B175" t="s">
         <v>641</v>
       </c>
-      <c r="B175" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C175" t="s">
-        <v>642</v>
+        <v>588</v>
       </c>
       <c r="D175"/>
       <c r="E175" t="s">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="F175">
         <v>2016</v>
       </c>
       <c r="G175" t="s">
-        <v>644</v>
+        <v>643</v>
       </c>
       <c r="H175"/>
       <c r="I175"/>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" t="s">
+        <v>644</v>
+      </c>
+      <c r="B176" t="s">
         <v>645</v>
       </c>
-      <c r="B176" t="s">
+      <c r="C176" t="s">
+        <v>588</v>
+      </c>
+      <c r="D176"/>
+      <c r="E176" t="s">
         <v>646</v>
-      </c>
-[...7 lines deleted...]
-        <v>647</v>
       </c>
       <c r="F176">
         <v>2016</v>
       </c>
       <c r="G176" t="s">
-        <v>648</v>
-[...6 lines deleted...]
-      </c>
+        <v>647</v>
+      </c>
+      <c r="H176"/>
+      <c r="I176"/>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" t="s">
+        <v>648</v>
+      </c>
+      <c r="B177" t="s">
         <v>649</v>
       </c>
-      <c r="B177" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C177" t="s">
-        <v>651</v>
+        <v>404</v>
       </c>
       <c r="D177">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>652</v>
+        <v>6</v>
+      </c>
+      <c r="E177">
+        <v>35516</v>
       </c>
       <c r="F177">
         <v>2016</v>
       </c>
       <c r="G177" t="s">
-        <v>653</v>
+        <v>650</v>
       </c>
       <c r="H177">
-        <v>0.86</v>
+        <v>4.26</v>
       </c>
       <c r="I177">
-        <v>0.43</v>
+        <v>1.69</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" t="s">
+        <v>651</v>
+      </c>
+      <c r="B178" t="s">
+        <v>652</v>
+      </c>
+      <c r="C178" t="s">
+        <v>653</v>
+      </c>
+      <c r="D178">
+        <v>10</v>
+      </c>
+      <c r="E178" t="s">
         <v>654</v>
-      </c>
-[...10 lines deleted...]
-        <v>656</v>
       </c>
       <c r="F178">
         <v>2016</v>
       </c>
       <c r="G178" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="H178">
-        <v>6.76</v>
+        <v>2.58</v>
       </c>
       <c r="I178">
-        <v>3.47</v>
+        <v>1.15</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="B179" t="s">
-        <v>659</v>
+        <v>539</v>
       </c>
       <c r="C179" t="s">
-        <v>141</v>
+        <v>447</v>
       </c>
       <c r="D179">
-        <v>741</v>
-[...2 lines deleted...]
-        <v>12140</v>
+        <v>10</v>
+      </c>
+      <c r="E179" t="s">
+        <v>657</v>
       </c>
       <c r="F179">
         <v>2016</v>
       </c>
       <c r="G179" t="s">
-        <v>660</v>
-[...1 lines deleted...]
-      <c r="H179"/>
+        <v>658</v>
+      </c>
+      <c r="H179">
+        <v>8.43</v>
+      </c>
       <c r="I179">
-        <v>0.25</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="B180" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="C180" t="s">
-        <v>141</v>
+        <v>179</v>
       </c>
       <c r="D180">
         <v>741</v>
       </c>
       <c r="E180">
-        <v>12152</v>
+        <v>12112</v>
       </c>
       <c r="F180">
         <v>2016</v>
       </c>
       <c r="G180" t="s">
-        <v>663</v>
+        <v>661</v>
       </c>
       <c r="H180"/>
       <c r="I180">
         <v>0.25</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="B181" t="s">
-        <v>421</v>
+        <v>663</v>
       </c>
       <c r="C181" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="D181">
-        <v>109</v>
+        <v>741</v>
       </c>
       <c r="E181">
-        <v>11901</v>
+        <v>12119</v>
       </c>
       <c r="F181">
         <v>2016</v>
       </c>
       <c r="G181" t="s">
-        <v>665</v>
-[...3 lines deleted...]
-      </c>
+        <v>664</v>
+      </c>
+      <c r="H181"/>
       <c r="I181">
-        <v>1.67</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" t="s">
+        <v>665</v>
+      </c>
+      <c r="B182" t="s">
         <v>666</v>
       </c>
-      <c r="B182" t="s">
+      <c r="C182" t="s">
         <v>667</v>
       </c>
-      <c r="C182" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D182"/>
+      <c r="E182"/>
       <c r="F182">
         <v>2016</v>
       </c>
       <c r="G182" t="s">
         <v>668</v>
       </c>
       <c r="H182"/>
-      <c r="I182">
-[...1 lines deleted...]
-      </c>
+      <c r="I182"/>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" t="s">
         <v>669</v>
       </c>
       <c r="B183" t="s">
         <v>670</v>
       </c>
       <c r="C183" t="s">
         <v>671</v>
       </c>
-      <c r="D183"/>
-      <c r="E183"/>
+      <c r="D183">
+        <v>8</v>
+      </c>
+      <c r="E183" t="s">
+        <v>672</v>
+      </c>
       <c r="F183">
         <v>2016</v>
       </c>
       <c r="G183" t="s">
-        <v>672</v>
-[...1 lines deleted...]
-      <c r="H183"/>
+        <v>673</v>
+      </c>
+      <c r="H183">
+        <v>7.37</v>
+      </c>
       <c r="I183">
-        <v>0.1</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="B184" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C184" t="s">
-        <v>174</v>
+        <v>676</v>
       </c>
       <c r="D184">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>221903</v>
+        <v>33</v>
+      </c>
+      <c r="E184" t="s">
+        <v>677</v>
       </c>
       <c r="F184">
         <v>2016</v>
       </c>
       <c r="G184" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="H184">
-        <v>3.41</v>
+        <v>1.46</v>
       </c>
       <c r="I184">
-        <v>1.67</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="B185" t="s">
-        <v>677</v>
+        <v>455</v>
       </c>
       <c r="C185" t="s">
-        <v>31</v>
-[...5 lines deleted...]
-        <v>201115</v>
+        <v>680</v>
+      </c>
+      <c r="D185"/>
+      <c r="E185" t="s">
+        <v>681</v>
       </c>
       <c r="F185">
         <v>2016</v>
       </c>
       <c r="G185" t="s">
-        <v>678</v>
-[...3 lines deleted...]
-      </c>
+        <v>682</v>
+      </c>
+      <c r="H185"/>
       <c r="I185"/>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="B186" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="C186" t="s">
-        <v>174</v>
+        <v>219</v>
       </c>
       <c r="D186">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>211105</v>
+        <v>186</v>
+      </c>
+      <c r="E186" t="s">
+        <v>685</v>
       </c>
       <c r="F186">
         <v>2016</v>
       </c>
       <c r="G186" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="H186">
-        <v>3.41</v>
+        <v>2.3</v>
       </c>
       <c r="I186">
-        <v>1.67</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
       <c r="B187" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="C187" t="s">
-        <v>684</v>
+        <v>689</v>
       </c>
       <c r="D187">
-        <v>634</v>
-[...2 lines deleted...]
-        <v>26299</v>
+        <v>58</v>
+      </c>
+      <c r="E187" t="s">
+        <v>690</v>
       </c>
       <c r="F187">
         <v>2016</v>
       </c>
       <c r="G187" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
       <c r="H187">
-        <v>16.24</v>
+        <v>0.86</v>
       </c>
       <c r="I187">
-        <v>8.05</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="B188" t="s">
-        <v>687</v>
+        <v>693</v>
       </c>
       <c r="C188" t="s">
-        <v>31</v>
+        <v>270</v>
       </c>
       <c r="D188">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>165125</v>
+        <v>3</v>
+      </c>
+      <c r="E188" t="s">
+        <v>694</v>
       </c>
       <c r="F188">
         <v>2016</v>
       </c>
       <c r="G188" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
       <c r="H188">
-        <v>3.84</v>
-[...1 lines deleted...]
-      <c r="I188"/>
+        <v>6.76</v>
+      </c>
+      <c r="I188">
+        <v>3.47</v>
+      </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
       <c r="B189" t="s">
-        <v>690</v>
+        <v>697</v>
       </c>
       <c r="C189" t="s">
-        <v>691</v>
+        <v>179</v>
       </c>
       <c r="D189">
-        <v>9885</v>
+        <v>741</v>
       </c>
       <c r="E189">
-        <v>988515</v>
+        <v>12152</v>
       </c>
       <c r="F189">
         <v>2016</v>
       </c>
       <c r="G189" t="s">
-        <v>692</v>
+        <v>698</v>
       </c>
       <c r="H189"/>
       <c r="I189">
-        <v>0.24</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="B190" t="s">
-        <v>690</v>
+        <v>700</v>
       </c>
       <c r="C190" t="s">
-        <v>691</v>
+        <v>179</v>
       </c>
       <c r="D190">
-        <v>9885</v>
-[...2 lines deleted...]
-        <v>694</v>
+        <v>741</v>
+      </c>
+      <c r="E190">
+        <v>12140</v>
       </c>
       <c r="F190">
         <v>2016</v>
       </c>
       <c r="G190" t="s">
-        <v>695</v>
+        <v>701</v>
       </c>
       <c r="H190"/>
       <c r="I190">
-        <v>0.24</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" t="s">
-        <v>696</v>
+        <v>702</v>
       </c>
       <c r="B191" t="s">
-        <v>697</v>
+        <v>455</v>
       </c>
       <c r="C191" t="s">
-        <v>633</v>
+        <v>212</v>
       </c>
       <c r="D191">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>698</v>
+        <v>109</v>
+      </c>
+      <c r="E191">
+        <v>11901</v>
       </c>
       <c r="F191">
         <v>2016</v>
       </c>
       <c r="G191" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="H191">
-        <v>7.37</v>
+        <v>3.41</v>
       </c>
       <c r="I191">
-        <v>2.79</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="B192" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
       <c r="C192" t="s">
-        <v>702</v>
+        <v>235</v>
       </c>
       <c r="D192">
-        <v>93</v>
+        <v>1748</v>
       </c>
       <c r="E192">
-        <v>33855</v>
+        <v>30001</v>
       </c>
       <c r="F192">
         <v>2016</v>
       </c>
       <c r="G192" t="s">
-        <v>703</v>
-[...4 lines deleted...]
-      <c r="I192"/>
+        <v>706</v>
+      </c>
+      <c r="H192"/>
+      <c r="I192">
+        <v>0.18</v>
+      </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="B193" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="C193" t="s">
-        <v>141</v>
-[...6 lines deleted...]
-      </c>
+        <v>709</v>
+      </c>
+      <c r="D193"/>
+      <c r="E193"/>
       <c r="F193">
         <v>2016</v>
       </c>
       <c r="G193" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="H193"/>
       <c r="I193">
-        <v>0.25</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="B194" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
       <c r="C194" t="s">
-        <v>709</v>
+        <v>212</v>
       </c>
       <c r="D194">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>710</v>
+        <v>108</v>
+      </c>
+      <c r="E194">
+        <v>221903</v>
       </c>
       <c r="F194">
         <v>2016</v>
       </c>
       <c r="G194" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="H194">
-        <v>2.54</v>
+        <v>3.41</v>
       </c>
       <c r="I194">
-        <v>0.94</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="B195" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="C195" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="D195">
-        <v>690</v>
+        <v>93</v>
       </c>
       <c r="E195">
-        <v>12021</v>
+        <v>201115</v>
       </c>
       <c r="F195">
         <v>2016</v>
       </c>
       <c r="G195" t="s">
-        <v>714</v>
-[...4 lines deleted...]
-      </c>
+        <v>716</v>
+      </c>
+      <c r="H195">
+        <v>3.84</v>
+      </c>
+      <c r="I195"/>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="B196" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="C196" t="s">
-        <v>141</v>
+        <v>212</v>
       </c>
       <c r="D196">
-        <v>690</v>
+        <v>108</v>
       </c>
       <c r="E196">
-        <v>12020</v>
+        <v>211105</v>
       </c>
       <c r="F196">
         <v>2016</v>
       </c>
       <c r="G196" t="s">
-        <v>717</v>
-[...1 lines deleted...]
-      <c r="H196"/>
+        <v>719</v>
+      </c>
+      <c r="H196">
+        <v>3.41</v>
+      </c>
       <c r="I196">
-        <v>0.25</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="B197" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="C197" t="s">
-        <v>286</v>
+        <v>722</v>
       </c>
       <c r="D197">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>720</v>
+        <v>634</v>
+      </c>
+      <c r="E197">
+        <v>26299</v>
       </c>
       <c r="F197">
         <v>2016</v>
       </c>
       <c r="G197" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="H197">
-        <v>19.79</v>
+        <v>16.24</v>
       </c>
       <c r="I197">
-        <v>9.18</v>
+        <v>8.05</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="B198" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="C198" t="s">
-        <v>369</v>
+        <v>24</v>
       </c>
       <c r="D198">
-        <v>6</v>
+        <v>93</v>
       </c>
       <c r="E198">
-        <v>22136</v>
+        <v>165125</v>
       </c>
       <c r="F198">
         <v>2016</v>
       </c>
       <c r="G198" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="H198">
-        <v>4.26</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.84</v>
+      </c>
+      <c r="I198"/>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="B199" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="C199" t="s">
-        <v>369</v>
+        <v>729</v>
       </c>
       <c r="D199">
-        <v>6</v>
+        <v>9885</v>
       </c>
       <c r="E199">
-        <v>22546</v>
+        <v>988515</v>
       </c>
       <c r="F199">
         <v>2016</v>
       </c>
       <c r="G199" t="s">
-        <v>727</v>
-[...3 lines deleted...]
-      </c>
+        <v>730</v>
+      </c>
+      <c r="H199"/>
       <c r="I199">
-        <v>1.69</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" t="s">
+        <v>731</v>
+      </c>
+      <c r="B200" t="s">
         <v>728</v>
       </c>
-      <c r="B200" t="s">
+      <c r="C200" t="s">
         <v>729</v>
       </c>
-      <c r="C200" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D200">
-        <v>41</v>
+        <v>9885</v>
       </c>
       <c r="E200" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="F200">
         <v>2016</v>
       </c>
       <c r="G200" t="s">
-        <v>731</v>
-[...3 lines deleted...]
-      </c>
+        <v>733</v>
+      </c>
+      <c r="H200"/>
       <c r="I200">
-        <v>1.77</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="B201" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="C201" t="s">
-        <v>174</v>
+        <v>671</v>
       </c>
       <c r="D201">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>23902</v>
+        <v>8</v>
+      </c>
+      <c r="E201" t="s">
+        <v>736</v>
       </c>
       <c r="F201">
         <v>2016</v>
       </c>
       <c r="G201" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="H201">
-        <v>3.41</v>
+        <v>7.37</v>
       </c>
       <c r="I201">
-        <v>1.67</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="B202" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="C202" t="s">
-        <v>286</v>
+        <v>740</v>
       </c>
       <c r="D202">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>737</v>
+        <v>93</v>
+      </c>
+      <c r="E202">
+        <v>33855</v>
       </c>
       <c r="F202">
         <v>2016</v>
       </c>
       <c r="G202" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="H202">
-        <v>19.79</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.93</v>
+      </c>
+      <c r="I202"/>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="B203" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="C203" t="s">
-        <v>741</v>
-[...3 lines deleted...]
-        <v>742</v>
+        <v>179</v>
+      </c>
+      <c r="D203">
+        <v>690</v>
+      </c>
+      <c r="E203">
+        <v>12034</v>
       </c>
       <c r="F203">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G203" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="H203"/>
-      <c r="I203"/>
+      <c r="I203">
+        <v>0.25</v>
+      </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="B204" t="s">
-        <v>713</v>
+        <v>746</v>
       </c>
       <c r="C204" t="s">
-        <v>633</v>
+        <v>747</v>
       </c>
       <c r="D204">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E204" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="F204">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G204" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="H204">
-        <v>7.76</v>
+        <v>2.54</v>
       </c>
       <c r="I204">
-        <v>2.77</v>
+        <v>0.94</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="B205" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="C205" t="s">
-        <v>31</v>
+        <v>179</v>
       </c>
       <c r="D205">
-        <v>92</v>
+        <v>690</v>
       </c>
       <c r="E205">
-        <v>245413</v>
+        <v>12020</v>
       </c>
       <c r="F205">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G205" t="s">
-        <v>749</v>
-[...4 lines deleted...]
-      <c r="I205"/>
+        <v>752</v>
+      </c>
+      <c r="H205"/>
+      <c r="I205">
+        <v>0.25</v>
+      </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="B206" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="C206" t="s">
-        <v>31</v>
+        <v>179</v>
       </c>
       <c r="D206">
-        <v>92</v>
+        <v>690</v>
       </c>
       <c r="E206">
-        <v>214436</v>
+        <v>12021</v>
       </c>
       <c r="F206">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G206" t="s">
-        <v>752</v>
-[...4 lines deleted...]
-      <c r="I206"/>
+        <v>755</v>
+      </c>
+      <c r="H206"/>
+      <c r="I206">
+        <v>0.25</v>
+      </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="B207" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="C207" t="s">
-        <v>413</v>
+        <v>324</v>
       </c>
       <c r="D207">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E207" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="F207">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G207" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="H207">
-        <v>7.49</v>
+        <v>19.79</v>
       </c>
       <c r="I207">
-        <v>4.21</v>
+        <v>9.18</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="B208" t="s">
-        <v>690</v>
+        <v>761</v>
       </c>
       <c r="C208" t="s">
-        <v>23</v>
+        <v>404</v>
       </c>
       <c r="D208">
         <v>6</v>
       </c>
       <c r="E208">
-        <v>10102</v>
+        <v>22136</v>
       </c>
       <c r="F208">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G208" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="H208">
-        <v>11.33</v>
+        <v>4.26</v>
       </c>
       <c r="I208">
-        <v>6.29</v>
+        <v>1.69</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="B209" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="C209" t="s">
-        <v>761</v>
+        <v>404</v>
       </c>
       <c r="D209">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>762</v>
+        <v>6</v>
+      </c>
+      <c r="E209">
+        <v>22546</v>
       </c>
       <c r="F209">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G209" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="H209">
-        <v>3.15</v>
+        <v>4.26</v>
       </c>
       <c r="I209">
-        <v>1.91</v>
+        <v>1.69</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="B210" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C210" t="s">
-        <v>766</v>
-[...2 lines deleted...]
-      <c r="E210"/>
+        <v>154</v>
+      </c>
+      <c r="D210">
+        <v>41</v>
+      </c>
+      <c r="E210" t="s">
+        <v>768</v>
+      </c>
       <c r="F210">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G210" t="s">
-        <v>767</v>
-[...2 lines deleted...]
-      <c r="I210"/>
+        <v>769</v>
+      </c>
+      <c r="H210">
+        <v>3.42</v>
+      </c>
+      <c r="I210">
+        <v>1.77</v>
+      </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="B211" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="C211" t="s">
-        <v>766</v>
-[...2 lines deleted...]
-      <c r="E211"/>
+        <v>212</v>
+      </c>
+      <c r="D211">
+        <v>108</v>
+      </c>
+      <c r="E211">
+        <v>23902</v>
+      </c>
       <c r="F211">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G211" t="s">
-        <v>770</v>
-[...2 lines deleted...]
-      <c r="I211"/>
+        <v>772</v>
+      </c>
+      <c r="H211">
+        <v>3.41</v>
+      </c>
+      <c r="I211">
+        <v>1.67</v>
+      </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="B212" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="C212" t="s">
-        <v>766</v>
-[...2 lines deleted...]
-      <c r="E212"/>
+        <v>324</v>
+      </c>
+      <c r="D212">
+        <v>28</v>
+      </c>
+      <c r="E212" t="s">
+        <v>775</v>
+      </c>
       <c r="F212">
-        <v>2015</v>
-[...3 lines deleted...]
-      <c r="I212"/>
+        <v>2016</v>
+      </c>
+      <c r="G212" t="s">
+        <v>776</v>
+      </c>
+      <c r="H212">
+        <v>19.79</v>
+      </c>
+      <c r="I212">
+        <v>9.18</v>
+      </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="B213" t="s">
-        <v>774</v>
+        <v>754</v>
       </c>
       <c r="C213" t="s">
-        <v>766</v>
-[...2 lines deleted...]
-      <c r="E213"/>
+        <v>671</v>
+      </c>
+      <c r="D213">
+        <v>8</v>
+      </c>
+      <c r="E213" t="s">
+        <v>778</v>
+      </c>
       <c r="F213">
         <v>2015</v>
       </c>
       <c r="G213" t="s">
-        <v>775</v>
-[...2 lines deleted...]
-      <c r="I213"/>
+        <v>779</v>
+      </c>
+      <c r="H213">
+        <v>7.76</v>
+      </c>
+      <c r="I213">
+        <v>2.77</v>
+      </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="B214" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="C214" t="s">
-        <v>766</v>
+        <v>782</v>
       </c>
       <c r="D214"/>
-      <c r="E214"/>
+      <c r="E214" t="s">
+        <v>783</v>
+      </c>
       <c r="F214">
         <v>2015</v>
       </c>
       <c r="G214" t="s">
-        <v>778</v>
+        <v>784</v>
       </c>
       <c r="H214"/>
       <c r="I214"/>
     </row>
     <row r="215" spans="1:9">
       <c r="A215" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
       <c r="B215" t="s">
-        <v>490</v>
+        <v>786</v>
       </c>
       <c r="C215" t="s">
-        <v>766</v>
-[...2 lines deleted...]
-      <c r="E215"/>
+        <v>24</v>
+      </c>
+      <c r="D215">
+        <v>92</v>
+      </c>
+      <c r="E215">
+        <v>245413</v>
+      </c>
       <c r="F215">
         <v>2015</v>
       </c>
       <c r="G215" t="s">
-        <v>780</v>
-[...1 lines deleted...]
-      <c r="H215"/>
+        <v>787</v>
+      </c>
+      <c r="H215">
+        <v>3.72</v>
+      </c>
       <c r="I215"/>
     </row>
     <row r="216" spans="1:9">
       <c r="A216" t="s">
-        <v>781</v>
+        <v>788</v>
       </c>
       <c r="B216" t="s">
-        <v>782</v>
+        <v>789</v>
       </c>
       <c r="C216" t="s">
-        <v>766</v>
-[...2 lines deleted...]
-      <c r="E216"/>
+        <v>24</v>
+      </c>
+      <c r="D216">
+        <v>92</v>
+      </c>
+      <c r="E216">
+        <v>214436</v>
+      </c>
       <c r="F216">
         <v>2015</v>
       </c>
       <c r="G216" t="s">
-        <v>783</v>
-[...1 lines deleted...]
-      <c r="H216"/>
+        <v>790</v>
+      </c>
+      <c r="H216">
+        <v>3.72</v>
+      </c>
       <c r="I216"/>
     </row>
     <row r="217" spans="1:9">
       <c r="A217" t="s">
-        <v>784</v>
+        <v>791</v>
       </c>
       <c r="B217" t="s">
-        <v>785</v>
+        <v>792</v>
       </c>
       <c r="C217" t="s">
-        <v>766</v>
-[...2 lines deleted...]
-      <c r="E217"/>
+        <v>447</v>
+      </c>
+      <c r="D217">
+        <v>10</v>
+      </c>
+      <c r="E217" t="s">
+        <v>793</v>
+      </c>
       <c r="F217">
         <v>2015</v>
       </c>
       <c r="G217" t="s">
-        <v>786</v>
-[...2 lines deleted...]
-      <c r="I217"/>
+        <v>794</v>
+      </c>
+      <c r="H217">
+        <v>7.49</v>
+      </c>
+      <c r="I217">
+        <v>4.21</v>
+      </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218" t="s">
-        <v>787</v>
+        <v>795</v>
       </c>
       <c r="B218" t="s">
-        <v>788</v>
+        <v>728</v>
       </c>
       <c r="C218" t="s">
-        <v>789</v>
-[...2 lines deleted...]
-      <c r="E218"/>
+        <v>40</v>
+      </c>
+      <c r="D218">
+        <v>6</v>
+      </c>
+      <c r="E218">
+        <v>10102</v>
+      </c>
       <c r="F218">
         <v>2015</v>
       </c>
       <c r="G218" t="s">
-        <v>790</v>
-[...2 lines deleted...]
-      <c r="I218"/>
+        <v>796</v>
+      </c>
+      <c r="H218">
+        <v>11.33</v>
+      </c>
+      <c r="I218">
+        <v>6.29</v>
+      </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219" t="s">
-        <v>791</v>
+        <v>797</v>
       </c>
       <c r="B219" t="s">
-        <v>792</v>
+        <v>798</v>
       </c>
       <c r="C219" t="s">
-        <v>789</v>
-[...2 lines deleted...]
-      <c r="E219"/>
+        <v>799</v>
+      </c>
+      <c r="D219">
+        <v>23</v>
+      </c>
+      <c r="E219" t="s">
+        <v>800</v>
+      </c>
       <c r="F219">
         <v>2015</v>
       </c>
       <c r="G219" t="s">
-        <v>793</v>
-[...2 lines deleted...]
-      <c r="I219"/>
+        <v>801</v>
+      </c>
+      <c r="H219">
+        <v>3.15</v>
+      </c>
+      <c r="I219">
+        <v>1.91</v>
+      </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220" t="s">
-        <v>794</v>
+        <v>802</v>
       </c>
       <c r="B220" t="s">
-        <v>795</v>
+        <v>803</v>
       </c>
       <c r="C220" t="s">
-        <v>796</v>
+        <v>804</v>
       </c>
       <c r="D220"/>
-      <c r="E220" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E220"/>
       <c r="F220">
         <v>2015</v>
       </c>
       <c r="G220" t="s">
-        <v>798</v>
+        <v>805</v>
       </c>
       <c r="H220"/>
       <c r="I220"/>
     </row>
     <row r="221" spans="1:9">
       <c r="A221" t="s">
-        <v>799</v>
+        <v>806</v>
       </c>
       <c r="B221" t="s">
-        <v>800</v>
+        <v>807</v>
       </c>
       <c r="C221" t="s">
-        <v>633</v>
-[...6 lines deleted...]
-      </c>
+        <v>804</v>
+      </c>
+      <c r="D221"/>
+      <c r="E221"/>
       <c r="F221">
         <v>2015</v>
       </c>
       <c r="G221" t="s">
-        <v>802</v>
-[...6 lines deleted...]
-      </c>
+        <v>808</v>
+      </c>
+      <c r="H221"/>
+      <c r="I221"/>
     </row>
     <row r="222" spans="1:9">
       <c r="A222" t="s">
-        <v>803</v>
+        <v>809</v>
       </c>
       <c r="B222" t="s">
+        <v>810</v>
+      </c>
+      <c r="C222" t="s">
         <v>804</v>
       </c>
-      <c r="C222" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D222"/>
+      <c r="E222"/>
       <c r="F222">
         <v>2015</v>
       </c>
-      <c r="G222" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G222"/>
+      <c r="H222"/>
+      <c r="I222"/>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" t="s">
-        <v>806</v>
+        <v>811</v>
       </c>
       <c r="B223" t="s">
-        <v>807</v>
+        <v>812</v>
       </c>
       <c r="C223" t="s">
-        <v>31</v>
-[...6 lines deleted...]
-      </c>
+        <v>804</v>
+      </c>
+      <c r="D223"/>
+      <c r="E223"/>
       <c r="F223">
         <v>2015</v>
       </c>
       <c r="G223" t="s">
-        <v>808</v>
-[...3 lines deleted...]
-      </c>
+        <v>813</v>
+      </c>
+      <c r="H223"/>
       <c r="I223"/>
     </row>
     <row r="224" spans="1:9">
       <c r="A224" t="s">
-        <v>809</v>
+        <v>814</v>
       </c>
       <c r="B224" t="s">
-        <v>810</v>
+        <v>815</v>
       </c>
       <c r="C224" t="s">
-        <v>811</v>
-[...6 lines deleted...]
-      </c>
+        <v>804</v>
+      </c>
+      <c r="D224"/>
+      <c r="E224"/>
       <c r="F224">
         <v>2015</v>
       </c>
       <c r="G224" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="H224"/>
       <c r="I224"/>
     </row>
     <row r="225" spans="1:9">
       <c r="A225" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="B225" t="s">
-        <v>815</v>
+        <v>528</v>
       </c>
       <c r="C225" t="s">
-        <v>816</v>
+        <v>804</v>
       </c>
       <c r="D225"/>
-      <c r="E225" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E225"/>
       <c r="F225">
         <v>2015</v>
       </c>
       <c r="G225" t="s">
         <v>818</v>
       </c>
       <c r="H225"/>
       <c r="I225"/>
     </row>
     <row r="226" spans="1:9">
       <c r="A226" t="s">
         <v>819</v>
       </c>
       <c r="B226" t="s">
         <v>820</v>
       </c>
       <c r="C226" t="s">
-        <v>821</v>
-[...6 lines deleted...]
-      </c>
+        <v>804</v>
+      </c>
+      <c r="D226"/>
+      <c r="E226"/>
       <c r="F226">
         <v>2015</v>
       </c>
       <c r="G226" t="s">
-        <v>823</v>
-[...6 lines deleted...]
-      </c>
+        <v>821</v>
+      </c>
+      <c r="H226"/>
+      <c r="I226"/>
     </row>
     <row r="227" spans="1:9">
       <c r="A227" t="s">
-        <v>824</v>
+        <v>822</v>
       </c>
       <c r="B227" t="s">
-        <v>825</v>
+        <v>823</v>
       </c>
       <c r="C227" t="s">
-        <v>125</v>
-[...6 lines deleted...]
-      </c>
+        <v>804</v>
+      </c>
+      <c r="D227"/>
+      <c r="E227"/>
       <c r="F227">
         <v>2015</v>
       </c>
       <c r="G227" t="s">
-        <v>827</v>
-[...6 lines deleted...]
-      </c>
+        <v>824</v>
+      </c>
+      <c r="H227"/>
+      <c r="I227"/>
     </row>
     <row r="228" spans="1:9">
       <c r="A228" t="s">
-        <v>828</v>
+        <v>825</v>
       </c>
       <c r="B228" t="s">
-        <v>748</v>
+        <v>826</v>
       </c>
       <c r="C228" t="s">
-        <v>741</v>
+        <v>827</v>
       </c>
       <c r="D228"/>
-      <c r="E228" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E228"/>
       <c r="F228">
         <v>2015</v>
       </c>
       <c r="G228" t="s">
-        <v>830</v>
+        <v>828</v>
       </c>
       <c r="H228"/>
       <c r="I228"/>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" t="s">
-        <v>831</v>
+        <v>829</v>
       </c>
       <c r="B229" t="s">
-        <v>760</v>
+        <v>830</v>
       </c>
       <c r="C229" t="s">
-        <v>282</v>
-[...6 lines deleted...]
-      </c>
+        <v>827</v>
+      </c>
+      <c r="D229"/>
+      <c r="E229"/>
       <c r="F229">
         <v>2015</v>
       </c>
       <c r="G229" t="s">
-        <v>832</v>
-[...6 lines deleted...]
-      </c>
+        <v>831</v>
+      </c>
+      <c r="H229"/>
+      <c r="I229"/>
     </row>
     <row r="230" spans="1:9">
       <c r="A230" t="s">
+        <v>832</v>
+      </c>
+      <c r="B230" t="s">
         <v>833</v>
       </c>
-      <c r="B230" t="s">
+      <c r="C230" t="s">
         <v>834</v>
       </c>
-      <c r="C230" t="s">
-[...6 lines deleted...]
-        <v>12956</v>
+      <c r="D230"/>
+      <c r="E230" t="s">
+        <v>835</v>
       </c>
       <c r="F230">
         <v>2015</v>
       </c>
       <c r="G230" t="s">
-        <v>835</v>
-[...6 lines deleted...]
-      </c>
+        <v>836</v>
+      </c>
+      <c r="H230"/>
+      <c r="I230"/>
     </row>
     <row r="231" spans="1:9">
       <c r="A231" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="B231" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="C231" t="s">
-        <v>382</v>
+        <v>671</v>
       </c>
       <c r="D231">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="E231" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="F231">
         <v>2015</v>
       </c>
       <c r="G231" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="H231">
-        <v>13.78</v>
+        <v>7.76</v>
       </c>
       <c r="I231">
-        <v>8.36</v>
+        <v>2.77</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="B232" t="s">
-        <v>448</v>
+        <v>842</v>
       </c>
       <c r="C232" t="s">
-        <v>31</v>
+        <v>212</v>
       </c>
       <c r="D232">
-        <v>92</v>
+        <v>107</v>
       </c>
       <c r="E232">
-        <v>85107</v>
+        <v>171101</v>
       </c>
       <c r="F232">
         <v>2015</v>
       </c>
       <c r="G232" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="H232">
-        <v>3.72</v>
-[...1 lines deleted...]
-      <c r="I232"/>
+        <v>3.14</v>
+      </c>
+      <c r="I232">
+        <v>1.5</v>
+      </c>
     </row>
     <row r="233" spans="1:9">
       <c r="A233" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="B233" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="C233" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="D233">
         <v>92</v>
       </c>
-      <c r="E233" t="s">
-        <v>844</v>
+      <c r="E233">
+        <v>155415</v>
       </c>
       <c r="F233">
         <v>2015</v>
       </c>
       <c r="G233" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="H233">
         <v>3.72</v>
       </c>
       <c r="I233"/>
     </row>
     <row r="234" spans="1:9">
       <c r="A234" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="B234" t="s">
-        <v>772</v>
+        <v>848</v>
       </c>
       <c r="C234" t="s">
-        <v>31</v>
+        <v>849</v>
       </c>
       <c r="D234">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>45127</v>
+        <v>28</v>
+      </c>
+      <c r="E234" t="s">
+        <v>850</v>
       </c>
       <c r="F234">
         <v>2015</v>
       </c>
       <c r="G234" t="s">
-        <v>847</v>
-[...3 lines deleted...]
-      </c>
+        <v>851</v>
+      </c>
+      <c r="H234"/>
       <c r="I234"/>
     </row>
     <row r="235" spans="1:9">
       <c r="A235" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="B235" t="s">
-        <v>459</v>
+        <v>853</v>
       </c>
       <c r="C235" t="s">
-        <v>849</v>
+        <v>854</v>
       </c>
       <c r="D235"/>
-      <c r="E235"/>
+      <c r="E235" t="s">
+        <v>855</v>
+      </c>
       <c r="F235">
         <v>2015</v>
       </c>
-      <c r="G235"/>
+      <c r="G235" t="s">
+        <v>856</v>
+      </c>
       <c r="H235"/>
       <c r="I235"/>
     </row>
     <row r="236" spans="1:9">
       <c r="A236" t="s">
-        <v>850</v>
+        <v>857</v>
       </c>
       <c r="B236" t="s">
-        <v>851</v>
+        <v>858</v>
       </c>
       <c r="C236" t="s">
-        <v>852</v>
-[...1 lines deleted...]
-      <c r="D236"/>
+        <v>859</v>
+      </c>
+      <c r="D236">
+        <v>119</v>
+      </c>
       <c r="E236" t="s">
-        <v>853</v>
+        <v>860</v>
       </c>
       <c r="F236">
         <v>2015</v>
       </c>
-      <c r="G236"/>
-[...1 lines deleted...]
-      <c r="I236"/>
+      <c r="G236" t="s">
+        <v>861</v>
+      </c>
+      <c r="H236">
+        <v>0.64</v>
+      </c>
+      <c r="I236">
+        <v>0.27</v>
+      </c>
     </row>
     <row r="237" spans="1:9">
       <c r="A237" t="s">
-        <v>854</v>
+        <v>862</v>
       </c>
       <c r="B237" t="s">
-        <v>785</v>
+        <v>863</v>
       </c>
       <c r="C237" t="s">
-        <v>852</v>
-[...1 lines deleted...]
-      <c r="D237"/>
+        <v>163</v>
+      </c>
+      <c r="D237">
+        <v>63</v>
+      </c>
       <c r="E237" t="s">
-        <v>855</v>
+        <v>864</v>
       </c>
       <c r="F237">
         <v>2015</v>
       </c>
-      <c r="G237"/>
-[...1 lines deleted...]
-      <c r="I237"/>
+      <c r="G237" t="s">
+        <v>865</v>
+      </c>
+      <c r="H237">
+        <v>2.05</v>
+      </c>
+      <c r="I237">
+        <v>1.74</v>
+      </c>
     </row>
     <row r="238" spans="1:9">
       <c r="A238" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="B238" t="s">
-        <v>448</v>
+        <v>786</v>
       </c>
       <c r="C238" t="s">
-        <v>852</v>
+        <v>782</v>
       </c>
       <c r="D238"/>
       <c r="E238" t="s">
-        <v>857</v>
+        <v>867</v>
       </c>
       <c r="F238">
         <v>2015</v>
       </c>
-      <c r="G238"/>
+      <c r="G238" t="s">
+        <v>868</v>
+      </c>
       <c r="H238"/>
       <c r="I238"/>
     </row>
     <row r="239" spans="1:9">
       <c r="A239" t="s">
-        <v>858</v>
+        <v>869</v>
       </c>
       <c r="B239" t="s">
-        <v>670</v>
+        <v>798</v>
       </c>
       <c r="C239" t="s">
-        <v>702</v>
+        <v>320</v>
       </c>
       <c r="D239">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="E239">
-        <v>63830</v>
+        <v>119701</v>
       </c>
       <c r="F239">
         <v>2015</v>
       </c>
       <c r="G239" t="s">
-        <v>859</v>
+        <v>870</v>
       </c>
       <c r="H239">
-        <v>2.77</v>
-[...1 lines deleted...]
-      <c r="I239"/>
+        <v>7.65</v>
+      </c>
+      <c r="I239">
+        <v>4.66</v>
+      </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240" t="s">
-        <v>860</v>
+        <v>871</v>
       </c>
       <c r="B240" t="s">
-        <v>861</v>
+        <v>872</v>
       </c>
       <c r="C240" t="s">
-        <v>413</v>
+        <v>404</v>
       </c>
       <c r="D240">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>862</v>
+        <v>5</v>
+      </c>
+      <c r="E240">
+        <v>12956</v>
       </c>
       <c r="F240">
         <v>2015</v>
       </c>
       <c r="G240" t="s">
-        <v>863</v>
+        <v>873</v>
       </c>
       <c r="H240">
-        <v>7.49</v>
+        <v>5.23</v>
       </c>
       <c r="I240">
-        <v>4.21</v>
+        <v>2.03</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241" t="s">
-        <v>864</v>
+        <v>874</v>
       </c>
       <c r="B241" t="s">
-        <v>865</v>
+        <v>875</v>
       </c>
       <c r="C241" t="s">
-        <v>31</v>
+        <v>420</v>
       </c>
       <c r="D241">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>205126</v>
+        <v>15</v>
+      </c>
+      <c r="E241" t="s">
+        <v>876</v>
       </c>
       <c r="F241">
         <v>2015</v>
       </c>
       <c r="G241" t="s">
-        <v>866</v>
+        <v>877</v>
       </c>
       <c r="H241">
-        <v>3.72</v>
-[...1 lines deleted...]
-      <c r="I241"/>
+        <v>13.78</v>
+      </c>
+      <c r="I241">
+        <v>8.36</v>
+      </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242" t="s">
-        <v>867</v>
+        <v>878</v>
       </c>
       <c r="B242" t="s">
-        <v>740</v>
+        <v>486</v>
       </c>
       <c r="C242" t="s">
-        <v>85</v>
+        <v>24</v>
       </c>
       <c r="D242">
-        <v>117</v>
+        <v>92</v>
       </c>
       <c r="E242">
-        <v>203101</v>
+        <v>85107</v>
       </c>
       <c r="F242">
         <v>2015</v>
       </c>
       <c r="G242" t="s">
-        <v>868</v>
+        <v>879</v>
       </c>
       <c r="H242">
-        <v>2.1</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.72</v>
+      </c>
+      <c r="I242"/>
     </row>
     <row r="243" spans="1:9">
       <c r="A243" t="s">
-        <v>869</v>
+        <v>880</v>
       </c>
       <c r="B243" t="s">
-        <v>870</v>
+        <v>881</v>
       </c>
       <c r="C243" t="s">
-        <v>691</v>
+        <v>24</v>
       </c>
       <c r="D243">
-        <v>9502</v>
-[...2 lines deleted...]
-        <v>950203</v>
+        <v>92</v>
+      </c>
+      <c r="E243" t="s">
+        <v>882</v>
       </c>
       <c r="F243">
         <v>2015</v>
       </c>
       <c r="G243" t="s">
-        <v>871</v>
-[...4 lines deleted...]
-      </c>
+        <v>883</v>
+      </c>
+      <c r="H243">
+        <v>3.72</v>
+      </c>
+      <c r="I243"/>
     </row>
     <row r="244" spans="1:9">
       <c r="A244" t="s">
-        <v>872</v>
+        <v>884</v>
       </c>
       <c r="B244" t="s">
-        <v>873</v>
+        <v>810</v>
       </c>
       <c r="C244" t="s">
-        <v>282</v>
+        <v>24</v>
       </c>
       <c r="D244">
-        <v>114</v>
+        <v>92</v>
       </c>
       <c r="E244">
-        <v>185501</v>
+        <v>45127</v>
       </c>
       <c r="F244">
         <v>2015</v>
       </c>
       <c r="G244" t="s">
-        <v>874</v>
+        <v>885</v>
       </c>
       <c r="H244">
-        <v>7.65</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.72</v>
+      </c>
+      <c r="I244"/>
     </row>
     <row r="245" spans="1:9">
       <c r="A245" t="s">
-        <v>875</v>
+        <v>886</v>
       </c>
       <c r="B245" t="s">
-        <v>876</v>
+        <v>497</v>
       </c>
       <c r="C245" t="s">
-        <v>174</v>
-[...6 lines deleted...]
-      </c>
+        <v>887</v>
+      </c>
+      <c r="D245"/>
+      <c r="E245"/>
       <c r="F245">
         <v>2015</v>
       </c>
-      <c r="G245" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G245"/>
+      <c r="H245"/>
+      <c r="I245"/>
     </row>
     <row r="246" spans="1:9">
       <c r="A246" t="s">
-        <v>878</v>
+        <v>888</v>
       </c>
       <c r="B246" t="s">
-        <v>782</v>
+        <v>889</v>
       </c>
       <c r="C246" t="s">
-        <v>174</v>
-[...5 lines deleted...]
-        <v>171110</v>
+        <v>890</v>
+      </c>
+      <c r="D246"/>
+      <c r="E246" t="s">
+        <v>891</v>
       </c>
       <c r="F246">
         <v>2015</v>
       </c>
-      <c r="G246" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G246"/>
+      <c r="H246"/>
+      <c r="I246"/>
     </row>
     <row r="247" spans="1:9">
       <c r="A247" t="s">
-        <v>880</v>
+        <v>892</v>
       </c>
       <c r="B247" t="s">
-        <v>881</v>
+        <v>823</v>
       </c>
       <c r="C247" t="s">
-        <v>31</v>
-[...5 lines deleted...]
-        <v>125426</v>
+        <v>890</v>
+      </c>
+      <c r="D247"/>
+      <c r="E247" t="s">
+        <v>893</v>
       </c>
       <c r="F247">
         <v>2015</v>
       </c>
-      <c r="G247" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G247"/>
+      <c r="H247"/>
+      <c r="I247"/>
     </row>
     <row r="248" spans="1:9">
       <c r="A248" t="s">
-        <v>883</v>
+        <v>894</v>
       </c>
       <c r="B248" t="s">
-        <v>884</v>
+        <v>486</v>
       </c>
       <c r="C248" t="s">
-        <v>369</v>
-[...5 lines deleted...]
-        <v>8774</v>
+        <v>890</v>
+      </c>
+      <c r="D248"/>
+      <c r="E248" t="s">
+        <v>895</v>
       </c>
       <c r="F248">
         <v>2015</v>
       </c>
-      <c r="G248" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G248"/>
+      <c r="H248"/>
+      <c r="I248"/>
     </row>
     <row r="249" spans="1:9">
       <c r="A249" t="s">
-        <v>886</v>
+        <v>896</v>
       </c>
       <c r="B249" t="s">
-        <v>887</v>
+        <v>708</v>
       </c>
       <c r="C249" t="s">
-        <v>282</v>
+        <v>740</v>
       </c>
       <c r="D249">
-        <v>114</v>
+        <v>91</v>
       </c>
       <c r="E249">
-        <v>123901</v>
+        <v>63830</v>
       </c>
       <c r="F249">
         <v>2015</v>
       </c>
       <c r="G249" t="s">
-        <v>888</v>
+        <v>897</v>
       </c>
       <c r="H249">
-        <v>7.65</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.77</v>
+      </c>
+      <c r="I249"/>
     </row>
     <row r="250" spans="1:9">
       <c r="A250" t="s">
-        <v>889</v>
+        <v>898</v>
       </c>
       <c r="B250" t="s">
-        <v>890</v>
+        <v>899</v>
       </c>
       <c r="C250" t="s">
-        <v>185</v>
+        <v>447</v>
       </c>
       <c r="D250">
-        <v>185</v>
+        <v>9</v>
       </c>
       <c r="E250" t="s">
-        <v>891</v>
+        <v>900</v>
       </c>
       <c r="F250">
         <v>2015</v>
       </c>
       <c r="G250" t="s">
-        <v>892</v>
+        <v>901</v>
       </c>
       <c r="H250">
-        <v>2.13</v>
+        <v>7.49</v>
       </c>
       <c r="I250">
-        <v>0.87</v>
+        <v>4.21</v>
       </c>
     </row>
     <row r="251" spans="1:9">
       <c r="A251" t="s">
-        <v>893</v>
+        <v>902</v>
       </c>
       <c r="B251" t="s">
-        <v>894</v>
+        <v>903</v>
       </c>
       <c r="C251" t="s">
-        <v>895</v>
+        <v>24</v>
       </c>
       <c r="D251">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>896</v>
+        <v>91</v>
+      </c>
+      <c r="E251">
+        <v>205126</v>
       </c>
       <c r="F251">
         <v>2015</v>
       </c>
       <c r="G251" t="s">
-        <v>897</v>
+        <v>904</v>
       </c>
       <c r="H251">
-        <v>2.08</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.72</v>
+      </c>
+      <c r="I251"/>
     </row>
     <row r="252" spans="1:9">
       <c r="A252" t="s">
-        <v>898</v>
+        <v>905</v>
       </c>
       <c r="B252" t="s">
-        <v>899</v>
+        <v>781</v>
       </c>
       <c r="C252" t="s">
-        <v>89</v>
+        <v>123</v>
       </c>
       <c r="D252">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>900</v>
+        <v>117</v>
+      </c>
+      <c r="E252">
+        <v>203101</v>
       </c>
       <c r="F252">
         <v>2015</v>
       </c>
       <c r="G252" t="s">
-        <v>901</v>
+        <v>906</v>
       </c>
       <c r="H252">
-        <v>1.47</v>
+        <v>2.1</v>
       </c>
       <c r="I252">
-        <v>0.74</v>
+        <v>0.82</v>
       </c>
     </row>
     <row r="253" spans="1:9">
       <c r="A253" t="s">
-        <v>902</v>
+        <v>907</v>
       </c>
       <c r="B253" t="s">
-        <v>903</v>
+        <v>908</v>
       </c>
       <c r="C253" t="s">
-        <v>31</v>
+        <v>729</v>
       </c>
       <c r="D253">
-        <v>92</v>
+        <v>9502</v>
       </c>
       <c r="E253">
-        <v>195127</v>
+        <v>950203</v>
       </c>
       <c r="F253">
         <v>2015</v>
       </c>
       <c r="G253" t="s">
-        <v>904</v>
-[...3 lines deleted...]
-      </c>
+        <v>909</v>
+      </c>
+      <c r="H253"/>
       <c r="I253">
-        <v>2.76</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="254" spans="1:9">
       <c r="A254" t="s">
-        <v>905</v>
+        <v>910</v>
       </c>
       <c r="B254" t="s">
-        <v>906</v>
+        <v>911</v>
       </c>
       <c r="C254" t="s">
-        <v>907</v>
+        <v>320</v>
       </c>
       <c r="D254">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>908</v>
+        <v>114</v>
+      </c>
+      <c r="E254">
+        <v>185501</v>
       </c>
       <c r="F254">
-        <v>2014</v>
-[...3 lines deleted...]
-      <c r="I254"/>
+        <v>2015</v>
+      </c>
+      <c r="G254" t="s">
+        <v>912</v>
+      </c>
+      <c r="H254">
+        <v>7.65</v>
+      </c>
+      <c r="I254">
+        <v>4.66</v>
+      </c>
     </row>
     <row r="255" spans="1:9">
       <c r="A255" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="B255" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
       <c r="C255" t="s">
-        <v>85</v>
+        <v>212</v>
       </c>
       <c r="D255">
-        <v>116</v>
+        <v>106</v>
       </c>
       <c r="E255">
-        <v>184508</v>
+        <v>171913</v>
       </c>
       <c r="F255">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G255" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="H255">
-        <v>2.18</v>
+        <v>3.14</v>
       </c>
       <c r="I255">
-        <v>1.04</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="256" spans="1:9">
       <c r="A256" t="s">
-        <v>912</v>
+        <v>916</v>
       </c>
       <c r="B256" t="s">
-        <v>913</v>
+        <v>820</v>
       </c>
       <c r="C256" t="s">
-        <v>633</v>
+        <v>212</v>
       </c>
       <c r="D256">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>914</v>
+        <v>106</v>
+      </c>
+      <c r="E256">
+        <v>171110</v>
       </c>
       <c r="F256">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G256" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="H256">
-        <v>7.39</v>
+        <v>3.14</v>
       </c>
       <c r="I256">
-        <v>2.65</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="257" spans="1:9">
       <c r="A257" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="B257" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="C257" t="s">
-        <v>651</v>
+        <v>24</v>
       </c>
       <c r="D257">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>918</v>
+        <v>91</v>
+      </c>
+      <c r="E257">
+        <v>125426</v>
       </c>
       <c r="F257">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G257" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="H257">
-        <v>0.82</v>
+        <v>3.72</v>
       </c>
       <c r="I257">
-        <v>0.47</v>
+        <v>2.76</v>
       </c>
     </row>
     <row r="258" spans="1:9">
       <c r="A258" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="B258" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="C258" t="s">
-        <v>174</v>
+        <v>404</v>
       </c>
       <c r="D258">
-        <v>105</v>
+        <v>5</v>
       </c>
       <c r="E258">
-        <v>191905</v>
+        <v>8774</v>
       </c>
       <c r="F258">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G258" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="H258">
-        <v>3.3</v>
+        <v>5.23</v>
       </c>
       <c r="I258">
-        <v>1.86</v>
+        <v>2.03</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="B259" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="C259" t="s">
-        <v>174</v>
+        <v>320</v>
       </c>
       <c r="D259">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="E259">
-        <v>181116</v>
+        <v>123901</v>
       </c>
       <c r="F259">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G259" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="H259">
-        <v>3.3</v>
+        <v>7.65</v>
       </c>
       <c r="I259">
-        <v>1.86</v>
+        <v>4.66</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="B260" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="C260" t="s">
-        <v>615</v>
+        <v>219</v>
       </c>
       <c r="D260">
-        <v>8</v>
+        <v>185</v>
       </c>
       <c r="E260" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="F260">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G260" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="H260">
-        <v>2.34</v>
+        <v>2.13</v>
       </c>
       <c r="I260">
-        <v>1.16</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="261" spans="1:9">
       <c r="A261" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="B261" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="C261" t="s">
-        <v>31</v>
+        <v>933</v>
       </c>
       <c r="D261">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>115155</v>
+        <v>5</v>
+      </c>
+      <c r="E261" t="s">
+        <v>934</v>
       </c>
       <c r="F261">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G261" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
       <c r="H261">
-        <v>3.74</v>
+        <v>2.08</v>
       </c>
       <c r="I261">
-        <v>2.81</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="262" spans="1:9">
       <c r="A262" t="s">
-        <v>933</v>
+        <v>936</v>
       </c>
       <c r="B262" t="s">
-        <v>448</v>
+        <v>937</v>
       </c>
       <c r="C262" t="s">
-        <v>31</v>
+        <v>127</v>
       </c>
       <c r="D262">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>115136</v>
+        <v>13</v>
+      </c>
+      <c r="E262" t="s">
+        <v>938</v>
       </c>
       <c r="F262">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G262" t="s">
-        <v>934</v>
+        <v>939</v>
       </c>
       <c r="H262">
-        <v>3.74</v>
+        <v>1.47</v>
       </c>
       <c r="I262">
-        <v>2.81</v>
+        <v>0.74</v>
       </c>
     </row>
     <row r="263" spans="1:9">
       <c r="A263" t="s">
-        <v>935</v>
+        <v>940</v>
       </c>
       <c r="B263" t="s">
-        <v>936</v>
+        <v>941</v>
       </c>
       <c r="C263" t="s">
-        <v>895</v>
+        <v>24</v>
       </c>
       <c r="D263">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>937</v>
+        <v>92</v>
+      </c>
+      <c r="E263">
+        <v>195127</v>
       </c>
       <c r="F263">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G263" t="s">
-        <v>938</v>
-[...1 lines deleted...]
-      <c r="H263"/>
+        <v>942</v>
+      </c>
+      <c r="H263">
+        <v>3.72</v>
+      </c>
       <c r="I263">
-        <v>0.36</v>
+        <v>2.76</v>
       </c>
     </row>
     <row r="264" spans="1:9">
       <c r="A264" t="s">
-        <v>939</v>
+        <v>943</v>
       </c>
       <c r="B264" t="s">
-        <v>940</v>
+        <v>944</v>
       </c>
       <c r="C264" t="s">
-        <v>691</v>
+        <v>945</v>
       </c>
       <c r="D264">
-        <v>9163</v>
+        <v>94</v>
       </c>
       <c r="E264" t="s">
-        <v>941</v>
+        <v>946</v>
       </c>
       <c r="F264">
         <v>2014</v>
       </c>
-      <c r="G264" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G264"/>
       <c r="H264"/>
-      <c r="I264">
-[...1 lines deleted...]
-      </c>
+      <c r="I264"/>
     </row>
     <row r="265" spans="1:9">
       <c r="A265" t="s">
-        <v>943</v>
+        <v>947</v>
       </c>
       <c r="B265" t="s">
-        <v>760</v>
+        <v>948</v>
       </c>
       <c r="C265" t="s">
-        <v>944</v>
+        <v>123</v>
       </c>
       <c r="D265">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>945</v>
+        <v>116</v>
+      </c>
+      <c r="E265">
+        <v>184508</v>
       </c>
       <c r="F265">
         <v>2014</v>
       </c>
       <c r="G265" t="s">
-        <v>946</v>
+        <v>949</v>
       </c>
       <c r="H265">
-        <v>1.78</v>
+        <v>2.18</v>
       </c>
       <c r="I265">
-        <v>1.05</v>
+        <v>1.04</v>
       </c>
     </row>
     <row r="266" spans="1:9">
       <c r="A266" t="s">
-        <v>947</v>
+        <v>950</v>
       </c>
       <c r="B266" t="s">
-        <v>948</v>
+        <v>951</v>
       </c>
       <c r="C266" t="s">
-        <v>702</v>
+        <v>671</v>
       </c>
       <c r="D266">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>23854</v>
+        <v>7</v>
+      </c>
+      <c r="E266" t="s">
+        <v>952</v>
       </c>
       <c r="F266">
         <v>2014</v>
       </c>
       <c r="G266" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="H266">
-        <v>2.81</v>
+        <v>7.39</v>
       </c>
       <c r="I266">
-        <v>2.31</v>
+        <v>2.65</v>
       </c>
     </row>
     <row r="267" spans="1:9">
       <c r="A267" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="B267" t="s">
-        <v>490</v>
+        <v>955</v>
       </c>
       <c r="C267" t="s">
-        <v>951</v>
-[...1 lines deleted...]
-      <c r="D267"/>
+        <v>689</v>
+      </c>
+      <c r="D267">
+        <v>56</v>
+      </c>
       <c r="E267" t="s">
-        <v>952</v>
+        <v>956</v>
       </c>
       <c r="F267">
         <v>2014</v>
       </c>
       <c r="G267" t="s">
-        <v>953</v>
-[...2 lines deleted...]
-      <c r="I267"/>
+        <v>957</v>
+      </c>
+      <c r="H267">
+        <v>0.82</v>
+      </c>
+      <c r="I267">
+        <v>0.47</v>
+      </c>
     </row>
     <row r="268" spans="1:9">
       <c r="A268" t="s">
-        <v>954</v>
+        <v>958</v>
       </c>
       <c r="B268" t="s">
-        <v>955</v>
+        <v>959</v>
       </c>
       <c r="C268" t="s">
-        <v>951</v>
-[...3 lines deleted...]
-        <v>956</v>
+        <v>212</v>
+      </c>
+      <c r="D268">
+        <v>105</v>
+      </c>
+      <c r="E268">
+        <v>191905</v>
       </c>
       <c r="F268">
         <v>2014</v>
       </c>
       <c r="G268" t="s">
-        <v>957</v>
-[...2 lines deleted...]
-      <c r="I268"/>
+        <v>960</v>
+      </c>
+      <c r="H268">
+        <v>3.3</v>
+      </c>
+      <c r="I268">
+        <v>1.86</v>
+      </c>
     </row>
     <row r="269" spans="1:9">
       <c r="A269" t="s">
-        <v>958</v>
+        <v>961</v>
       </c>
       <c r="B269" t="s">
-        <v>959</v>
+        <v>962</v>
       </c>
       <c r="C269" t="s">
-        <v>951</v>
-[...3 lines deleted...]
-        <v>960</v>
+        <v>212</v>
+      </c>
+      <c r="D269">
+        <v>105</v>
+      </c>
+      <c r="E269">
+        <v>181116</v>
       </c>
       <c r="F269">
         <v>2014</v>
       </c>
       <c r="G269" t="s">
-        <v>961</v>
-[...2 lines deleted...]
-      <c r="I269"/>
+        <v>963</v>
+      </c>
+      <c r="H269">
+        <v>3.3</v>
+      </c>
+      <c r="I269">
+        <v>1.86</v>
+      </c>
     </row>
     <row r="270" spans="1:9">
       <c r="A270" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="B270" t="s">
-        <v>955</v>
+        <v>965</v>
       </c>
       <c r="C270" t="s">
-        <v>951</v>
-[...1 lines deleted...]
-      <c r="D270"/>
+        <v>653</v>
+      </c>
+      <c r="D270">
+        <v>8</v>
+      </c>
       <c r="E270" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
       <c r="F270">
         <v>2014</v>
       </c>
       <c r="G270" t="s">
-        <v>964</v>
-[...2 lines deleted...]
-      <c r="I270"/>
+        <v>967</v>
+      </c>
+      <c r="H270">
+        <v>2.34</v>
+      </c>
+      <c r="I270">
+        <v>1.16</v>
+      </c>
     </row>
     <row r="271" spans="1:9">
       <c r="A271" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
       <c r="B271" t="s">
-        <v>966</v>
+        <v>969</v>
       </c>
       <c r="C271" t="s">
-        <v>951</v>
-[...3 lines deleted...]
-        <v>967</v>
+        <v>24</v>
+      </c>
+      <c r="D271">
+        <v>90</v>
+      </c>
+      <c r="E271">
+        <v>115155</v>
       </c>
       <c r="F271">
         <v>2014</v>
       </c>
       <c r="G271" t="s">
-        <v>968</v>
-[...2 lines deleted...]
-      <c r="I271"/>
+        <v>970</v>
+      </c>
+      <c r="H271">
+        <v>3.74</v>
+      </c>
+      <c r="I271">
+        <v>2.81</v>
+      </c>
     </row>
     <row r="272" spans="1:9">
       <c r="A272" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="B272" t="s">
-        <v>970</v>
+        <v>486</v>
       </c>
       <c r="C272" t="s">
-        <v>330</v>
+        <v>24</v>
       </c>
       <c r="D272">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>971</v>
+        <v>90</v>
+      </c>
+      <c r="E272">
+        <v>115136</v>
       </c>
       <c r="F272">
         <v>2014</v>
       </c>
       <c r="G272" t="s">
         <v>972</v>
       </c>
       <c r="H272">
-        <v>1.36</v>
+        <v>3.74</v>
       </c>
       <c r="I272">
-        <v>0.76</v>
+        <v>2.81</v>
       </c>
     </row>
     <row r="273" spans="1:9">
       <c r="A273" t="s">
         <v>973</v>
       </c>
       <c r="B273" t="s">
         <v>974</v>
       </c>
       <c r="C273" t="s">
-        <v>330</v>
+        <v>933</v>
       </c>
       <c r="D273">
-        <v>99</v>
+        <v>4</v>
       </c>
       <c r="E273" t="s">
         <v>975</v>
       </c>
       <c r="F273">
         <v>2014</v>
       </c>
       <c r="G273" t="s">
         <v>976</v>
       </c>
-      <c r="H273">
-[...1 lines deleted...]
-      </c>
+      <c r="H273"/>
       <c r="I273">
-        <v>0.76</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="274" spans="1:9">
       <c r="A274" t="s">
         <v>977</v>
       </c>
       <c r="B274" t="s">
         <v>978</v>
       </c>
       <c r="C274" t="s">
+        <v>729</v>
+      </c>
+      <c r="D274">
+        <v>9163</v>
+      </c>
+      <c r="E274" t="s">
         <v>979</v>
-      </c>
-[...4 lines deleted...]
-        <v>980</v>
       </c>
       <c r="F274">
         <v>2014</v>
       </c>
       <c r="G274" t="s">
-        <v>981</v>
-[...3 lines deleted...]
-      </c>
+        <v>980</v>
+      </c>
+      <c r="H274"/>
       <c r="I274">
-        <v>0.61</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="275" spans="1:9">
       <c r="A275" t="s">
+        <v>981</v>
+      </c>
+      <c r="B275" t="s">
+        <v>798</v>
+      </c>
+      <c r="C275" t="s">
         <v>982</v>
       </c>
-      <c r="B275" t="s">
+      <c r="D275">
+        <v>53</v>
+      </c>
+      <c r="E275" t="s">
         <v>983</v>
-      </c>
-[...7 lines deleted...]
-        <v>985</v>
       </c>
       <c r="F275">
         <v>2014</v>
       </c>
-      <c r="G275"/>
+      <c r="G275" t="s">
+        <v>984</v>
+      </c>
       <c r="H275">
-        <v>0.78</v>
+        <v>1.78</v>
       </c>
       <c r="I275">
-        <v>0.58</v>
+        <v>1.05</v>
       </c>
     </row>
     <row r="276" spans="1:9">
       <c r="A276" t="s">
+        <v>985</v>
+      </c>
+      <c r="B276" t="s">
         <v>986</v>
       </c>
-      <c r="B276" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C276" t="s">
-        <v>702</v>
+        <v>740</v>
       </c>
       <c r="D276">
         <v>90</v>
       </c>
       <c r="E276">
-        <v>13812</v>
+        <v>23854</v>
       </c>
       <c r="F276">
         <v>2014</v>
       </c>
       <c r="G276" t="s">
-        <v>988</v>
+        <v>987</v>
       </c>
       <c r="H276">
         <v>2.81</v>
       </c>
       <c r="I276">
         <v>2.31</v>
       </c>
     </row>
     <row r="277" spans="1:9">
       <c r="A277" t="s">
+        <v>988</v>
+      </c>
+      <c r="B277" t="s">
         <v>989</v>
       </c>
-      <c r="B277" t="s">
+      <c r="C277" t="s">
         <v>990</v>
       </c>
-      <c r="C277" t="s">
-[...6 lines deleted...]
-        <v>35106</v>
+      <c r="D277"/>
+      <c r="E277" t="s">
+        <v>991</v>
       </c>
       <c r="F277">
         <v>2014</v>
       </c>
       <c r="G277" t="s">
-        <v>991</v>
-[...6 lines deleted...]
-      </c>
+        <v>992</v>
+      </c>
+      <c r="H277"/>
+      <c r="I277"/>
     </row>
     <row r="278" spans="1:9">
       <c r="A278" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="B278" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="C278" t="s">
-        <v>483</v>
-[...3 lines deleted...]
-      </c>
+        <v>990</v>
+      </c>
+      <c r="D278"/>
       <c r="E278" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="F278">
         <v>2014</v>
       </c>
       <c r="G278" t="s">
-        <v>995</v>
-[...6 lines deleted...]
-      </c>
+        <v>996</v>
+      </c>
+      <c r="H278"/>
+      <c r="I278"/>
     </row>
     <row r="279" spans="1:9">
       <c r="A279" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="B279" t="s">
-        <v>997</v>
+        <v>989</v>
       </c>
       <c r="C279" t="s">
-        <v>31</v>
-[...5 lines deleted...]
-        <v>245414</v>
+        <v>990</v>
+      </c>
+      <c r="D279"/>
+      <c r="E279" t="s">
+        <v>998</v>
       </c>
       <c r="F279">
         <v>2014</v>
       </c>
       <c r="G279" t="s">
-        <v>998</v>
-[...6 lines deleted...]
-      </c>
+        <v>999</v>
+      </c>
+      <c r="H279"/>
+      <c r="I279"/>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="B280" t="s">
-        <v>785</v>
+        <v>1001</v>
       </c>
       <c r="C280" t="s">
-        <v>671</v>
-[...3 lines deleted...]
-      </c>
+        <v>990</v>
+      </c>
+      <c r="D280"/>
       <c r="E280" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="F280">
         <v>2014</v>
       </c>
       <c r="G280" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="H280"/>
-      <c r="I280">
-[...1 lines deleted...]
-      </c>
+      <c r="I280"/>
     </row>
     <row r="281" spans="1:9">
       <c r="A281" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="B281" t="s">
-        <v>1004</v>
+        <v>528</v>
       </c>
       <c r="C281" t="s">
-        <v>671</v>
-[...1 lines deleted...]
-      <c r="D281" t="s">
+        <v>990</v>
+      </c>
+      <c r="D281"/>
+      <c r="E281" t="s">
         <v>1005</v>
-      </c>
-[...1 lines deleted...]
-        <v>1006</v>
       </c>
       <c r="F281">
         <v>2014</v>
       </c>
       <c r="G281" t="s">
-        <v>1007</v>
+        <v>1006</v>
       </c>
       <c r="H281"/>
-      <c r="I281">
-[...1 lines deleted...]
-      </c>
+      <c r="I281"/>
     </row>
     <row r="282" spans="1:9">
       <c r="A282" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B282" t="s">
         <v>1008</v>
       </c>
-      <c r="B282" t="s">
+      <c r="C282" t="s">
+        <v>368</v>
+      </c>
+      <c r="D282">
+        <v>99</v>
+      </c>
+      <c r="E282" t="s">
         <v>1009</v>
-      </c>
-[...7 lines deleted...]
-        <v>1011</v>
       </c>
       <c r="F282">
         <v>2014</v>
       </c>
       <c r="G282" t="s">
-        <v>1012</v>
-[...1 lines deleted...]
-      <c r="H282"/>
+        <v>1010</v>
+      </c>
+      <c r="H282">
+        <v>1.36</v>
+      </c>
       <c r="I282">
-        <v>0.1</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="283" spans="1:9">
       <c r="A283" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B283" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C283" t="s">
+        <v>368</v>
+      </c>
+      <c r="D283">
+        <v>99</v>
+      </c>
+      <c r="E283" t="s">
         <v>1013</v>
-      </c>
-[...10 lines deleted...]
-        <v>1016</v>
       </c>
       <c r="F283">
         <v>2014</v>
       </c>
       <c r="G283" t="s">
-        <v>1017</v>
+        <v>1014</v>
       </c>
       <c r="H283">
-        <v>0.39</v>
+        <v>1.36</v>
       </c>
       <c r="I283">
-        <v>0.29</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="284" spans="1:9">
       <c r="A284" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B284" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C284" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D284">
+        <v>61</v>
+      </c>
+      <c r="E284" t="s">
         <v>1018</v>
       </c>
-      <c r="B284" t="s">
-[...6 lines deleted...]
-      <c r="E284"/>
       <c r="F284">
         <v>2014</v>
       </c>
       <c r="G284" t="s">
-        <v>1020</v>
-[...2 lines deleted...]
-      <c r="I284"/>
+        <v>1019</v>
+      </c>
+      <c r="H284">
+        <v>1.01</v>
+      </c>
+      <c r="I284">
+        <v>0.61</v>
+      </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B285" t="s">
         <v>1021</v>
       </c>
-      <c r="B285" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C285" t="s">
-        <v>1019</v>
-[...2 lines deleted...]
-      <c r="E285"/>
+        <v>1022</v>
+      </c>
+      <c r="D285">
+        <v>56</v>
+      </c>
+      <c r="E285" t="s">
+        <v>1023</v>
+      </c>
       <c r="F285">
         <v>2014</v>
       </c>
-      <c r="G285" t="s">
-[...3 lines deleted...]
-      <c r="I285"/>
+      <c r="G285"/>
+      <c r="H285">
+        <v>0.78</v>
+      </c>
+      <c r="I285">
+        <v>0.58</v>
+      </c>
     </row>
     <row r="286" spans="1:9">
       <c r="A286" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="B286" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="C286" t="s">
-        <v>1019</v>
-[...2 lines deleted...]
-      <c r="E286"/>
+        <v>740</v>
+      </c>
+      <c r="D286">
+        <v>90</v>
+      </c>
+      <c r="E286">
+        <v>13812</v>
+      </c>
       <c r="F286">
         <v>2014</v>
       </c>
       <c r="G286" t="s">
-        <v>1025</v>
-[...2 lines deleted...]
-      <c r="I286"/>
+        <v>1026</v>
+      </c>
+      <c r="H286">
+        <v>2.81</v>
+      </c>
+      <c r="I286">
+        <v>2.31</v>
+      </c>
     </row>
     <row r="287" spans="1:9">
       <c r="A287" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="B287" t="s">
-        <v>490</v>
+        <v>1028</v>
       </c>
       <c r="C287" t="s">
-        <v>1027</v>
+        <v>24</v>
       </c>
       <c r="D287">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>1028</v>
+        <v>90</v>
+      </c>
+      <c r="E287">
+        <v>35106</v>
       </c>
       <c r="F287">
         <v>2014</v>
       </c>
-      <c r="G287"/>
-[...1 lines deleted...]
-      <c r="I287"/>
+      <c r="G287" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H287">
+        <v>3.74</v>
+      </c>
+      <c r="I287">
+        <v>2.81</v>
+      </c>
     </row>
     <row r="288" spans="1:9">
       <c r="A288" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="B288" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="C288" t="s">
-        <v>761</v>
+        <v>521</v>
       </c>
       <c r="D288">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="E288" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F288">
         <v>2014</v>
       </c>
       <c r="G288" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H288">
-        <v>3.49</v>
+        <v>1.81</v>
       </c>
       <c r="I288">
-        <v>2.31</v>
+        <v>1.35</v>
       </c>
     </row>
     <row r="289" spans="1:9">
       <c r="A289" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="B289" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="C289" t="s">
-        <v>174</v>
+        <v>24</v>
       </c>
       <c r="D289">
-        <v>104</v>
+        <v>89</v>
       </c>
       <c r="E289">
-        <v>161105</v>
+        <v>245414</v>
       </c>
       <c r="F289">
         <v>2014</v>
       </c>
       <c r="G289" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="H289">
-        <v>3.3</v>
+        <v>3.74</v>
       </c>
       <c r="I289">
-        <v>1.86</v>
+        <v>2.81</v>
       </c>
     </row>
     <row r="290" spans="1:9">
       <c r="A290" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="B290" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="C290" t="s">
-        <v>633</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>709</v>
+      </c>
+      <c r="D290" t="s">
+        <v>1039</v>
       </c>
       <c r="E290" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="F290">
         <v>2014</v>
       </c>
       <c r="G290" t="s">
-        <v>1039</v>
-[...3 lines deleted...]
-      </c>
+        <v>1041</v>
+      </c>
+      <c r="H290"/>
       <c r="I290">
-        <v>2.65</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="291" spans="1:9">
       <c r="A291" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B291" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="C291" t="s">
-        <v>1042</v>
-[...5 lines deleted...]
-        <v>12008</v>
+        <v>709</v>
+      </c>
+      <c r="D291" t="s">
+        <v>1044</v>
+      </c>
+      <c r="E291" t="s">
+        <v>1045</v>
       </c>
       <c r="F291">
         <v>2014</v>
       </c>
       <c r="G291" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="H291"/>
       <c r="I291">
-        <v>0.21</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="292" spans="1:9">
       <c r="A292" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="B292" t="s">
-        <v>1045</v>
+        <v>823</v>
       </c>
       <c r="C292" t="s">
-        <v>174</v>
-[...5 lines deleted...]
-        <v>133502</v>
+        <v>709</v>
+      </c>
+      <c r="D292" t="s">
+        <v>1048</v>
+      </c>
+      <c r="E292" t="s">
+        <v>1049</v>
       </c>
       <c r="F292">
         <v>2014</v>
       </c>
       <c r="G292" t="s">
-        <v>1046</v>
-[...3 lines deleted...]
-      </c>
+        <v>1050</v>
+      </c>
+      <c r="H292"/>
       <c r="I292">
-        <v>1.86</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="293" spans="1:9">
       <c r="A293" t="s">
-        <v>1047</v>
+        <v>1051</v>
       </c>
       <c r="B293" t="s">
-        <v>1048</v>
+        <v>1052</v>
       </c>
       <c r="C293" t="s">
-        <v>89</v>
+        <v>1053</v>
       </c>
       <c r="D293">
-        <v>12</v>
+        <v>59</v>
       </c>
       <c r="E293" t="s">
-        <v>1049</v>
+        <v>1054</v>
       </c>
       <c r="F293">
         <v>2014</v>
       </c>
       <c r="G293" t="s">
-        <v>1050</v>
+        <v>1055</v>
       </c>
       <c r="H293">
-        <v>1.35</v>
+        <v>0.39</v>
       </c>
       <c r="I293">
-        <v>0.85</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294" t="s">
-        <v>1051</v>
+        <v>1056</v>
       </c>
       <c r="B294" t="s">
-        <v>990</v>
+        <v>798</v>
       </c>
       <c r="C294" t="s">
-        <v>702</v>
-[...6 lines deleted...]
-      </c>
+        <v>1057</v>
+      </c>
+      <c r="D294"/>
+      <c r="E294"/>
       <c r="F294">
         <v>2014</v>
       </c>
       <c r="G294" t="s">
-        <v>1052</v>
-[...3 lines deleted...]
-      </c>
+        <v>1058</v>
+      </c>
+      <c r="H294"/>
       <c r="I294"/>
     </row>
     <row r="295" spans="1:9">
       <c r="A295" t="s">
-        <v>1053</v>
+        <v>1059</v>
       </c>
       <c r="B295" t="s">
-        <v>1054</v>
+        <v>1060</v>
       </c>
       <c r="C295" t="s">
-        <v>907</v>
-[...6 lines deleted...]
-      </c>
+        <v>1057</v>
+      </c>
+      <c r="D295"/>
+      <c r="E295"/>
       <c r="F295">
         <v>2014</v>
       </c>
-      <c r="G295"/>
+      <c r="G295" t="s">
+        <v>1061</v>
+      </c>
       <c r="H295"/>
       <c r="I295"/>
     </row>
     <row r="296" spans="1:9">
       <c r="A296" t="s">
-        <v>1056</v>
+        <v>1062</v>
       </c>
       <c r="B296" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C296" t="s">
         <v>1057</v>
       </c>
-      <c r="C296" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D296"/>
+      <c r="E296"/>
       <c r="F296">
         <v>2014</v>
       </c>
       <c r="G296" t="s">
-        <v>1058</v>
-[...6 lines deleted...]
-      </c>
+        <v>1063</v>
+      </c>
+      <c r="H296"/>
+      <c r="I296"/>
     </row>
     <row r="297" spans="1:9">
       <c r="A297" t="s">
-        <v>1059</v>
+        <v>1064</v>
       </c>
       <c r="B297" t="s">
-        <v>1060</v>
+        <v>528</v>
       </c>
       <c r="C297" t="s">
-        <v>31</v>
+        <v>1065</v>
       </c>
       <c r="D297">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>35435</v>
+        <v>20</v>
+      </c>
+      <c r="E297" t="s">
+        <v>1066</v>
       </c>
       <c r="F297">
         <v>2014</v>
       </c>
-      <c r="G297" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G297"/>
+      <c r="H297"/>
       <c r="I297"/>
     </row>
     <row r="298" spans="1:9">
       <c r="A298" t="s">
-        <v>1062</v>
+        <v>1067</v>
       </c>
       <c r="B298" t="s">
-        <v>1063</v>
+        <v>1068</v>
       </c>
       <c r="C298" t="s">
-        <v>174</v>
+        <v>799</v>
       </c>
       <c r="D298">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>21104</v>
+        <v>22</v>
+      </c>
+      <c r="E298" t="s">
+        <v>1069</v>
       </c>
       <c r="F298">
         <v>2014</v>
       </c>
       <c r="G298" t="s">
-        <v>1064</v>
+        <v>1070</v>
       </c>
       <c r="H298">
-        <v>3.3</v>
+        <v>3.49</v>
       </c>
       <c r="I298">
-        <v>1.86</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="299" spans="1:9">
       <c r="A299" t="s">
-        <v>1065</v>
+        <v>1071</v>
       </c>
       <c r="B299" t="s">
-        <v>1066</v>
+        <v>1072</v>
       </c>
       <c r="C299" t="s">
-        <v>174</v>
+        <v>212</v>
       </c>
       <c r="D299">
         <v>104</v>
       </c>
       <c r="E299">
-        <v>14104</v>
+        <v>161105</v>
       </c>
       <c r="F299">
         <v>2014</v>
       </c>
       <c r="G299" t="s">
-        <v>1067</v>
+        <v>1073</v>
       </c>
       <c r="H299">
         <v>3.3</v>
       </c>
       <c r="I299">
         <v>1.86</v>
       </c>
     </row>
     <row r="300" spans="1:9">
       <c r="A300" t="s">
-        <v>1068</v>
+        <v>1074</v>
       </c>
       <c r="B300" t="s">
-        <v>1069</v>
+        <v>1075</v>
       </c>
       <c r="C300" t="s">
-        <v>907</v>
+        <v>671</v>
       </c>
       <c r="D300">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>43556</v>
+        <v>6</v>
+      </c>
+      <c r="E300" t="s">
+        <v>1076</v>
       </c>
       <c r="F300">
         <v>2014</v>
       </c>
-      <c r="G300"/>
-[...1 lines deleted...]
-      <c r="I300"/>
+      <c r="G300" t="s">
+        <v>1077</v>
+      </c>
+      <c r="H300">
+        <v>7.39</v>
+      </c>
+      <c r="I300">
+        <v>2.65</v>
+      </c>
     </row>
     <row r="301" spans="1:9">
       <c r="A301" t="s">
-        <v>1070</v>
+        <v>1078</v>
       </c>
       <c r="B301" t="s">
-        <v>1071</v>
+        <v>1079</v>
       </c>
       <c r="C301" t="s">
-        <v>1072</v>
+        <v>1080</v>
       </c>
       <c r="D301">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>1073</v>
+        <v>67</v>
+      </c>
+      <c r="E301">
+        <v>12008</v>
       </c>
       <c r="F301">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G301" t="s">
-        <v>1074</v>
-[...3 lines deleted...]
-      </c>
+        <v>1081</v>
+      </c>
+      <c r="H301"/>
       <c r="I301">
-        <v>13.68</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="302" spans="1:9">
       <c r="A302" t="s">
-        <v>1075</v>
+        <v>1082</v>
       </c>
       <c r="B302" t="s">
-        <v>1076</v>
+        <v>1083</v>
       </c>
       <c r="C302" t="s">
-        <v>31</v>
+        <v>212</v>
       </c>
       <c r="D302">
-        <v>88</v>
+        <v>104</v>
       </c>
       <c r="E302">
-        <v>195422</v>
+        <v>133502</v>
       </c>
       <c r="F302">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G302" t="s">
-        <v>1077</v>
+        <v>1084</v>
       </c>
       <c r="H302">
-        <v>3.66</v>
-[...1 lines deleted...]
-      <c r="I302"/>
+        <v>3.3</v>
+      </c>
+      <c r="I302">
+        <v>1.86</v>
+      </c>
     </row>
     <row r="303" spans="1:9">
       <c r="A303" t="s">
-        <v>1078</v>
+        <v>1085</v>
       </c>
       <c r="B303" t="s">
-        <v>1079</v>
+        <v>1086</v>
       </c>
       <c r="C303" t="s">
-        <v>174</v>
+        <v>127</v>
       </c>
       <c r="D303">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>211903</v>
+        <v>12</v>
+      </c>
+      <c r="E303" t="s">
+        <v>1087</v>
       </c>
       <c r="F303">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G303" t="s">
-        <v>1080</v>
+        <v>1088</v>
       </c>
       <c r="H303">
-        <v>3.52</v>
+        <v>1.35</v>
       </c>
       <c r="I303">
-        <v>2.15</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="304" spans="1:9">
       <c r="A304" t="s">
-        <v>1081</v>
+        <v>1089</v>
       </c>
       <c r="B304" t="s">
-        <v>1082</v>
+        <v>1028</v>
       </c>
       <c r="C304" t="s">
-        <v>31</v>
+        <v>740</v>
       </c>
       <c r="D304">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>1083</v>
+        <v>89</v>
+      </c>
+      <c r="E304">
+        <v>32508</v>
       </c>
       <c r="F304">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G304" t="s">
-        <v>1084</v>
+        <v>1090</v>
       </c>
       <c r="H304">
-        <v>3.66</v>
+        <v>2.81</v>
       </c>
       <c r="I304"/>
     </row>
     <row r="305" spans="1:9">
       <c r="A305" t="s">
-        <v>1085</v>
+        <v>1091</v>
       </c>
       <c r="B305" t="s">
-        <v>785</v>
+        <v>1092</v>
       </c>
       <c r="C305" t="s">
-        <v>413</v>
+        <v>945</v>
       </c>
       <c r="D305">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="E305" t="s">
-        <v>1086</v>
+        <v>1093</v>
       </c>
       <c r="F305">
-        <v>2013</v>
-[...9 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="G305"/>
+      <c r="H305"/>
+      <c r="I305"/>
     </row>
     <row r="306" spans="1:9">
       <c r="A306" t="s">
-        <v>1088</v>
+        <v>1094</v>
       </c>
       <c r="B306" t="s">
-        <v>1063</v>
+        <v>1095</v>
       </c>
       <c r="C306" t="s">
-        <v>1089</v>
-[...1 lines deleted...]
-      <c r="D306"/>
+        <v>40</v>
+      </c>
+      <c r="D306">
+        <v>5</v>
+      </c>
       <c r="E306">
-        <v>43525</v>
+        <v>3226</v>
       </c>
       <c r="F306">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G306" t="s">
-        <v>1090</v>
-[...2 lines deleted...]
-      <c r="I306"/>
+        <v>1096</v>
+      </c>
+      <c r="H306">
+        <v>11.47</v>
+      </c>
+      <c r="I306">
+        <v>6.41</v>
+      </c>
     </row>
     <row r="307" spans="1:9">
       <c r="A307" t="s">
-        <v>1091</v>
+        <v>1097</v>
       </c>
       <c r="B307" t="s">
-        <v>1092</v>
+        <v>1098</v>
       </c>
       <c r="C307" t="s">
-        <v>1089</v>
-[...1 lines deleted...]
-      <c r="D307"/>
+        <v>24</v>
+      </c>
+      <c r="D307">
+        <v>89</v>
+      </c>
       <c r="E307">
-        <v>43556</v>
+        <v>35435</v>
       </c>
       <c r="F307">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G307" t="s">
-        <v>1093</v>
-[...1 lines deleted...]
-      <c r="H307"/>
+        <v>1099</v>
+      </c>
+      <c r="H307">
+        <v>3.74</v>
+      </c>
       <c r="I307"/>
     </row>
     <row r="308" spans="1:9">
       <c r="A308" t="s">
-        <v>1094</v>
+        <v>1100</v>
       </c>
       <c r="B308" t="s">
-        <v>1095</v>
+        <v>1101</v>
       </c>
       <c r="C308" t="s">
-        <v>174</v>
+        <v>212</v>
       </c>
       <c r="D308">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E308">
-        <v>161103</v>
+        <v>21104</v>
       </c>
       <c r="F308">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G308" t="s">
-        <v>1096</v>
+        <v>1102</v>
       </c>
       <c r="H308">
-        <v>3.52</v>
+        <v>3.3</v>
       </c>
       <c r="I308">
-        <v>2.15</v>
+        <v>1.86</v>
       </c>
     </row>
     <row r="309" spans="1:9">
       <c r="A309" t="s">
-        <v>1097</v>
+        <v>1103</v>
       </c>
       <c r="B309" t="s">
-        <v>1098</v>
+        <v>1104</v>
       </c>
       <c r="C309" t="s">
-        <v>1099</v>
-[...3 lines deleted...]
-        <v>1100</v>
+        <v>212</v>
+      </c>
+      <c r="D309">
+        <v>104</v>
+      </c>
+      <c r="E309">
+        <v>14104</v>
       </c>
       <c r="F309">
-        <v>2013</v>
-[...3 lines deleted...]
-      <c r="I309"/>
+        <v>2014</v>
+      </c>
+      <c r="G309" t="s">
+        <v>1105</v>
+      </c>
+      <c r="H309">
+        <v>3.3</v>
+      </c>
+      <c r="I309">
+        <v>1.86</v>
+      </c>
     </row>
     <row r="310" spans="1:9">
       <c r="A310" t="s">
-        <v>1101</v>
+        <v>1106</v>
       </c>
       <c r="B310" t="s">
-        <v>1102</v>
+        <v>1107</v>
       </c>
       <c r="C310" t="s">
-        <v>1103</v>
-[...3 lines deleted...]
-        <v>1104</v>
+        <v>945</v>
+      </c>
+      <c r="D310">
+        <v>1</v>
+      </c>
+      <c r="E310">
+        <v>43556</v>
       </c>
       <c r="F310">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="G310"/>
       <c r="H310"/>
       <c r="I310"/>
     </row>
     <row r="311" spans="1:9">
       <c r="A311" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="B311" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="C311" t="s">
-        <v>1103</v>
-[...1 lines deleted...]
-      <c r="D311"/>
+        <v>1110</v>
+      </c>
+      <c r="D311">
+        <v>7</v>
+      </c>
       <c r="E311" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="F311">
         <v>2013</v>
       </c>
       <c r="G311" t="s">
-        <v>1109</v>
-[...2 lines deleted...]
-      <c r="I311"/>
+        <v>1112</v>
+      </c>
+      <c r="H311">
+        <v>29.96</v>
+      </c>
+      <c r="I311">
+        <v>13.68</v>
+      </c>
     </row>
     <row r="312" spans="1:9">
       <c r="A312" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="B312" t="s">
-        <v>1037</v>
+        <v>1114</v>
       </c>
       <c r="C312" t="s">
-        <v>1103</v>
-[...3 lines deleted...]
-        <v>1111</v>
+        <v>24</v>
+      </c>
+      <c r="D312">
+        <v>88</v>
+      </c>
+      <c r="E312">
+        <v>195422</v>
       </c>
       <c r="F312">
         <v>2013</v>
       </c>
       <c r="G312" t="s">
-        <v>1112</v>
-[...1 lines deleted...]
-      <c r="H312"/>
+        <v>1115</v>
+      </c>
+      <c r="H312">
+        <v>3.66</v>
+      </c>
       <c r="I312"/>
     </row>
     <row r="313" spans="1:9">
       <c r="A313" t="s">
-        <v>1113</v>
+        <v>1116</v>
       </c>
       <c r="B313" t="s">
-        <v>785</v>
+        <v>1117</v>
       </c>
       <c r="C313" t="s">
-        <v>1103</v>
-[...3 lines deleted...]
-        <v>1114</v>
+        <v>212</v>
+      </c>
+      <c r="D313">
+        <v>103</v>
+      </c>
+      <c r="E313">
+        <v>211903</v>
       </c>
       <c r="F313">
         <v>2013</v>
       </c>
       <c r="G313" t="s">
-        <v>1115</v>
-[...2 lines deleted...]
-      <c r="I313"/>
+        <v>1118</v>
+      </c>
+      <c r="H313">
+        <v>3.52</v>
+      </c>
+      <c r="I313">
+        <v>2.15</v>
+      </c>
     </row>
     <row r="314" spans="1:9">
       <c r="A314" t="s">
-        <v>1116</v>
+        <v>1119</v>
       </c>
       <c r="B314" t="s">
-        <v>1117</v>
+        <v>1120</v>
       </c>
       <c r="C314" t="s">
-        <v>1103</v>
-[...1 lines deleted...]
-      <c r="D314"/>
+        <v>24</v>
+      </c>
+      <c r="D314">
+        <v>88</v>
+      </c>
       <c r="E314" t="s">
-        <v>1118</v>
+        <v>1121</v>
       </c>
       <c r="F314">
         <v>2013</v>
       </c>
       <c r="G314" t="s">
-        <v>1119</v>
-[...1 lines deleted...]
-      <c r="H314"/>
+        <v>1122</v>
+      </c>
+      <c r="H314">
+        <v>3.66</v>
+      </c>
       <c r="I314"/>
     </row>
     <row r="315" spans="1:9">
       <c r="A315" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="B315" t="s">
-        <v>1092</v>
+        <v>823</v>
       </c>
       <c r="C315" t="s">
-        <v>1103</v>
-[...1 lines deleted...]
-      <c r="D315"/>
+        <v>447</v>
+      </c>
+      <c r="D315">
+        <v>8</v>
+      </c>
       <c r="E315" t="s">
-        <v>1121</v>
+        <v>1124</v>
       </c>
       <c r="F315">
         <v>2013</v>
       </c>
       <c r="G315" t="s">
-        <v>1122</v>
-[...2 lines deleted...]
-      <c r="I315"/>
+        <v>1125</v>
+      </c>
+      <c r="H315">
+        <v>9.31</v>
+      </c>
+      <c r="I315">
+        <v>5.13</v>
+      </c>
     </row>
     <row r="316" spans="1:9">
       <c r="A316" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B316" t="s">
-        <v>959</v>
+        <v>1101</v>
       </c>
       <c r="C316" t="s">
-        <v>85</v>
-[...5 lines deleted...]
-        <v>1124</v>
+        <v>1127</v>
+      </c>
+      <c r="D316"/>
+      <c r="E316">
+        <v>43525</v>
       </c>
       <c r="F316">
         <v>2013</v>
       </c>
       <c r="G316" t="s">
-        <v>1125</v>
-[...6 lines deleted...]
-      </c>
+        <v>1128</v>
+      </c>
+      <c r="H316"/>
+      <c r="I316"/>
     </row>
     <row r="317" spans="1:9">
       <c r="A317" t="s">
-        <v>1126</v>
+        <v>1129</v>
       </c>
       <c r="B317" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C317" t="s">
         <v>1127</v>
       </c>
-      <c r="C317" t="s">
-[...6 lines deleted...]
-        <v>1128</v>
+      <c r="D317"/>
+      <c r="E317">
+        <v>43556</v>
       </c>
       <c r="F317">
         <v>2013</v>
       </c>
       <c r="G317" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="H317"/>
-      <c r="I317">
-[...1 lines deleted...]
-      </c>
+      <c r="I317"/>
     </row>
     <row r="318" spans="1:9">
       <c r="A318" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="B318" t="s">
-        <v>1037</v>
+        <v>1133</v>
       </c>
       <c r="C318" t="s">
-        <v>691</v>
+        <v>212</v>
       </c>
       <c r="D318">
-        <v>8806</v>
-[...2 lines deleted...]
-        <v>1131</v>
+        <v>103</v>
+      </c>
+      <c r="E318">
+        <v>161103</v>
       </c>
       <c r="F318">
         <v>2013</v>
       </c>
       <c r="G318" t="s">
-        <v>1132</v>
-[...1 lines deleted...]
-      <c r="H318"/>
+        <v>1134</v>
+      </c>
+      <c r="H318">
+        <v>3.52</v>
+      </c>
       <c r="I318">
-        <v>0.25</v>
+        <v>2.15</v>
       </c>
     </row>
     <row r="319" spans="1:9">
       <c r="A319" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="B319" t="s">
-        <v>1092</v>
+        <v>1136</v>
       </c>
       <c r="C319" t="s">
-        <v>1134</v>
+        <v>1137</v>
       </c>
       <c r="D319"/>
-      <c r="E319">
-        <v>43525</v>
+      <c r="E319" t="s">
+        <v>1138</v>
       </c>
       <c r="F319">
         <v>2013</v>
       </c>
-      <c r="G319" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G319"/>
       <c r="H319"/>
       <c r="I319"/>
     </row>
     <row r="320" spans="1:9">
       <c r="A320" t="s">
-        <v>1136</v>
+        <v>1139</v>
       </c>
       <c r="B320" t="s">
-        <v>1063</v>
+        <v>1140</v>
       </c>
       <c r="C320" t="s">
-        <v>1134</v>
+        <v>1141</v>
       </c>
       <c r="D320"/>
-      <c r="E320">
-        <v>43525</v>
+      <c r="E320" t="s">
+        <v>1142</v>
       </c>
       <c r="F320">
         <v>2013</v>
       </c>
       <c r="G320" t="s">
-        <v>1137</v>
+        <v>1143</v>
       </c>
       <c r="H320"/>
       <c r="I320"/>
     </row>
     <row r="321" spans="1:9">
       <c r="A321" t="s">
-        <v>1138</v>
+        <v>1144</v>
       </c>
       <c r="B321" t="s">
-        <v>1139</v>
+        <v>1075</v>
       </c>
       <c r="C321" t="s">
-        <v>174</v>
-[...3 lines deleted...]
-      </c>
+        <v>1141</v>
+      </c>
+      <c r="D321"/>
       <c r="E321" t="s">
-        <v>1140</v>
+        <v>1145</v>
       </c>
       <c r="F321">
         <v>2013</v>
       </c>
       <c r="G321" t="s">
-        <v>1141</v>
-[...6 lines deleted...]
-      </c>
+        <v>1146</v>
+      </c>
+      <c r="H321"/>
+      <c r="I321"/>
     </row>
     <row r="322" spans="1:9">
       <c r="A322" t="s">
-        <v>1142</v>
+        <v>1147</v>
       </c>
       <c r="B322" t="s">
-        <v>1127</v>
+        <v>823</v>
       </c>
       <c r="C322" t="s">
-        <v>282</v>
-[...3 lines deleted...]
-      </c>
+        <v>1141</v>
+      </c>
+      <c r="D322"/>
       <c r="E322" t="s">
-        <v>1143</v>
+        <v>1148</v>
       </c>
       <c r="F322">
         <v>2013</v>
       </c>
       <c r="G322" t="s">
-        <v>1144</v>
-[...6 lines deleted...]
-      </c>
+        <v>1149</v>
+      </c>
+      <c r="H322"/>
+      <c r="I322"/>
     </row>
     <row r="323" spans="1:9">
       <c r="A323" t="s">
-        <v>1145</v>
+        <v>1150</v>
       </c>
       <c r="B323" t="s">
-        <v>1037</v>
+        <v>1151</v>
       </c>
       <c r="C323" t="s">
-        <v>1146</v>
+        <v>1141</v>
       </c>
       <c r="D323"/>
       <c r="E323" t="s">
-        <v>1147</v>
+        <v>1152</v>
       </c>
       <c r="F323">
         <v>2013</v>
       </c>
       <c r="G323" t="s">
-        <v>1148</v>
+        <v>1153</v>
       </c>
       <c r="H323"/>
       <c r="I323"/>
     </row>
     <row r="324" spans="1:9">
       <c r="A324" t="s">
-        <v>1149</v>
+        <v>1154</v>
       </c>
       <c r="B324" t="s">
-        <v>1150</v>
+        <v>1130</v>
       </c>
       <c r="C324" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>1141</v>
+      </c>
+      <c r="D324"/>
       <c r="E324" t="s">
-        <v>1151</v>
+        <v>1155</v>
       </c>
       <c r="F324">
         <v>2013</v>
       </c>
       <c r="G324" t="s">
-        <v>1152</v>
-[...3 lines deleted...]
-      </c>
+        <v>1156</v>
+      </c>
+      <c r="H324"/>
       <c r="I324"/>
     </row>
     <row r="325" spans="1:9">
       <c r="A325" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="B325" t="s">
-        <v>1154</v>
+        <v>1158</v>
       </c>
       <c r="C325" t="s">
-        <v>1155</v>
+        <v>1141</v>
       </c>
       <c r="D325"/>
       <c r="E325" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
       <c r="F325">
         <v>2013</v>
       </c>
       <c r="G325" t="s">
-        <v>1157</v>
+        <v>1160</v>
       </c>
       <c r="H325"/>
-      <c r="I325">
-[...1 lines deleted...]
-      </c>
+      <c r="I325"/>
     </row>
     <row r="326" spans="1:9">
       <c r="A326" t="s">
-        <v>1158</v>
+        <v>1161</v>
       </c>
       <c r="B326" t="s">
-        <v>1159</v>
+        <v>994</v>
       </c>
       <c r="C326" t="s">
-        <v>1155</v>
-[...1 lines deleted...]
-      <c r="D326"/>
+        <v>123</v>
+      </c>
+      <c r="D326">
+        <v>114</v>
+      </c>
       <c r="E326" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="F326">
         <v>2013</v>
       </c>
       <c r="G326" t="s">
-        <v>1161</v>
-[...1 lines deleted...]
-      <c r="H326"/>
+        <v>1163</v>
+      </c>
+      <c r="H326">
+        <v>2.19</v>
+      </c>
       <c r="I326">
-        <v>0.22</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="327" spans="1:9">
       <c r="A327" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="B327" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="C327" t="s">
-        <v>1155</v>
-[...1 lines deleted...]
-      <c r="D327"/>
+        <v>729</v>
+      </c>
+      <c r="D327">
+        <v>8806</v>
+      </c>
       <c r="E327" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="F327">
         <v>2013</v>
       </c>
       <c r="G327" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="H327"/>
       <c r="I327">
-        <v>0.22</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="328" spans="1:9">
       <c r="A328" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="B328" t="s">
-        <v>1076</v>
+        <v>1075</v>
       </c>
       <c r="C328" t="s">
-        <v>330</v>
+        <v>729</v>
       </c>
       <c r="D328">
-        <v>97</v>
+        <v>8806</v>
       </c>
       <c r="E328" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="F328">
         <v>2013</v>
       </c>
       <c r="G328" t="s">
-        <v>1168</v>
-[...3 lines deleted...]
-      </c>
+        <v>1170</v>
+      </c>
+      <c r="H328"/>
       <c r="I328">
-        <v>0.8</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="329" spans="1:9">
       <c r="A329" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="B329" t="s">
-        <v>1170</v>
+        <v>1130</v>
       </c>
       <c r="C329" t="s">
-        <v>907</v>
-[...5 lines deleted...]
-        <v>1171</v>
+        <v>1172</v>
+      </c>
+      <c r="D329"/>
+      <c r="E329">
+        <v>43525</v>
       </c>
       <c r="F329">
         <v>2013</v>
       </c>
-      <c r="G329"/>
+      <c r="G329" t="s">
+        <v>1173</v>
+      </c>
       <c r="H329"/>
       <c r="I329"/>
     </row>
     <row r="330" spans="1:9">
       <c r="A330" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B330" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C330" t="s">
         <v>1172</v>
       </c>
-      <c r="B330" t="s">
-[...9 lines deleted...]
-        <v>1174</v>
+      <c r="D330"/>
+      <c r="E330">
+        <v>43525</v>
       </c>
       <c r="F330">
         <v>2013</v>
       </c>
-      <c r="G330"/>
+      <c r="G330" t="s">
+        <v>1175</v>
+      </c>
       <c r="H330"/>
       <c r="I330"/>
     </row>
     <row r="331" spans="1:9">
       <c r="A331" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="B331" t="s">
-        <v>1117</v>
+        <v>1177</v>
       </c>
       <c r="C331" t="s">
-        <v>761</v>
+        <v>212</v>
       </c>
       <c r="D331">
-        <v>21</v>
+        <v>103</v>
       </c>
       <c r="E331" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="F331">
         <v>2013</v>
       </c>
       <c r="G331" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="H331">
-        <v>3.53</v>
+        <v>3.52</v>
       </c>
       <c r="I331">
-        <v>2.34</v>
+        <v>2.15</v>
       </c>
     </row>
     <row r="332" spans="1:9">
       <c r="A332" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="B332" t="s">
-        <v>1179</v>
+        <v>1165</v>
       </c>
       <c r="C332" t="s">
-        <v>761</v>
+        <v>320</v>
       </c>
       <c r="D332">
-        <v>21</v>
+        <v>111</v>
       </c>
       <c r="E332" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="F332">
         <v>2013</v>
       </c>
       <c r="G332" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="H332">
-        <v>3.53</v>
+        <v>7.73</v>
       </c>
       <c r="I332">
-        <v>2.34</v>
+        <v>5.68</v>
       </c>
     </row>
     <row r="333" spans="1:9">
       <c r="A333" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="B333" t="s">
-        <v>1037</v>
+        <v>1075</v>
       </c>
       <c r="C333" t="s">
-        <v>185</v>
-[...3 lines deleted...]
-      </c>
+        <v>1184</v>
+      </c>
+      <c r="D333"/>
       <c r="E333" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="F333">
         <v>2013</v>
       </c>
       <c r="G333" t="s">
-        <v>1184</v>
-[...6 lines deleted...]
-      </c>
+        <v>1186</v>
+      </c>
+      <c r="H333"/>
+      <c r="I333"/>
     </row>
     <row r="334" spans="1:9">
       <c r="A334" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="B334" t="s">
-        <v>760</v>
+        <v>1188</v>
       </c>
       <c r="C334" t="s">
-        <v>1186</v>
-[...2 lines deleted...]
-      <c r="E334"/>
+        <v>24</v>
+      </c>
+      <c r="D334">
+        <v>87</v>
+      </c>
+      <c r="E334" t="s">
+        <v>1189</v>
+      </c>
       <c r="F334">
         <v>2013</v>
       </c>
       <c r="G334" t="s">
-        <v>1187</v>
-[...1 lines deleted...]
-      <c r="H334"/>
+        <v>1190</v>
+      </c>
+      <c r="H334">
+        <v>3.66</v>
+      </c>
       <c r="I334"/>
     </row>
     <row r="335" spans="1:9">
       <c r="A335" t="s">
-        <v>1188</v>
+        <v>1191</v>
       </c>
       <c r="B335" t="s">
-        <v>1189</v>
+        <v>1192</v>
       </c>
       <c r="C335" t="s">
-        <v>286</v>
-[...3 lines deleted...]
-      </c>
+        <v>1193</v>
+      </c>
+      <c r="D335"/>
       <c r="E335" t="s">
-        <v>1190</v>
+        <v>1194</v>
       </c>
       <c r="F335">
         <v>2013</v>
       </c>
       <c r="G335" t="s">
-        <v>1191</v>
-[...3 lines deleted...]
-      </c>
+        <v>1195</v>
+      </c>
+      <c r="H335"/>
       <c r="I335">
-        <v>7.56</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="336" spans="1:9">
       <c r="A336" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="B336" t="s">
-        <v>899</v>
+        <v>1197</v>
       </c>
       <c r="C336" t="s">
         <v>1193</v>
       </c>
       <c r="D336"/>
       <c r="E336" t="s">
-        <v>1194</v>
+        <v>1198</v>
       </c>
       <c r="F336">
         <v>2013</v>
       </c>
-      <c r="G336"/>
+      <c r="G336" t="s">
+        <v>1199</v>
+      </c>
       <c r="H336"/>
-      <c r="I336"/>
+      <c r="I336">
+        <v>0.22</v>
+      </c>
     </row>
     <row r="337" spans="1:9">
       <c r="A337" t="s">
-        <v>1195</v>
+        <v>1200</v>
       </c>
       <c r="B337" t="s">
-        <v>1076</v>
+        <v>1201</v>
       </c>
       <c r="C337" t="s">
-        <v>330</v>
-[...3 lines deleted...]
-      </c>
+        <v>1193</v>
+      </c>
+      <c r="D337"/>
       <c r="E337" t="s">
-        <v>1196</v>
+        <v>1202</v>
       </c>
       <c r="F337">
         <v>2013</v>
       </c>
       <c r="G337" t="s">
-        <v>1197</v>
-[...3 lines deleted...]
-      </c>
+        <v>1203</v>
+      </c>
+      <c r="H337"/>
       <c r="I337">
-        <v>0.8</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="338" spans="1:9">
       <c r="A338" t="s">
-        <v>1198</v>
+        <v>1204</v>
       </c>
       <c r="B338" t="s">
-        <v>1199</v>
+        <v>1114</v>
       </c>
       <c r="C338" t="s">
-        <v>31</v>
+        <v>368</v>
       </c>
       <c r="D338">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="E338" t="s">
-        <v>1200</v>
+        <v>1205</v>
       </c>
       <c r="F338">
         <v>2013</v>
       </c>
       <c r="G338" t="s">
-        <v>1201</v>
+        <v>1206</v>
       </c>
       <c r="H338">
-        <v>3.66</v>
-[...1 lines deleted...]
-      <c r="I338"/>
+        <v>1.36</v>
+      </c>
+      <c r="I338">
+        <v>0.8</v>
+      </c>
     </row>
     <row r="339" spans="1:9">
       <c r="A339" t="s">
-        <v>1202</v>
+        <v>1207</v>
       </c>
       <c r="B339" t="s">
-        <v>1127</v>
+        <v>1208</v>
       </c>
       <c r="C339" t="s">
-        <v>31</v>
+        <v>945</v>
       </c>
       <c r="D339">
-        <v>87</v>
+        <v>5</v>
       </c>
       <c r="E339" t="s">
-        <v>1203</v>
+        <v>1209</v>
       </c>
       <c r="F339">
         <v>2013</v>
       </c>
-      <c r="G339" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G339"/>
+      <c r="H339"/>
       <c r="I339"/>
     </row>
     <row r="340" spans="1:9">
       <c r="A340" t="s">
-        <v>1205</v>
+        <v>1210</v>
       </c>
       <c r="B340" t="s">
-        <v>1206</v>
+        <v>1211</v>
       </c>
       <c r="C340" t="s">
-        <v>761</v>
+        <v>945</v>
       </c>
       <c r="D340">
-        <v>21</v>
+        <v>5</v>
       </c>
       <c r="E340" t="s">
-        <v>1207</v>
+        <v>1212</v>
       </c>
       <c r="F340">
         <v>2013</v>
       </c>
-      <c r="G340" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G340"/>
+      <c r="H340"/>
+      <c r="I340"/>
     </row>
     <row r="341" spans="1:9">
       <c r="A341" t="s">
-        <v>1209</v>
+        <v>1213</v>
       </c>
       <c r="B341" t="s">
-        <v>1210</v>
+        <v>1151</v>
       </c>
       <c r="C341" t="s">
-        <v>31</v>
+        <v>799</v>
       </c>
       <c r="D341">
-        <v>87</v>
+        <v>21</v>
       </c>
       <c r="E341" t="s">
-        <v>1211</v>
+        <v>1214</v>
       </c>
       <c r="F341">
         <v>2013</v>
       </c>
       <c r="G341" t="s">
-        <v>1212</v>
+        <v>1215</v>
       </c>
       <c r="H341">
-        <v>3.66</v>
-[...1 lines deleted...]
-      <c r="I341"/>
+        <v>3.53</v>
+      </c>
+      <c r="I341">
+        <v>2.34</v>
+      </c>
     </row>
     <row r="342" spans="1:9">
       <c r="A342" t="s">
-        <v>1213</v>
+        <v>1216</v>
       </c>
       <c r="B342" t="s">
-        <v>800</v>
+        <v>1217</v>
       </c>
       <c r="C342" t="s">
-        <v>1214</v>
+        <v>799</v>
       </c>
       <c r="D342">
-        <v>139</v>
+        <v>21</v>
       </c>
       <c r="E342" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="F342">
         <v>2013</v>
       </c>
       <c r="G342" t="s">
-        <v>1216</v>
+        <v>1219</v>
       </c>
       <c r="H342">
-        <v>5.59</v>
+        <v>3.53</v>
       </c>
       <c r="I342">
-        <v>0.54</v>
+        <v>2.34</v>
       </c>
     </row>
     <row r="343" spans="1:9">
       <c r="A343" t="s">
-        <v>1217</v>
+        <v>1220</v>
       </c>
       <c r="B343" t="s">
-        <v>1098</v>
+        <v>1075</v>
       </c>
       <c r="C343" t="s">
-        <v>174</v>
+        <v>219</v>
       </c>
       <c r="D343">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>231904</v>
+        <v>56</v>
+      </c>
+      <c r="E343" t="s">
+        <v>1221</v>
       </c>
       <c r="F343">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G343" t="s">
-        <v>1218</v>
+        <v>1222</v>
       </c>
       <c r="H343">
-        <v>3.79</v>
+        <v>1.91</v>
       </c>
       <c r="I343">
-        <v>2.57</v>
+        <v>0.86</v>
       </c>
     </row>
     <row r="344" spans="1:9">
       <c r="A344" t="s">
-        <v>1219</v>
+        <v>1223</v>
       </c>
       <c r="B344" t="s">
-        <v>1220</v>
+        <v>798</v>
       </c>
       <c r="C344" t="s">
-        <v>300</v>
-[...6 lines deleted...]
-      </c>
+        <v>1224</v>
+      </c>
+      <c r="D344"/>
+      <c r="E344"/>
       <c r="F344">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="G344"/>
+        <v>2013</v>
+      </c>
+      <c r="G344" t="s">
+        <v>1225</v>
+      </c>
       <c r="H344"/>
       <c r="I344"/>
     </row>
     <row r="345" spans="1:9">
       <c r="A345" t="s">
-        <v>1222</v>
+        <v>1226</v>
       </c>
       <c r="B345" t="s">
-        <v>1223</v>
+        <v>1227</v>
       </c>
       <c r="C345" t="s">
-        <v>369</v>
+        <v>324</v>
       </c>
       <c r="D345">
-        <v>2</v>
+        <v>25</v>
       </c>
       <c r="E345" t="s">
-        <v>1224</v>
+        <v>1228</v>
       </c>
       <c r="F345">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G345" t="s">
-        <v>1225</v>
+        <v>1229</v>
       </c>
       <c r="H345">
-        <v>2.93</v>
+        <v>15.41</v>
       </c>
       <c r="I345">
-        <v>1.53</v>
+        <v>7.56</v>
       </c>
     </row>
     <row r="346" spans="1:9">
       <c r="A346" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="B346" t="s">
-        <v>760</v>
+        <v>937</v>
       </c>
       <c r="C346" t="s">
-        <v>1227</v>
-[...3 lines deleted...]
-      </c>
+        <v>1231</v>
+      </c>
+      <c r="D346"/>
       <c r="E346" t="s">
-        <v>1228</v>
+        <v>1232</v>
       </c>
       <c r="F346">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="G346"/>
       <c r="H346"/>
       <c r="I346"/>
     </row>
     <row r="347" spans="1:9">
       <c r="A347" t="s">
-        <v>1230</v>
+        <v>1233</v>
       </c>
       <c r="B347" t="s">
-        <v>1231</v>
+        <v>1114</v>
       </c>
       <c r="C347" t="s">
-        <v>1232</v>
-[...1 lines deleted...]
-      <c r="D347"/>
+        <v>368</v>
+      </c>
+      <c r="D347">
+        <v>97</v>
+      </c>
       <c r="E347" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="F347">
-        <v>2012</v>
-[...3 lines deleted...]
-      <c r="I347"/>
+        <v>2013</v>
+      </c>
+      <c r="G347" t="s">
+        <v>1235</v>
+      </c>
+      <c r="H347">
+        <v>1.36</v>
+      </c>
+      <c r="I347">
+        <v>0.8</v>
+      </c>
     </row>
     <row r="348" spans="1:9">
       <c r="A348" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="B348" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
       <c r="C348" t="s">
-        <v>1236</v>
-[...1 lines deleted...]
-      <c r="D348"/>
+        <v>24</v>
+      </c>
+      <c r="D348">
+        <v>87</v>
+      </c>
       <c r="E348" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="F348">
-        <v>2012</v>
-[...2 lines deleted...]
-      <c r="H348"/>
+        <v>2013</v>
+      </c>
+      <c r="G348" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H348">
+        <v>3.66</v>
+      </c>
       <c r="I348"/>
     </row>
     <row r="349" spans="1:9">
       <c r="A349" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="B349" t="s">
-        <v>1239</v>
+        <v>1165</v>
       </c>
       <c r="C349" t="s">
-        <v>85</v>
+        <v>24</v>
       </c>
       <c r="D349">
-        <v>112</v>
+        <v>87</v>
       </c>
       <c r="E349" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="F349">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G349" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="H349">
-        <v>2.21</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.66</v>
+      </c>
+      <c r="I349"/>
     </row>
     <row r="350" spans="1:9">
       <c r="A350" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="B350" t="s">
-        <v>1127</v>
+        <v>1244</v>
       </c>
       <c r="C350" t="s">
-        <v>702</v>
+        <v>799</v>
       </c>
       <c r="D350">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>33826</v>
+        <v>21</v>
+      </c>
+      <c r="E350" t="s">
+        <v>1245</v>
       </c>
       <c r="F350">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G350" t="s">
-        <v>1243</v>
+        <v>1246</v>
       </c>
       <c r="H350">
-        <v>3.04</v>
-[...1 lines deleted...]
-      <c r="I350"/>
+        <v>3.53</v>
+      </c>
+      <c r="I350">
+        <v>2.34</v>
+      </c>
     </row>
     <row r="351" spans="1:9">
       <c r="A351" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="B351" t="s">
-        <v>1245</v>
+        <v>1248</v>
       </c>
       <c r="C351" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="D351">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E351" t="s">
-        <v>1246</v>
+        <v>1249</v>
       </c>
       <c r="F351">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G351" t="s">
-        <v>1247</v>
+        <v>1250</v>
       </c>
       <c r="H351">
-        <v>3.77</v>
+        <v>3.66</v>
       </c>
       <c r="I351"/>
     </row>
     <row r="352" spans="1:9">
       <c r="A352" t="s">
-        <v>1248</v>
+        <v>1251</v>
       </c>
       <c r="B352" t="s">
-        <v>1037</v>
+        <v>838</v>
       </c>
       <c r="C352" t="s">
-        <v>197</v>
+        <v>48</v>
       </c>
       <c r="D352">
-        <v>1475</v>
+        <v>139</v>
       </c>
       <c r="E352" t="s">
-        <v>1249</v>
+        <v>1252</v>
       </c>
       <c r="F352">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G352" t="s">
-        <v>1250</v>
-[...1 lines deleted...]
-      <c r="H352"/>
+        <v>1253</v>
+      </c>
+      <c r="H352">
+        <v>5.59</v>
+      </c>
       <c r="I352">
-        <v>0.16</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="353" spans="1:9">
       <c r="A353" t="s">
-        <v>1251</v>
+        <v>1254</v>
       </c>
       <c r="B353" t="s">
-        <v>1127</v>
+        <v>1136</v>
       </c>
       <c r="C353" t="s">
-        <v>702</v>
+        <v>212</v>
       </c>
       <c r="D353">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>1252</v>
+        <v>101</v>
+      </c>
+      <c r="E353">
+        <v>231904</v>
       </c>
       <c r="F353">
         <v>2012</v>
       </c>
       <c r="G353" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
       <c r="H353">
-        <v>3.04</v>
-[...1 lines deleted...]
-      <c r="I353"/>
+        <v>3.79</v>
+      </c>
+      <c r="I353">
+        <v>2.57</v>
+      </c>
     </row>
     <row r="354" spans="1:9">
       <c r="A354" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="B354" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
       <c r="C354" t="s">
-        <v>197</v>
+        <v>338</v>
       </c>
       <c r="D354">
-        <v>1475</v>
+        <v>3</v>
       </c>
       <c r="E354" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="F354">
         <v>2012</v>
       </c>
-      <c r="G354" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G354"/>
       <c r="H354"/>
-      <c r="I354">
-[...1 lines deleted...]
-      </c>
+      <c r="I354"/>
     </row>
     <row r="355" spans="1:9">
       <c r="A355" t="s">
-        <v>1248</v>
+        <v>1259</v>
       </c>
       <c r="B355" t="s">
-        <v>1037</v>
+        <v>1260</v>
       </c>
       <c r="C355" t="s">
-        <v>761</v>
+        <v>404</v>
       </c>
       <c r="D355">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="E355" t="s">
-        <v>1258</v>
+        <v>1261</v>
       </c>
       <c r="F355">
         <v>2012</v>
       </c>
       <c r="G355" t="s">
-        <v>1259</v>
+        <v>1262</v>
       </c>
       <c r="H355">
-        <v>3.55</v>
+        <v>2.93</v>
       </c>
       <c r="I355">
-        <v>2.56</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="356" spans="1:9">
       <c r="A356" t="s">
-        <v>1260</v>
+        <v>1263</v>
       </c>
       <c r="B356" t="s">
-        <v>1261</v>
+        <v>798</v>
       </c>
       <c r="C356" t="s">
-        <v>300</v>
+        <v>1264</v>
       </c>
       <c r="D356">
-        <v>3</v>
+        <v>2012</v>
       </c>
       <c r="E356" t="s">
-        <v>1262</v>
+        <v>1265</v>
       </c>
       <c r="F356">
         <v>2012</v>
       </c>
-      <c r="G356"/>
+      <c r="G356" t="s">
+        <v>1266</v>
+      </c>
       <c r="H356"/>
       <c r="I356"/>
     </row>
     <row r="357" spans="1:9">
       <c r="A357" t="s">
-        <v>1263</v>
+        <v>1267</v>
       </c>
       <c r="B357" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="C357" t="s">
-        <v>702</v>
-[...3 lines deleted...]
-      </c>
+        <v>1269</v>
+      </c>
+      <c r="D357"/>
       <c r="E357" t="s">
-        <v>1265</v>
+        <v>1270</v>
       </c>
       <c r="F357">
         <v>2012</v>
       </c>
-      <c r="G357" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G357"/>
+      <c r="H357"/>
       <c r="I357"/>
     </row>
     <row r="358" spans="1:9">
       <c r="A358" t="s">
-        <v>1267</v>
+        <v>1271</v>
       </c>
       <c r="B358" t="s">
-        <v>1268</v>
+        <v>1272</v>
       </c>
       <c r="C358" t="s">
-        <v>330</v>
-[...3 lines deleted...]
-      </c>
+        <v>1273</v>
+      </c>
+      <c r="D358"/>
       <c r="E358" t="s">
-        <v>1269</v>
+        <v>1274</v>
       </c>
       <c r="F358">
         <v>2012</v>
       </c>
-      <c r="G358" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G358"/>
+      <c r="H358"/>
+      <c r="I358"/>
     </row>
     <row r="359" spans="1:9">
       <c r="A359" t="s">
-        <v>1271</v>
+        <v>1275</v>
       </c>
       <c r="B359" t="s">
-        <v>1127</v>
+        <v>1276</v>
       </c>
       <c r="C359" t="s">
-        <v>31</v>
+        <v>123</v>
       </c>
       <c r="D359">
-        <v>86</v>
+        <v>112</v>
       </c>
       <c r="E359" t="s">
-        <v>1272</v>
+        <v>1277</v>
       </c>
       <c r="F359">
         <v>2012</v>
       </c>
       <c r="G359" t="s">
-        <v>1273</v>
+        <v>1278</v>
       </c>
       <c r="H359">
-        <v>3.77</v>
-[...1 lines deleted...]
-      <c r="I359"/>
+        <v>2.21</v>
+      </c>
+      <c r="I359">
+        <v>1.31</v>
+      </c>
     </row>
     <row r="360" spans="1:9">
       <c r="A360" t="s">
-        <v>1274</v>
+        <v>1279</v>
       </c>
       <c r="B360" t="s">
-        <v>1275</v>
+        <v>1165</v>
       </c>
       <c r="C360" t="s">
-        <v>1276</v>
-[...1 lines deleted...]
-      <c r="D360"/>
+        <v>740</v>
+      </c>
+      <c r="D360">
+        <v>86</v>
+      </c>
       <c r="E360">
-        <v>43497</v>
+        <v>33826</v>
       </c>
       <c r="F360">
         <v>2012</v>
       </c>
       <c r="G360" t="s">
-        <v>1277</v>
-[...1 lines deleted...]
-      <c r="H360"/>
+        <v>1280</v>
+      </c>
+      <c r="H360">
+        <v>3.04</v>
+      </c>
       <c r="I360"/>
     </row>
     <row r="361" spans="1:9">
       <c r="A361" t="s">
-        <v>1278</v>
+        <v>1281</v>
       </c>
       <c r="B361" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="C361" t="s">
-        <v>1276</v>
-[...3 lines deleted...]
-        <v>43497</v>
+        <v>24</v>
+      </c>
+      <c r="D361">
+        <v>86</v>
+      </c>
+      <c r="E361" t="s">
+        <v>1283</v>
       </c>
       <c r="F361">
         <v>2012</v>
       </c>
       <c r="G361" t="s">
-        <v>1280</v>
-[...1 lines deleted...]
-      <c r="H361"/>
+        <v>1284</v>
+      </c>
+      <c r="H361">
+        <v>3.77</v>
+      </c>
       <c r="I361"/>
     </row>
     <row r="362" spans="1:9">
       <c r="A362" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
       <c r="B362" t="s">
-        <v>1282</v>
+        <v>1075</v>
       </c>
       <c r="C362" t="s">
-        <v>286</v>
+        <v>235</v>
       </c>
       <c r="D362">
-        <v>24</v>
+        <v>1475</v>
       </c>
       <c r="E362" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
       <c r="F362">
         <v>2012</v>
       </c>
       <c r="G362" t="s">
-        <v>1284</v>
-[...3 lines deleted...]
-      </c>
+        <v>1287</v>
+      </c>
+      <c r="H362"/>
       <c r="I362">
-        <v>8.56</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="363" spans="1:9">
       <c r="A363" t="s">
-        <v>1285</v>
+        <v>1288</v>
       </c>
       <c r="B363" t="s">
-        <v>1286</v>
+        <v>1165</v>
       </c>
       <c r="C363" t="s">
-        <v>671</v>
-[...1 lines deleted...]
-      <c r="D363"/>
+        <v>740</v>
+      </c>
+      <c r="D363">
+        <v>86</v>
+      </c>
       <c r="E363" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="F363">
         <v>2012</v>
       </c>
       <c r="G363" t="s">
-        <v>1288</v>
-[...4 lines deleted...]
-      </c>
+        <v>1290</v>
+      </c>
+      <c r="H363">
+        <v>3.04</v>
+      </c>
+      <c r="I363"/>
     </row>
     <row r="364" spans="1:9">
       <c r="A364" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B364" t="s">
-        <v>1037</v>
+        <v>1292</v>
       </c>
       <c r="C364" t="s">
-        <v>691</v>
+        <v>235</v>
       </c>
       <c r="D364">
-        <v>8434</v>
+        <v>1475</v>
       </c>
       <c r="E364" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
       <c r="F364">
         <v>2012</v>
       </c>
       <c r="G364" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="H364"/>
       <c r="I364">
-        <v>0.26</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="365" spans="1:9">
       <c r="A365" t="s">
-        <v>1292</v>
+        <v>1285</v>
       </c>
       <c r="B365" t="s">
-        <v>1293</v>
+        <v>1075</v>
       </c>
       <c r="C365" t="s">
-        <v>174</v>
+        <v>799</v>
       </c>
       <c r="D365">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="E365" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="F365">
         <v>2012</v>
       </c>
       <c r="G365" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="H365">
-        <v>3.79</v>
+        <v>3.55</v>
       </c>
       <c r="I365">
-        <v>2.57</v>
+        <v>2.56</v>
       </c>
     </row>
     <row r="366" spans="1:9">
       <c r="A366" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="B366" t="s">
-        <v>1223</v>
+        <v>1298</v>
       </c>
       <c r="C366" t="s">
-        <v>282</v>
+        <v>338</v>
       </c>
       <c r="D366">
-        <v>108</v>
+        <v>3</v>
       </c>
       <c r="E366" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="F366">
         <v>2012</v>
       </c>
-      <c r="G366" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G366"/>
+      <c r="H366"/>
+      <c r="I366"/>
     </row>
     <row r="367" spans="1:9">
       <c r="A367" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="B367" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="C367" t="s">
-        <v>31</v>
+        <v>740</v>
       </c>
       <c r="D367">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E367" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="F367">
         <v>2012</v>
       </c>
       <c r="G367" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="H367">
-        <v>3.77</v>
+        <v>3.04</v>
       </c>
       <c r="I367"/>
     </row>
     <row r="368" spans="1:9">
       <c r="A368" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="B368" t="s">
-        <v>1223</v>
+        <v>1305</v>
       </c>
       <c r="C368" t="s">
-        <v>761</v>
+        <v>368</v>
       </c>
       <c r="D368">
-        <v>20</v>
+        <v>95</v>
       </c>
       <c r="E368" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
       <c r="F368">
         <v>2012</v>
       </c>
       <c r="G368" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="H368">
-        <v>3.55</v>
+        <v>1.52</v>
       </c>
       <c r="I368">
-        <v>2.56</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="369" spans="1:9">
       <c r="A369" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="B369" t="s">
-        <v>1307</v>
+        <v>1165</v>
       </c>
       <c r="C369" t="s">
-        <v>1308</v>
+        <v>24</v>
       </c>
       <c r="D369">
-        <v>376</v>
+        <v>86</v>
       </c>
       <c r="E369" t="s">
         <v>1309</v>
       </c>
       <c r="F369">
         <v>2012</v>
       </c>
       <c r="G369" t="s">
         <v>1310</v>
       </c>
       <c r="H369">
-        <v>1.77</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.77</v>
+      </c>
+      <c r="I369"/>
     </row>
     <row r="370" spans="1:9">
       <c r="A370" t="s">
         <v>1311</v>
       </c>
       <c r="B370" t="s">
-        <v>760</v>
+        <v>1312</v>
       </c>
       <c r="C370" t="s">
-        <v>451</v>
-[...5 lines deleted...]
-        <v>1312</v>
+        <v>1313</v>
+      </c>
+      <c r="D370"/>
+      <c r="E370">
+        <v>43497</v>
       </c>
       <c r="F370">
         <v>2012</v>
       </c>
       <c r="G370" t="s">
-        <v>1313</v>
-[...6 lines deleted...]
-      </c>
+        <v>1314</v>
+      </c>
+      <c r="H370"/>
+      <c r="I370"/>
     </row>
     <row r="371" spans="1:9">
       <c r="A371" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="B371" t="s">
-        <v>1275</v>
+        <v>1316</v>
       </c>
       <c r="C371" t="s">
-        <v>174</v>
-[...5 lines deleted...]
-        <v>1315</v>
+        <v>1313</v>
+      </c>
+      <c r="D371"/>
+      <c r="E371">
+        <v>43497</v>
       </c>
       <c r="F371">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G371" t="s">
-        <v>1316</v>
-[...6 lines deleted...]
-      </c>
+        <v>1317</v>
+      </c>
+      <c r="H371"/>
+      <c r="I371"/>
     </row>
     <row r="372" spans="1:9">
       <c r="A372" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="B372" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="C372" t="s">
-        <v>702</v>
+        <v>324</v>
       </c>
       <c r="D372">
-        <v>84</v>
+        <v>24</v>
       </c>
       <c r="E372" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="F372">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G372" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="H372">
-        <v>2.88</v>
-[...1 lines deleted...]
-      <c r="I372"/>
+        <v>14.83</v>
+      </c>
+      <c r="I372">
+        <v>8.56</v>
+      </c>
     </row>
     <row r="373" spans="1:9">
       <c r="A373" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="B373" t="s">
-        <v>1037</v>
+        <v>1323</v>
       </c>
       <c r="C373" t="s">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>709</v>
+      </c>
+      <c r="D373"/>
       <c r="E373" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
       <c r="F373">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G373" t="s">
-        <v>1323</v>
-[...3 lines deleted...]
-      </c>
+        <v>1325</v>
+      </c>
+      <c r="H373"/>
       <c r="I373">
-        <v>0.81</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="374" spans="1:9">
       <c r="A374" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="B374" t="s">
-        <v>1037</v>
+        <v>1075</v>
       </c>
       <c r="C374" t="s">
-        <v>330</v>
+        <v>729</v>
       </c>
       <c r="D374">
-        <v>94</v>
+        <v>8434</v>
       </c>
       <c r="E374" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="F374">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G374" t="s">
-        <v>1326</v>
-[...3 lines deleted...]
-      </c>
+        <v>1328</v>
+      </c>
+      <c r="H374"/>
       <c r="I374">
-        <v>0.77</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="375" spans="1:9">
       <c r="A375" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="B375" t="s">
-        <v>1076</v>
+        <v>1330</v>
       </c>
       <c r="C375" t="s">
-        <v>615</v>
+        <v>212</v>
       </c>
       <c r="D375">
-        <v>6</v>
+        <v>100</v>
       </c>
       <c r="E375" t="s">
-        <v>952</v>
+        <v>1331</v>
       </c>
       <c r="F375">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G375" t="s">
-        <v>1328</v>
+        <v>1332</v>
       </c>
       <c r="H375">
-        <v>2.82</v>
+        <v>3.79</v>
       </c>
       <c r="I375">
-        <v>1.84</v>
+        <v>2.57</v>
       </c>
     </row>
     <row r="376" spans="1:9">
       <c r="A376" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
       <c r="B376" t="s">
-        <v>1063</v>
+        <v>1260</v>
       </c>
       <c r="C376" t="s">
-        <v>615</v>
+        <v>320</v>
       </c>
       <c r="D376">
-        <v>6</v>
+        <v>108</v>
       </c>
       <c r="E376" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
       <c r="F376">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G376" t="s">
-        <v>1331</v>
+        <v>1335</v>
       </c>
       <c r="H376">
-        <v>2.82</v>
+        <v>7.94</v>
       </c>
       <c r="I376">
-        <v>1.84</v>
+        <v>6.29</v>
       </c>
     </row>
     <row r="377" spans="1:9">
       <c r="A377" t="s">
-        <v>1332</v>
+        <v>1336</v>
       </c>
       <c r="B377" t="s">
-        <v>966</v>
+        <v>1337</v>
       </c>
       <c r="C377" t="s">
-        <v>174</v>
+        <v>24</v>
       </c>
       <c r="D377">
-        <v>99</v>
+        <v>85</v>
       </c>
       <c r="E377" t="s">
-        <v>1333</v>
+        <v>1338</v>
       </c>
       <c r="F377">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G377" t="s">
-        <v>1334</v>
+        <v>1339</v>
       </c>
       <c r="H377">
-        <v>3.84</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.77</v>
+      </c>
+      <c r="I377"/>
     </row>
     <row r="378" spans="1:9">
       <c r="A378" t="s">
-        <v>1335</v>
+        <v>1340</v>
       </c>
       <c r="B378" t="s">
-        <v>1336</v>
+        <v>1260</v>
       </c>
       <c r="C378" t="s">
-        <v>31</v>
+        <v>799</v>
       </c>
       <c r="D378">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="E378" t="s">
-        <v>1337</v>
+        <v>1341</v>
       </c>
       <c r="F378">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G378" t="s">
-        <v>1338</v>
+        <v>1342</v>
       </c>
       <c r="H378">
-        <v>3.69</v>
-[...1 lines deleted...]
-      <c r="I378"/>
+        <v>3.55</v>
+      </c>
+      <c r="I378">
+        <v>2.56</v>
+      </c>
     </row>
     <row r="379" spans="1:9">
       <c r="A379" t="s">
-        <v>1339</v>
+        <v>1343</v>
       </c>
       <c r="B379" t="s">
-        <v>1127</v>
+        <v>1344</v>
       </c>
       <c r="C379" t="s">
-        <v>702</v>
+        <v>1345</v>
       </c>
       <c r="D379">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>23807</v>
+        <v>376</v>
+      </c>
+      <c r="E379" t="s">
+        <v>1346</v>
       </c>
       <c r="F379">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G379" t="s">
-        <v>1340</v>
+        <v>1347</v>
       </c>
       <c r="H379">
-        <v>2.88</v>
-[...1 lines deleted...]
-      <c r="I379"/>
+        <v>1.77</v>
+      </c>
+      <c r="I379">
+        <v>0.79</v>
+      </c>
     </row>
     <row r="380" spans="1:9">
       <c r="A380" t="s">
-        <v>1341</v>
+        <v>1348</v>
       </c>
       <c r="B380" t="s">
-        <v>1037</v>
+        <v>798</v>
       </c>
       <c r="C380" t="s">
-        <v>615</v>
+        <v>489</v>
       </c>
       <c r="D380">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="E380" t="s">
-        <v>1342</v>
+        <v>1349</v>
       </c>
       <c r="F380">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G380" t="s">
-        <v>1343</v>
+        <v>1350</v>
       </c>
       <c r="H380">
-        <v>2.82</v>
+        <v>1.67</v>
       </c>
       <c r="I380">
-        <v>1.84</v>
+        <v>0.88</v>
       </c>
     </row>
     <row r="381" spans="1:9">
       <c r="A381" t="s">
-        <v>1344</v>
+        <v>1351</v>
       </c>
       <c r="B381" t="s">
-        <v>1345</v>
+        <v>1312</v>
       </c>
       <c r="C381" t="s">
-        <v>1346</v>
+        <v>212</v>
       </c>
       <c r="D381">
-        <v>5</v>
+        <v>99</v>
       </c>
       <c r="E381" t="s">
-        <v>1347</v>
+        <v>1352</v>
       </c>
       <c r="F381">
         <v>2011</v>
       </c>
       <c r="G381" t="s">
-        <v>1348</v>
+        <v>1353</v>
       </c>
       <c r="H381">
-        <v>1.57</v>
+        <v>3.84</v>
       </c>
       <c r="I381">
-        <v>1.0</v>
+        <v>2.81</v>
       </c>
     </row>
     <row r="382" spans="1:9">
       <c r="A382" t="s">
-        <v>1349</v>
+        <v>1354</v>
       </c>
       <c r="B382" t="s">
-        <v>1350</v>
+        <v>1355</v>
       </c>
       <c r="C382" t="s">
-        <v>31</v>
+        <v>740</v>
       </c>
       <c r="D382">
         <v>84</v>
       </c>
       <c r="E382" t="s">
-        <v>1351</v>
+        <v>1356</v>
       </c>
       <c r="F382">
         <v>2011</v>
       </c>
       <c r="G382" t="s">
-        <v>1352</v>
+        <v>1357</v>
       </c>
       <c r="H382">
-        <v>3.69</v>
+        <v>2.88</v>
       </c>
       <c r="I382"/>
     </row>
     <row r="383" spans="1:9">
       <c r="A383" t="s">
-        <v>1353</v>
+        <v>1358</v>
       </c>
       <c r="B383" t="s">
-        <v>1350</v>
+        <v>1075</v>
       </c>
       <c r="C383" t="s">
-        <v>1354</v>
-[...3 lines deleted...]
-        <v>43497</v>
+        <v>96</v>
+      </c>
+      <c r="D383">
+        <v>285</v>
+      </c>
+      <c r="E383" t="s">
+        <v>1359</v>
       </c>
       <c r="F383">
         <v>2011</v>
       </c>
-      <c r="G383"/>
-[...1 lines deleted...]
-      <c r="I383"/>
+      <c r="G383" t="s">
+        <v>1360</v>
+      </c>
+      <c r="H383">
+        <v>1.49</v>
+      </c>
+      <c r="I383">
+        <v>0.81</v>
+      </c>
     </row>
     <row r="384" spans="1:9">
       <c r="A384" t="s">
-        <v>1355</v>
+        <v>1361</v>
       </c>
       <c r="B384" t="s">
-        <v>760</v>
+        <v>1075</v>
       </c>
       <c r="C384" t="s">
-        <v>1346</v>
+        <v>368</v>
       </c>
       <c r="D384">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>51601</v>
+        <v>94</v>
+      </c>
+      <c r="E384" t="s">
+        <v>1362</v>
       </c>
       <c r="F384">
         <v>2011</v>
       </c>
       <c r="G384" t="s">
-        <v>1356</v>
+        <v>1363</v>
       </c>
       <c r="H384">
-        <v>1.57</v>
+        <v>1.35</v>
       </c>
       <c r="I384">
-        <v>1.0</v>
+        <v>0.77</v>
       </c>
     </row>
     <row r="385" spans="1:9">
       <c r="A385" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="B385" t="s">
-        <v>760</v>
+        <v>1114</v>
       </c>
       <c r="C385" t="s">
-        <v>821</v>
+        <v>653</v>
       </c>
       <c r="D385">
-        <v>110</v>
+        <v>6</v>
       </c>
       <c r="E385" t="s">
-        <v>1358</v>
+        <v>1005</v>
       </c>
       <c r="F385">
         <v>2011</v>
       </c>
       <c r="G385" t="s">
-        <v>1359</v>
+        <v>1365</v>
       </c>
       <c r="H385">
-        <v>0.61</v>
+        <v>2.82</v>
       </c>
       <c r="I385">
-        <v>0.28</v>
+        <v>1.84</v>
       </c>
     </row>
     <row r="386" spans="1:9">
       <c r="A386" t="s">
-        <v>1360</v>
+        <v>1366</v>
       </c>
       <c r="B386" t="s">
-        <v>760</v>
+        <v>1101</v>
       </c>
       <c r="C386" t="s">
-        <v>1361</v>
+        <v>653</v>
       </c>
       <c r="D386">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="E386" t="s">
-        <v>1362</v>
+        <v>1367</v>
       </c>
       <c r="F386">
         <v>2011</v>
       </c>
       <c r="G386" t="s">
-        <v>1363</v>
+        <v>1368</v>
       </c>
       <c r="H386">
-        <v>4.18</v>
+        <v>2.82</v>
       </c>
       <c r="I386">
-        <v>3.49</v>
+        <v>1.84</v>
       </c>
     </row>
     <row r="387" spans="1:9">
       <c r="A387" t="s">
-        <v>1364</v>
+        <v>1369</v>
       </c>
       <c r="B387" t="s">
-        <v>1365</v>
+        <v>1001</v>
       </c>
       <c r="C387" t="s">
-        <v>821</v>
+        <v>212</v>
       </c>
       <c r="D387">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="E387" t="s">
-        <v>1366</v>
+        <v>1370</v>
       </c>
       <c r="F387">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G387" t="s">
-        <v>1367</v>
+        <v>1371</v>
       </c>
       <c r="H387">
-        <v>0.57</v>
+        <v>3.84</v>
       </c>
       <c r="I387">
-        <v>0.27</v>
+        <v>2.81</v>
       </c>
     </row>
     <row r="388" spans="1:9">
       <c r="A388" t="s">
-        <v>1368</v>
+        <v>1372</v>
       </c>
       <c r="B388" t="s">
-        <v>760</v>
+        <v>1373</v>
       </c>
       <c r="C388" t="s">
-        <v>174</v>
+        <v>24</v>
       </c>
       <c r="D388">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="E388" t="s">
-        <v>1369</v>
+        <v>1374</v>
       </c>
       <c r="F388">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G388" t="s">
-        <v>1370</v>
+        <v>1375</v>
       </c>
       <c r="H388">
-        <v>3.84</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.69</v>
+      </c>
+      <c r="I388"/>
     </row>
     <row r="389" spans="1:9">
       <c r="A389" t="s">
-        <v>1371</v>
+        <v>1376</v>
       </c>
       <c r="B389" t="s">
-        <v>760</v>
+        <v>1165</v>
       </c>
       <c r="C389" t="s">
-        <v>1361</v>
+        <v>740</v>
       </c>
       <c r="D389">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>1372</v>
+        <v>84</v>
+      </c>
+      <c r="E389">
+        <v>23807</v>
       </c>
       <c r="F389">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G389" t="s">
-        <v>1373</v>
+        <v>1377</v>
       </c>
       <c r="H389">
-        <v>3.85</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.88</v>
+      </c>
+      <c r="I389"/>
     </row>
     <row r="390" spans="1:9">
       <c r="A390" t="s">
-        <v>1374</v>
+        <v>1378</v>
       </c>
       <c r="B390" t="s">
-        <v>760</v>
+        <v>1075</v>
       </c>
       <c r="C390" t="s">
-        <v>31</v>
+        <v>653</v>
       </c>
       <c r="D390">
-        <v>82</v>
+        <v>5</v>
       </c>
       <c r="E390" t="s">
-        <v>1375</v>
+        <v>1379</v>
       </c>
       <c r="F390">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G390" t="s">
-        <v>1376</v>
+        <v>1380</v>
       </c>
       <c r="H390">
-        <v>3.77</v>
-[...1 lines deleted...]
-      <c r="I390"/>
+        <v>2.82</v>
+      </c>
+      <c r="I390">
+        <v>1.84</v>
+      </c>
     </row>
     <row r="391" spans="1:9">
       <c r="A391" t="s">
-        <v>1377</v>
+        <v>1381</v>
       </c>
       <c r="B391" t="s">
-        <v>1378</v>
+        <v>1382</v>
       </c>
       <c r="C391" t="s">
-        <v>691</v>
+        <v>1383</v>
       </c>
       <c r="D391">
-        <v>7754</v>
+        <v>5</v>
       </c>
       <c r="E391" t="s">
-        <v>1379</v>
+        <v>1384</v>
       </c>
       <c r="F391">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G391" t="s">
-        <v>1380</v>
-[...1 lines deleted...]
-      <c r="H391"/>
+        <v>1385</v>
+      </c>
+      <c r="H391">
+        <v>1.57</v>
+      </c>
       <c r="I391">
-        <v>0.24</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="392" spans="1:9">
       <c r="A392" t="s">
-        <v>1381</v>
+        <v>1386</v>
       </c>
       <c r="B392" t="s">
-        <v>760</v>
+        <v>1387</v>
       </c>
       <c r="C392" t="s">
-        <v>691</v>
+        <v>24</v>
       </c>
       <c r="D392">
-        <v>7754</v>
+        <v>84</v>
       </c>
       <c r="E392" t="s">
-        <v>1382</v>
+        <v>1388</v>
       </c>
       <c r="F392">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G392" t="s">
-        <v>1383</v>
-[...4 lines deleted...]
-      </c>
+        <v>1389</v>
+      </c>
+      <c r="H392">
+        <v>3.69</v>
+      </c>
+      <c r="I392"/>
     </row>
     <row r="393" spans="1:9">
       <c r="A393" t="s">
-        <v>1384</v>
+        <v>1390</v>
       </c>
       <c r="B393" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="C393" t="s">
-        <v>691</v>
-[...5 lines deleted...]
-        <v>1386</v>
+        <v>1391</v>
+      </c>
+      <c r="D393"/>
+      <c r="E393">
+        <v>43497</v>
       </c>
       <c r="F393">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="G393"/>
       <c r="H393"/>
-      <c r="I393">
-[...1 lines deleted...]
-      </c>
+      <c r="I393"/>
     </row>
     <row r="394" spans="1:9">
       <c r="A394" t="s">
-        <v>1388</v>
+        <v>1392</v>
       </c>
       <c r="B394" t="s">
-        <v>1389</v>
+        <v>798</v>
       </c>
       <c r="C394" t="s">
-        <v>821</v>
+        <v>1383</v>
       </c>
       <c r="D394">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>1390</v>
+        <v>5</v>
+      </c>
+      <c r="E394">
+        <v>51601</v>
       </c>
       <c r="F394">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G394" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="H394">
-        <v>0.57</v>
+        <v>1.57</v>
       </c>
       <c r="I394">
-        <v>0.27</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="395" spans="1:9">
       <c r="A395" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
       <c r="B395" t="s">
-        <v>760</v>
+        <v>798</v>
       </c>
       <c r="C395" t="s">
-        <v>116</v>
+        <v>859</v>
       </c>
       <c r="D395">
-        <v>35</v>
+        <v>110</v>
       </c>
       <c r="E395" t="s">
-        <v>1393</v>
+        <v>1395</v>
       </c>
       <c r="F395">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G395" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="H395">
-        <v>3.32</v>
+        <v>0.61</v>
       </c>
       <c r="I395">
-        <v>2.64</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="396" spans="1:9">
       <c r="A396" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="B396" t="s">
-        <v>1396</v>
+        <v>798</v>
       </c>
       <c r="C396" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="D396">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="E396" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="F396">
-        <v>2010</v>
-[...3 lines deleted...]
-      <c r="I396"/>
+        <v>2011</v>
+      </c>
+      <c r="G396" t="s">
+        <v>1400</v>
+      </c>
+      <c r="H396">
+        <v>4.18</v>
+      </c>
+      <c r="I396">
+        <v>3.49</v>
+      </c>
     </row>
     <row r="397" spans="1:9">
       <c r="A397" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="B397" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
       <c r="C397" t="s">
-        <v>1397</v>
-[...2 lines deleted...]
-      <c r="E397"/>
+        <v>859</v>
+      </c>
+      <c r="D397">
+        <v>109</v>
+      </c>
+      <c r="E397" t="s">
+        <v>1403</v>
+      </c>
       <c r="F397">
         <v>2010</v>
       </c>
-      <c r="G397"/>
-[...1 lines deleted...]
-      <c r="I397"/>
+      <c r="G397" t="s">
+        <v>1404</v>
+      </c>
+      <c r="H397">
+        <v>0.57</v>
+      </c>
+      <c r="I397">
+        <v>0.27</v>
+      </c>
     </row>
     <row r="398" spans="1:9">
       <c r="A398" t="s">
-        <v>1401</v>
+        <v>1405</v>
       </c>
       <c r="B398" t="s">
-        <v>760</v>
+        <v>798</v>
       </c>
       <c r="C398" t="s">
-        <v>1402</v>
+        <v>212</v>
       </c>
       <c r="D398">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>1416</v>
+        <v>97</v>
+      </c>
+      <c r="E398" t="s">
+        <v>1406</v>
       </c>
       <c r="F398">
         <v>2010</v>
       </c>
       <c r="G398" t="s">
-        <v>1403</v>
+        <v>1407</v>
       </c>
       <c r="H398">
-        <v>1.0</v>
+        <v>3.84</v>
       </c>
       <c r="I398">
-        <v>0.6</v>
+        <v>2.92</v>
       </c>
     </row>
     <row r="399" spans="1:9">
       <c r="A399" t="s">
-        <v>1404</v>
+        <v>1408</v>
       </c>
       <c r="B399" t="s">
-        <v>760</v>
+        <v>798</v>
       </c>
       <c r="C399" t="s">
-        <v>1405</v>
-[...3 lines deleted...]
-        <v>43586</v>
+        <v>1398</v>
+      </c>
+      <c r="D399">
+        <v>12</v>
+      </c>
+      <c r="E399" t="s">
+        <v>1409</v>
       </c>
       <c r="F399">
         <v>2010</v>
       </c>
-      <c r="G399"/>
-[...1 lines deleted...]
-      <c r="I399"/>
+      <c r="G399" t="s">
+        <v>1410</v>
+      </c>
+      <c r="H399">
+        <v>3.85</v>
+      </c>
+      <c r="I399">
+        <v>3.41</v>
+      </c>
     </row>
     <row r="400" spans="1:9">
       <c r="A400" t="s">
-        <v>1406</v>
+        <v>1411</v>
       </c>
       <c r="B400" t="s">
-        <v>1407</v>
+        <v>798</v>
       </c>
       <c r="C400" t="s">
-        <v>1397</v>
+        <v>24</v>
       </c>
       <c r="D400">
-        <v>2</v>
+        <v>82</v>
       </c>
       <c r="E400" t="s">
-        <v>1408</v>
+        <v>1412</v>
       </c>
       <c r="F400">
         <v>2010</v>
       </c>
-      <c r="G400"/>
-      <c r="H400"/>
+      <c r="G400" t="s">
+        <v>1413</v>
+      </c>
+      <c r="H400">
+        <v>3.77</v>
+      </c>
       <c r="I400"/>
+    </row>
+    <row r="401" spans="1:9">
+      <c r="A401" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B401" t="s">
+        <v>798</v>
+      </c>
+      <c r="C401" t="s">
+        <v>729</v>
+      </c>
+      <c r="D401">
+        <v>7754</v>
+      </c>
+      <c r="E401" t="s">
+        <v>1415</v>
+      </c>
+      <c r="F401">
+        <v>2010</v>
+      </c>
+      <c r="G401" t="s">
+        <v>1416</v>
+      </c>
+      <c r="H401"/>
+      <c r="I401">
+        <v>0.24</v>
+      </c>
+    </row>
+    <row r="402" spans="1:9">
+      <c r="A402" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B402" t="s">
+        <v>1418</v>
+      </c>
+      <c r="C402" t="s">
+        <v>729</v>
+      </c>
+      <c r="D402">
+        <v>7754</v>
+      </c>
+      <c r="E402" t="s">
+        <v>1419</v>
+      </c>
+      <c r="F402">
+        <v>2010</v>
+      </c>
+      <c r="G402" t="s">
+        <v>1420</v>
+      </c>
+      <c r="H402"/>
+      <c r="I402">
+        <v>0.24</v>
+      </c>
+    </row>
+    <row r="403" spans="1:9">
+      <c r="A403" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B403" t="s">
+        <v>1422</v>
+      </c>
+      <c r="C403" t="s">
+        <v>729</v>
+      </c>
+      <c r="D403">
+        <v>7754</v>
+      </c>
+      <c r="E403" t="s">
+        <v>1423</v>
+      </c>
+      <c r="F403">
+        <v>2010</v>
+      </c>
+      <c r="G403" t="s">
+        <v>1424</v>
+      </c>
+      <c r="H403"/>
+      <c r="I403">
+        <v>0.24</v>
+      </c>
+    </row>
+    <row r="404" spans="1:9">
+      <c r="A404" t="s">
+        <v>1425</v>
+      </c>
+      <c r="B404" t="s">
+        <v>1426</v>
+      </c>
+      <c r="C404" t="s">
+        <v>859</v>
+      </c>
+      <c r="D404">
+        <v>109</v>
+      </c>
+      <c r="E404" t="s">
+        <v>1427</v>
+      </c>
+      <c r="F404">
+        <v>2010</v>
+      </c>
+      <c r="G404" t="s">
+        <v>1428</v>
+      </c>
+      <c r="H404">
+        <v>0.57</v>
+      </c>
+      <c r="I404">
+        <v>0.27</v>
+      </c>
+    </row>
+    <row r="405" spans="1:9">
+      <c r="A405" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B405" t="s">
+        <v>798</v>
+      </c>
+      <c r="C405" t="s">
+        <v>154</v>
+      </c>
+      <c r="D405">
+        <v>35</v>
+      </c>
+      <c r="E405" t="s">
+        <v>1430</v>
+      </c>
+      <c r="F405">
+        <v>2010</v>
+      </c>
+      <c r="G405" t="s">
+        <v>1431</v>
+      </c>
+      <c r="H405">
+        <v>3.32</v>
+      </c>
+      <c r="I405">
+        <v>2.64</v>
+      </c>
+    </row>
+    <row r="406" spans="1:9">
+      <c r="A406" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B406" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C406" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D406">
+        <v>2</v>
+      </c>
+      <c r="E406" t="s">
+        <v>1435</v>
+      </c>
+      <c r="F406">
+        <v>2010</v>
+      </c>
+      <c r="G406"/>
+      <c r="H406"/>
+      <c r="I406"/>
+    </row>
+    <row r="407" spans="1:9">
+      <c r="A407" t="s">
+        <v>1436</v>
+      </c>
+      <c r="B407" t="s">
+        <v>1437</v>
+      </c>
+      <c r="C407" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D407"/>
+      <c r="E407"/>
+      <c r="F407">
+        <v>2010</v>
+      </c>
+      <c r="G407"/>
+      <c r="H407"/>
+      <c r="I407"/>
+    </row>
+    <row r="408" spans="1:9">
+      <c r="A408" t="s">
+        <v>1438</v>
+      </c>
+      <c r="B408" t="s">
+        <v>798</v>
+      </c>
+      <c r="C408" t="s">
+        <v>1439</v>
+      </c>
+      <c r="D408">
+        <v>46</v>
+      </c>
+      <c r="E408">
+        <v>1416</v>
+      </c>
+      <c r="F408">
+        <v>2010</v>
+      </c>
+      <c r="G408" t="s">
+        <v>1440</v>
+      </c>
+      <c r="H408">
+        <v>1.0</v>
+      </c>
+      <c r="I408">
+        <v>0.6</v>
+      </c>
+    </row>
+    <row r="409" spans="1:9">
+      <c r="A409" t="s">
+        <v>1441</v>
+      </c>
+      <c r="B409" t="s">
+        <v>798</v>
+      </c>
+      <c r="C409" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D409"/>
+      <c r="E409">
+        <v>43586</v>
+      </c>
+      <c r="F409">
+        <v>2010</v>
+      </c>
+      <c r="G409"/>
+      <c r="H409"/>
+      <c r="I409"/>
+    </row>
+    <row r="410" spans="1:9">
+      <c r="A410" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B410" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C410" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D410">
+        <v>2</v>
+      </c>
+      <c r="E410" t="s">
+        <v>1445</v>
+      </c>
+      <c r="F410">
+        <v>2010</v>
+      </c>
+      <c r="G410"/>
+      <c r="H410"/>
+      <c r="I410"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>