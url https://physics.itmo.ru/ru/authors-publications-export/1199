--- v0 (2025-10-18)
+++ v1 (2025-11-22)
@@ -12,220 +12,334 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1409">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1446">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Manipulating the Electromagnetic Field in Wire Media Resonators for Enhanced Axion Detection</t>
+  </si>
+  <si>
+    <t>Jim Alexander Espinosa Enriquez, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2025 Nineteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
+  </si>
+  <si>
+    <t>X-102-X-104</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials65622.2025.11174203</t>
+  </si>
+  <si>
+    <t>Anisotropy in a wire medium due to the rectangularity of a unit cell</t>
+  </si>
+  <si>
+    <t>Denis Sakhno, Pavel Belov</t>
+  </si>
+  <si>
+    <t>X-293-X-295</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials65622.2025.11174180</t>
+  </si>
+  <si>
+    <t>Packing a wire metamaterial haloscope into a cylindrical footprint using spiral geometry</t>
+  </si>
+  <si>
+    <t>Rustam  Balafendiev, J. Jeong, Gagandeep Kaur, Garima Singh, Pavel Belov, J.E. Gudmundsson</t>
+  </si>
+  <si>
+    <t>X-024-X-026</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials65622.2025.11174244</t>
+  </si>
+  <si>
+    <t>Bound states in the continuum in a wire medium</t>
+  </si>
+  <si>
+    <t>Evgeniy Koreshin, Sergey Gladishev, Ivan Matchenya, Rustam  Balafendiev, Ivan  Terekhov, Pavel Belov, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>Physical Review B</t>
+  </si>
+  <si>
+    <t>10.1103/wvv8-qdk5</t>
+  </si>
+  <si>
     <t>Search for dark-matter axions beyond the quantum limit: The cosmological axion Sarov haloscope proposal</t>
   </si>
   <si>
     <t>Andrey L. Pankratov, Pavel Belov, Eduard E. Boos, Alexander S. Chepurnov, Alexander V. Chiginev, Alexander V. Derbin, Ilia S. Drachnev, Lev V. Dudko, Dmitry S. Gorbunov, Maxim Gorlach, Vadim V. Ivanov, Leonid V. Kravchuk, Maxim V. Libanov, Michael M. Merkin, Valentina N. Muratova, Alexander E. Pukhov, Dmitry V. Salnikov, Petr S. Satunin, Dmitrii A. Semenov, Alexander M. Sergeev, Maksim I. Starostin, Igor I. Tkachev, Sergey V. Troitsky, Maxim V. Trushin, Evgenii V. Unzhakov, Maxim M. Vyalkov, Arkady A. Yukhimchuk</t>
   </si>
   <si>
     <t>Physical Review D</t>
   </si>
   <si>
     <t>10.1103/rq2s-5f18</t>
   </si>
   <si>
+    <t>Design of Qi-Compatible Repeater for Efficient Wireless Power Transfer in Volumetric Resonator</t>
+  </si>
+  <si>
+    <t>Aigerim Jandaliyeva, Andrej Vdovenko, Mikhail Udrov, Mikhail Siganov,  Pavel Seregin, Pavel Belov, Alena Shchelokova</t>
+  </si>
+  <si>
+    <t>2025 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
+  </si>
+  <si>
+    <t>1-4</t>
+  </si>
+  <si>
+    <t>10.1109/wptce62521.2025.11062315</t>
+  </si>
+  <si>
     <t>Design of a Room-Sized Volumetric Resonator for Wireless Power Transfer with Enhanced Safety</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Nikita Mikhailov, Alena Shchelokova, Pavel Belov</t>
   </si>
   <si>
-    <t>2025 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
-[...4 lines deleted...]
-  <si>
     <t>10.1109/wptce62521.2025.11062152</t>
   </si>
   <si>
-    <t>Design of Qi-Compatible Repeater for Efficient Wireless Power Transfer in Volumetric Resonator</t>
-[...7 lines deleted...]
-  <si>
     <t>Spectral physical unclonable functions: downscaling randomness with multi-resonant hybrid particles</t>
   </si>
   <si>
     <t>Martin Sandomirskii, Elena Petrova, Pavel Kustov, Lev Chizhov, Artem Larin, Stephanie Bruyere, Vitaly Yaroshenko, Eduard Ageev, Pavel Belov, Dmitry Zuev</t>
   </si>
   <si>
     <t>Nature Communications</t>
   </si>
   <si>
     <t>10.1038/s41467-025-60121-9</t>
   </si>
   <si>
+    <t>A Printed Polarization‐Sensitive Biochip for Rapid and Accurate Detection of Respiratory Infections</t>
+  </si>
+  <si>
+    <t>Yaqi Yang, Zeying Zhang, Yali Sun, Yang Yun, Danni Zhao , Xu Yang, Zhiyu Tan, Zixuan Zhang, Jingqun Cheng, Jinwei Xia, Liang Huang, Jimei Chi, Zewei Lian, Sisi Chen, Lijun Cheng, Daixi Xie, Pavel Belov, Yanlin Song, Meng Su</t>
+  </si>
+  <si>
+    <t>Advanced Functional Materials</t>
+  </si>
+  <si>
+    <t>10.1002/adfm.202505794</t>
+  </si>
+  <si>
+    <t>Anomalous Reflection from Hyperbolic Media</t>
+  </si>
+  <si>
+    <t>Ilya Deriy, Kseniia Lezhennikova, Stanislav Glybovski, Ivan Iorsh, Oleh Y. Yermakov, Mingzhao Song, Redha Abdeddaim, Stefan Enoch, Pavel Belov, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>Progress In Electromagnetics Research</t>
+  </si>
+  <si>
+    <t>85-94</t>
+  </si>
+  <si>
+    <t>10.2528/pier24121702</t>
+  </si>
+  <si>
     <t>Uniform Field in Microwave Cavities Through the Use of Effective Magnetic Walls</t>
   </si>
   <si>
     <t>Jim Alexander Espinosa Enriquez, Rustam  Balafendiev, Alexander J. Millar, Constantin R. Simovskii, Pavel Belov</t>
   </si>
   <si>
     <t>Physical Review Applied</t>
   </si>
   <si>
     <t>10.48550/arXiv.2411.18474</t>
   </si>
   <si>
     <t>Dispersion characteristics of a glide-symmetric square-patch metamaterial with giant anisotropy</t>
   </si>
   <si>
     <t>Jim Alexander Espinosa Enriquez, Evgeniy Koreshin, Juan P. Del Risco, Pavel Belov, Juan Domingo Baena</t>
   </si>
   <si>
-    <t>Physical Review B</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1103/physrevb.110.195419</t>
   </si>
   <si>
+    <t>Tunable Plasma-like Metamaterial with Rotating Elements</t>
+  </si>
+  <si>
+    <t>Rustam  Balafendiev, Gagandeep Kaur, Garima Singh, Alexander J. Millar, Pavel Belov, J.E. Gudmundsson</t>
+  </si>
+  <si>
+    <t>2024 Eighteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
+  </si>
+  <si>
+    <t>1-3</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials62190.2024.10703260</t>
+  </si>
+  <si>
+    <t>Mechanically tunable interlaced wire medium</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials62190.2024.10703305</t>
+  </si>
+  <si>
     <t>Exploring Dispersion Characteristics of a Glide-Symmetric Square Patch Metamaterial</t>
   </si>
   <si>
     <t>Jim Alexander Espinosa Enriquez, Juan Domingo Baena, Pavel Belov</t>
   </si>
   <si>
-    <t>2024 Eighteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
-[...4 lines deleted...]
-  <si>
     <t>10.1109/metamaterials62190.2024.10703324</t>
   </si>
   <si>
+    <t>3D dispersion measurement of metamaterial</t>
+  </si>
+  <si>
+    <t>Evgeniy Koreshin, Denis Sakhno, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials62190.2024.10703323</t>
+  </si>
+  <si>
     <t>Anisotropy in a wire medium resulting from the rectangularity of a unit cell</t>
   </si>
   <si>
     <t>Denis Sakhno, Rustam  Balafendiev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/physrevb.110.l140303</t>
   </si>
   <si>
     <t>Molecular detection using plasmonic nanostructures of particular geometry</t>
   </si>
   <si>
     <t>Georgii Zmaga, Artem Kuzmin, Yali Sun, Qi Pan, Meng Su, Yanlin Song, Dmitry Zuev, Pavel Belov</t>
   </si>
   <si>
     <t>2024 International Conference Laser Optics (ICLO)</t>
   </si>
   <si>
     <t>356-356</t>
   </si>
   <si>
     <t>10.1109/iclo59702.2024.10624508</t>
   </si>
   <si>
+    <t>Design Improvement of the In-Built Regulator of Volumetric Capacity of Single Screw Compressor</t>
+  </si>
+  <si>
+    <t>Vasiliy Tsvetkov  , V. A. Pronin, A. V. Kovanov, A. Yu. Zhilkin, Pavel Belov</t>
+  </si>
+  <si>
+    <t>Lecture Notes in Mechanical Engineering</t>
+  </si>
+  <si>
+    <t>49-59</t>
+  </si>
+  <si>
+    <t>10.1007/978-3-031-65870-9_6</t>
+  </si>
+  <si>
+    <t>Design and demonstration of the volumetric resonator with uniform magnetic field distribution for wireless power transfer</t>
+  </si>
+  <si>
+    <t>Aigerim Jandaliyeva, Andrej Vdovenko, Mikhail Siganov, Leila  Suleiman,  Pavel Seregin, Mikhail Udrov, Alena Shchelokova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2024 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
+  </si>
+  <si>
+    <t>10.1109/wptce59894.2024.10557310</t>
+  </si>
+  <si>
     <t>Multi-Object Charging in Room-Sized Weakly Coupled WPT System</t>
   </si>
   <si>
     <t>Nikita Mikhailov, Marina Abrosimova, Aigerim Jandaliyeva, Mikhail Siganov, Pavel Belov, Alena Shchelokova</t>
   </si>
   <si>
-    <t>2024 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/wptce59894.2024.10557440</t>
   </si>
   <si>
     <t>Room-Sized Helmholtz-Type Resonator for Ubiquitous Wireless Power Transfer</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Nikita Mikhailov, Andrej Vdovenko, Mikhail Siganov, Evgenii Maiorov,  Pavel Seregin, Alena Shchelokova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1109/wptce59894.2024.10557386</t>
   </si>
   <si>
-    <t>Design and demonstration of the volumetric resonator with uniform magnetic field distribution for wireless power transfer</t>
-[...7 lines deleted...]
-  <si>
     <t>Huygens’ metasurface: from anomalous refraction to reflection</t>
   </si>
   <si>
     <t>Yicheng Li, Shicheng Wan, Ruiqiang Zhao, Zheng Zhu, Wenjia Li, Chunying Guan, Jun Yang, Andrey Bogdanov, Pavel Belov, Jinhui Shi</t>
   </si>
   <si>
     <t>Optics Communications</t>
   </si>
   <si>
     <t>10.1016/j.optcom.2024.130648</t>
   </si>
   <si>
     <t>Independent control of circularly polarized light with exceptional topological phase coding metasurfaces: erratum</t>
   </si>
   <si>
     <t>Yicheng Li, Shicheng Wan, Shaoxuan Deng, Zhengwei Deng, Bo Lv, Chunying Guan, Jun Yang, Andrey Bogdanov, Pavel Belov, Jinhui Shi</t>
   </si>
   <si>
     <t>Photonics Research</t>
   </si>
   <si>
     <t>10.1364/prj.523220</t>
   </si>
   <si>
     <t>Mechanically Tunable Wire Metamaterial</t>
@@ -290,51 +404,51 @@
   <si>
     <t>Roman Gaponenko, Mikhail Sidorenko, Dmitry Zhirihin, Ilia L. Rasskazov, Alexander Moroz, Konstantin Ladutenko, Pavel Belov, Alexey Shcherbakov</t>
   </si>
   <si>
     <t>Journal of Applied Physics</t>
   </si>
   <si>
     <t>10.1063/5.0155677</t>
   </si>
   <si>
     <t>Controlling the dispersion of longitudinal waves via the affine deformation of the interlaced wire medium</t>
   </si>
   <si>
     <t>Denis Sakhno, Evgeniy Koreshin, Pavel Belov</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2023.101150</t>
   </si>
   <si>
     <t>Green printed hybrid optical dielectric nanostructures on a mirror</t>
   </si>
   <si>
-    <t>Yali Sun, Danni Zhao, Zeying Zhang, Nitika Garg, Bogdan Bogdanov, Pavel Senyushkin, Meng Su, Dmitry Zuev, Sandeep Kumar, Ashok K. Ganguli, Yanlin Song, Pavel Belov</t>
+    <t>Yali Sun, Danni Zhao , Zeying Zhang, Nitika Garg, Bogdan Bogdanov, Pavel Senyushkin, Meng Su, Dmitry Zuev, Sandeep Kumar, Ashok K. Ganguli, Yanlin Song, Pavel Belov</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2023.101147</t>
   </si>
   <si>
     <t>Electrostatic screening in a wire medium</t>
   </si>
   <si>
     <t>Evgeniy Koreshin, Ivan Matchenya, Grigorij Karsakov, Denis Iliyin, Ivan Iorsh, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/physrevb.107.115170</t>
   </si>
   <si>
     <t>Searching for dark matter with plasma haloscopes</t>
   </si>
   <si>
     <t>Alexander J. Millar, Steven M. Anlage, Rustam  Balafendiev, Pavel Belov, Karl van Bibber, Jan Conrad, Marcel Demarteau, Alexander Droster, Katherine Dunne, Andrea Gallo Rosso, Jon E. Gudmundsson, Heather Jackson, Gagandeep Kaur, Tove Klaesson, Nolan Kowitt, Matthew Lawson, Alexander Leder, Akira Miyazaki, Sid Morampudi, Hiranya V. Peiris, Henrik S. Røising, Gaganpreet Singh, Dajie Sun, Jacob H. Thomas, Frank Wilczek, Stafford Withington, Mackenzie Wooten, Jens Dilling, Michael Febbraro, Stefan Knirck, Claire Marvinney</t>
   </si>
   <si>
     <t>10.1103/physrevd.107.055013</t>
   </si>
   <si>
     <t>Emulating quantum photon-photon interactions in waveguides by double-wire media</t>
   </si>
@@ -431,86 +545,86 @@
   <si>
     <t>Reply to Comments on “A Semi-Analytical Model of High-Permittivity Dielectric Ring Resonators for Magnetic Resonance Imaging”</t>
   </si>
   <si>
     <t>Marine A. C. Moussu, Redha Abdeddaim, Marc Dubois, Elodie Georget, Andrew G. Webb, Elizaveta Nenasheva, Pavel Belov, Stanislav Glybovski, Luisa Ciobanu, Stefan Enoch</t>
   </si>
   <si>
     <t>3131-3131</t>
   </si>
   <si>
     <t>10.1109/tap.2022.3143879</t>
   </si>
   <si>
     <t>Circular wire-bundle superscatterer</t>
   </si>
   <si>
     <t>Andrey Machnev, Konstantin Grotov, Konstantin Ladutenko, Pavel Belov</t>
   </si>
   <si>
     <t>Journal of Quantitative Spectroscopy and Radiative Transfer</t>
   </si>
   <si>
     <t>10.1016/j.jqsrt.2022.108065</t>
   </si>
   <si>
+    <t>Excitation of a homogeneous dielectric sphere by a point electric dipole</t>
+  </si>
+  <si>
+    <t>Roman Gaponenko,   Ilia L. Rasskazov, Alexander Moroz, Dmitry Pidgayko, Konstantin Ladutenko, Alexey Shcherbakov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012043</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012043</t>
+  </si>
+  <si>
     <t>Second-harmonic generation from green printed selenium structures</t>
   </si>
   <si>
     <t>E. Yu. Ponkratova, Yali Sun, Z. Zhang, M. Su, Julia Mikhailova, Dmitry Zuev, Y. Song, S. Kumar, A.K. Ganguli, Pavel Belov</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012113</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012113</t>
   </si>
   <si>
     <t>Tetra-axial metamaterial</t>
   </si>
   <si>
     <t>012130</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012130</t>
   </si>
   <si>
-    <t>Excitation of a homogeneous dielectric sphere by a point electric dipole</t>
-[...10 lines deleted...]
-  <si>
     <t>Harnessing superdirectivity in dielectric spherical multilayer antennas</t>
   </si>
   <si>
     <t>Roman Gaponenko, Alexander Moroz, Ilia L. Rasskazov, Konstantin Ladutenko, Alexey Shcherbakov, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/physrevb.104.195406</t>
   </si>
   <si>
     <t>Longitudinal waves with extremely short wavelength in interlaced wire media</t>
   </si>
   <si>
     <t>2021 Fifteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>10.1109/metamaterials52332.2021.9577174</t>
   </si>
   <si>
     <t>Wireless power transfer based on novel physical concepts</t>
   </si>
   <si>
     <t>Mingzhao Song, Prasad Jayathurathnage, Esmaeel Zanganeh, Mariia Krasikova, Pavel Smirnov, Pavel Belov, Polina Kapitanova</t>
   </si>
   <si>
     <t>Nature Electronics</t>
@@ -779,71 +893,71 @@
   <si>
     <t>Metasurface for Near-Field Wireless Power Transfer With Reduced Electric Field Leakage</t>
   </si>
   <si>
     <t>Aleksandr Markvart, Mingzhao Song, Stanislav Glybovski, Pavel Belov, Polina Kapitanova</t>
   </si>
   <si>
     <t>IEEE Access</t>
   </si>
   <si>
     <t>40224-40231</t>
   </si>
   <si>
     <t>10.1109/access.2020.2976755</t>
   </si>
   <si>
     <t>A parametric study of radiative dipole body array coil for 7 Tesla MRI</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Stanislav Glybovski, Ingmar J. Voogt, Irina Melchakova, Pavel Belov, Cornelis A.T. van den Berg, Alexander J.E. Raaijmakers</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2019.100764</t>
   </si>
   <si>
+    <t>Efficient Probes for Ultra-high-field Magnetic Resonance Microscopy Based on Coupled Ceramic Resonators</t>
+  </si>
+  <si>
+    <t>Sergei Kurdjumov, L. Ciobanu, B. Djemai, Pavel Belov, Stanislav Glybovski, E. Nenasheva, A. Webb, M. Moussu, M. Dubois</t>
+  </si>
+  <si>
+    <t>2019 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
+  </si>
+  <si>
+    <t>10.1109/comcas44984.2019.8958418</t>
+  </si>
+  <si>
     <t>Superdirective dielectric spherical multilayer antennae</t>
   </si>
   <si>
     <t>Igor Sushencev, Alexey Shcherbakov, Konstantin Ladutenko, Pavel Belov</t>
   </si>
   <si>
-    <t>2019 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/comcas44984.2019.8958207</t>
   </si>
   <si>
-    <t>Efficient Probes for Ultra-high-field Magnetic Resonance Microscopy Based on Coupled Ceramic Resonators</t>
-[...7 lines deleted...]
-  <si>
     <t>Semiconductor resonant all-optical temperature sensor and thermal release trigger of encapsulated anti-cancer drugs for in vitro studies</t>
   </si>
   <si>
     <t>Georgiy Zograf, Margarita Chursina, Mihail Petrov, Pavel Belov, Filipp Komissarenko, Katherine Makarova, Anatoly Pushkarev, Yali Sun, P Ghosh, M Qiu, Sergey Makarov, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>012077</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1410/1/012077</t>
   </si>
   <si>
     <t>All-dielectric metamirror for independent and asymmetric wave-front control</t>
   </si>
   <si>
     <t>Mikhail Odit, Andrey Sayanskiy, V. S. Asadchy, Polina Kapitanova, S. A. Tretyakov, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/physrevb.100.205136</t>
   </si>
   <si>
     <t>Metasurface for Extension of Wireless Power Transfer Distance</t>
   </si>
   <si>
     <t>Mingzhao Song, Pavel Belov, Stanislav Glybovski, Polina Kapitanova</t>
@@ -923,71 +1037,71 @@
   <si>
     <t>10.3367/UFNe.2017.12.038275</t>
   </si>
   <si>
     <t>Metamaterials-inspired resonator for wireless power transfer systems</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012083</t>
   </si>
   <si>
     <t>Near-field optical microscopy of surface plasmon polaritons excited by silicon nanoantenna</t>
   </si>
   <si>
     <t>Ivan Sinev, Filipp Komissarenko, Ivan Mukhin, Mihail Petrov, Ivan Iorsh, Pavel Belov, Anton Samusev</t>
   </si>
   <si>
     <t>Nanosystems: Physics, Chemistry, Mathematics</t>
   </si>
   <si>
     <t>609-613</t>
   </si>
   <si>
     <t>10.17586/2220-8054-2018-9-5-609-613</t>
   </si>
   <si>
+    <t>A Quantitative Study of a New RF-coil for 7 Tesla Small-Animal Imaging</t>
+  </si>
+  <si>
+    <t>Anna Hurshkainen, Irina Melchakova, Pavel Belov, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>2018 IEEE International Symposium on Antennas and Propagation &amp; USNC/URSI National Radio Science Meeting</t>
+  </si>
+  <si>
+    <t>10.1109/apusncursinrsm.2018.8609429</t>
+  </si>
+  <si>
     <t>Near-field imaging of spin-locked edge states in all-dielectric topological metasurfaces</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Alena Shchelokova, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1063/1.5055601</t>
   </si>
   <si>
-    <t>A Quantitative Study of a New RF-coil for 7 Tesla Small-Animal Imaging</t>
-[...10 lines deleted...]
-  <si>
     <t>Ultrahigh field magnetic resonance imaging: new frontiers and possibilities in human imaging</t>
   </si>
   <si>
     <t>Mikhail Zubkov, Anna Andreychenko, Egor Kretov, Georgiy Solomakha, Irina Melchakova, Pavel Belov, Alexey Slobozhanyuk</t>
   </si>
   <si>
     <t>1214-1232</t>
   </si>
   <si>
     <t>10.3367/UFNe.2018.12.038505</t>
   </si>
   <si>
     <t>Self-complementary tessellations as universal design approach for lp-to-cp transforming frequency selective surfaces</t>
   </si>
   <si>
     <t>Stanislav Glybovski, Andrey Sayanskiy, Alexey Slobozhanyuk, Pavel Belov</t>
   </si>
   <si>
     <t>2018 12th Int. Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>155–157</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2018.8534085</t>
@@ -1022,182 +1136,182 @@
   <si>
     <t>Magnetic Resonance Spectroscopy at 1.5 T with a Hybrid Metasurface</t>
   </si>
   <si>
     <t>Ekaterina Brui, Alena Shchelokova, Alexey Slobozhanyuk, Anna Andreychenko, Pavel Belov, Irina Melchakova</t>
   </si>
   <si>
     <t>JETP Letters</t>
   </si>
   <si>
     <t>10.1134/S0021364018180017</t>
   </si>
   <si>
     <t>All-dielectric Metasurfaces as an Efficient Tool for Electromagnetic Waves Manipulation</t>
   </si>
   <si>
     <t>Polina Kapitanova, Andrey Sayanskiy, Mikhail Odit, Pavel Belov</t>
   </si>
   <si>
     <t>20th International Conference on Transparent Optical Networks (ICTON)</t>
   </si>
   <si>
     <t>10.1109/ICTON.2018.8473772</t>
   </si>
   <si>
+    <t>Metasurface-based wireless coils for magnetic resonance imaging</t>
+  </si>
+  <si>
+    <t>Alena Shchelokova, Alexey Slobozhanyuk, Stanislav Glybovski, Mikhail Zubkov, Ekaterina Brui, Irina Melchakova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2017 IEEE Int. Conf. on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
+  </si>
+  <si>
+    <t>10.1109/COMCAS.2017.8244854</t>
+  </si>
+  <si>
     <t>Hybridized eigenmodes of periodic wire arrays and their application in radiofrequency coils for preclinical MRI</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
   </si>
   <si>
     <t>10.1109/PIERS.2017.8262394</t>
   </si>
   <si>
-    <t>Metasurface-based wireless coils for magnetic resonance imaging</t>
-[...10 lines deleted...]
-  <si>
     <t>Far-field probing of leaky topological states in all-dielectric metasurfaces</t>
   </si>
   <si>
     <t>Maxim Gorlach, Dmitry Zhirihin, Alexey Slobozhanyuk, Pavel Belov</t>
   </si>
   <si>
     <t>10.1038/s41467-018-03330-9</t>
   </si>
   <si>
+    <t>Nonlocal homogenization of coated wire medium</t>
+  </si>
+  <si>
+    <t>Andrey Bogdanov, Maxim Gorlach, Mingzhao Song, Alexey Slobozhanyuk, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1109/piers.2017.8262260</t>
+  </si>
+  <si>
     <t>Volumetric Wireless Coil Based on Periodically Coupled Split-Loop Resonators for Clinical Wrist Imaging</t>
   </si>
   <si>
     <t>Alena Shchelokova, Stanislav Glybovski, Mikhail Zubkov, Ekaterina Brui, Alexandr Kozachenko, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>1726-1737</t>
   </si>
   <si>
     <t>10.1002/mrm.27140</t>
   </si>
   <si>
     <t>Wireless power transfer through multipole coupling in dielectric resonators</t>
   </si>
   <si>
     <t>Mingzhao Song, Pavel Belov, Polina Kapitanova</t>
   </si>
   <si>
     <t>10.1109/piers.2017.8262011</t>
   </si>
   <si>
-    <t>Nonlocal homogenization of coated wire medium</t>
-[...7 lines deleted...]
-  <si>
     <t>Hybrid nanocavity for molecular sensing</t>
   </si>
   <si>
     <t>Valentin Milichko, Kristina Frizyuk, Pavel Dmitriev, Dmitry Zuev, Georgiy Zograf, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>2017 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
   </si>
   <si>
     <t>10.1109/comcas.2017.8244858</t>
   </si>
   <si>
+    <t>Microwave reflecting focusing metasurface based on water</t>
+  </si>
+  <si>
+    <t>Mikhail Odit, Andrey Sayanskiy, Pavel Belov</t>
+  </si>
+  <si>
+    <t>Proc. of AP-S Symposium on Antennas and Propagation and URSI CNC/USNC Joint Meeting</t>
+  </si>
+  <si>
+    <t>Resonators for wireless power transfer systems</t>
+  </si>
+  <si>
+    <t>Mingzhao Song, Polina Kapitanova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2017 IEEE Radio and Antenna Days of the Indian Ocean (RADIO)</t>
+  </si>
+  <si>
+    <t>10.23919/radio.2017.8242234</t>
+  </si>
+  <si>
+    <t>Boosting Terahertz Photoconductive Antenna Performance with Optimised Plasmonic Nanostructures</t>
+  </si>
+  <si>
+    <t>Scientific Reports</t>
+  </si>
+  <si>
+    <t>10.1038/s41598-018-25013-7</t>
+  </si>
+  <si>
     <t>In vivo magnetic resonance imaging of human knee with metasurface</t>
   </si>
   <si>
     <t>Alena Shchelokova, Alexey Slobozhanyuk, Pavel Belov</t>
   </si>
   <si>
     <t>2018 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
   </si>
   <si>
     <t>10.1109/PIERS.2017.8262393</t>
   </si>
   <si>
     <t>A Novel Metamaterial-Inspired RF-coil for Preclinical Dual-Nuclei MRI</t>
   </si>
   <si>
-    <t>Scientific Reports</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1038/s41598-018-27327-y</t>
   </si>
   <si>
     <t>Nonlinear symmetry breaking in photometamaterials</t>
   </si>
   <si>
     <t>Maxim Gorlach, Alexey Slobozhanyuk, Pavel Belov, Mikhail Lapine</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.97.115119</t>
   </si>
   <si>
-    <t>Microwave reflecting focusing metasurface based on water</t>
-[...25 lines deleted...]
-  <si>
     <t>Nanoscale generation of white light for ultrabroadband nanospectroscopy</t>
   </si>
   <si>
     <t>Sergey Makarov, Ivan Sinev, Valentin Milichko, Filipp Komissarenko, Dmitry Zuev, Ivan Mukhin, Pavel Belov, Ivan Iorsh, Alexander Poddubny, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>18 (1)</t>
   </si>
   <si>
     <t>535–539</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.7b04542</t>
   </si>
   <si>
     <t>2D thermal map calculation and experimental study for optical heating of resonant non-plasmonic nanoparticles</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mihail Petrov, Dmitry Zuev, Valentin Milichko, Pavel Dmitriev, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>2017 Days on Diffraction (DD)</t>
@@ -1235,272 +1349,272 @@
   <si>
     <t>172 - 174</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2017.8107879</t>
   </si>
   <si>
     <t>A metasolenoid-like resonator for MRI applications</t>
   </si>
   <si>
     <t>Alena Shchelokova, Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>82-84</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2017.8107846</t>
   </si>
   <si>
     <t>A metamaterial-inspired MR antenna independently tunable at two frequencies</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2017.8107858</t>
   </si>
   <si>
+    <t>Experimental investigation of a metasurface resonator for in-vivo imaging at 1.5 T</t>
+  </si>
+  <si>
+    <t>Journal of Magnetic Resonance</t>
+  </si>
+  <si>
+    <t>78-81</t>
+  </si>
+  <si>
+    <t>10.1016/j.jmr.2017.11.013</t>
+  </si>
+  <si>
+    <t>Enhancement of magnetic resonance imaging with metasurfaces: From concept to human trials</t>
+  </si>
+  <si>
+    <t>doi: 10.1109/MetaMaterials.2017.8107800</t>
+  </si>
+  <si>
+    <t>Tunable hybrid metasurfaces for MRI applications</t>
+  </si>
+  <si>
+    <t>doi: 10.1063/1.4998062</t>
+  </si>
+  <si>
     <t>Metal-Dielectric Nanocavity for Real-Time Tracing Molecular Events with Temperature Feedback</t>
   </si>
   <si>
     <t>Valentin Milichko, Dmitry Zuev, Georgiy Zograf, Andrey Krasilin, Ivan Mukhin, Pavel Dmitriev, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>UNSP 1700227</t>
   </si>
   <si>
     <t>10.1002/lpor.201700227</t>
   </si>
   <si>
     <t>Tunable hybrid metasurfaces for image quality enhancement</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Yuri Kivshar, Alena Shchelokova, Irina Melchakova, Stanislav Glybovski, Pavel Belov</t>
   </si>
   <si>
     <t>2017 IEEE Int. Symposium on Antennas and Propagation &amp; USNC/URSI National Radio Science Meeting</t>
   </si>
   <si>
     <t>doi: 10.1109/APUSNCURSINRSM.2017.8072791</t>
   </si>
   <si>
     <t>Design of microwave all-dielectric focusing metasurface based on bianisotropic resonators</t>
   </si>
   <si>
     <t>Mikhail Odit, Polina Kapitanova, Pavel Belov</t>
   </si>
   <si>
     <t>https://doi.org/10.1063/1.4998107</t>
   </si>
   <si>
-    <t>Experimental investigation of a metasurface resonator for in-vivo imaging at 1.5 T</t>
-[...20 lines deleted...]
-    <t>doi: 10.1063/1.4998062</t>
+    <t>Effect of dipole orientation on Purcell factor for the quantum emitter near silicon nanoparticle</t>
+  </si>
+  <si>
+    <t>Anastasia Zalogina, Dmitry Zuev, Roman Savelev, Sergey Makarov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998131</t>
+  </si>
+  <si>
+    <t>Resonant optical properties of crystalline silicon nanoparticles fabricated by laser ablation-based methods</t>
+  </si>
+  <si>
+    <t>Pavel Dmitriev, Dmitry Baranov, Valentin Milichko, Ivan Mukhin, Sergey Makarov, Anton Samusev, Georgiy Zograf, Dmitry Zuev, Katherine Makarova, Mihail Petrov, Ivan Sinev, Maxim Gorlach, Kristina Frizyuk, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998078</t>
   </si>
   <si>
     <t>Enhancement of second harmonic generation in chiral metal-organic frameworks with silicon nanoparticles</t>
   </si>
   <si>
     <t>Anastasia Zalogina, Dmitry Zuev, Sergey Makarov, Valentin Milichko, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998132</t>
   </si>
   <si>
-    <t>Effect of dipole orientation on Purcell factor for the quantum emitter near silicon nanoparticle</t>
-[...14 lines deleted...]
-    <t>10.1063/1.4998078</t>
+    <t>Dielectric resonators for mid-range wireless power transfer application</t>
+  </si>
+  <si>
+    <t>2017 IEEE Wireless Power Transfer Conference (WPTC)</t>
+  </si>
+  <si>
+    <t>10.1109/WPT.2017.7953832</t>
   </si>
   <si>
     <t>Multipolar modes in dielectric disk resonator for wireless power transfer</t>
   </si>
   <si>
     <t>10.1063/1.4998066</t>
   </si>
   <si>
-    <t>Dielectric resonators for mid-range wireless power transfer application</t>
-[...5 lines deleted...]
-    <t>10.1109/WPT.2017.7953832</t>
+    <t>Decoupling capabilities of split-loop resonator structure for 7 Tesla MRI surface array coils</t>
+  </si>
+  <si>
+    <t>Anna Hurshkainen, Sergei Kurdjumov, Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998028</t>
   </si>
   <si>
     <t>A mechanically tunable and efficient ceramic probe for MR-microscopy at 17 Tesla</t>
   </si>
   <si>
     <t>Sergei Kurdjumov, Stanislav Glybovski, Anna Hurshkainen, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998040</t>
   </si>
   <si>
-    <t>Decoupling capabilities of split-loop resonator structure for 7 Tesla MRI surface array coils</t>
-[...7 lines deleted...]
-  <si>
     <t>Spectroscopy of topological photonic states in dielectric metasurfaces</t>
   </si>
   <si>
     <t>Maxim Gorlach, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998043</t>
   </si>
   <si>
     <t>Mushroom High-Impedance Metasurfaces for Perfect Absorption at Two Angles of Incidence</t>
   </si>
   <si>
     <t>IEEE Antennas and Wireless Propagation Letters</t>
   </si>
   <si>
     <t>2626 - 2629</t>
   </si>
   <si>
     <t>10.1109/LAWP.2017.2736506</t>
   </si>
   <si>
+    <t>Colossal permittivity resonators for wireless power transfer systems</t>
+  </si>
+  <si>
+    <t>2017 11th European Conference on Antennas and Propagation, EUCAP 2017</t>
+  </si>
+  <si>
+    <t>904-907</t>
+  </si>
+  <si>
+    <t>10.23919/EuCAP.2017.7928275</t>
+  </si>
+  <si>
     <t>Electron spin contrast of Purcell-enhanced nitrogen-vacancy ensembles in nanodiamonds</t>
   </si>
   <si>
     <t>Polina Kapitanova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.96.035146</t>
   </si>
   <si>
     <t>Tunable water-based microwave metasurface</t>
   </si>
   <si>
     <t>Polina Kapitanova, Mikhail Odit, Pavel Belov</t>
   </si>
   <si>
-    <t>2017 11th European Conference on Antennas and Propagation, EUCAP 2017</t>
-[...1 lines deleted...]
-  <si>
     <t>2599-2602</t>
   </si>
   <si>
     <t>10.23919/EuCAP.2017.7928190</t>
   </si>
   <si>
-    <t>Colossal permittivity resonators for wireless power transfer systems</t>
-[...7 lines deleted...]
-  <si>
     <t>Broadband and Thin Linear-to-Circular Polarizers Based on Self-Complementary Zigzag Metasurfaces</t>
   </si>
   <si>
     <t>Stanislav Glybovski, Alexey Slobozhanyuk, Pavel Belov</t>
   </si>
   <si>
     <t>4124-4133</t>
   </si>
   <si>
     <t>10.1109/TAP.2017.2717964</t>
   </si>
   <si>
     <t>Controlling scattering of light through topological transitions in all-dielectric metasurfaces</t>
   </si>
   <si>
     <t>Maxim Gorlach, Daria A. Smirnova, Alexey Slobozhanyuk, Dmitry Zhirihin, Pavel Belov, Andrea Alù, Alexander B. Khanikaev</t>
   </si>
   <si>
     <t>arXiv</t>
   </si>
   <si>
     <t>1-17</t>
   </si>
   <si>
     <t>10.48550/arXiv.1705.04236</t>
   </si>
   <si>
+    <t>Switchable invisibility of dielectric resonators</t>
+  </si>
+  <si>
+    <t>Mikhail Rybin, Kirill Samusev, Polina Kapitanova, Dmitry Filonov, Pavel Belov, Yuri Kivshar, Mikhail Limonov</t>
+  </si>
+  <si>
+    <t>10.1103/PhysRevB.95.165119</t>
+  </si>
+  <si>
     <t>Resonant non-plasmonic nanoparticles for efficient temperature-feedback optical heating</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mihail Petrov, Dmitry Zuev, Pavel Dmitriev, Valentin Milichko, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>2945-2952</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.7b00183</t>
   </si>
   <si>
-    <t>Switchable invisibility of dielectric resonators</t>
-[...7 lines deleted...]
-  <si>
     <t>Reflection compensation mediated by electric and magnetic resonances of all-dielectric metasurfaces</t>
   </si>
   <si>
     <t>Mihail Petrov, Kseniia Baryshnikova, Pavel Belov</t>
   </si>
   <si>
     <t>Journal of the Optical Society of America B: Optical Physics</t>
   </si>
   <si>
     <t>D18-D28</t>
   </si>
   <si>
     <t>10.1364/JOSAB.34.000D18</t>
   </si>
   <si>
     <t>Giant field enhancement in high-index dielectric subwavelength particles</t>
   </si>
   <si>
     <t>Polina Kapitanova, Nikita Pavlov, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1038/s41598-017-00724-5</t>
   </si>
   <si>
     <t>Flexible and compact hybrid metasurfaces for enhanced ultra high field in vivo magnetic resonance imaging</t>
@@ -1526,74 +1640,74 @@
   <si>
     <t>Sergey Lepeshov, Ivan Mukhin, Dmitry Zuev, Valentin Milichko, Pavel Belov</t>
   </si>
   <si>
     <t>4 (3)</t>
   </si>
   <si>
     <t>536–543</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.6b00727</t>
   </si>
   <si>
     <t>High-Quality Laser Cavity based on All-Dielectric Metasurfaces</t>
   </si>
   <si>
     <t>Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>18–23</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2017.02.003</t>
   </si>
   <si>
+    <t>Optimization of Nanoantenna-Enhanced Terahertz Emission from Photoconductive Antennas</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/917/6/062060</t>
+  </si>
+  <si>
     <t>Experimental demonstration of a reconfigurable magnetic Fano resonance in hybrid oligomers</t>
   </si>
   <si>
     <t>Sergey Lepeshov, Dmitry Zuev, Valentin Milichko, Pavel Belov, Ivan Mukhin</t>
   </si>
   <si>
     <t>10.1109/DD.2017.8168025</t>
   </si>
   <si>
     <t>Dielectric Yagi-Uda nanoantennas driven by electron-hole plasma photoexcitation</t>
   </si>
   <si>
     <t>Sergey Li, Sergey Lepeshov, Roman Savelev, Dmitry Baranov, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/917/6/062054</t>
   </si>
   <si>
-    <t>Optimization of Nanoantenna-Enhanced Terahertz Emission from Photoconductive Antennas</t>
-[...4 lines deleted...]
-  <si>
     <t>Van der Waals metal-organic framework as an excitonic material for advanced photonics</t>
   </si>
   <si>
     <t>Valentin Milichko, Sergey Makarov, Alexey Yulin, Andrey Krasilin, Pavel Belov</t>
   </si>
   <si>
     <t>10.1002/adma.201606034</t>
   </si>
   <si>
     <t>Experimental investigation of wireless power transfer systems based on dielectric resonators</t>
   </si>
   <si>
     <t>Polina Kapitanova, Mingzhao Song, Pavel Belov</t>
   </si>
   <si>
     <t>2016 46th European Microwave Conference (EuMC)</t>
   </si>
   <si>
     <t>10.1109/eumc.2016.7824453</t>
   </si>
   <si>
     <t>Broadband 3D Luneburg Lenses Based on Metamaterials of Radially Diverging Dielectric Rods</t>
   </si>
   <si>
     <t>Andrey Sayanskiy, Stanislav Glybovski, Dmitry Filonov, Pavel Belov</t>
@@ -1619,275 +1733,275 @@
   <si>
     <t>Alexey Slobozhanyuk, Alena Shchelokova, Pavel Belov</t>
   </si>
   <si>
     <t>IEEE Radio and Antenna Days of the Indian Ocean (RADIO)</t>
   </si>
   <si>
     <t>10.1109/RADIO.2016.7772007</t>
   </si>
   <si>
     <t>Wireless power transfer based on dielectric resonators with colossal permittivity</t>
   </si>
   <si>
     <t>10.1063/1.4971185</t>
   </si>
   <si>
     <t>Approach for fine-tuning of hybrid dimer antennas via laser melting at the nanoscale</t>
   </si>
   <si>
     <t>Yali Sun, Stanislav Kolodny, Sergey Lepeshov, Dmitry Zuev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1002/andp.201600272</t>
   </si>
   <si>
+    <t>Nonlinear all-dielectric nanoantenna reconfigured by electron-hole plasma</t>
+  </si>
+  <si>
+    <t>2016 10th International Congress on Adv. Electromagnetic Mat. in Microwaves and Optics (METAMAT.)</t>
+  </si>
+  <si>
+    <t>217-219</t>
+  </si>
+  <si>
+    <t>High permittivity dielectric resonators for wireless power transfer system</t>
+  </si>
+  <si>
+    <t>2016 IEEE International Symposium on Antennas and Propagation (APSURSI)</t>
+  </si>
+  <si>
+    <t>153-154</t>
+  </si>
+  <si>
+    <t>10.1109/APS.2016.7695785</t>
+  </si>
+  <si>
+    <t>Nonlocality in uniaxially polarizable media and cubic metamaterials</t>
+  </si>
+  <si>
+    <t>Pavel Belov, Maxim Gorlach</t>
+  </si>
+  <si>
+    <t>58-60</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2016.7746435</t>
+  </si>
+  <si>
+    <t>Wireless power transfer system based on ceramic resonators</t>
+  </si>
+  <si>
+    <t>Polina Kapitanova, Mingzhao Song, Ivan Iorsh, Pavel Belov</t>
+  </si>
+  <si>
+    <t>151-153</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2016.7746469</t>
+  </si>
+  <si>
     <t>Nonlocality in discrete nonlinear metamaterials</t>
   </si>
   <si>
-    <t>2016 10th International Congress on Adv. Electromagnetic Mat. in Microwaves and Optics (METAMAT.)</t>
-[...1 lines deleted...]
-  <si>
     <t>118-120</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2016.7746457</t>
   </si>
   <si>
-    <t>Nonlinear all-dielectric nanoantenna reconfigured by electron-hole plasma</t>
-[...38 lines deleted...]
-    <t>10.1109/MetaMaterials.2016.7746469</t>
+    <t>Substrate-mediated antireflective properties of silicon nanoparticle array</t>
+  </si>
+  <si>
+    <t>Kseniia Baryshnikova, Pavel Belov, Mihail Petrov</t>
+  </si>
+  <si>
+    <t>2016 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>46-51</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756811</t>
+  </si>
+  <si>
+    <t>Wireless power transfer system based on high-index dielectric resonators</t>
+  </si>
+  <si>
+    <t>202-206</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756842</t>
+  </si>
+  <si>
+    <t>Modeling of formation mechanism and optical properties of Si/Au core-shell nanoparticles</t>
+  </si>
+  <si>
+    <t>Georgiy Zograf, Mikhail Rybin, Dmitry Zuev, Sergey Makarov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>460-464</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756894</t>
+  </si>
+  <si>
+    <t>Polarization and angle dependent enhancement of Raman scattering from silicon nanodisks</t>
+  </si>
+  <si>
+    <t>Pavel Dmitriev, Dmitry Permyakov, Sergey Makarov, Mihail Petrov, Valentin Milichko, Pavel Belov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>123-126</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756826</t>
+  </si>
+  <si>
+    <t>Tuning of hybrid oligomers via femtosecond laser reshaping at nanoscale</t>
+  </si>
+  <si>
+    <t>Sergey Lepeshov, Dmitry Zuev, Pavel Belov</t>
+  </si>
+  <si>
+    <t>277-280</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756856</t>
+  </si>
+  <si>
+    <t>Reversible and non-reversible tuning of hybrid optical nanoresonators</t>
+  </si>
+  <si>
+    <t>Dmitry Zuev, Sergey Makarov, Valentin Milichko, Pavel Belov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>464-467</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756895</t>
   </si>
   <si>
     <t>Experimental characterization of microwave self-complimentary metasurfaces for linear-to-circular polarization transform</t>
   </si>
   <si>
-    <t>2016 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>36-40</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756809</t>
   </si>
   <si>
     <t>Raman scattering governed by dark resonant modes in silicon nanoparticles</t>
   </si>
   <si>
     <t>Kristina Frizyuk, Valentin Milichko, Mihail Petrov, Dmitry Zuev, Sergey Makarov, Pavel Belov, Ivan Mukhin</t>
   </si>
   <si>
     <t>155-160</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756833</t>
   </si>
   <si>
     <t>Chiral near-field formation with all-dielectric nanoantennas</t>
   </si>
   <si>
     <t>Sergey Li, Pavel Belov</t>
   </si>
   <si>
     <t>281-284</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756857</t>
   </si>
   <si>
     <t>A dual-frequency MRI coil for small animal imaging at 7 Tesla based on metamaterial-inspired wire structures</t>
   </si>
   <si>
     <t>Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>241-243</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2016.7746502</t>
   </si>
   <si>
-    <t>Substrate-mediated antireflective properties of silicon nanoparticle array</t>
-[...67 lines deleted...]
-  <si>
     <t>Enhancement of terahertz photoconductive antenna operation by optical nanoantennas</t>
   </si>
   <si>
     <t>10.1002/lpor.201600199</t>
   </si>
   <si>
     <t>Reconfigurable metal-dielectric nanodimers as component of hybrid nanophotonics</t>
   </si>
   <si>
     <t>Dmitry Zuev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Pavel Belov</t>
   </si>
   <si>
     <t>2016 10th International Congress on Advanced Electromagnetic Materials in Microwaves and Optics (METAMATERIALS)</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2016.7746426</t>
   </si>
   <si>
     <t>Ultrafast magnetic light</t>
   </si>
   <si>
     <t>Sergey Makarov, Pavel Belov, Dmitry Baranov</t>
   </si>
   <si>
     <t>19-20</t>
   </si>
   <si>
     <t>10.1109/APS.2016.7695718</t>
   </si>
   <si>
+    <t>Safety aspects of the metamaterial resonator for application in magnetic resonance imaging</t>
+  </si>
+  <si>
+    <t>Alena Shchelokova, Alexey Slobozhanyuk, Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>1397-1398</t>
+  </si>
+  <si>
+    <t>10.1109/APS.2016.7696405</t>
+  </si>
+  <si>
     <t>Metasurfaces provide a new way for building magnetic resonance imaging scanners</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Yuri Kivshar, Alexander Poddubny, Pavel Belov</t>
   </si>
   <si>
     <t>375-376</t>
   </si>
   <si>
     <t>10.1109/APS.2016.7695896</t>
   </si>
   <si>
-    <t>Safety aspects of the metamaterial resonator for application in magnetic resonance imaging</t>
-[...10 lines deleted...]
-  <si>
     <t>Microwave platform as a valuable tool for characterization of nanophotonic devices</t>
   </si>
   <si>
     <t>Ivan Shishkin, Dmitry Baranov, Alexey Slobozhanyuk, Dmitry Filonov, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1038/srep35516</t>
   </si>
   <si>
     <t>Topological transition in coated wire medium</t>
   </si>
   <si>
     <t>Maxim Gorlach, Mingzhao Song, Alexey Slobozhanyuk, Andrey Bogdanov, Pavel Belov</t>
   </si>
   <si>
     <t>Physica Status Solidi - Rapid Research Letters</t>
   </si>
   <si>
     <t>900-904</t>
   </si>
   <si>
     <t>10.1002/pssr.201600289</t>
   </si>
   <si>
     <t>Tuning of Near- and Far-Field Properties of All-dielectric Dimer Nanoantennas via Ultrafast Electron-Hole Plasma Photoexcitation</t>
@@ -1988,68 +2102,68 @@
   <si>
     <t>Kirill Samusev, Mikhail Rybin, Pavel Belov, Mikhail Limonov</t>
   </si>
   <si>
     <t>Physics of the Solid State</t>
   </si>
   <si>
     <t>1412-1419</t>
   </si>
   <si>
     <t>10.1134/S1063783416070301</t>
   </si>
   <si>
     <t>Nonlinear Transient Dynamics of Photoexcited Resonant Silicon Nanostructures</t>
   </si>
   <si>
     <t>Dmitry Baranov, Sergey Makarov, Valentin Milichko, Pavel Belov</t>
   </si>
   <si>
     <t>1546–1551</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.6b00358</t>
   </si>
   <si>
+    <t>Manipulating Fano resonance via fs–laser melting of hybrid oligomers at nanoscale</t>
+  </si>
+  <si>
+    <t>Sergey Lepeshov, Yali Sun, Dmitry Zuev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/741/1/012140</t>
+  </si>
+  <si>
     <t>Optical tuning of near and far fields form hybrid dimer nanoantennas via laser-induced melting</t>
   </si>
   <si>
     <t>Stanislav Kolodny, Dmitry Zuev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/741/1/012152</t>
   </si>
   <si>
-    <t>Manipulating Fano resonance via fs–laser melting of hybrid oligomers at nanoscale</t>
-[...7 lines deleted...]
-  <si>
     <t>Experimental demonstration of water based tunable metasurface</t>
   </si>
   <si>
     <t>10.1063/1.4955272</t>
   </si>
   <si>
     <t>Femtosecond laser transfer of silicon nanoparticles with enhanced Raman response</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Baranov, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4954347</t>
   </si>
   <si>
     <t>Attraction Optical Forces inside Hyperbolic Metamaterials</t>
   </si>
   <si>
     <t>Alexander Shalin, Andrey Bogdanov, Pavel Belov</t>
   </si>
   <si>
     <t>Conference on Lasers and Electro-Optics (CLEO)</t>
   </si>
   <si>
     <t>10.1364/CLEO_AT.2016.JW2A.17</t>
@@ -2150,68 +2264,68 @@
   <si>
     <t>The role of Purcell effect for third harmonic generation</t>
   </si>
   <si>
     <t>Tatiana Voytova, Alexey Yulin, Kseniia Baryshnikova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/690/1/012034</t>
   </si>
   <si>
     <t>Generation of unipolar optical pulses in a Raman-active medium</t>
   </si>
   <si>
     <t>R M Arkhipov, M V Arkhipov, Павел Белов, Yu A Tolmachev, I Babushkin</t>
   </si>
   <si>
     <t>Laser Physics Letters</t>
   </si>
   <si>
     <t>046001</t>
   </si>
   <si>
     <t>10.1088/1612-2011/13/4/046001</t>
   </si>
   <si>
+    <t>Direct Femtosecond Laser Writing of Optical Nanoresonators</t>
+  </si>
+  <si>
+    <t>Pavel Dmitriev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Anton Samusev, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/690/1/012021</t>
+  </si>
+  <si>
     <t>Single-stage fabrication of low-loss dielectric nanoresonators from high-loss material</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Alexey Mozharov, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/690/1/012020</t>
   </si>
   <si>
-    <t>Direct Femtosecond Laser Writing of Optical Nanoresonators</t>
-[...7 lines deleted...]
-  <si>
     <t>Fabrication of Hybrid Nanostructures via Nanoscale Laser-Induced Reshaping for Advanced Light Manipulation</t>
   </si>
   <si>
     <t>Dmitry Zuev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Ivan Shishkin, Pavel Belov</t>
   </si>
   <si>
     <t>3087–3093</t>
   </si>
   <si>
     <t>10.1002/adma.201505346</t>
   </si>
   <si>
     <t>Plasmonic and silicon spherical nanoparticle antireflective coatings</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Mihail Petrov, Pavel Belov</t>
   </si>
   <si>
     <t>10.1038/srep22136</t>
   </si>
   <si>
     <t>Enhancement of artificial magnetism via resonant bianisotropy</t>
   </si>
   <si>
     <t>Dmitry Markovich, Kseniia Baryshnikova, Alexander Shalin, Anton Samusev, Pavel Belov</t>
@@ -2231,74 +2345,74 @@
   <si>
     <t>10.1364/OL.41.000749</t>
   </si>
   <si>
     <t>Wireless power transfer based on magnetic quadrupole coupling in dielectric resonators</t>
   </si>
   <si>
     <t>Mingzhao Song, Ivan Iorsh, Polina Kapitanova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4939789</t>
   </si>
   <si>
     <t>Enhancement of magnetic resonance imaging with metasurfaces</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Alexander Poddubny, Alexandr Kozachenko, Irina Melchakova, Yuri Kivshar, Pavel Belov</t>
   </si>
   <si>
     <t>1832-1838</t>
   </si>
   <si>
     <t>10.1002/adma.201504270</t>
   </si>
   <si>
+    <t>Enhancement of photovoltaic absorption in thin-film silicon solar cells by all-dielectric light-trapping and antireflective coatings</t>
+  </si>
+  <si>
+    <t>Pavel Voroshilov, Pavel Belov, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>2015 9th International Congress on Adv. Electromagnetic Mat. in Microwaves and Optics (METAMAT.)</t>
+  </si>
+  <si>
+    <t>517-519</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2015.7342508</t>
+  </si>
+  <si>
     <t>Laser fabrication of crystalline silicon nanoresonators from an amorphous film for low-loss all-dielectric nanophotonics</t>
   </si>
   <si>
     <t>5043-5048</t>
   </si>
   <si>
     <t>10.1039/C5NR06742A</t>
   </si>
   <si>
-    <t>Enhancement of photovoltaic absorption in thin-film silicon solar cells by all-dielectric light-trapping and antireflective coatings</t>
-[...13 lines deleted...]
-  <si>
     <t>Self-Complementary Metasurfaces for Linear-to-Circular Polarization Conversion</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Stanislav Glybovski, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.92.245413</t>
   </si>
   <si>
     <t>Anomalous polarization conversion in arrays of ultrathin ferromagnetic nanowires</t>
   </si>
   <si>
     <t>Alexander Poddubny, Ilya Yagupov, Alexey Slobozhanyuk, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.92.214436</t>
   </si>
   <si>
     <t>Controllable Femtosecond Laser-Induced Dewetting for Plasmonic Applications</t>
   </si>
   <si>
     <t>Sergey Makarov, Valentin Milichko, Ivan Mukhin, Ivan Shishkin, Dmitry Zuev, Alexey Mozharov, Pavel Belov</t>
   </si>
   <si>
     <t>91-99</t>
@@ -2306,140 +2420,140 @@
   <si>
     <t>10.1002/lpor.201500119</t>
   </si>
   <si>
     <t>Phase diagram for the transition from photonic crystals to dielectric metamaterials</t>
   </si>
   <si>
     <t>10.1038/ncomms10102</t>
   </si>
   <si>
     <t>Hyperbolic metamaterial antenna for second-harmonic generation tomography</t>
   </si>
   <si>
     <t>Pavel Belov</t>
   </si>
   <si>
     <t>Optics Express</t>
   </si>
   <si>
     <t>30730-30738</t>
   </si>
   <si>
     <t>10.1364/OE.23.030730</t>
   </si>
   <si>
+    <t>Input impedance of small antenna provides Purcell factor</t>
+  </si>
+  <si>
+    <t>2015 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2015.7354854</t>
+  </si>
+  <si>
+    <t>Direct measurements of magnetic and electric optical responses from silicon nanoparticles</t>
+  </si>
+  <si>
+    <t>Dmitry Permyakov, Ivan Sinev, Dmitry Markovich, Anton Samusev, Pavel Belov, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2015.7354867</t>
+  </si>
+  <si>
+    <t>Scattering suppression with homogeneous ENZ-media</t>
+  </si>
+  <si>
+    <t>Alexander Shalin, Pavel Belov, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2015.7354879</t>
+  </si>
+  <si>
+    <t>Laser writing of nanoparticle-based plasmonic structures</t>
+  </si>
+  <si>
+    <t>Sergey Makarov, Valentin Milichko, Pavel Belov, Alexey Mozharov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2015.7354859</t>
+  </si>
+  <si>
+    <t>Metamaterials for wireless power transfer</t>
+  </si>
+  <si>
+    <t>Mingzhao Song, Polina Kapitanova, Ivan Iorsh, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2015.7354885</t>
+  </si>
+  <si>
     <t>Spatial dispersion in metamaterials based on three-dimensional arrays of spheres and disks</t>
   </si>
   <si>
     <t>Alexander Chebykin, Maxim Gorlach, Pavel Belov</t>
   </si>
   <si>
-    <t>2015 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>Fano resonance in chains of dielectric nanoparticles with side-coupled resonator</t>
   </si>
   <si>
     <t>Roman Savelev, Mihail Petrov, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1109/DD.2015.7354876</t>
   </si>
   <si>
     <t>Antireflective properties of periodic nanopore arrays</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Baranov, Ivan Mukhin, Anton Samusev, Pavel Belov, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1109/DD.2015.7354837</t>
   </si>
   <si>
-    <t>Input impedance of small antenna provides Purcell factor</t>
-[...38 lines deleted...]
-    <t>10.1109/DD.2015.7354885</t>
+    <t>Application of High-Q dielectric resonators for wireless power transfer system</t>
+  </si>
+  <si>
+    <t>Pavel Belov, Mingzhao Song, Ivan Iorsh, Polina Kapitanova</t>
+  </si>
+  <si>
+    <t>2015 SBMO/IEEE MTT-S International Microwave and Optoelectronics Conference (IMOC)</t>
+  </si>
+  <si>
+    <t>10.1109/IMOC.2015.7369228</t>
   </si>
   <si>
     <t>Annular wire metamaterial resonators for Magnetic Resonance Imaging</t>
   </si>
   <si>
     <t>Alena Shchelokova, Alexey Slobozhanyuk, Irina Melchakova, Alexander Poddubny, Yuri Kivshar, Pavel Belov</t>
   </si>
   <si>
-    <t>2015 SBMO/IEEE MTT-S International Microwave and Optoelectronics Conference (IMOC)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/IMOC.2015.7369199</t>
   </si>
   <si>
-    <t>Application of High-Q dielectric resonators for wireless power transfer system</t>
-[...7 lines deleted...]
-  <si>
     <t>Emulation of complex optical phenomena with radio waves: Tailoring scattering characteristics with wire metamaterial</t>
   </si>
   <si>
     <t>Dmitry Filonov, Alexander Shalin, Pavel Belov</t>
   </si>
   <si>
     <t>2015 IEEE Int. Conf. on Microwaves, Communications, Antennas and Electronic Systems (COMCAS)</t>
   </si>
   <si>
     <t>1-2, 2-4</t>
   </si>
   <si>
     <t>10.1109/COMCAS.2015.7360417</t>
   </si>
   <si>
     <t>Superabsorption of light by nanoparticles</t>
   </si>
   <si>
     <t>Konstantin Ladutenko, Pavel Belov</t>
   </si>
   <si>
     <t>18897-18901</t>
   </si>
   <si>
     <t>10.1039/C5NR05468K</t>
@@ -2456,80 +2570,80 @@
   <si>
     <t>Resonant transmission of light in chains of high-index dielectric particles</t>
   </si>
   <si>
     <t>Roman Savelev, Dmitry Filonov, Mihail Petrov, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.92.155415</t>
   </si>
   <si>
     <t>SNR enhancement by resonant metasurfaces: experimental verification in 1.5 T clinical MRI</t>
   </si>
   <si>
     <t>Stanislav Glybovski, Alena Shchelokova, Alexander Sokolov, Irina Melchakova, Alexey Slobozhanyuk, Alexandr Kozachenko, Pavel Belov</t>
   </si>
   <si>
     <t>Magnetic Resonance Mat. in Physics, Biology and Medicine. Book of Abstracts ESMRMB 2015 32nd Ed</t>
   </si>
   <si>
     <t>220-221</t>
   </si>
   <si>
     <t>10.1007/s10334-015-0487-2</t>
   </si>
   <si>
+    <t>From optical magnetic resonance to dielectric nanophotonics</t>
+  </si>
+  <si>
+    <t>Roman Savelev, Sergey Makarov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>Optics and Spectroscopy</t>
+  </si>
+  <si>
+    <t>551--568</t>
+  </si>
+  <si>
+    <t>10.1134/S0030400X15100240</t>
+  </si>
+  <si>
     <t>Capacitively-loaded metasurfaces and their application in magnetic resonance imaging</t>
   </si>
   <si>
     <t>Stanislav Glybovski, Alena Shchelokova, Alexandr Kozachenko, Alexey Slobozhanyuk, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>2015 Radio and Antenna Days of the Indian Ocean (RADIO)</t>
   </si>
   <si>
     <t>1-2, 21-24</t>
   </si>
   <si>
     <t>10.1109/RADIO.2015.7323400</t>
   </si>
   <si>
-    <t>From optical magnetic resonance to dielectric nanophotonics</t>
-[...13 lines deleted...]
-  <si>
     <t>Wire-medium hyperlens for enhancing radiation from subwavelength dipole sources</t>
   </si>
   <si>
     <t>Dmitry Filonov, Stanislav Glybovski, Pavel Belov</t>
   </si>
   <si>
     <t>4848-4856</t>
   </si>
   <si>
     <t>10.1109/TAP.2015.2479676</t>
   </si>
   <si>
     <t>Self-complementary zig-zag metasurfaces for designing circular polarizing beam splitters</t>
   </si>
   <si>
     <t>364-366</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2015.7342452</t>
   </si>
   <si>
     <t>Comment on “Electromagnetic Radiation under Explicit Symmetry Breaking”</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.115.119701</t>
@@ -2606,65 +2720,65 @@
   <si>
     <t>Suppression of Light Scattering with ENZ-metamaterials</t>
   </si>
   <si>
     <t>1178-1181</t>
   </si>
   <si>
     <t>Optical pulling forces in hyperbolic metamaterials</t>
   </si>
   <si>
     <t>10.1103/PhysRevA.91.063830</t>
   </si>
   <si>
     <t>Enhanced emission extraction and selective excitation of NV centers with all–dielectric nanoantennas</t>
   </si>
   <si>
     <t>Chigrin D. N., Yuri Kivshar, Pavel Belov</t>
   </si>
   <si>
     <t>385-391</t>
   </si>
   <si>
     <t>10.1002/lpor.201400453</t>
   </si>
   <si>
+    <t>Light-trapping and antireflective coatings for amorphous Si-based thin film solar cells</t>
+  </si>
+  <si>
+    <t>10.1063/1.4921440</t>
+  </si>
+  <si>
     <t>Strong Purcell effect in anisotropic epsilon-near-zero metamaterials</t>
   </si>
   <si>
     <t>Alexander Chebykin, Alexey Orlov, Alexander Shalin, Alexander Poddubny, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.91.205126</t>
   </si>
   <si>
-    <t>Light-trapping and antireflective coatings for amorphous Si-based thin film solar cells</t>
-[...4 lines deleted...]
-  <si>
     <t>Towards all-dielectric metamaterials and nanophotonics</t>
   </si>
   <si>
     <t>Sergey Makarov, Mihail Petrov, Roman Savelev, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1117/12.2176880</t>
   </si>
   <si>
     <t>Compton-Like Polariton Scattering in Hyperbolic Metamaterials</t>
   </si>
   <si>
     <t>Ivan Iorsh, Alexander Poddubny, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.114.185501</t>
   </si>
   <si>
     <t>Broadband antireflective coatings based on two-dimensional arrays of subwavelength nanopores</t>
   </si>
   <si>
     <t>Dmitry Baranov, Pavel Dmitriev, Ivan Mukhin, Anton Samusev, Pavel Belov, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1063/1.4919589</t>
@@ -2741,83 +2855,83 @@
   <si>
     <t>10.1016/j.photonics.2014.12.005</t>
   </si>
   <si>
     <t>Purcell effect in hyperbolic metamaterial resonators</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Ivan Iorsh, Alexander Shalin, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.92.195127</t>
   </si>
   <si>
     <t>Purcell effect in extremely anisotropic elliptic metamaterials (in Russian)</t>
   </si>
   <si>
     <t>Александр Чебыкин, Алексей Орлов, Фабиан Хайслер, Ксения Барышникова, Павел Белов</t>
   </si>
   <si>
     <t>Scientific and Technical Journal of Information Technologies, Mechanics and Optics</t>
   </si>
   <si>
     <t>9-14</t>
   </si>
   <si>
+    <t>Two modes of laser lithography fabrication of three-dimensional submicrometer structures</t>
+  </si>
+  <si>
+    <t>Ivan Shishkin, Kirill Samusev, Mikhail Rybin, Mikhail Limonov, Yuri Kivshar, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2166-2172</t>
+  </si>
+  <si>
+    <t>10.1134/s1063783414110262</t>
+  </si>
+  <si>
     <t>Reduction of scattering using thin all-dielectric shells designed by stochastic optimizer</t>
   </si>
   <si>
     <t>Konstantin Ladutenko, Irina Melchakova, Ilya Yagupov, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4900529</t>
   </si>
   <si>
     <t>Demonstration of unusual nanoantenna array modes through direct reconstruction of the near-field signal</t>
   </si>
   <si>
     <t>Ivan Sinev, Pavel Voroshilov, Ivan Mukhin, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
     <t>765-770</t>
   </si>
   <si>
     <t>10.1039/C4NR04872E</t>
   </si>
   <si>
-    <t>Two modes of laser lithography fabrication of three-dimensional submicrometer structures</t>
-[...10 lines deleted...]
-  <si>
     <t>Giant enhancement of terahertz emission from nanoporous GaP</t>
   </si>
   <si>
     <t>Alexander Atrashchenko, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4901903</t>
   </si>
   <si>
     <t>Bending of electromagnetic waves in all-dielectric particle array waveguides</t>
   </si>
   <si>
     <t>Roman Savelev, Dmitry Filonov, Polina Kapitanova, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1063/1.4901264</t>
   </si>
   <si>
     <t>Levitation of finite-size electric dipole over epsilon-near-zero metamaterial</t>
   </si>
   <si>
     <t>Sergei Krasikov, Ivan Iorsh, Alexander Shalin, Pavel Belov</t>
   </si>
   <si>
     <t>1015-1018</t>
@@ -2831,140 +2945,140 @@
   <si>
     <t>Alena Shchelokova, Dmitry Filonov, Polina Kapitanova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.90.115155</t>
   </si>
   <si>
     <t>Effect of spatial dispersion on the topological transition in metamaterials</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.90.115136</t>
   </si>
   <si>
     <t>Retrieval of Effective Parameters of Subwavelength Periodic Photonic Structures</t>
   </si>
   <si>
     <t>Alexey Orlov, Elizaveta Yankovskaya, Ivan Iorsh, Pavel Belov</t>
   </si>
   <si>
     <t>417-426</t>
   </si>
   <si>
     <t>10.3390/cryst4030417</t>
   </si>
   <si>
+    <t>Observation of optical domino modes in arrays of non-resonant plasmonic nanoantennas</t>
+  </si>
+  <si>
+    <t>Ivan Sinev, Anton Samusev, Pavel Voroshilov, Ivan Mukhin, Michael Guzhva, Pavel Belov</t>
+  </si>
+  <si>
+    <t>91632R</t>
+  </si>
+  <si>
+    <t>10.1117/12.2061675</t>
+  </si>
+  <si>
     <t>Impact of filling ratio on subwavelength optical imaging using metallic nanolens of different geometries</t>
   </si>
   <si>
     <t>Applied Optics</t>
   </si>
   <si>
     <t>6096-6102</t>
   </si>
   <si>
     <t>10.1364/AO.53.006096</t>
   </si>
   <si>
-    <t>Observation of optical domino modes in arrays of non-resonant plasmonic nanoantennas</t>
-[...10 lines deleted...]
-  <si>
     <t>Effects of discreteness in the Green's function of a hyperbolic medium</t>
   </si>
   <si>
     <t>Alena Shchelokova, Alexander Poddubny, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/PhysRevA.90.023854</t>
   </si>
   <si>
+    <t>Theoretical and experimental study of guided modes of the wire medium slab</t>
+  </si>
+  <si>
+    <t>Ivan Iorsh, Alexey Orlov, Pavel Belov, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>2014 8th International Congress on Advanced Electromagnetic Materials in Microwaves and Optics</t>
+  </si>
+  <si>
+    <t>52-54</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2014.6948591</t>
+  </si>
+  <si>
+    <t>Linear to circular polarization converters based on self-complementary metasurfaces</t>
+  </si>
+  <si>
+    <t>43-45</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2014.6948588</t>
+  </si>
+  <si>
+    <t>Multi-periodicity induces prominent optical phenomena in plasmonic multilayers</t>
+  </si>
+  <si>
+    <t>Alexey Orlov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>388-390</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2014.6948570</t>
+  </si>
+  <si>
     <t>Non-plasmonic light trapping for thin film solar cells</t>
   </si>
   <si>
     <t>Alexander Shalin, Pavel Voroshilov, Pavel Belov</t>
   </si>
   <si>
-    <t>2014 8th International Congress on Advanced Electromagnetic Materials in Microwaves and Optics</t>
-[...1 lines deleted...]
-  <si>
     <t>433-436</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2014.6948586</t>
   </si>
   <si>
     <t>Retrieving constitutive parameters of plasmonic multilayers from reflection and transmission coefficients</t>
   </si>
   <si>
-    <t>Alexey Orlov, Pavel Belov</t>
-[...1 lines deleted...]
-  <si>
     <t>391-393</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2014.6948571</t>
   </si>
   <si>
-    <t>Theoretical and experimental study of guided modes of the wire medium slab</t>
-[...28 lines deleted...]
-  <si>
     <t>Mapping electromagnetic fields near a subwavelength hole</t>
   </si>
   <si>
     <t>Dmitry Permyakov, Ivan Mukhin, Ivan Shishkin, Anton Samusev, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>622-626</t>
   </si>
   <si>
     <t>10.1134/S002136401411006X</t>
   </si>
   <si>
     <t>Fabrication of submicron structures by three-dimensional laser lithography</t>
   </si>
   <si>
     <t>Ivan Shishkin, Mikhail Rybin, Kirill Samusev, Mikhail Limonov, Yuri Kivshar, Pavel Belov</t>
   </si>
   <si>
     <t>531-534</t>
   </si>
   <si>
     <t>10.1134/s0021364014090112</t>
   </si>
   <si>
     <t>Nanoantennas for enhanced light trapping in transparent organic solar cells</t>
@@ -3011,131 +3125,131 @@
   <si>
     <t>10.1103/PhysRevB.90.035106</t>
   </si>
   <si>
     <t>Guided modes in a spatially dispersive wire medium slab</t>
   </si>
   <si>
     <t>Alexander Ageyskiy, Ivan Iorsh, Alexey Orlov, Pavel Belov</t>
   </si>
   <si>
     <t>1753-1760</t>
   </si>
   <si>
     <t>10.1364/JOSAB.31.001753</t>
   </si>
   <si>
     <t>Deeply subwavelength electromagnetic Tamm states in graphene metamaterials</t>
   </si>
   <si>
     <t>Pavel Buslaev, Ivan Iorsh, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.89.245414</t>
   </si>
   <si>
+    <t>Classical and Quantum Opto-mechanics with Plasmonics and Metamaterials</t>
+  </si>
+  <si>
+    <t>FTu3C</t>
+  </si>
+  <si>
+    <t>FTu3C.2</t>
+  </si>
+  <si>
+    <t>10.1364/CLEO_QELS.2014.FTu3C.2</t>
+  </si>
+  <si>
     <t>Multi-Periodic Photonic Hyper-Crystals: Volume Plasmon Polaritons and the Purcell Effect</t>
   </si>
   <si>
     <t>Ivan Iorsh, Alexey Orlov, Pavel Belov, Sergei Zhukovsky</t>
   </si>
   <si>
     <t>FTu2C</t>
   </si>
   <si>
     <t>FTu2C.3</t>
   </si>
   <si>
     <t>10.1364/CLEO_QELS.2014.FTu2C.3</t>
   </si>
   <si>
     <t>Near-field Interference in Optics and RF</t>
   </si>
   <si>
     <t>Polina Kapitanova, Dmitry Filonov, Pavel Voroshilov, Alexander Poddubny, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>FTu2K</t>
   </si>
   <si>
     <t>FTu2K.7</t>
   </si>
   <si>
     <t>10.1364/CLEO_QELS.2014.FTu2K.7</t>
   </si>
   <si>
-    <t>Classical and Quantum Opto-mechanics with Plasmonics and Metamaterials</t>
-[...10 lines deleted...]
-  <si>
     <t>An Endoscope Based on Extremely Anisotropic Metamaterials for Applications in Magnetic Resonance Imaging</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Irina Melchakova, Alexandr Kozachenko, Dmitry Filonov, Pavel Belov</t>
   </si>
   <si>
     <t>Journal of Communications Technology and Electronics</t>
   </si>
   <si>
     <t>562-570</t>
   </si>
   <si>
     <t>10.1134/S1064226914040111</t>
   </si>
   <si>
+    <t>Experimental investigation of magnetic Purcell factor in wire metamaterials</t>
+  </si>
+  <si>
+    <t>Alexey Slobozhanyuk, Pavel Belov, Alexander Poddubny</t>
+  </si>
+  <si>
+    <t>2014 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2014.7036442</t>
+  </si>
+  <si>
+    <t>Microscopic model of the self-induced torque in metamaterials</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2014.7036431</t>
+  </si>
+  <si>
     <t>All-dielectric nanoantenna for single NV center radiation collection enhancement</t>
   </si>
   <si>
-    <t>2014 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/DD.2014.7036441</t>
   </si>
   <si>
-    <t>Experimental investigation of magnetic Purcell factor in wire metamaterials</t>
-[...13 lines deleted...]
-  <si>
     <t>Experimental studies of the directional antenna based on helical elements</t>
   </si>
   <si>
     <t>Problems of Physics, Mathematics and Technics</t>
   </si>
   <si>
     <t>16-20</t>
   </si>
   <si>
     <t>Magnetic dipole radiation tailored by substrates: numerical investigation</t>
   </si>
   <si>
     <t>Anton Samusev, Pavel Belov</t>
   </si>
   <si>
     <t>10693-10702</t>
   </si>
   <si>
     <t>10.1364/OE.22.010693</t>
   </si>
   <si>
     <t>Magnetic Purcell factor in wire metamaterials</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Alexander Poddubny, Pavel Belov</t>
@@ -3317,272 +3431,272 @@
   <si>
     <t>Pavel Belov, Ivan Iorsh, Ilya Yagupov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1063/1.4824478</t>
   </si>
   <si>
     <t>Superdirective nanoantennas: Theory and experiment</t>
   </si>
   <si>
     <t>10.1109/ICECom.2013.6684721</t>
   </si>
   <si>
     <t>Microwave metamaterials with competing light-controllable nonlinear response</t>
   </si>
   <si>
     <t>Polina Kapitanova, Alexey Slobozhanyuk, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>2013 European Microwave Conference</t>
   </si>
   <si>
     <t>533-536</t>
   </si>
   <si>
+    <t>Light coupling in microwave metamaterials</t>
+  </si>
+  <si>
+    <t>Alexey Slobozhanyuk, Polina Kapitanova, Dmitry Filonov, Pavel Belov, Mikhail Lapine, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>2013 7th International Congress on Advanced Electromagnetic Materials in Microwaves and Optics</t>
+  </si>
+  <si>
+    <t>190-192</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2013.6808996</t>
+  </si>
+  <si>
     <t>Tailoring lattice parameters for broadband artificial diamagnetism</t>
   </si>
   <si>
     <t>Mikhail Lapine, Yuri Kivshar, Pavel Belov</t>
   </si>
   <si>
-    <t>2013 7th International Congress on Advanced Electromagnetic Materials in Microwaves and Optics</t>
-[...1 lines deleted...]
-  <si>
     <t>34-36</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2013.6808944</t>
   </si>
   <si>
     <t>Hyperbolic metamaterials for terahertz applications</t>
   </si>
   <si>
     <t>331-333</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2013.6809043</t>
   </si>
   <si>
     <t>Optomechanical “nonlinear” light modulation on nano-scales</t>
   </si>
   <si>
     <t>346-348</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2013.6809048</t>
   </si>
   <si>
     <t>Enhanced light trapping with optical nanoantennas for thin-film solar cells</t>
   </si>
   <si>
     <t>Pavel Voroshilov, Michael Guzhva, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>49-51</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2013.6808949</t>
   </si>
   <si>
     <t>Wire metamaterial: Enhancement of evanescent waves and application for improvement of magnetic resonance imaging</t>
   </si>
   <si>
     <t>526-528</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2013.6809108</t>
   </si>
   <si>
-    <t>Light coupling in microwave metamaterials</t>
-[...8 lines deleted...]
-    <t>10.1109/MetaMaterials.2013.6808996</t>
+    <t>All-dielectric nanoantennas</t>
+  </si>
+  <si>
+    <t>880626-(1-12</t>
+  </si>
+  <si>
+    <t>10.1117/12.2025961</t>
+  </si>
+  <si>
+    <t>Photovoltaic absorption enhancement in thin-film solar cells by non-resonant beam collimation by submicron dielectric particles</t>
+  </si>
+  <si>
+    <t>103104(1-6)</t>
+  </si>
+  <si>
+    <t>10.1063/1.4820573</t>
   </si>
   <si>
     <t>Electric and magnetic dipole radiation and Purcell effect in hyperbolic metamaterials</t>
   </si>
   <si>
     <t>Alexander Poddubny, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>88060T-1</t>
   </si>
   <si>
     <t>10.1117/12.2023857</t>
   </si>
   <si>
-    <t>All-dielectric nanoantennas</t>
-[...14 lines deleted...]
-    <t>10.1063/1.4820573</t>
+    <t>Wire metamaterial for the improvement of magnetic resonance imaging</t>
+  </si>
+  <si>
+    <t>2013 SBMO/IEEE MTT-S International Microwave &amp; Optoelectronics Conference (IMOC)</t>
+  </si>
+  <si>
+    <t>10.1109/IMOC.2013.6646485</t>
   </si>
   <si>
     <t>Superdirective magnetic nanoantennas with effect of light steering: Theory and experiment</t>
   </si>
   <si>
-    <t>2013 SBMO/IEEE MTT-S International Microwave &amp; Optoelectronics Conference (IMOC)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/IMOC.2013.6646491</t>
   </si>
   <si>
-    <t>Wire metamaterial for the improvement of magnetic resonance imaging</t>
-[...4 lines deleted...]
-  <si>
     <t>Experimental verification of enhancement of evanescent waves inside a wire medium</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>051118(1-3)</t>
   </si>
   <si>
     <t>10.1063/1.4817513</t>
   </si>
   <si>
     <t>Self-Induced Torque in Hyperbolic Metamaterials</t>
   </si>
   <si>
     <t>036804(1-5)</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.111.036804</t>
   </si>
   <si>
     <t>All-dielectric Nanoantennas</t>
   </si>
   <si>
     <t>Advanced Photonics Congress</t>
   </si>
   <si>
     <t>IM1B.1</t>
   </si>
   <si>
     <t>10.1364/IPRSN.2013.IM1B.1</t>
   </si>
   <si>
     <t>Hyperbolic metamaterials based on multilayer graphene structures</t>
   </si>
   <si>
     <t>Ivan Iorsh, Ivan Mukhin, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>075416 (1-6)</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.87.075416</t>
   </si>
   <si>
+    <t>Novel nonlinear chiral metamaterials</t>
+  </si>
+  <si>
+    <t>Alexey Slobozhanyuk, Pavel Belov, Mikhail Lapine, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>IEEE Antennas and Propagation Society, AP-S International Symposium (Digest)</t>
+  </si>
+  <si>
+    <t>488-489</t>
+  </si>
+  <si>
+    <t>10.1109/APS.2013.6710905</t>
+  </si>
+  <si>
+    <t>Photosensitive SRR-metamaterials</t>
+  </si>
+  <si>
+    <t>Alexey Slobozhanyuk, Polina Kapitanova, Dmitry Filonov, Pavel Belov, Yuri Kivshar, Mikhail Lapine</t>
+  </si>
+  <si>
+    <t>1190-1191</t>
+  </si>
+  <si>
+    <t>10.1109/APS.2013.6711255</t>
+  </si>
+  <si>
     <t>Ultracompact all-dielectric superdirective antennas: Theory and experiment</t>
   </si>
   <si>
     <t>Pavel Belov, Dmitry Filonov, Alexey Slobozhanyuk, Yuri Kivshar</t>
   </si>
   <si>
-    <t>IEEE Antennas and Propagation Society, AP-S International Symposium (Digest)</t>
-[...1 lines deleted...]
-  <si>
     <t>138-139</t>
   </si>
   <si>
     <t>10.1109/APS.2013.6710730</t>
   </si>
   <si>
-    <t>Novel nonlinear chiral metamaterials</t>
-[...20 lines deleted...]
-    <t>10.1109/APS.2013.6711255</t>
+    <t>Mode control for system of coupled split-ring resonators by means of light (in Russian)</t>
+  </si>
+  <si>
+    <t>Полина Капитанова, Павел Белов</t>
+  </si>
+  <si>
+    <t>28-32</t>
+  </si>
+  <si>
+    <t>Plasmons in waveguide structures formed by two graphene layers</t>
+  </si>
+  <si>
+    <t>535-539</t>
+  </si>
+  <si>
+    <t>10.1134/S0021364013090063</t>
   </si>
   <si>
     <t>Dielectric optical nanoantennas (in Russian)</t>
   </si>
   <si>
     <t>Павел Белов, Юрий Кившар</t>
   </si>
   <si>
     <t>23-28</t>
   </si>
   <si>
-    <t>Plasmons in waveguide structures formed by two graphene layers</t>
-[...16 lines deleted...]
-  <si>
     <t>Enhanced efficiency of light-trapping nanoantenna arrays for thin-film solar cells</t>
   </si>
   <si>
     <t>A714–A725</t>
   </si>
   <si>
     <t>10.1364/OE.21.00A714</t>
   </si>
   <si>
     <t>Manipulating polarization of light with ultrathin epsilon-near-zero metamaterials</t>
   </si>
   <si>
     <t>Rodriguez Fortuno F. J., Ivan Iorsh, Alexander Atrashchenko, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>14907-14917</t>
   </si>
   <si>
     <t>10.1364/OE.21.014907</t>
   </si>
   <si>
     <t>Optical nanoantennas</t>
   </si>
   <si>
     <t>539-564</t>
@@ -3656,53 +3770,50 @@
   <si>
     <t>Alexey Orlov, Ivan Iorsh, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>1593-1598</t>
   </si>
   <si>
     <t>10.1364/OE.21.001593</t>
   </si>
   <si>
     <t>Broadband diamagnetism in anisotropic metamaterials</t>
   </si>
   <si>
     <t>Mikhail Lapine, Anastasia Krylova, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>024408 (1-7)</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.87.024408</t>
   </si>
   <si>
     <t>Performance of FDTD method cpu implementations for simulation of electromagnetic processes</t>
   </si>
   <si>
-    <t>Progress In Electromagnetics Research</t>
-[...1 lines deleted...]
-  <si>
     <t>655-670</t>
   </si>
   <si>
     <t>10.2528/PIER13031910</t>
   </si>
   <si>
     <t>Competing nonlinearities with metamaterials</t>
   </si>
   <si>
     <t>10.1063/1.4768945</t>
   </si>
   <si>
     <t>Nanophotonics integrated circuits simulation: FDTD method (in Russian)</t>
   </si>
   <si>
     <t>Константин Ладутенко, Павел Белов</t>
   </si>
   <si>
     <t>42-61</t>
   </si>
   <si>
     <t>Oscillons, solitons domain walls in arrays of nonlinear plasmonic nanoparticles</t>
   </si>
   <si>
     <t>Roman Noskov, Pavel Belov, Yuri Kivshar</t>
@@ -3836,71 +3947,71 @@
   <si>
     <t>10.1103/PhysRevA.86.023819</t>
   </si>
   <si>
     <t>Metamaterials with tunable nonlinearity</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Polina Kapitanova, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>613-617</t>
   </si>
   <si>
     <t>10.1134/S0021364012120156</t>
   </si>
   <si>
     <t>Microscopic model of Purcell enhancement in hyperbolic metamaterials</t>
   </si>
   <si>
     <t>035148 (1-8)</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.86.035148</t>
   </si>
   <si>
+    <t>Light-controllable magnetic metamaterials based on loaded split-ring resonators</t>
+  </si>
+  <si>
+    <t>Polina Kapitanova, Stanislav Maslovski, Pavel Voroshilov, Dmitry Filonov, Pavel Belov, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>Proceedings of the 2012 IEEE International Symposium on Antennas and Propagation</t>
+  </si>
+  <si>
+    <t>10.1109/APS.2012.6348088</t>
+  </si>
+  <si>
     <t>Nonlinear spiral metamaterials</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Dmitry Filonov, Mikhail Lapine, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
-    <t>Proceedings of the 2012 IEEE International Symposium on Antennas and Propagation</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/APS.2012.6349225</t>
   </si>
   <si>
-    <t>Light-controllable magnetic metamaterials based on loaded split-ring resonators</t>
-[...7 lines deleted...]
-  <si>
     <t>Wire Metamaterials: Physics and Applications</t>
   </si>
   <si>
     <t>Pavel Belov, Alexander Atrashchenko, Yuri Kivshar</t>
   </si>
   <si>
     <t>4229–4248</t>
   </si>
   <si>
     <t>10.1002/adma.201200931</t>
   </si>
   <si>
     <t>Purcell Effect, Surface Modes and Nonlocality in Hyperbolic Metamaterials</t>
   </si>
   <si>
     <t>Alexey Orlov, Alexander Chebykin, Ivan Iorsh, Alexander Poddubny, Pavel Voroshilov, Yuri Kivshar, Pavel Belov</t>
   </si>
   <si>
     <t>QTh1A.5</t>
   </si>
   <si>
     <t>10.1364/QELS.2012.QTh1A.5</t>
   </si>
   <si>
     <t>Subwavelength plasmonic kinks, solitons oscillons in arrays of nonlinear metallic nanoparticles</t>
@@ -4145,144 +4256,144 @@
   <si>
     <t>191905(1-3)</t>
   </si>
   <si>
     <t>10.1063/1.3516161</t>
   </si>
   <si>
     <t>Magnification of subwavelength field distributions using a tapered array of metallic wires with planar interfaces and an embedded dielectric phase compensator</t>
   </si>
   <si>
     <t>103045(1-11)</t>
   </si>
   <si>
     <t>10.1088/1367-2630/12/10/103045</t>
   </si>
   <si>
     <t>Tailoring silver nanorod arrays for subwavelength imaging of arbitrary coherent sources</t>
   </si>
   <si>
     <t>113408(1-4)</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.82.113408</t>
   </si>
   <si>
+    <t>Strong spatial dispersion in nanostructured multilayered metal-dielectric optical metamaterials</t>
+  </si>
+  <si>
+    <t>Alexey Orlov, Alexander Chebykin, Pavel Belov</t>
+  </si>
+  <si>
+    <t>77540E(1-7)</t>
+  </si>
+  <si>
+    <t>10.1117/12.860175</t>
+  </si>
+  <si>
+    <t>Material parameters of optical metamaterials formed by nano-fishnet structures</t>
+  </si>
+  <si>
+    <t>Irina Melchakova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>77541V(1-14)</t>
+  </si>
+  <si>
+    <t>10.1117/12.860116</t>
+  </si>
+  <si>
     <t>Optimal parameters of metallic nanorods arrays for subwavelength imaging</t>
   </si>
   <si>
     <t>77541E(1-6)</t>
   </si>
   <si>
     <t>10.1117/12.860630</t>
   </si>
   <si>
-    <t>Strong spatial dispersion in nanostructured multilayered metal-dielectric optical metamaterials</t>
-[...22 lines deleted...]
-  <si>
     <t>Studying the possibility of extracting material parameters from reflection and transmission coefficients of plane wave for multilayer metamaterials based on metal nanogrids</t>
   </si>
   <si>
     <t>Pavel Belov, Irina Melchakova</t>
   </si>
   <si>
     <t>85-96</t>
   </si>
   <si>
     <t>10.1134/S0030400X10070143</t>
   </si>
   <si>
     <t>Periscope-like endoscope for transmission of a near field in the infrared range</t>
   </si>
   <si>
     <t>142-144</t>
   </si>
   <si>
     <t>10.1364/OL.35.000142</t>
   </si>
   <si>
+    <t>Nonlinear and tunable metamaterials (in Russian)</t>
+  </si>
+  <si>
+    <t>Юрий Кившар, Алексей Орлов, Павел Белов</t>
+  </si>
+  <si>
+    <t>Proceedings of national research center of photonics and optical informatics</t>
+  </si>
+  <si>
+    <t>78-91</t>
+  </si>
+  <si>
+    <t>Nonlocal homogenization theory of multilayered metal-dielectric nanostructured optical metamaterials (in Russian)</t>
+  </si>
+  <si>
+    <t>Александр Чебыкин, Алексей Орлов, Юрий Кившар, Павел Белов</t>
+  </si>
+  <si>
+    <t>92-112</t>
+  </si>
+  <si>
+    <t>Study of reflection and transmission coefficients for an array of metal wires depending on their radius (in Russian)</t>
+  </si>
+  <si>
+    <t>Павел Белов</t>
+  </si>
+  <si>
     <t>Altering antenna performance using magnifying wire medium</t>
   </si>
   <si>
     <t>Electronics Letters</t>
   </si>
   <si>
     <t>10.1049/el.2010.1712</t>
   </si>
   <si>
     <t>Radiotransparent building materials</t>
   </si>
   <si>
     <t>Proceedings of the Fourth European Conference on Antennas and Propagation</t>
-  </si>
-[...25 lines deleted...]
-    <t>Павел Белов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -4586,51 +4697,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I400"/>
+  <dimension ref="A1:I410"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="203.95" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="617.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="131.968" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -4644,10532 +4755,10774 @@
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
-      <c r="D2">
-[...2 lines deleted...]
-      <c r="E2"/>
+      <c r="D2"/>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
-[...6 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="D3"/>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3"/>
       <c r="I3"/>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H4"/>
       <c r="I4"/>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D5">
-        <v>16</v>
+        <v>112</v>
       </c>
       <c r="E5"/>
       <c r="F5">
         <v>2025</v>
       </c>
       <c r="G5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H5">
-        <v>14.92</v>
+        <v>4.04</v>
       </c>
       <c r="I5">
-        <v>5.56</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="D6"/>
+        <v>28</v>
+      </c>
+      <c r="D6">
+        <v>112</v>
+      </c>
       <c r="E6"/>
       <c r="F6">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H6">
-        <v>5.0</v>
+        <v>5.3</v>
       </c>
       <c r="I6">
-        <v>1.88</v>
+        <v>1.89</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C7" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      <c r="E7"/>
+        <v>32</v>
+      </c>
+      <c r="D7"/>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
       <c r="F7">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G7" t="s">
-        <v>32</v>
-[...6 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B8" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C8" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F8">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G8" t="s">
         <v>37</v>
       </c>
       <c r="H8"/>
       <c r="I8"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>38</v>
       </c>
       <c r="B9" t="s">
         <v>39</v>
       </c>
       <c r="C9" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="D9">
-        <v>110</v>
+        <v>16</v>
       </c>
       <c r="E9"/>
       <c r="F9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H9">
-        <v>4.04</v>
+        <v>14.92</v>
       </c>
       <c r="I9">
-        <v>1.78</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C10" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D10"/>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E10"/>
       <c r="F10">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G10" t="s">
         <v>45</v>
       </c>
-      <c r="H10"/>
-      <c r="I10"/>
+      <c r="H10">
+        <v>18.81</v>
+      </c>
+      <c r="I10">
+        <v>6.07</v>
+      </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>46</v>
       </c>
       <c r="B11" t="s">
         <v>47</v>
       </c>
       <c r="C11" t="s">
         <v>48</v>
       </c>
-      <c r="D11"/>
-      <c r="E11"/>
+      <c r="D11">
+        <v>182</v>
+      </c>
+      <c r="E11" t="s">
+        <v>49</v>
+      </c>
       <c r="F11">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G11" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-      <c r="I11"/>
+        <v>50</v>
+      </c>
+      <c r="H11">
+        <v>2.95</v>
+      </c>
+      <c r="I11">
+        <v>0.44</v>
+      </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C12" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-      <c r="I12"/>
+        <v>54</v>
+      </c>
+      <c r="H12">
+        <v>5.0</v>
+      </c>
+      <c r="I12">
+        <v>1.88</v>
+      </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B13" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C13" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="D13"/>
+        <v>24</v>
+      </c>
+      <c r="D13">
+        <v>110</v>
+      </c>
       <c r="E13"/>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-      <c r="I13"/>
+        <v>57</v>
+      </c>
+      <c r="H13">
+        <v>4.04</v>
+      </c>
+      <c r="I13">
+        <v>1.78</v>
+      </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B14" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C14" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="D14"/>
-      <c r="E14">
-        <v>130648</v>
+      <c r="E14" t="s">
+        <v>61</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
-        <v>59</v>
-[...6 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" t="s">
+        <v>15</v>
+      </c>
+      <c r="C15" t="s">
         <v>60</v>
       </c>
-      <c r="B15" t="s">
+      <c r="D15"/>
+      <c r="E15" t="s">
         <v>61</v>
-      </c>
-[...7 lines deleted...]
-        <v>1158</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
-        <v>63</v>
-[...6 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B16" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C16" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="D16"/>
-      <c r="E16"/>
+      <c r="E16" t="s">
+        <v>61</v>
+      </c>
       <c r="F16">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G16" t="s">
         <v>67</v>
       </c>
       <c r="H16"/>
       <c r="I16"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>68</v>
       </c>
       <c r="B17" t="s">
         <v>69</v>
       </c>
       <c r="C17" t="s">
+        <v>60</v>
+      </c>
+      <c r="D17"/>
+      <c r="E17" t="s">
+        <v>61</v>
+      </c>
+      <c r="F17">
+        <v>2024</v>
+      </c>
+      <c r="G17" t="s">
         <v>70</v>
-      </c>
-[...8 lines deleted...]
-        <v>71</v>
       </c>
       <c r="H17"/>
       <c r="I17"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>71</v>
+      </c>
+      <c r="B18" t="s">
         <v>72</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D18">
-        <v>20</v>
+        <v>110</v>
       </c>
       <c r="E18"/>
       <c r="F18">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G18" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="H18">
-        <v>4.99</v>
+        <v>4.04</v>
       </c>
       <c r="I18">
-        <v>1.88</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>74</v>
+      </c>
+      <c r="B19" t="s">
         <v>75</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>76</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19"/>
+      <c r="E19" t="s">
         <v>77</v>
       </c>
-      <c r="D19"/>
-      <c r="E19"/>
       <c r="F19">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G19" t="s">
         <v>78</v>
       </c>
       <c r="H19"/>
       <c r="I19"/>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>79</v>
       </c>
       <c r="B20" t="s">
         <v>80</v>
       </c>
       <c r="C20" t="s">
         <v>81</v>
       </c>
-      <c r="D20">
-[...2 lines deleted...]
-      <c r="E20"/>
+      <c r="D20"/>
+      <c r="E20" t="s">
+        <v>82</v>
+      </c>
       <c r="F20">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G20" t="s">
-        <v>82</v>
-[...6 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20"/>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B21" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C21" t="s">
-        <v>85</v>
-[...3 lines deleted...]
-      </c>
+        <v>86</v>
+      </c>
+      <c r="D21"/>
       <c r="E21"/>
       <c r="F21">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G21" t="s">
-        <v>86</v>
-[...6 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21"/>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B22" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C22" t="s">
-        <v>89</v>
-[...6 lines deleted...]
-      </c>
+        <v>86</v>
+      </c>
+      <c r="D22"/>
+      <c r="E22"/>
       <c r="F22">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G22" t="s">
         <v>90</v>
       </c>
-      <c r="H22">
-[...4 lines deleted...]
-      </c>
+      <c r="H22"/>
+      <c r="I22"/>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>91</v>
       </c>
       <c r="B23" t="s">
         <v>92</v>
       </c>
       <c r="C23" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="D23"/>
-      <c r="E23">
-[...1 lines deleted...]
-      </c>
+      <c r="E23"/>
       <c r="F23">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G23" t="s">
         <v>93</v>
       </c>
-      <c r="H23">
-[...4 lines deleted...]
-      </c>
+      <c r="H23"/>
+      <c r="I23"/>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>94</v>
       </c>
       <c r="B24" t="s">
         <v>95</v>
       </c>
       <c r="C24" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      <c r="E24"/>
+        <v>96</v>
+      </c>
+      <c r="D24"/>
+      <c r="E24">
+        <v>130648</v>
+      </c>
       <c r="F24">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G24" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H24">
-        <v>3.91</v>
+        <v>2.31</v>
       </c>
       <c r="I24">
-        <v>1.54</v>
+        <v>0.63</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B25" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C25" t="s">
-        <v>11</v>
+        <v>100</v>
       </c>
       <c r="D25">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="E25"/>
+        <v>12</v>
+      </c>
+      <c r="E25">
+        <v>1158</v>
+      </c>
       <c r="F25">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G25" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="H25">
-        <v>5.41</v>
+        <v>7.08</v>
       </c>
       <c r="I25">
-        <v>1.68</v>
+        <v>2.07</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B26" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C26" t="s">
-        <v>89</v>
-[...6 lines deleted...]
-      </c>
+        <v>104</v>
+      </c>
+      <c r="D26"/>
+      <c r="E26"/>
       <c r="F26">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G26" t="s">
-        <v>102</v>
-[...6 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26"/>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B27" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C27" t="s">
-        <v>27</v>
+        <v>108</v>
       </c>
       <c r="D27">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="E27"/>
       <c r="F27">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G27" t="s">
-        <v>105</v>
-[...6 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B28" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C28" t="s">
-        <v>108</v>
+        <v>53</v>
       </c>
       <c r="D28">
-        <v>86</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="E28"/>
       <c r="F28">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G28" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="H28"/>
+        <v>112</v>
+      </c>
+      <c r="H28">
+        <v>4.99</v>
+      </c>
       <c r="I28">
-        <v>0.23</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B29" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C29" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G29" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="H29"/>
       <c r="I29"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B30" t="s">
-        <v>88</v>
+        <v>118</v>
       </c>
       <c r="C30" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D30">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E30"/>
       <c r="F30">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G30" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="H30">
-        <v>3.56</v>
+        <v>17.46</v>
       </c>
       <c r="I30">
-        <v>1.26</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="B31" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="C31" t="s">
-        <v>31</v>
+        <v>123</v>
       </c>
       <c r="D31">
-        <v>106</v>
+        <v>134</v>
       </c>
       <c r="E31"/>
       <c r="F31">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G31" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="H31">
-        <v>3.91</v>
+        <v>2.55</v>
       </c>
       <c r="I31">
-        <v>1.54</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="B32" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="C32" t="s">
-        <v>116</v>
+        <v>127</v>
       </c>
       <c r="D32">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="E32">
-        <v>3291</v>
+        <v>101150</v>
       </c>
       <c r="F32">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G32" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="H32">
-        <v>3.56</v>
+        <v>3.16</v>
       </c>
       <c r="I32">
-        <v>1.26</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="B33" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="C33" t="s">
-        <v>125</v>
-[...5 lines deleted...]
-        <v>126</v>
+        <v>127</v>
+      </c>
+      <c r="D33"/>
+      <c r="E33">
+        <v>101147</v>
       </c>
       <c r="F33">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G33" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="H33">
-        <v>4.82</v>
+        <v>3.16</v>
       </c>
       <c r="I33">
-        <v>2.13</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B34" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C34" t="s">
-        <v>81</v>
+        <v>24</v>
       </c>
       <c r="D34">
-        <v>11</v>
+        <v>107</v>
       </c>
       <c r="E34"/>
       <c r="F34">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G34" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="H34">
-        <v>17.46</v>
+        <v>3.91</v>
       </c>
       <c r="I34">
-        <v>5.5</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="B35" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="C35" t="s">
-        <v>125</v>
+        <v>28</v>
       </c>
       <c r="D35">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="E35"/>
       <c r="F35">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G35" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="H35">
-        <v>4.82</v>
+        <v>5.41</v>
       </c>
       <c r="I35">
-        <v>2.13</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="B36" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="C36" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="D36">
-        <v>279</v>
+        <v>53</v>
       </c>
       <c r="E36">
-        <v>108065</v>
+        <v>101104</v>
       </c>
       <c r="F36">
         <v>2022</v>
       </c>
       <c r="G36" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="H36">
-        <v>2.47</v>
+        <v>3.01</v>
       </c>
       <c r="I36">
-        <v>0.81</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B37" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C37" t="s">
-        <v>141</v>
+        <v>53</v>
       </c>
       <c r="D37">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="E37"/>
       <c r="F37">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G37" t="s">
         <v>143</v>
       </c>
       <c r="H37">
-        <v>0.55</v>
+        <v>4.93</v>
       </c>
       <c r="I37">
-        <v>0.21</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>144</v>
       </c>
       <c r="B38" t="s">
-        <v>88</v>
+        <v>145</v>
       </c>
       <c r="C38" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="D38">
-        <v>2015</v>
+        <v>86</v>
       </c>
       <c r="E38" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="F38">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G38" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="H38"/>
       <c r="I38">
-        <v>0.21</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B39" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C39" t="s">
-        <v>141</v>
-[...6 lines deleted...]
-      </c>
+        <v>151</v>
+      </c>
+      <c r="D39"/>
+      <c r="E39"/>
       <c r="F39">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G39" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="H39"/>
-      <c r="I39">
-[...1 lines deleted...]
-      </c>
+      <c r="I39"/>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B40" t="s">
-        <v>152</v>
+        <v>126</v>
       </c>
       <c r="C40" t="s">
-        <v>31</v>
+        <v>154</v>
       </c>
       <c r="D40">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="E40"/>
+        <v>47</v>
+      </c>
+      <c r="E40">
+        <v>4451</v>
+      </c>
       <c r="F40">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G40" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="H40">
-        <v>3.91</v>
+        <v>3.56</v>
       </c>
       <c r="I40">
-        <v>1.54</v>
+        <v>1.26</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B41" t="s">
-        <v>88</v>
+        <v>150</v>
       </c>
       <c r="C41" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="D41"/>
+        <v>24</v>
+      </c>
+      <c r="D41">
+        <v>106</v>
+      </c>
       <c r="E41"/>
       <c r="F41">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G41" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-      <c r="I41"/>
+        <v>157</v>
+      </c>
+      <c r="H41">
+        <v>3.91</v>
+      </c>
+      <c r="I41">
+        <v>1.54</v>
+      </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B42" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C42" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="D42">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="E42" t="s">
+        <v>47</v>
+      </c>
+      <c r="E42">
+        <v>3291</v>
+      </c>
+      <c r="F42">
+        <v>2022</v>
+      </c>
+      <c r="G42" t="s">
         <v>160</v>
       </c>
-      <c r="F42">
-[...4 lines deleted...]
-      </c>
       <c r="H42">
-        <v>33.26</v>
+        <v>3.56</v>
       </c>
       <c r="I42">
-        <v>8.3</v>
+        <v>1.26</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>161</v>
+      </c>
+      <c r="B43" t="s">
         <v>162</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" t="s">
-        <v>31</v>
+        <v>163</v>
       </c>
       <c r="D43">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="E43"/>
+        <v>70</v>
+      </c>
+      <c r="E43" t="s">
+        <v>164</v>
+      </c>
       <c r="F43">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G43" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="H43">
-        <v>3.91</v>
+        <v>4.82</v>
       </c>
       <c r="I43">
-        <v>1.54</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B44" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C44" t="s">
-        <v>27</v>
+        <v>119</v>
       </c>
       <c r="D44">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E44"/>
       <c r="F44">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G44" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="H44">
-        <v>4.93</v>
+        <v>17.46</v>
       </c>
       <c r="I44">
-        <v>1.53</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B45" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C45" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="D45">
-        <v>87</v>
+        <v>70</v>
       </c>
       <c r="E45" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F45">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G45" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="H45">
-        <v>3.74</v>
+        <v>4.82</v>
       </c>
       <c r="I45">
-        <v>1.5</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B46" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C46" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D46">
-        <v>118</v>
+        <v>279</v>
       </c>
       <c r="E46">
-        <v>201101</v>
+        <v>108065</v>
       </c>
       <c r="F46">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G46" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="H46">
-        <v>3.97</v>
+        <v>2.47</v>
       </c>
       <c r="I46">
-        <v>1.03</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B47" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C47" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="D47">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>131601</v>
+        <v>2015</v>
+      </c>
+      <c r="E47" t="s">
+        <v>180</v>
       </c>
       <c r="F47">
         <v>2021</v>
       </c>
       <c r="G47" t="s">
-        <v>178</v>
-[...3 lines deleted...]
-      </c>
+        <v>181</v>
+      </c>
+      <c r="H47"/>
       <c r="I47">
-        <v>1.03</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>182</v>
+      </c>
+      <c r="B48" t="s">
+        <v>183</v>
+      </c>
+      <c r="C48" t="s">
         <v>179</v>
       </c>
-      <c r="B48" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D48">
-        <v>192</v>
+        <v>2015</v>
       </c>
       <c r="E48" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F48">
         <v>2021</v>
       </c>
       <c r="G48" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-      <c r="I48"/>
+        <v>185</v>
+      </c>
+      <c r="H48">
+        <v>0.55</v>
+      </c>
+      <c r="I48">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>186</v>
+      </c>
+      <c r="B49" t="s">
+        <v>126</v>
+      </c>
+      <c r="C49" t="s">
         <v>179</v>
       </c>
-      <c r="B49" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D49">
-        <v>65</v>
+        <v>2015</v>
       </c>
       <c r="E49" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F49">
         <v>2021</v>
       </c>
       <c r="G49" t="s">
-        <v>187</v>
-[...3 lines deleted...]
-      </c>
+        <v>188</v>
+      </c>
+      <c r="H49"/>
       <c r="I49">
-        <v>0.66</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B50" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C50" t="s">
-        <v>174</v>
+        <v>24</v>
       </c>
       <c r="D50">
-        <v>118</v>
-[...3 lines deleted...]
-      </c>
+        <v>104</v>
+      </c>
+      <c r="E50"/>
       <c r="F50">
         <v>2021</v>
       </c>
       <c r="G50" t="s">
         <v>191</v>
       </c>
       <c r="H50">
-        <v>3.97</v>
+        <v>3.91</v>
       </c>
       <c r="I50">
-        <v>1.03</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>192</v>
       </c>
       <c r="B51" t="s">
+        <v>126</v>
+      </c>
+      <c r="C51" t="s">
         <v>193</v>
       </c>
-      <c r="C51" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D51"/>
+      <c r="E51"/>
       <c r="F51">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G51" t="s">
         <v>194</v>
       </c>
-      <c r="H51">
-[...4 lines deleted...]
-      </c>
+      <c r="H51"/>
+      <c r="I51"/>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>195</v>
       </c>
       <c r="B52" t="s">
         <v>196</v>
       </c>
       <c r="C52" t="s">
         <v>197</v>
       </c>
       <c r="D52">
-        <v>2300</v>
+        <v>4</v>
       </c>
       <c r="E52" t="s">
         <v>198</v>
       </c>
       <c r="F52">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G52" t="s">
         <v>199</v>
       </c>
-      <c r="H52"/>
+      <c r="H52">
+        <v>33.26</v>
+      </c>
       <c r="I52">
-        <v>0.19</v>
+        <v>8.3</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>200</v>
       </c>
       <c r="B53" t="s">
+        <v>126</v>
+      </c>
+      <c r="C53" t="s">
+        <v>24</v>
+      </c>
+      <c r="D53">
+        <v>104</v>
+      </c>
+      <c r="E53"/>
+      <c r="F53">
+        <v>2021</v>
+      </c>
+      <c r="G53" t="s">
         <v>201</v>
       </c>
-      <c r="C53" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H53">
-        <v>2.99</v>
+        <v>3.91</v>
       </c>
       <c r="I53">
-        <v>1.01</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>202</v>
+      </c>
+      <c r="B54" t="s">
+        <v>203</v>
+      </c>
+      <c r="C54" t="s">
+        <v>53</v>
+      </c>
+      <c r="D54">
+        <v>16</v>
+      </c>
+      <c r="E54"/>
+      <c r="F54">
+        <v>2021</v>
+      </c>
+      <c r="G54" t="s">
         <v>204</v>
       </c>
-      <c r="B54" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H54">
-        <v>9.93</v>
+        <v>4.93</v>
       </c>
       <c r="I54">
-        <v>2.89</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>205</v>
+      </c>
+      <c r="B55" t="s">
+        <v>206</v>
+      </c>
+      <c r="C55" t="s">
         <v>207</v>
       </c>
-      <c r="B55" t="s">
+      <c r="D55">
+        <v>87</v>
+      </c>
+      <c r="E55" t="s">
         <v>208</v>
       </c>
-      <c r="C55" t="s">
+      <c r="F55">
+        <v>2021</v>
+      </c>
+      <c r="G55" t="s">
         <v>209</v>
       </c>
-      <c r="D55">
-[...8 lines deleted...]
-      </c>
       <c r="H55">
-        <v>4.04</v>
+        <v>3.74</v>
       </c>
       <c r="I55">
-        <v>1.28</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>210</v>
+      </c>
+      <c r="B56" t="s">
         <v>211</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>212</v>
       </c>
-      <c r="C56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D56">
-        <v>117</v>
-[...1 lines deleted...]
-      <c r="E56" t="s">
+        <v>118</v>
+      </c>
+      <c r="E56">
+        <v>201101</v>
+      </c>
+      <c r="F56">
+        <v>2021</v>
+      </c>
+      <c r="G56" t="s">
         <v>213</v>
       </c>
-      <c r="F56">
-[...4 lines deleted...]
-      </c>
       <c r="H56">
-        <v>3.79</v>
+        <v>3.97</v>
       </c>
       <c r="I56">
-        <v>1.18</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>214</v>
+      </c>
+      <c r="B57" t="s">
         <v>215</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
+        <v>212</v>
+      </c>
+      <c r="D57">
+        <v>118</v>
+      </c>
+      <c r="E57">
+        <v>131601</v>
+      </c>
+      <c r="F57">
+        <v>2021</v>
+      </c>
+      <c r="G57" t="s">
         <v>216</v>
       </c>
-      <c r="C57" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H57">
-        <v>2.45</v>
+        <v>3.97</v>
       </c>
       <c r="I57">
-        <v>0.58</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>217</v>
+      </c>
+      <c r="B58" t="s">
         <v>218</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
         <v>219</v>
       </c>
-      <c r="C58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D58">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>3840</v>
+        <v>192</v>
+      </c>
+      <c r="E58" t="s">
+        <v>220</v>
       </c>
       <c r="F58">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G58" t="s">
-        <v>220</v>
-[...6 lines deleted...]
-      </c>
+        <v>221</v>
+      </c>
+      <c r="H58"/>
+      <c r="I58"/>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="B59" t="s">
         <v>222</v>
       </c>
       <c r="C59" t="s">
         <v>223</v>
       </c>
       <c r="D59">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="E59" t="s">
         <v>224</v>
       </c>
       <c r="F59">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G59" t="s">
         <v>225</v>
       </c>
       <c r="H59">
-        <v>11.78</v>
+        <v>2.94</v>
       </c>
       <c r="I59">
-        <v>1.98</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>226</v>
       </c>
       <c r="B60" t="s">
         <v>227</v>
       </c>
       <c r="C60" t="s">
-        <v>27</v>
+        <v>212</v>
       </c>
       <c r="D60">
-        <v>13</v>
+        <v>118</v>
       </c>
       <c r="E60" t="s">
         <v>228</v>
       </c>
       <c r="F60">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G60" t="s">
         <v>229</v>
       </c>
       <c r="H60">
-        <v>4.99</v>
+        <v>3.97</v>
       </c>
       <c r="I60">
-        <v>1.88</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>230</v>
       </c>
       <c r="B61" t="s">
         <v>231</v>
       </c>
       <c r="C61" t="s">
-        <v>232</v>
+        <v>212</v>
       </c>
       <c r="D61">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>117</v>
+      </c>
+      <c r="E61">
+        <v>241105</v>
       </c>
       <c r="F61">
         <v>2020</v>
       </c>
       <c r="G61" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="H61">
-        <v>7.53</v>
+        <v>3.79</v>
       </c>
       <c r="I61">
-        <v>2.74</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>233</v>
+      </c>
+      <c r="B62" t="s">
+        <v>234</v>
+      </c>
+      <c r="C62" t="s">
         <v>235</v>
       </c>
-      <c r="B62" t="s">
+      <c r="D62">
+        <v>2300</v>
+      </c>
+      <c r="E62" t="s">
         <v>236</v>
-      </c>
-[...7 lines deleted...]
-        <v>237</v>
       </c>
       <c r="F62">
         <v>2020</v>
       </c>
       <c r="G62" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="H62"/>
       <c r="I62">
-        <v>0.23</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>238</v>
+      </c>
+      <c r="B63" t="s">
         <v>239</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63" t="s">
         <v>240</v>
       </c>
-      <c r="C63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D63">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>241</v>
+        <v>532</v>
+      </c>
+      <c r="E63">
+        <v>2000293</v>
       </c>
       <c r="F63">
         <v>2020</v>
       </c>
       <c r="G63" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="H63">
-        <v>4.39</v>
+        <v>2.99</v>
       </c>
       <c r="I63">
-        <v>1.65</v>
+        <v>1.01</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>242</v>
+      </c>
+      <c r="B64" t="s">
+        <v>234</v>
+      </c>
+      <c r="C64" t="s">
         <v>243</v>
       </c>
-      <c r="B64" t="s">
-[...6 lines deleted...]
-      <c r="E64"/>
+      <c r="D64">
+        <v>8</v>
+      </c>
+      <c r="E64">
+        <v>2001170</v>
+      </c>
       <c r="F64">
         <v>2020</v>
       </c>
       <c r="G64" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-      <c r="I64"/>
+        <v>244</v>
+      </c>
+      <c r="H64">
+        <v>9.93</v>
+      </c>
+      <c r="I64">
+        <v>2.89</v>
+      </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>245</v>
+      </c>
+      <c r="B65" t="s">
+        <v>246</v>
+      </c>
+      <c r="C65" t="s">
         <v>247</v>
       </c>
-      <c r="B65" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D65">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="E65"/>
       <c r="F65">
         <v>2020</v>
       </c>
       <c r="G65" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="H65">
-        <v>3.37</v>
+        <v>4.04</v>
       </c>
       <c r="I65">
-        <v>0.59</v>
+        <v>1.28</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="B66" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="C66" t="s">
-        <v>89</v>
+        <v>212</v>
       </c>
       <c r="D66">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>100764</v>
+        <v>117</v>
+      </c>
+      <c r="E66" t="s">
+        <v>251</v>
       </c>
       <c r="F66">
         <v>2020</v>
       </c>
       <c r="G66" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="H66">
-        <v>2.45</v>
+        <v>3.79</v>
       </c>
       <c r="I66">
-        <v>0.58</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="B67" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="C67" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-      <c r="E67"/>
+        <v>127</v>
+      </c>
+      <c r="D67">
+        <v>41</v>
+      </c>
+      <c r="E67">
+        <v>100835</v>
+      </c>
       <c r="F67">
         <v>2020</v>
       </c>
       <c r="G67" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-      <c r="I67"/>
+        <v>255</v>
+      </c>
+      <c r="H67">
+        <v>2.45</v>
+      </c>
+      <c r="I67">
+        <v>0.58</v>
+      </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="B68" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="C68" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-      <c r="E68"/>
+        <v>40</v>
+      </c>
+      <c r="D68">
+        <v>11</v>
+      </c>
+      <c r="E68">
+        <v>3840</v>
+      </c>
       <c r="F68">
         <v>2020</v>
       </c>
       <c r="G68" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-      <c r="I68"/>
+        <v>258</v>
+      </c>
+      <c r="H68">
+        <v>14.92</v>
+      </c>
+      <c r="I68">
+        <v>5.56</v>
+      </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>259</v>
+      </c>
+      <c r="B69" t="s">
+        <v>260</v>
+      </c>
+      <c r="C69" t="s">
+        <v>261</v>
+      </c>
+      <c r="D69">
+        <v>66</v>
+      </c>
+      <c r="E69" t="s">
         <v>262</v>
       </c>
-      <c r="B69" t="s">
+      <c r="F69">
+        <v>2020</v>
+      </c>
+      <c r="G69" t="s">
         <v>263</v>
       </c>
-      <c r="C69" t="s">
-[...14 lines deleted...]
-      <c r="H69"/>
+      <c r="H69">
+        <v>11.78</v>
+      </c>
       <c r="I69">
-        <v>0.22</v>
+        <v>1.98</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>264</v>
+      </c>
+      <c r="B70" t="s">
+        <v>265</v>
+      </c>
+      <c r="C70" t="s">
+        <v>53</v>
+      </c>
+      <c r="D70">
+        <v>13</v>
+      </c>
+      <c r="E70" t="s">
         <v>266</v>
       </c>
-      <c r="B70" t="s">
+      <c r="F70">
+        <v>2020</v>
+      </c>
+      <c r="G70" t="s">
         <v>267</v>
       </c>
-      <c r="C70" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H70">
-        <v>3.58</v>
+        <v>4.99</v>
       </c>
       <c r="I70">
-        <v>1.81</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>268</v>
+      </c>
+      <c r="B71" t="s">
         <v>269</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>270</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71">
+        <v>7</v>
+      </c>
+      <c r="E71" t="s">
         <v>271</v>
       </c>
-      <c r="D71"/>
-      <c r="E71"/>
       <c r="F71">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G71" t="s">
         <v>272</v>
       </c>
-      <c r="H71"/>
-      <c r="I71"/>
+      <c r="H71">
+        <v>7.53</v>
+      </c>
+      <c r="I71">
+        <v>2.74</v>
+      </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
         <v>273</v>
       </c>
       <c r="B72" t="s">
         <v>274</v>
       </c>
       <c r="C72" t="s">
+        <v>179</v>
+      </c>
+      <c r="D72">
+        <v>1461</v>
+      </c>
+      <c r="E72" t="s">
         <v>275</v>
       </c>
-      <c r="D72"/>
-      <c r="E72"/>
       <c r="F72">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G72" t="s">
         <v>276</v>
       </c>
       <c r="H72"/>
-      <c r="I72"/>
+      <c r="I72">
+        <v>0.23</v>
+      </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
         <v>277</v>
       </c>
       <c r="B73" t="s">
         <v>278</v>
       </c>
       <c r="C73" t="s">
+        <v>163</v>
+      </c>
+      <c r="D73">
+        <v>68</v>
+      </c>
+      <c r="E73" t="s">
         <v>279</v>
       </c>
-      <c r="D73">
-[...4 lines deleted...]
-      </c>
       <c r="F73">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G73" t="s">
         <v>280</v>
       </c>
       <c r="H73">
-        <v>1.45</v>
+        <v>4.39</v>
       </c>
       <c r="I73">
-        <v>0.52</v>
+        <v>1.65</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
         <v>281</v>
       </c>
       <c r="B74" t="s">
-        <v>236</v>
+        <v>282</v>
       </c>
       <c r="C74" t="s">
-        <v>282</v>
-[...6 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="D74"/>
+      <c r="E74"/>
       <c r="F74">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G74" t="s">
-        <v>283</v>
-[...6 lines deleted...]
-      </c>
+        <v>284</v>
+      </c>
+      <c r="H74"/>
+      <c r="I74"/>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B75" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C75" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D75">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>1900912</v>
+        <v>8</v>
+      </c>
+      <c r="E75" t="s">
+        <v>288</v>
       </c>
       <c r="F75">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G75" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="H75">
-        <v>27.4</v>
+        <v>3.37</v>
       </c>
       <c r="I75">
-        <v>10.57</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B76" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C76" t="s">
-        <v>27</v>
+        <v>127</v>
       </c>
       <c r="D76">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>290</v>
+        <v>39</v>
+      </c>
+      <c r="E76">
+        <v>100764</v>
       </c>
       <c r="F76">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G76" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="H76">
-        <v>4.19</v>
+        <v>2.45</v>
       </c>
       <c r="I76">
-        <v>1.87</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B77" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C77" t="s">
-        <v>185</v>
-[...6 lines deleted...]
-      </c>
+        <v>295</v>
+      </c>
+      <c r="D77"/>
+      <c r="E77"/>
       <c r="F77">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G77" t="s">
-        <v>295</v>
-[...6 lines deleted...]
-      </c>
+        <v>296</v>
+      </c>
+      <c r="H77"/>
+      <c r="I77"/>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B78" t="s">
-        <v>248</v>
+        <v>298</v>
       </c>
       <c r="C78" t="s">
-        <v>141</v>
-[...6 lines deleted...]
-      </c>
+        <v>295</v>
+      </c>
+      <c r="D78"/>
+      <c r="E78"/>
       <c r="F78">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G78" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="H78"/>
-      <c r="I78">
-[...1 lines deleted...]
-      </c>
+      <c r="I78"/>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="B79" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="C79" t="s">
-        <v>300</v>
+        <v>179</v>
       </c>
       <c r="D79">
-        <v>9</v>
+        <v>1410</v>
       </c>
       <c r="E79" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F79">
         <v>2019</v>
       </c>
       <c r="G79" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="H79"/>
-      <c r="I79"/>
+      <c r="I79">
+        <v>0.22</v>
+      </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B80" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C80" t="s">
-        <v>174</v>
+        <v>24</v>
       </c>
       <c r="D80">
-        <v>114</v>
+        <v>100</v>
       </c>
       <c r="E80">
-        <v>31103</v>
+        <v>205136</v>
       </c>
       <c r="F80">
         <v>2019</v>
       </c>
       <c r="G80" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="H80">
-        <v>3.6</v>
+        <v>3.58</v>
       </c>
       <c r="I80">
-        <v>1.34</v>
+        <v>1.81</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B81" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C81" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D81"/>
       <c r="E81"/>
       <c r="F81">
         <v>2019</v>
       </c>
       <c r="G81" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H81"/>
       <c r="I81"/>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B82" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C82" t="s">
-        <v>185</v>
-[...6 lines deleted...]
-      </c>
+        <v>313</v>
+      </c>
+      <c r="D82"/>
+      <c r="E82"/>
       <c r="F82">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G82" t="s">
-        <v>313</v>
-[...6 lines deleted...]
-      </c>
+        <v>314</v>
+      </c>
+      <c r="H82"/>
+      <c r="I82"/>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B83" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C83" t="s">
-        <v>316</v>
-[...2 lines deleted...]
-      <c r="E83" t="s">
         <v>317</v>
       </c>
+      <c r="D83">
+        <v>257</v>
+      </c>
+      <c r="E83">
+        <v>1900406</v>
+      </c>
       <c r="F83">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G83" t="s">
         <v>318</v>
       </c>
-      <c r="H83"/>
-      <c r="I83"/>
+      <c r="H83">
+        <v>1.45</v>
+      </c>
+      <c r="I83">
+        <v>0.52</v>
+      </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
         <v>319</v>
       </c>
       <c r="B84" t="s">
+        <v>274</v>
+      </c>
+      <c r="C84" t="s">
         <v>320</v>
       </c>
-      <c r="C84" t="s">
-[...3 lines deleted...]
-      <c r="E84"/>
+      <c r="D84">
+        <v>122</v>
+      </c>
+      <c r="E84">
+        <v>193905</v>
+      </c>
       <c r="F84">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G84" t="s">
         <v>321</v>
       </c>
-      <c r="H84"/>
-      <c r="I84"/>
+      <c r="H84">
+        <v>8.39</v>
+      </c>
+      <c r="I84">
+        <v>3.59</v>
+      </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
         <v>322</v>
       </c>
       <c r="B85" t="s">
         <v>323</v>
       </c>
       <c r="C85" t="s">
-        <v>141</v>
+        <v>324</v>
       </c>
       <c r="D85">
-        <v>1092</v>
+        <v>31</v>
       </c>
       <c r="E85">
-        <v>12176</v>
+        <v>1900912</v>
       </c>
       <c r="F85">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G85" t="s">
-        <v>324</v>
-[...1 lines deleted...]
-      <c r="H85"/>
+        <v>325</v>
+      </c>
+      <c r="H85">
+        <v>27.4</v>
+      </c>
       <c r="I85">
-        <v>0.24</v>
+        <v>10.57</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B86" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C86" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="D86">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>174302</v>
+        <v>11</v>
+      </c>
+      <c r="E86" t="s">
+        <v>328</v>
       </c>
       <c r="F86">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G86" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="H86">
-        <v>3.74</v>
+        <v>4.19</v>
       </c>
       <c r="I86">
-        <v>1.5</v>
+        <v>1.87</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B87" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="C87" t="s">
-        <v>330</v>
+        <v>223</v>
       </c>
       <c r="D87">
-        <v>108</v>
+        <v>61</v>
       </c>
       <c r="E87" t="s">
-        <v>301</v>
+        <v>332</v>
       </c>
       <c r="F87">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G87" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="H87">
-        <v>1.41</v>
+        <v>2.82</v>
       </c>
       <c r="I87">
-        <v>0.5</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="B88" t="s">
-        <v>333</v>
+        <v>286</v>
       </c>
       <c r="C88" t="s">
-        <v>334</v>
-[...1 lines deleted...]
-      <c r="D88"/>
+        <v>179</v>
+      </c>
+      <c r="D88">
+        <v>1092</v>
+      </c>
       <c r="E88">
-        <v>43525</v>
+        <v>12083</v>
       </c>
       <c r="F88">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G88" t="s">
         <v>335</v>
       </c>
       <c r="H88"/>
-      <c r="I88"/>
+      <c r="I88">
+        <v>0.22</v>
+      </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
         <v>336</v>
       </c>
       <c r="B89" t="s">
         <v>337</v>
       </c>
       <c r="C89" t="s">
         <v>338</v>
       </c>
-      <c r="D89"/>
-      <c r="E89"/>
+      <c r="D89">
+        <v>9</v>
+      </c>
+      <c r="E89" t="s">
+        <v>339</v>
+      </c>
       <c r="F89">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G89" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="H89"/>
       <c r="I89"/>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B90" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C90" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D90"/>
       <c r="E90"/>
       <c r="F90">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G90" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="H90"/>
       <c r="I90"/>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B91" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C91" t="s">
-        <v>23</v>
+        <v>212</v>
       </c>
       <c r="D91">
-        <v>9</v>
+        <v>114</v>
       </c>
       <c r="E91">
-        <v>909</v>
+        <v>31103</v>
       </c>
       <c r="F91">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G91" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="H91">
-        <v>11.88</v>
+        <v>3.6</v>
       </c>
       <c r="I91">
-        <v>5.99</v>
+        <v>1.34</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B92" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C92" t="s">
-        <v>169</v>
+        <v>223</v>
       </c>
       <c r="D92">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="E92" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="F92">
         <v>2018</v>
       </c>
       <c r="G92" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="H92">
-        <v>3.86</v>
+        <v>3.09</v>
       </c>
       <c r="I92">
-        <v>1.99</v>
+        <v>0.73</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B93" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C93" t="s">
-        <v>338</v>
+        <v>354</v>
       </c>
       <c r="D93"/>
-      <c r="E93"/>
+      <c r="E93" t="s">
+        <v>355</v>
+      </c>
       <c r="F93">
         <v>2018</v>
       </c>
       <c r="G93" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="H93"/>
       <c r="I93"/>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
+        <v>357</v>
+      </c>
+      <c r="B94" t="s">
+        <v>358</v>
+      </c>
+      <c r="C94" t="s">
         <v>354</v>
-      </c>
-[...4 lines deleted...]
-        <v>338</v>
       </c>
       <c r="D94"/>
       <c r="E94"/>
       <c r="F94">
         <v>2018</v>
       </c>
       <c r="G94" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="H94"/>
       <c r="I94"/>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="B95" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="C95" t="s">
-        <v>359</v>
-[...2 lines deleted...]
-      <c r="E95"/>
+        <v>179</v>
+      </c>
+      <c r="D95">
+        <v>1092</v>
+      </c>
+      <c r="E95">
+        <v>12176</v>
+      </c>
       <c r="F95">
         <v>2018</v>
       </c>
       <c r="G95" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="H95"/>
-      <c r="I95"/>
+      <c r="I95">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="B96" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="C96" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-      <c r="E96"/>
+        <v>24</v>
+      </c>
+      <c r="D96">
+        <v>98</v>
+      </c>
+      <c r="E96">
+        <v>174302</v>
+      </c>
       <c r="F96">
         <v>2018</v>
       </c>
       <c r="G96" t="s">
-        <v>364</v>
-[...2 lines deleted...]
-      <c r="I96"/>
+        <v>365</v>
+      </c>
+      <c r="H96">
+        <v>3.74</v>
+      </c>
+      <c r="I96">
+        <v>1.5</v>
+      </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B97" t="s">
-        <v>307</v>
+        <v>367</v>
       </c>
       <c r="C97" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="D97">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>9190</v>
+        <v>108</v>
+      </c>
+      <c r="E97" t="s">
+        <v>339</v>
       </c>
       <c r="F97">
         <v>2018</v>
       </c>
       <c r="G97" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="H97">
-        <v>4.01</v>
+        <v>1.41</v>
       </c>
       <c r="I97">
-        <v>1.41</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="B98" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="C98" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>372</v>
+      </c>
+      <c r="D98"/>
       <c r="E98">
-        <v>115119</v>
+        <v>43525</v>
       </c>
       <c r="F98">
         <v>2018</v>
       </c>
       <c r="G98" t="s">
-        <v>370</v>
-[...6 lines deleted...]
-      </c>
+        <v>373</v>
+      </c>
+      <c r="H98"/>
+      <c r="I98"/>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="B99" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="C99" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="D99"/>
       <c r="E99"/>
       <c r="F99">
         <v>2018</v>
       </c>
-      <c r="G99"/>
+      <c r="G99" t="s">
+        <v>377</v>
+      </c>
       <c r="H99"/>
       <c r="I99"/>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="B100" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="C100" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="D100"/>
       <c r="E100"/>
       <c r="F100">
         <v>2018</v>
       </c>
       <c r="G100" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="H100"/>
       <c r="I100"/>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="B101" t="s">
-        <v>293</v>
+        <v>383</v>
       </c>
       <c r="C101" t="s">
-        <v>366</v>
+        <v>40</v>
       </c>
       <c r="D101">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E101">
-        <v>6624</v>
+        <v>909</v>
       </c>
       <c r="F101">
         <v>2018</v>
       </c>
       <c r="G101" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="H101">
-        <v>4.01</v>
+        <v>11.88</v>
       </c>
       <c r="I101">
-        <v>1.41</v>
+        <v>5.99</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
+        <v>385</v>
+      </c>
+      <c r="B102" t="s">
+        <v>386</v>
+      </c>
+      <c r="C102" t="s">
         <v>380</v>
       </c>
-      <c r="B102" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="D102"/>
+      <c r="E102"/>
       <c r="F102">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G102" t="s">
-        <v>385</v>
-[...6 lines deleted...]
-      </c>
+        <v>387</v>
+      </c>
+      <c r="H102"/>
+      <c r="I102"/>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="B103" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="C103" t="s">
-        <v>388</v>
-[...2 lines deleted...]
-      <c r="E103"/>
+        <v>207</v>
+      </c>
+      <c r="D103">
+        <v>80</v>
+      </c>
+      <c r="E103" t="s">
+        <v>390</v>
+      </c>
       <c r="F103">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G103" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-      <c r="I103"/>
+        <v>391</v>
+      </c>
+      <c r="H103">
+        <v>3.86</v>
+      </c>
+      <c r="I103">
+        <v>1.99</v>
+      </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B104" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="C104" t="s">
-        <v>27</v>
-[...6 lines deleted...]
-      </c>
+        <v>380</v>
+      </c>
+      <c r="D104"/>
+      <c r="E104"/>
       <c r="F104">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G104" t="s">
-        <v>392</v>
-[...6 lines deleted...]
-      </c>
+        <v>394</v>
+      </c>
+      <c r="H104"/>
+      <c r="I104"/>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="B105" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="C105" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="D105"/>
       <c r="E105"/>
       <c r="F105">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G105" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="H105"/>
       <c r="I105"/>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="B106" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="C106" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="D106"/>
-      <c r="E106" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E106"/>
       <c r="F106">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="G106"/>
       <c r="H106"/>
       <c r="I106"/>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B107" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C107" t="s">
-        <v>395</v>
+        <v>404</v>
       </c>
       <c r="D107"/>
-      <c r="E107" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E107"/>
       <c r="F107">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G107" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="H107"/>
       <c r="I107"/>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B108" t="s">
-        <v>337</v>
+        <v>331</v>
       </c>
       <c r="C108" t="s">
-        <v>395</v>
-[...2 lines deleted...]
-      <c r="E108"/>
+        <v>407</v>
+      </c>
+      <c r="D108">
+        <v>8</v>
+      </c>
+      <c r="E108">
+        <v>6624</v>
+      </c>
       <c r="F108">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G108" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-      <c r="I108"/>
+        <v>408</v>
+      </c>
+      <c r="H108">
+        <v>4.01</v>
+      </c>
+      <c r="I108">
+        <v>1.41</v>
+      </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B109" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="C109" t="s">
-        <v>409</v>
-[...6 lines deleted...]
-      </c>
+        <v>411</v>
+      </c>
+      <c r="D109"/>
+      <c r="E109"/>
       <c r="F109">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G109" t="s">
-        <v>411</v>
-[...6 lines deleted...]
-      </c>
+        <v>412</v>
+      </c>
+      <c r="H109"/>
+      <c r="I109"/>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B110" t="s">
-        <v>413</v>
+        <v>342</v>
       </c>
       <c r="C110" t="s">
+        <v>407</v>
+      </c>
+      <c r="D110">
+        <v>8</v>
+      </c>
+      <c r="E110">
+        <v>9190</v>
+      </c>
+      <c r="F110">
+        <v>2018</v>
+      </c>
+      <c r="G110" t="s">
         <v>414</v>
       </c>
-      <c r="D110"/>
-[...8 lines deleted...]
-      <c r="I110"/>
+      <c r="H110">
+        <v>4.01</v>
+      </c>
+      <c r="I110">
+        <v>1.41</v>
+      </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
+        <v>415</v>
+      </c>
+      <c r="B111" t="s">
         <v>416</v>
       </c>
-      <c r="B111" t="s">
+      <c r="C111" t="s">
+        <v>24</v>
+      </c>
+      <c r="D111">
+        <v>97</v>
+      </c>
+      <c r="E111">
+        <v>115119</v>
+      </c>
+      <c r="F111">
+        <v>2018</v>
+      </c>
+      <c r="G111" t="s">
         <v>417</v>
       </c>
-      <c r="C111" t="s">
-[...14 lines deleted...]
-      <c r="H111"/>
+      <c r="H111">
+        <v>3.74</v>
+      </c>
       <c r="I111">
-        <v>0.17</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
+        <v>418</v>
+      </c>
+      <c r="B112" t="s">
         <v>419</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
       <c r="C112" t="s">
         <v>420</v>
       </c>
-      <c r="D112">
-        <v>286</v>
+      <c r="D112" t="s">
+        <v>421</v>
       </c>
       <c r="E112" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="F112">
         <v>2017</v>
       </c>
       <c r="G112" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="H112">
-        <v>2.59</v>
+        <v>12.08</v>
       </c>
       <c r="I112">
-        <v>1.18</v>
+        <v>7.45</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B113" t="s">
-        <v>362</v>
+        <v>425</v>
       </c>
       <c r="C113" t="s">
-        <v>395</v>
+        <v>426</v>
       </c>
       <c r="D113"/>
       <c r="E113"/>
       <c r="F113">
         <v>2017</v>
       </c>
       <c r="G113" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="H113"/>
       <c r="I113"/>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B114" t="s">
-        <v>391</v>
+        <v>429</v>
       </c>
       <c r="C114" t="s">
-        <v>197</v>
+        <v>53</v>
       </c>
       <c r="D114">
-        <v>1874</v>
+        <v>9</v>
       </c>
       <c r="E114">
-        <v>30033</v>
+        <v>14020</v>
       </c>
       <c r="F114">
         <v>2017</v>
       </c>
       <c r="G114" t="s">
-        <v>426</v>
-[...1 lines deleted...]
-      <c r="H114"/>
+        <v>430</v>
+      </c>
+      <c r="H114">
+        <v>4.78</v>
+      </c>
       <c r="I114">
-        <v>0.17</v>
+        <v>2.09</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="B115" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="C115" t="s">
-        <v>197</v>
-[...6 lines deleted...]
-      </c>
+        <v>433</v>
+      </c>
+      <c r="D115"/>
+      <c r="E115"/>
       <c r="F115">
         <v>2017</v>
       </c>
       <c r="G115" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="H115"/>
-      <c r="I115">
-[...1 lines deleted...]
-      </c>
+      <c r="I115"/>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="B116" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="C116" t="s">
-        <v>197</v>
-[...5 lines deleted...]
-        <v>40058</v>
+        <v>433</v>
+      </c>
+      <c r="D116"/>
+      <c r="E116" t="s">
+        <v>437</v>
       </c>
       <c r="F116">
         <v>2017</v>
       </c>
       <c r="G116" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
       <c r="H116"/>
-      <c r="I116">
-[...1 lines deleted...]
-      </c>
+      <c r="I116"/>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
+        <v>439</v>
+      </c>
+      <c r="B117" t="s">
+        <v>440</v>
+      </c>
+      <c r="C117" t="s">
         <v>433</v>
       </c>
-      <c r="B117" t="s">
-[...9 lines deleted...]
-        <v>40005</v>
+      <c r="D117"/>
+      <c r="E117" t="s">
+        <v>441</v>
       </c>
       <c r="F117">
         <v>2017</v>
       </c>
       <c r="G117" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="H117"/>
-      <c r="I117">
-[...1 lines deleted...]
-      </c>
+      <c r="I117"/>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
-        <v>436</v>
+        <v>443</v>
       </c>
       <c r="B118" t="s">
-        <v>352</v>
+        <v>379</v>
       </c>
       <c r="C118" t="s">
-        <v>197</v>
-[...6 lines deleted...]
-      </c>
+        <v>433</v>
+      </c>
+      <c r="D118"/>
+      <c r="E118"/>
       <c r="F118">
         <v>2017</v>
       </c>
       <c r="G118" t="s">
-        <v>437</v>
+        <v>444</v>
       </c>
       <c r="H118"/>
-      <c r="I118">
-[...1 lines deleted...]
-      </c>
+      <c r="I118"/>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
-        <v>438</v>
+        <v>445</v>
       </c>
       <c r="B119" t="s">
-        <v>352</v>
+        <v>410</v>
       </c>
       <c r="C119" t="s">
-        <v>439</v>
-[...3 lines deleted...]
-        <v>43525</v>
+        <v>446</v>
+      </c>
+      <c r="D119">
+        <v>286</v>
+      </c>
+      <c r="E119" t="s">
+        <v>447</v>
       </c>
       <c r="F119">
         <v>2017</v>
       </c>
       <c r="G119" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-      <c r="I119"/>
+        <v>448</v>
+      </c>
+      <c r="H119">
+        <v>2.59</v>
+      </c>
+      <c r="I119">
+        <v>1.18</v>
+      </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
-        <v>441</v>
+        <v>449</v>
       </c>
       <c r="B120" t="s">
-        <v>442</v>
+        <v>410</v>
       </c>
       <c r="C120" t="s">
-        <v>197</v>
-[...6 lines deleted...]
-      </c>
+        <v>433</v>
+      </c>
+      <c r="D120"/>
+      <c r="E120"/>
       <c r="F120">
         <v>2017</v>
       </c>
       <c r="G120" t="s">
-        <v>443</v>
+        <v>450</v>
       </c>
       <c r="H120"/>
-      <c r="I120">
-[...1 lines deleted...]
-      </c>
+      <c r="I120"/>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
-        <v>444</v>
+        <v>451</v>
       </c>
       <c r="B121" t="s">
-        <v>445</v>
+        <v>429</v>
       </c>
       <c r="C121" t="s">
-        <v>197</v>
+        <v>235</v>
       </c>
       <c r="D121">
         <v>1874</v>
       </c>
       <c r="E121">
-        <v>20007</v>
+        <v>30033</v>
       </c>
       <c r="F121">
         <v>2017</v>
       </c>
       <c r="G121" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
       <c r="H121"/>
       <c r="I121">
         <v>0.17</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
       <c r="B122" t="s">
-        <v>448</v>
+        <v>454</v>
       </c>
       <c r="C122" t="s">
-        <v>197</v>
+        <v>455</v>
       </c>
       <c r="D122">
-        <v>1874</v>
-[...2 lines deleted...]
-        <v>30014</v>
+        <v>12</v>
+      </c>
+      <c r="E122" t="s">
+        <v>456</v>
       </c>
       <c r="F122">
         <v>2017</v>
       </c>
       <c r="G122" t="s">
-        <v>449</v>
-[...1 lines deleted...]
-      <c r="H122"/>
+        <v>457</v>
+      </c>
+      <c r="H122">
+        <v>8.53</v>
+      </c>
       <c r="I122">
-        <v>0.17</v>
+        <v>4.23</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B123" t="s">
-        <v>394</v>
+        <v>459</v>
       </c>
       <c r="C123" t="s">
-        <v>451</v>
-[...6 lines deleted...]
-      </c>
+        <v>460</v>
+      </c>
+      <c r="D123"/>
+      <c r="E123"/>
       <c r="F123">
         <v>2017</v>
       </c>
       <c r="G123" t="s">
-        <v>453</v>
-[...6 lines deleted...]
-      </c>
+        <v>461</v>
+      </c>
+      <c r="H123"/>
+      <c r="I123"/>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
-        <v>454</v>
+        <v>462</v>
       </c>
       <c r="B124" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="C124" t="s">
-        <v>31</v>
+        <v>235</v>
       </c>
       <c r="D124">
-        <v>96</v>
+        <v>1874</v>
       </c>
       <c r="E124">
-        <v>35146</v>
+        <v>40034</v>
       </c>
       <c r="F124">
         <v>2017</v>
       </c>
       <c r="G124" t="s">
-        <v>456</v>
-[...3 lines deleted...]
-      </c>
+        <v>464</v>
+      </c>
+      <c r="H124"/>
       <c r="I124">
-        <v>2.34</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
-        <v>457</v>
+        <v>465</v>
       </c>
       <c r="B125" t="s">
-        <v>458</v>
+        <v>466</v>
       </c>
       <c r="C125" t="s">
-        <v>459</v>
-[...3 lines deleted...]
-        <v>460</v>
+        <v>235</v>
+      </c>
+      <c r="D125">
+        <v>1874</v>
+      </c>
+      <c r="E125">
+        <v>40058</v>
       </c>
       <c r="F125">
         <v>2017</v>
       </c>
       <c r="G125" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="H125"/>
-      <c r="I125"/>
+      <c r="I125">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="B126" t="s">
-        <v>352</v>
+        <v>469</v>
       </c>
       <c r="C126" t="s">
-        <v>459</v>
-[...3 lines deleted...]
-        <v>463</v>
+        <v>235</v>
+      </c>
+      <c r="D126">
+        <v>1874</v>
+      </c>
+      <c r="E126">
+        <v>40005</v>
       </c>
       <c r="F126">
         <v>2017</v>
       </c>
       <c r="G126" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="H126"/>
-      <c r="I126"/>
+      <c r="I126">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
-        <v>465</v>
+        <v>471</v>
       </c>
       <c r="B127" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
       <c r="C127" t="s">
-        <v>125</v>
+        <v>235</v>
       </c>
       <c r="D127">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>467</v>
+        <v>1874</v>
+      </c>
+      <c r="E127">
+        <v>40059</v>
       </c>
       <c r="F127">
         <v>2017</v>
       </c>
       <c r="G127" t="s">
-        <v>468</v>
-[...3 lines deleted...]
-      </c>
+        <v>473</v>
+      </c>
+      <c r="H127"/>
       <c r="I127">
-        <v>1.31</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="B128" t="s">
-        <v>470</v>
+        <v>393</v>
       </c>
       <c r="C128" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="D128"/>
-      <c r="E128" t="s">
-        <v>472</v>
+      <c r="E128">
+        <v>43525</v>
       </c>
       <c r="F128">
         <v>2017</v>
       </c>
       <c r="G128" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="H128"/>
       <c r="I128"/>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B129" t="s">
-        <v>475</v>
+        <v>393</v>
       </c>
       <c r="C129" t="s">
-        <v>382</v>
+        <v>235</v>
       </c>
       <c r="D129">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>476</v>
+        <v>1874</v>
+      </c>
+      <c r="E129">
+        <v>30037</v>
       </c>
       <c r="F129">
         <v>2017</v>
       </c>
       <c r="G129" t="s">
-        <v>477</v>
-[...3 lines deleted...]
-      </c>
+        <v>478</v>
+      </c>
+      <c r="H129"/>
       <c r="I129">
-        <v>7.45</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B130" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C130" t="s">
-        <v>31</v>
+        <v>235</v>
       </c>
       <c r="D130">
-        <v>95</v>
+        <v>1874</v>
       </c>
       <c r="E130">
-        <v>165119</v>
+        <v>20007</v>
       </c>
       <c r="F130">
         <v>2017</v>
       </c>
       <c r="G130" t="s">
-        <v>480</v>
-[...3 lines deleted...]
-      </c>
+        <v>481</v>
+      </c>
+      <c r="H130"/>
       <c r="I130">
-        <v>2.34</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B131" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C131" t="s">
-        <v>483</v>
+        <v>235</v>
       </c>
       <c r="D131">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>484</v>
+        <v>1874</v>
+      </c>
+      <c r="E131">
+        <v>30011</v>
       </c>
       <c r="F131">
         <v>2017</v>
       </c>
       <c r="G131" t="s">
-        <v>485</v>
-[...3 lines deleted...]
-      </c>
+        <v>484</v>
+      </c>
+      <c r="H131"/>
       <c r="I131">
-        <v>0.85</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
+        <v>485</v>
+      </c>
+      <c r="B132" t="s">
         <v>486</v>
       </c>
-      <c r="B132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C132" t="s">
-        <v>366</v>
+        <v>235</v>
       </c>
       <c r="D132">
-        <v>7</v>
+        <v>1874</v>
       </c>
       <c r="E132">
-        <v>731</v>
+        <v>30014</v>
       </c>
       <c r="F132">
         <v>2017</v>
       </c>
       <c r="G132" t="s">
-        <v>488</v>
-[...3 lines deleted...]
-      </c>
+        <v>487</v>
+      </c>
+      <c r="H132"/>
       <c r="I132">
-        <v>1.53</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
+        <v>488</v>
+      </c>
+      <c r="B133" t="s">
+        <v>432</v>
+      </c>
+      <c r="C133" t="s">
         <v>489</v>
       </c>
-      <c r="B133" t="s">
+      <c r="D133">
+        <v>16</v>
+      </c>
+      <c r="E133" t="s">
         <v>490</v>
-      </c>
-[...7 lines deleted...]
-        <v>1678</v>
       </c>
       <c r="F133">
         <v>2017</v>
       </c>
       <c r="G133" t="s">
         <v>491</v>
       </c>
       <c r="H133">
-        <v>4.12</v>
+        <v>3.45</v>
       </c>
       <c r="I133">
-        <v>1.53</v>
+        <v>1.05</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
         <v>492</v>
       </c>
       <c r="B134" t="s">
-        <v>352</v>
+        <v>393</v>
       </c>
       <c r="C134" t="s">
         <v>493</v>
       </c>
-      <c r="D134">
-[...3 lines deleted...]
-        <v>21102</v>
+      <c r="D134"/>
+      <c r="E134" t="s">
+        <v>494</v>
       </c>
       <c r="F134">
         <v>2017</v>
       </c>
       <c r="G134" t="s">
-        <v>494</v>
-[...6 lines deleted...]
-      </c>
+        <v>495</v>
+      </c>
+      <c r="H134"/>
+      <c r="I134"/>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B135" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="C135" t="s">
-        <v>232</v>
-[...5 lines deleted...]
-        <v>498</v>
+        <v>24</v>
+      </c>
+      <c r="D135">
+        <v>96</v>
+      </c>
+      <c r="E135">
+        <v>35146</v>
       </c>
       <c r="F135">
         <v>2017</v>
       </c>
       <c r="G135" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="H135">
-        <v>6.88</v>
+        <v>3.81</v>
       </c>
       <c r="I135">
-        <v>3.38</v>
+        <v>2.34</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
+        <v>499</v>
+      </c>
+      <c r="B136" t="s">
         <v>500</v>
       </c>
-      <c r="B136" t="s">
+      <c r="C136" t="s">
+        <v>493</v>
+      </c>
+      <c r="D136"/>
+      <c r="E136" t="s">
         <v>501</v>
-      </c>
-[...7 lines deleted...]
-        <v>502</v>
       </c>
       <c r="F136">
         <v>2017</v>
       </c>
       <c r="G136" t="s">
-        <v>503</v>
-[...6 lines deleted...]
-      </c>
+        <v>502</v>
+      </c>
+      <c r="H136"/>
+      <c r="I136"/>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
+        <v>503</v>
+      </c>
+      <c r="B137" t="s">
         <v>504</v>
       </c>
-      <c r="B137" t="s">
+      <c r="C137" t="s">
+        <v>163</v>
+      </c>
+      <c r="D137">
+        <v>65</v>
+      </c>
+      <c r="E137" t="s">
         <v>505</v>
       </c>
-      <c r="C137" t="s">
-[...3 lines deleted...]
-      <c r="E137"/>
       <c r="F137">
         <v>2017</v>
       </c>
       <c r="G137" t="s">
         <v>506</v>
       </c>
-      <c r="H137"/>
-      <c r="I137"/>
+      <c r="H137">
+        <v>4.13</v>
+      </c>
+      <c r="I137">
+        <v>1.31</v>
+      </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
         <v>507</v>
       </c>
       <c r="B138" t="s">
         <v>508</v>
       </c>
       <c r="C138" t="s">
-        <v>141</v>
-[...5 lines deleted...]
-        <v>62054</v>
+        <v>509</v>
+      </c>
+      <c r="D138"/>
+      <c r="E138" t="s">
+        <v>510</v>
       </c>
       <c r="F138">
         <v>2017</v>
       </c>
       <c r="G138" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="H138"/>
-      <c r="I138">
-[...1 lines deleted...]
-      </c>
+      <c r="I138"/>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B139" t="s">
-        <v>293</v>
+        <v>513</v>
       </c>
       <c r="C139" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="D139">
-        <v>917</v>
+        <v>95</v>
       </c>
       <c r="E139">
-        <v>62060</v>
+        <v>165119</v>
       </c>
       <c r="F139">
         <v>2017</v>
       </c>
       <c r="G139" t="s">
-        <v>511</v>
-[...1 lines deleted...]
-      <c r="H139"/>
+        <v>514</v>
+      </c>
+      <c r="H139">
+        <v>3.81</v>
+      </c>
       <c r="I139">
-        <v>0.24</v>
+        <v>2.34</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="B140" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="C140" t="s">
-        <v>286</v>
+        <v>420</v>
       </c>
       <c r="D140">
-        <v>1606034</v>
-[...2 lines deleted...]
-        <v>43709</v>
+        <v>17</v>
+      </c>
+      <c r="E140" t="s">
+        <v>517</v>
       </c>
       <c r="F140">
         <v>2017</v>
       </c>
       <c r="G140" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="H140">
-        <v>21.95</v>
+        <v>12.08</v>
       </c>
       <c r="I140">
-        <v>10.58</v>
+        <v>7.45</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="B141" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="C141" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-      <c r="E141"/>
+        <v>521</v>
+      </c>
+      <c r="D141">
+        <v>34</v>
+      </c>
+      <c r="E141" t="s">
+        <v>522</v>
+      </c>
       <c r="F141">
         <v>2017</v>
       </c>
       <c r="G141" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-      <c r="I141"/>
+        <v>523</v>
+      </c>
+      <c r="H141">
+        <v>1.84</v>
+      </c>
+      <c r="I141">
+        <v>0.85</v>
+      </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="B142" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="C142" t="s">
-        <v>451</v>
+        <v>407</v>
       </c>
       <c r="D142">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>521</v>
+        <v>7</v>
+      </c>
+      <c r="E142">
+        <v>731</v>
       </c>
       <c r="F142">
         <v>2017</v>
       </c>
       <c r="G142" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="H142">
-        <v>3.45</v>
+        <v>4.12</v>
       </c>
       <c r="I142">
-        <v>1.05</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B143" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C143" t="s">
-        <v>232</v>
+        <v>407</v>
       </c>
       <c r="D143">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E143">
-        <v>2899</v>
+        <v>1678</v>
       </c>
       <c r="F143">
         <v>2017</v>
       </c>
       <c r="G143" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
       <c r="H143">
-        <v>6.88</v>
+        <v>4.12</v>
       </c>
       <c r="I143">
-        <v>3.38</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="B144" t="s">
-        <v>527</v>
+        <v>393</v>
       </c>
       <c r="C144" t="s">
-        <v>528</v>
-[...2 lines deleted...]
-      <c r="E144"/>
+        <v>531</v>
+      </c>
+      <c r="D144">
+        <v>4</v>
+      </c>
+      <c r="E144">
+        <v>21102</v>
+      </c>
       <c r="F144">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G144" t="s">
-        <v>529</v>
-[...2 lines deleted...]
-      <c r="I144"/>
+        <v>532</v>
+      </c>
+      <c r="H144">
+        <v>12.89</v>
+      </c>
+      <c r="I144">
+        <v>4.16</v>
+      </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="B145" t="s">
-        <v>352</v>
+        <v>534</v>
       </c>
       <c r="C145" t="s">
-        <v>174</v>
-[...5 lines deleted...]
-        <v>223902</v>
+        <v>270</v>
+      </c>
+      <c r="D145" t="s">
+        <v>535</v>
+      </c>
+      <c r="E145" t="s">
+        <v>536</v>
       </c>
       <c r="F145">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G145" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="H145">
-        <v>3.41</v>
+        <v>6.88</v>
       </c>
       <c r="I145">
-        <v>1.67</v>
+        <v>3.38</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="B146" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="C146" t="s">
-        <v>202</v>
+        <v>127</v>
       </c>
       <c r="D146">
-        <v>529</v>
-[...2 lines deleted...]
-        <v>43647</v>
+        <v>24</v>
+      </c>
+      <c r="E146" t="s">
+        <v>540</v>
       </c>
       <c r="F146">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G146" t="s">
-        <v>534</v>
+        <v>541</v>
       </c>
       <c r="H146">
-        <v>3.04</v>
+        <v>1.71</v>
       </c>
       <c r="I146">
-        <v>1.47</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" t="s">
-        <v>535</v>
+        <v>542</v>
       </c>
       <c r="B147" t="s">
-        <v>448</v>
+        <v>331</v>
       </c>
       <c r="C147" t="s">
-        <v>536</v>
-[...3 lines deleted...]
-        <v>537</v>
+        <v>179</v>
+      </c>
+      <c r="D147">
+        <v>917</v>
+      </c>
+      <c r="E147">
+        <v>62060</v>
       </c>
       <c r="F147">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G147" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="H147"/>
-      <c r="I147"/>
+      <c r="I147">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="B148" t="s">
-        <v>501</v>
+        <v>545</v>
       </c>
       <c r="C148" t="s">
-        <v>536</v>
+        <v>426</v>
       </c>
       <c r="D148"/>
-      <c r="E148" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E148"/>
       <c r="F148">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="G148"/>
+        <v>2017</v>
+      </c>
+      <c r="G148" t="s">
+        <v>546</v>
+      </c>
       <c r="H148"/>
       <c r="I148"/>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" t="s">
-        <v>541</v>
+        <v>547</v>
       </c>
       <c r="B149" t="s">
-        <v>352</v>
+        <v>548</v>
       </c>
       <c r="C149" t="s">
-        <v>542</v>
-[...3 lines deleted...]
-        <v>543</v>
+        <v>179</v>
+      </c>
+      <c r="D149">
+        <v>917</v>
+      </c>
+      <c r="E149">
+        <v>62054</v>
       </c>
       <c r="F149">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G149" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="H149"/>
-      <c r="I149"/>
+      <c r="I149">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="B150" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="C150" t="s">
-        <v>536</v>
-[...3 lines deleted...]
-        <v>547</v>
+        <v>324</v>
+      </c>
+      <c r="D150">
+        <v>1606034</v>
+      </c>
+      <c r="E150">
+        <v>43709</v>
       </c>
       <c r="F150">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G150" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-      <c r="I150"/>
+        <v>552</v>
+      </c>
+      <c r="H150">
+        <v>21.95</v>
+      </c>
+      <c r="I150">
+        <v>10.58</v>
+      </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="B151" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="C151" t="s">
-        <v>536</v>
+        <v>555</v>
       </c>
       <c r="D151"/>
-      <c r="E151" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E151"/>
       <c r="F151">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G151" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="H151"/>
       <c r="I151"/>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="B152" t="s">
-        <v>466</v>
+        <v>558</v>
       </c>
       <c r="C152" t="s">
-        <v>554</v>
-[...1 lines deleted...]
-      <c r="D152"/>
+        <v>489</v>
+      </c>
+      <c r="D152">
+        <v>16</v>
+      </c>
       <c r="E152" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="F152">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G152" t="s">
-        <v>556</v>
-[...2 lines deleted...]
-      <c r="I152"/>
+        <v>560</v>
+      </c>
+      <c r="H152">
+        <v>3.45</v>
+      </c>
+      <c r="I152">
+        <v>1.05</v>
+      </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="B153" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="C153" t="s">
-        <v>554</v>
-[...3 lines deleted...]
-        <v>559</v>
+        <v>270</v>
+      </c>
+      <c r="D153">
+        <v>4</v>
+      </c>
+      <c r="E153">
+        <v>2899</v>
       </c>
       <c r="F153">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G153" t="s">
-        <v>560</v>
-[...2 lines deleted...]
-      <c r="I153"/>
+        <v>563</v>
+      </c>
+      <c r="H153">
+        <v>6.88</v>
+      </c>
+      <c r="I153">
+        <v>3.38</v>
+      </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="B154" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="C154" t="s">
-        <v>554</v>
+        <v>566</v>
       </c>
       <c r="D154"/>
-      <c r="E154" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E154"/>
       <c r="F154">
         <v>2016</v>
       </c>
       <c r="G154" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="H154"/>
       <c r="I154"/>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="B155" t="s">
-        <v>566</v>
+        <v>393</v>
       </c>
       <c r="C155" t="s">
-        <v>536</v>
-[...3 lines deleted...]
-        <v>567</v>
+        <v>212</v>
+      </c>
+      <c r="D155">
+        <v>109</v>
+      </c>
+      <c r="E155">
+        <v>223902</v>
       </c>
       <c r="F155">
         <v>2016</v>
       </c>
       <c r="G155" t="s">
-        <v>568</v>
-[...2 lines deleted...]
-      <c r="I155"/>
+        <v>569</v>
+      </c>
+      <c r="H155">
+        <v>3.41</v>
+      </c>
+      <c r="I155">
+        <v>1.67</v>
+      </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B156" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C156" t="s">
-        <v>554</v>
-[...3 lines deleted...]
-        <v>571</v>
+        <v>240</v>
+      </c>
+      <c r="D156">
+        <v>529</v>
+      </c>
+      <c r="E156">
+        <v>43647</v>
       </c>
       <c r="F156">
         <v>2016</v>
       </c>
       <c r="G156" t="s">
         <v>572</v>
       </c>
-      <c r="H156"/>
-      <c r="I156"/>
+      <c r="H156">
+        <v>3.04</v>
+      </c>
+      <c r="I156">
+        <v>1.47</v>
+      </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" t="s">
         <v>573</v>
       </c>
       <c r="B157" t="s">
-        <v>516</v>
+        <v>539</v>
       </c>
       <c r="C157" t="s">
-        <v>554</v>
+        <v>574</v>
       </c>
       <c r="D157"/>
       <c r="E157" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="F157">
         <v>2016</v>
       </c>
-      <c r="G157" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G157"/>
       <c r="H157"/>
       <c r="I157"/>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" t="s">
         <v>576</v>
       </c>
       <c r="B158" t="s">
+        <v>393</v>
+      </c>
+      <c r="C158" t="s">
         <v>577</v>
-      </c>
-[...1 lines deleted...]
-        <v>554</v>
       </c>
       <c r="D158"/>
       <c r="E158" t="s">
         <v>578</v>
       </c>
       <c r="F158">
         <v>2016</v>
       </c>
       <c r="G158" t="s">
         <v>579</v>
       </c>
       <c r="H158"/>
       <c r="I158"/>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" t="s">
         <v>580</v>
       </c>
       <c r="B159" t="s">
         <v>581</v>
       </c>
       <c r="C159" t="s">
-        <v>554</v>
+        <v>574</v>
       </c>
       <c r="D159"/>
       <c r="E159" t="s">
         <v>582</v>
       </c>
       <c r="F159">
         <v>2016</v>
       </c>
       <c r="G159" t="s">
         <v>583</v>
       </c>
       <c r="H159"/>
       <c r="I159"/>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" t="s">
         <v>584</v>
       </c>
       <c r="B160" t="s">
         <v>585</v>
       </c>
       <c r="C160" t="s">
-        <v>554</v>
+        <v>574</v>
       </c>
       <c r="D160"/>
       <c r="E160" t="s">
         <v>586</v>
       </c>
       <c r="F160">
         <v>2016</v>
       </c>
       <c r="G160" t="s">
         <v>587</v>
       </c>
       <c r="H160"/>
       <c r="I160"/>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" t="s">
         <v>588</v>
       </c>
       <c r="B161" t="s">
-        <v>589</v>
+        <v>486</v>
       </c>
       <c r="C161" t="s">
-        <v>554</v>
+        <v>574</v>
       </c>
       <c r="D161"/>
       <c r="E161" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="F161">
         <v>2016</v>
       </c>
       <c r="G161" t="s">
-        <v>591</v>
+        <v>590</v>
       </c>
       <c r="H161"/>
       <c r="I161"/>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" t="s">
+        <v>591</v>
+      </c>
+      <c r="B162" t="s">
         <v>592</v>
       </c>
-      <c r="B162" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C162" t="s">
-        <v>409</v>
-[...5 lines deleted...]
-        <v>1600199</v>
+        <v>593</v>
+      </c>
+      <c r="D162"/>
+      <c r="E162" t="s">
+        <v>594</v>
       </c>
       <c r="F162">
         <v>2016</v>
       </c>
       <c r="G162" t="s">
-        <v>593</v>
-[...6 lines deleted...]
-      </c>
+        <v>595</v>
+      </c>
+      <c r="H162"/>
+      <c r="I162"/>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="B163" t="s">
-        <v>595</v>
+        <v>554</v>
       </c>
       <c r="C163" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
       <c r="D163"/>
-      <c r="E163"/>
+      <c r="E163" t="s">
+        <v>597</v>
+      </c>
       <c r="F163">
         <v>2016</v>
       </c>
       <c r="G163" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="H163"/>
       <c r="I163"/>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B164" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C164" t="s">
-        <v>542</v>
+        <v>593</v>
       </c>
       <c r="D164"/>
       <c r="E164" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="F164">
         <v>2016</v>
       </c>
       <c r="G164" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="H164"/>
       <c r="I164"/>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="B165" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C165" t="s">
-        <v>542</v>
+        <v>593</v>
       </c>
       <c r="D165"/>
       <c r="E165" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="F165">
         <v>2016</v>
       </c>
       <c r="G165" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="H165"/>
       <c r="I165"/>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="B166" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C166" t="s">
-        <v>542</v>
+        <v>593</v>
       </c>
       <c r="D166"/>
       <c r="E166" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="F166">
         <v>2016</v>
       </c>
       <c r="G166" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="H166"/>
       <c r="I166"/>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="B167" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C167" t="s">
-        <v>366</v>
-[...5 lines deleted...]
-        <v>35516</v>
+        <v>593</v>
+      </c>
+      <c r="D167"/>
+      <c r="E167" t="s">
+        <v>613</v>
       </c>
       <c r="F167">
         <v>2016</v>
       </c>
       <c r="G167" t="s">
-        <v>612</v>
-[...6 lines deleted...]
-      </c>
+        <v>614</v>
+      </c>
+      <c r="H167"/>
+      <c r="I167"/>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="B168" t="s">
-        <v>614</v>
+        <v>504</v>
       </c>
       <c r="C168" t="s">
-        <v>615</v>
-[...3 lines deleted...]
-      </c>
+        <v>593</v>
+      </c>
+      <c r="D168"/>
       <c r="E168" t="s">
         <v>616</v>
       </c>
       <c r="F168">
         <v>2016</v>
       </c>
       <c r="G168" t="s">
         <v>617</v>
       </c>
-      <c r="H168">
-[...4 lines deleted...]
-      </c>
+      <c r="H168"/>
+      <c r="I168"/>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" t="s">
         <v>618</v>
       </c>
       <c r="B169" t="s">
-        <v>501</v>
+        <v>619</v>
       </c>
       <c r="C169" t="s">
-        <v>409</v>
-[...3 lines deleted...]
-      </c>
+        <v>593</v>
+      </c>
+      <c r="D169"/>
       <c r="E169" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="F169">
         <v>2016</v>
       </c>
       <c r="G169" t="s">
-        <v>620</v>
-[...6 lines deleted...]
-      </c>
+        <v>621</v>
+      </c>
+      <c r="H169"/>
+      <c r="I169"/>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="B170" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C170" t="s">
-        <v>141</v>
-[...5 lines deleted...]
-        <v>12112</v>
+        <v>593</v>
+      </c>
+      <c r="D170"/>
+      <c r="E170" t="s">
+        <v>624</v>
       </c>
       <c r="F170">
         <v>2016</v>
       </c>
       <c r="G170" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="H170"/>
-      <c r="I170">
-[...1 lines deleted...]
-      </c>
+      <c r="I170"/>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="B171" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="C171" t="s">
-        <v>141</v>
-[...5 lines deleted...]
-        <v>12119</v>
+        <v>574</v>
+      </c>
+      <c r="D171"/>
+      <c r="E171" t="s">
+        <v>628</v>
       </c>
       <c r="F171">
         <v>2016</v>
       </c>
       <c r="G171" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="H171"/>
-      <c r="I171">
-[...1 lines deleted...]
-      </c>
+      <c r="I171"/>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="B172" t="s">
-        <v>628</v>
+        <v>331</v>
       </c>
       <c r="C172" t="s">
-        <v>629</v>
-[...2 lines deleted...]
-      <c r="E172"/>
+        <v>455</v>
+      </c>
+      <c r="D172">
+        <v>11</v>
+      </c>
+      <c r="E172">
+        <v>1600199</v>
+      </c>
       <c r="F172">
         <v>2016</v>
       </c>
       <c r="G172" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-      <c r="I172"/>
+        <v>631</v>
+      </c>
+      <c r="H172">
+        <v>8.43</v>
+      </c>
+      <c r="I172">
+        <v>4.01</v>
+      </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B173" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C173" t="s">
-        <v>633</v>
-[...4 lines deleted...]
-      <c r="E173" t="s">
         <v>634</v>
       </c>
+      <c r="D173"/>
+      <c r="E173"/>
       <c r="F173">
         <v>2016</v>
       </c>
       <c r="G173" t="s">
         <v>635</v>
       </c>
-      <c r="H173">
-[...4 lines deleted...]
-      </c>
+      <c r="H173"/>
+      <c r="I173"/>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" t="s">
         <v>636</v>
       </c>
       <c r="B174" t="s">
         <v>637</v>
       </c>
       <c r="C174" t="s">
+        <v>577</v>
+      </c>
+      <c r="D174"/>
+      <c r="E174" t="s">
         <v>638</v>
-      </c>
-[...4 lines deleted...]
-        <v>639</v>
       </c>
       <c r="F174">
         <v>2016</v>
       </c>
       <c r="G174" t="s">
-        <v>640</v>
-[...6 lines deleted...]
-      </c>
+        <v>639</v>
+      </c>
+      <c r="H174"/>
+      <c r="I174"/>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" t="s">
+        <v>640</v>
+      </c>
+      <c r="B175" t="s">
         <v>641</v>
       </c>
-      <c r="B175" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C175" t="s">
-        <v>642</v>
+        <v>577</v>
       </c>
       <c r="D175"/>
       <c r="E175" t="s">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="F175">
         <v>2016</v>
       </c>
       <c r="G175" t="s">
-        <v>644</v>
+        <v>643</v>
       </c>
       <c r="H175"/>
       <c r="I175"/>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" t="s">
+        <v>644</v>
+      </c>
+      <c r="B176" t="s">
         <v>645</v>
       </c>
-      <c r="B176" t="s">
+      <c r="C176" t="s">
+        <v>577</v>
+      </c>
+      <c r="D176"/>
+      <c r="E176" t="s">
         <v>646</v>
-      </c>
-[...7 lines deleted...]
-        <v>647</v>
       </c>
       <c r="F176">
         <v>2016</v>
       </c>
       <c r="G176" t="s">
-        <v>648</v>
-[...6 lines deleted...]
-      </c>
+        <v>647</v>
+      </c>
+      <c r="H176"/>
+      <c r="I176"/>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" t="s">
+        <v>648</v>
+      </c>
+      <c r="B177" t="s">
         <v>649</v>
       </c>
-      <c r="B177" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C177" t="s">
-        <v>651</v>
+        <v>407</v>
       </c>
       <c r="D177">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>652</v>
+        <v>6</v>
+      </c>
+      <c r="E177">
+        <v>35516</v>
       </c>
       <c r="F177">
         <v>2016</v>
       </c>
       <c r="G177" t="s">
-        <v>653</v>
+        <v>650</v>
       </c>
       <c r="H177">
-        <v>0.86</v>
+        <v>4.26</v>
       </c>
       <c r="I177">
-        <v>0.43</v>
+        <v>1.69</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" t="s">
+        <v>651</v>
+      </c>
+      <c r="B178" t="s">
+        <v>652</v>
+      </c>
+      <c r="C178" t="s">
+        <v>653</v>
+      </c>
+      <c r="D178">
+        <v>10</v>
+      </c>
+      <c r="E178" t="s">
         <v>654</v>
-      </c>
-[...10 lines deleted...]
-        <v>656</v>
       </c>
       <c r="F178">
         <v>2016</v>
       </c>
       <c r="G178" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="H178">
-        <v>6.76</v>
+        <v>2.58</v>
       </c>
       <c r="I178">
-        <v>3.47</v>
+        <v>1.15</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="B179" t="s">
-        <v>659</v>
+        <v>539</v>
       </c>
       <c r="C179" t="s">
-        <v>141</v>
+        <v>455</v>
       </c>
       <c r="D179">
-        <v>741</v>
-[...2 lines deleted...]
-        <v>12152</v>
+        <v>10</v>
+      </c>
+      <c r="E179" t="s">
+        <v>657</v>
       </c>
       <c r="F179">
         <v>2016</v>
       </c>
       <c r="G179" t="s">
-        <v>660</v>
-[...1 lines deleted...]
-      <c r="H179"/>
+        <v>658</v>
+      </c>
+      <c r="H179">
+        <v>8.43</v>
+      </c>
       <c r="I179">
-        <v>0.25</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="B180" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="C180" t="s">
-        <v>141</v>
+        <v>179</v>
       </c>
       <c r="D180">
         <v>741</v>
       </c>
       <c r="E180">
-        <v>12140</v>
+        <v>12112</v>
       </c>
       <c r="F180">
         <v>2016</v>
       </c>
       <c r="G180" t="s">
-        <v>663</v>
+        <v>661</v>
       </c>
       <c r="H180"/>
       <c r="I180">
         <v>0.25</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="B181" t="s">
-        <v>417</v>
+        <v>663</v>
       </c>
       <c r="C181" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="D181">
-        <v>109</v>
+        <v>741</v>
       </c>
       <c r="E181">
-        <v>11901</v>
+        <v>12119</v>
       </c>
       <c r="F181">
         <v>2016</v>
       </c>
       <c r="G181" t="s">
-        <v>665</v>
-[...3 lines deleted...]
-      </c>
+        <v>664</v>
+      </c>
+      <c r="H181"/>
       <c r="I181">
-        <v>1.67</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" t="s">
+        <v>665</v>
+      </c>
+      <c r="B182" t="s">
         <v>666</v>
       </c>
-      <c r="B182" t="s">
+      <c r="C182" t="s">
         <v>667</v>
       </c>
-      <c r="C182" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D182"/>
+      <c r="E182"/>
       <c r="F182">
         <v>2016</v>
       </c>
       <c r="G182" t="s">
         <v>668</v>
       </c>
       <c r="H182"/>
-      <c r="I182">
-[...1 lines deleted...]
-      </c>
+      <c r="I182"/>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" t="s">
         <v>669</v>
       </c>
       <c r="B183" t="s">
         <v>670</v>
       </c>
       <c r="C183" t="s">
         <v>671</v>
       </c>
-      <c r="D183"/>
-      <c r="E183"/>
+      <c r="D183">
+        <v>8</v>
+      </c>
+      <c r="E183" t="s">
+        <v>672</v>
+      </c>
       <c r="F183">
         <v>2016</v>
       </c>
       <c r="G183" t="s">
-        <v>672</v>
-[...1 lines deleted...]
-      <c r="H183"/>
+        <v>673</v>
+      </c>
+      <c r="H183">
+        <v>7.37</v>
+      </c>
       <c r="I183">
-        <v>0.1</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="B184" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C184" t="s">
-        <v>174</v>
+        <v>676</v>
       </c>
       <c r="D184">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>221903</v>
+        <v>33</v>
+      </c>
+      <c r="E184" t="s">
+        <v>677</v>
       </c>
       <c r="F184">
         <v>2016</v>
       </c>
       <c r="G184" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="H184">
-        <v>3.41</v>
+        <v>1.46</v>
       </c>
       <c r="I184">
-        <v>1.67</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="B185" t="s">
-        <v>677</v>
+        <v>463</v>
       </c>
       <c r="C185" t="s">
-        <v>31</v>
-[...5 lines deleted...]
-        <v>201115</v>
+        <v>680</v>
+      </c>
+      <c r="D185"/>
+      <c r="E185" t="s">
+        <v>681</v>
       </c>
       <c r="F185">
         <v>2016</v>
       </c>
       <c r="G185" t="s">
-        <v>678</v>
-[...3 lines deleted...]
-      </c>
+        <v>682</v>
+      </c>
+      <c r="H185"/>
       <c r="I185"/>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="B186" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="C186" t="s">
-        <v>174</v>
+        <v>223</v>
       </c>
       <c r="D186">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>211105</v>
+        <v>186</v>
+      </c>
+      <c r="E186" t="s">
+        <v>685</v>
       </c>
       <c r="F186">
         <v>2016</v>
       </c>
       <c r="G186" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="H186">
-        <v>3.41</v>
+        <v>2.3</v>
       </c>
       <c r="I186">
-        <v>1.67</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
       <c r="B187" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="C187" t="s">
-        <v>684</v>
+        <v>689</v>
       </c>
       <c r="D187">
-        <v>634</v>
-[...2 lines deleted...]
-        <v>26299</v>
+        <v>58</v>
+      </c>
+      <c r="E187" t="s">
+        <v>690</v>
       </c>
       <c r="F187">
         <v>2016</v>
       </c>
       <c r="G187" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
       <c r="H187">
-        <v>16.24</v>
+        <v>0.86</v>
       </c>
       <c r="I187">
-        <v>8.05</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="B188" t="s">
-        <v>687</v>
+        <v>693</v>
       </c>
       <c r="C188" t="s">
-        <v>31</v>
+        <v>270</v>
       </c>
       <c r="D188">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>165125</v>
+        <v>3</v>
+      </c>
+      <c r="E188" t="s">
+        <v>694</v>
       </c>
       <c r="F188">
         <v>2016</v>
       </c>
       <c r="G188" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
       <c r="H188">
-        <v>3.84</v>
-[...1 lines deleted...]
-      <c r="I188"/>
+        <v>6.76</v>
+      </c>
+      <c r="I188">
+        <v>3.47</v>
+      </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
       <c r="B189" t="s">
-        <v>690</v>
+        <v>697</v>
       </c>
       <c r="C189" t="s">
-        <v>691</v>
+        <v>179</v>
       </c>
       <c r="D189">
-        <v>9885</v>
-[...2 lines deleted...]
-        <v>692</v>
+        <v>741</v>
+      </c>
+      <c r="E189">
+        <v>12140</v>
       </c>
       <c r="F189">
         <v>2016</v>
       </c>
       <c r="G189" t="s">
-        <v>693</v>
+        <v>698</v>
       </c>
       <c r="H189"/>
       <c r="I189">
-        <v>0.24</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" t="s">
-        <v>694</v>
+        <v>699</v>
       </c>
       <c r="B190" t="s">
-        <v>690</v>
+        <v>700</v>
       </c>
       <c r="C190" t="s">
-        <v>691</v>
+        <v>179</v>
       </c>
       <c r="D190">
-        <v>9885</v>
+        <v>741</v>
       </c>
       <c r="E190">
-        <v>988515</v>
+        <v>12152</v>
       </c>
       <c r="F190">
         <v>2016</v>
       </c>
       <c r="G190" t="s">
-        <v>695</v>
+        <v>701</v>
       </c>
       <c r="H190"/>
       <c r="I190">
-        <v>0.24</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" t="s">
-        <v>696</v>
+        <v>702</v>
       </c>
       <c r="B191" t="s">
-        <v>697</v>
+        <v>463</v>
       </c>
       <c r="C191" t="s">
-        <v>633</v>
+        <v>212</v>
       </c>
       <c r="D191">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>698</v>
+        <v>109</v>
+      </c>
+      <c r="E191">
+        <v>11901</v>
       </c>
       <c r="F191">
         <v>2016</v>
       </c>
       <c r="G191" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="H191">
-        <v>7.37</v>
+        <v>3.41</v>
       </c>
       <c r="I191">
-        <v>2.79</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="B192" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
       <c r="C192" t="s">
-        <v>702</v>
+        <v>235</v>
       </c>
       <c r="D192">
-        <v>93</v>
+        <v>1748</v>
       </c>
       <c r="E192">
-        <v>33855</v>
+        <v>30001</v>
       </c>
       <c r="F192">
         <v>2016</v>
       </c>
       <c r="G192" t="s">
-        <v>703</v>
-[...4 lines deleted...]
-      <c r="I192"/>
+        <v>706</v>
+      </c>
+      <c r="H192"/>
+      <c r="I192">
+        <v>0.18</v>
+      </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="B193" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="C193" t="s">
-        <v>141</v>
-[...6 lines deleted...]
-      </c>
+        <v>709</v>
+      </c>
+      <c r="D193"/>
+      <c r="E193"/>
       <c r="F193">
         <v>2016</v>
       </c>
       <c r="G193" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="H193"/>
       <c r="I193">
-        <v>0.25</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="B194" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
       <c r="C194" t="s">
-        <v>709</v>
+        <v>212</v>
       </c>
       <c r="D194">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>710</v>
+        <v>108</v>
+      </c>
+      <c r="E194">
+        <v>221903</v>
       </c>
       <c r="F194">
         <v>2016</v>
       </c>
       <c r="G194" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="H194">
-        <v>2.54</v>
+        <v>3.41</v>
       </c>
       <c r="I194">
-        <v>0.94</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="B195" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="C195" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="D195">
-        <v>690</v>
+        <v>93</v>
       </c>
       <c r="E195">
-        <v>12020</v>
+        <v>201115</v>
       </c>
       <c r="F195">
         <v>2016</v>
       </c>
       <c r="G195" t="s">
-        <v>714</v>
-[...4 lines deleted...]
-      </c>
+        <v>716</v>
+      </c>
+      <c r="H195">
+        <v>3.84</v>
+      </c>
+      <c r="I195"/>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="B196" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="C196" t="s">
-        <v>141</v>
+        <v>212</v>
       </c>
       <c r="D196">
-        <v>690</v>
+        <v>108</v>
       </c>
       <c r="E196">
-        <v>12021</v>
+        <v>211105</v>
       </c>
       <c r="F196">
         <v>2016</v>
       </c>
       <c r="G196" t="s">
-        <v>717</v>
-[...1 lines deleted...]
-      <c r="H196"/>
+        <v>719</v>
+      </c>
+      <c r="H196">
+        <v>3.41</v>
+      </c>
       <c r="I196">
-        <v>0.25</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="B197" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="C197" t="s">
-        <v>286</v>
+        <v>722</v>
       </c>
       <c r="D197">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>720</v>
+        <v>634</v>
+      </c>
+      <c r="E197">
+        <v>26299</v>
       </c>
       <c r="F197">
         <v>2016</v>
       </c>
       <c r="G197" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="H197">
-        <v>19.79</v>
+        <v>16.24</v>
       </c>
       <c r="I197">
-        <v>9.18</v>
+        <v>8.05</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="B198" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="C198" t="s">
-        <v>366</v>
+        <v>24</v>
       </c>
       <c r="D198">
-        <v>6</v>
+        <v>93</v>
       </c>
       <c r="E198">
-        <v>22136</v>
+        <v>165125</v>
       </c>
       <c r="F198">
         <v>2016</v>
       </c>
       <c r="G198" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="H198">
-        <v>4.26</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.84</v>
+      </c>
+      <c r="I198"/>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="B199" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="C199" t="s">
-        <v>366</v>
+        <v>729</v>
       </c>
       <c r="D199">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>22546</v>
+        <v>9885</v>
+      </c>
+      <c r="E199" t="s">
+        <v>730</v>
       </c>
       <c r="F199">
         <v>2016</v>
       </c>
       <c r="G199" t="s">
-        <v>727</v>
-[...3 lines deleted...]
-      </c>
+        <v>731</v>
+      </c>
+      <c r="H199"/>
       <c r="I199">
-        <v>1.69</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" t="s">
+        <v>732</v>
+      </c>
+      <c r="B200" t="s">
         <v>728</v>
       </c>
-      <c r="B200" t="s">
+      <c r="C200" t="s">
         <v>729</v>
       </c>
-      <c r="C200" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D200">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>730</v>
+        <v>9885</v>
+      </c>
+      <c r="E200">
+        <v>988515</v>
       </c>
       <c r="F200">
         <v>2016</v>
       </c>
       <c r="G200" t="s">
-        <v>731</v>
-[...3 lines deleted...]
-      </c>
+        <v>733</v>
+      </c>
+      <c r="H200"/>
       <c r="I200">
-        <v>1.77</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="B201" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="C201" t="s">
-        <v>174</v>
+        <v>671</v>
       </c>
       <c r="D201">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>23902</v>
+        <v>8</v>
+      </c>
+      <c r="E201" t="s">
+        <v>736</v>
       </c>
       <c r="F201">
         <v>2016</v>
       </c>
       <c r="G201" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="H201">
-        <v>3.41</v>
+        <v>7.37</v>
       </c>
       <c r="I201">
-        <v>1.67</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="B202" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="C202" t="s">
-        <v>286</v>
+        <v>740</v>
       </c>
       <c r="D202">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>737</v>
+        <v>93</v>
+      </c>
+      <c r="E202">
+        <v>33855</v>
       </c>
       <c r="F202">
         <v>2016</v>
       </c>
       <c r="G202" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="H202">
-        <v>19.79</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.93</v>
+      </c>
+      <c r="I202"/>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="B203" t="s">
-        <v>716</v>
+        <v>743</v>
       </c>
       <c r="C203" t="s">
-        <v>633</v>
+        <v>179</v>
       </c>
       <c r="D203">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>740</v>
+        <v>690</v>
+      </c>
+      <c r="E203">
+        <v>12034</v>
       </c>
       <c r="F203">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G203" t="s">
-        <v>741</v>
-[...3 lines deleted...]
-      </c>
+        <v>744</v>
+      </c>
+      <c r="H203"/>
       <c r="I203">
-        <v>2.77</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="B204" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="C204" t="s">
-        <v>744</v>
-[...1 lines deleted...]
-      <c r="D204"/>
+        <v>747</v>
+      </c>
+      <c r="D204">
+        <v>13</v>
+      </c>
       <c r="E204" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="F204">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G204" t="s">
-        <v>746</v>
-[...2 lines deleted...]
-      <c r="I204"/>
+        <v>749</v>
+      </c>
+      <c r="H204">
+        <v>2.54</v>
+      </c>
+      <c r="I204">
+        <v>0.94</v>
+      </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="B205" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="C205" t="s">
-        <v>31</v>
+        <v>179</v>
       </c>
       <c r="D205">
-        <v>92</v>
+        <v>690</v>
       </c>
       <c r="E205">
-        <v>245413</v>
+        <v>12021</v>
       </c>
       <c r="F205">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G205" t="s">
-        <v>749</v>
-[...4 lines deleted...]
-      <c r="I205"/>
+        <v>752</v>
+      </c>
+      <c r="H205"/>
+      <c r="I205">
+        <v>0.25</v>
+      </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="B206" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="C206" t="s">
-        <v>31</v>
+        <v>179</v>
       </c>
       <c r="D206">
-        <v>92</v>
+        <v>690</v>
       </c>
       <c r="E206">
-        <v>214436</v>
+        <v>12020</v>
       </c>
       <c r="F206">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G206" t="s">
-        <v>752</v>
-[...4 lines deleted...]
-      <c r="I206"/>
+        <v>755</v>
+      </c>
+      <c r="H206"/>
+      <c r="I206">
+        <v>0.25</v>
+      </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="B207" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="C207" t="s">
-        <v>409</v>
+        <v>324</v>
       </c>
       <c r="D207">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E207" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="F207">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G207" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="H207">
-        <v>7.49</v>
+        <v>19.79</v>
       </c>
       <c r="I207">
-        <v>4.21</v>
+        <v>9.18</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="B208" t="s">
-        <v>690</v>
+        <v>761</v>
       </c>
       <c r="C208" t="s">
-        <v>23</v>
+        <v>407</v>
       </c>
       <c r="D208">
         <v>6</v>
       </c>
       <c r="E208">
-        <v>10102</v>
+        <v>22136</v>
       </c>
       <c r="F208">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G208" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="H208">
-        <v>11.33</v>
+        <v>4.26</v>
       </c>
       <c r="I208">
-        <v>6.29</v>
+        <v>1.69</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="B209" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="C209" t="s">
-        <v>761</v>
+        <v>407</v>
       </c>
       <c r="D209">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>762</v>
+        <v>6</v>
+      </c>
+      <c r="E209">
+        <v>22546</v>
       </c>
       <c r="F209">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G209" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="H209">
-        <v>3.15</v>
+        <v>4.26</v>
       </c>
       <c r="I209">
-        <v>1.91</v>
+        <v>1.69</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="B210" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C210" t="s">
-        <v>766</v>
-[...2 lines deleted...]
-      <c r="E210"/>
+        <v>154</v>
+      </c>
+      <c r="D210">
+        <v>41</v>
+      </c>
+      <c r="E210" t="s">
+        <v>768</v>
+      </c>
       <c r="F210">
-        <v>2015</v>
-[...3 lines deleted...]
-      <c r="I210"/>
+        <v>2016</v>
+      </c>
+      <c r="G210" t="s">
+        <v>769</v>
+      </c>
+      <c r="H210">
+        <v>3.42</v>
+      </c>
+      <c r="I210">
+        <v>1.77</v>
+      </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="B211" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="C211" t="s">
-        <v>766</v>
-[...2 lines deleted...]
-      <c r="E211"/>
+        <v>212</v>
+      </c>
+      <c r="D211">
+        <v>108</v>
+      </c>
+      <c r="E211">
+        <v>23902</v>
+      </c>
       <c r="F211">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G211" t="s">
-        <v>769</v>
-[...2 lines deleted...]
-      <c r="I211"/>
+        <v>772</v>
+      </c>
+      <c r="H211">
+        <v>3.41</v>
+      </c>
+      <c r="I211">
+        <v>1.67</v>
+      </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="B212" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="C212" t="s">
-        <v>766</v>
-[...2 lines deleted...]
-      <c r="E212"/>
+        <v>324</v>
+      </c>
+      <c r="D212">
+        <v>28</v>
+      </c>
+      <c r="E212" t="s">
+        <v>775</v>
+      </c>
       <c r="F212">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G212" t="s">
-        <v>772</v>
-[...2 lines deleted...]
-      <c r="I212"/>
+        <v>776</v>
+      </c>
+      <c r="H212">
+        <v>19.79</v>
+      </c>
+      <c r="I212">
+        <v>9.18</v>
+      </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="B213" t="s">
-        <v>490</v>
+        <v>778</v>
       </c>
       <c r="C213" t="s">
-        <v>766</v>
+        <v>779</v>
       </c>
       <c r="D213"/>
-      <c r="E213"/>
+      <c r="E213" t="s">
+        <v>780</v>
+      </c>
       <c r="F213">
         <v>2015</v>
       </c>
       <c r="G213" t="s">
-        <v>774</v>
+        <v>781</v>
       </c>
       <c r="H213"/>
       <c r="I213"/>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" t="s">
-        <v>775</v>
+        <v>782</v>
       </c>
       <c r="B214" t="s">
-        <v>776</v>
+        <v>751</v>
       </c>
       <c r="C214" t="s">
-        <v>766</v>
-[...2 lines deleted...]
-      <c r="E214"/>
+        <v>671</v>
+      </c>
+      <c r="D214">
+        <v>8</v>
+      </c>
+      <c r="E214" t="s">
+        <v>783</v>
+      </c>
       <c r="F214">
         <v>2015</v>
       </c>
       <c r="G214" t="s">
-        <v>777</v>
-[...2 lines deleted...]
-      <c r="I214"/>
+        <v>784</v>
+      </c>
+      <c r="H214">
+        <v>7.76</v>
+      </c>
+      <c r="I214">
+        <v>2.77</v>
+      </c>
     </row>
     <row r="215" spans="1:9">
       <c r="A215" t="s">
-        <v>778</v>
+        <v>785</v>
       </c>
       <c r="B215" t="s">
-        <v>779</v>
+        <v>786</v>
       </c>
       <c r="C215" t="s">
-        <v>766</v>
-[...2 lines deleted...]
-      <c r="E215"/>
+        <v>24</v>
+      </c>
+      <c r="D215">
+        <v>92</v>
+      </c>
+      <c r="E215">
+        <v>245413</v>
+      </c>
       <c r="F215">
         <v>2015</v>
       </c>
       <c r="G215" t="s">
-        <v>780</v>
-[...1 lines deleted...]
-      <c r="H215"/>
+        <v>787</v>
+      </c>
+      <c r="H215">
+        <v>3.72</v>
+      </c>
       <c r="I215"/>
     </row>
     <row r="216" spans="1:9">
       <c r="A216" t="s">
-        <v>781</v>
+        <v>788</v>
       </c>
       <c r="B216" t="s">
-        <v>782</v>
+        <v>789</v>
       </c>
       <c r="C216" t="s">
-        <v>766</v>
-[...2 lines deleted...]
-      <c r="E216"/>
+        <v>24</v>
+      </c>
+      <c r="D216">
+        <v>92</v>
+      </c>
+      <c r="E216">
+        <v>214436</v>
+      </c>
       <c r="F216">
         <v>2015</v>
       </c>
       <c r="G216" t="s">
-        <v>783</v>
-[...1 lines deleted...]
-      <c r="H216"/>
+        <v>790</v>
+      </c>
+      <c r="H216">
+        <v>3.72</v>
+      </c>
       <c r="I216"/>
     </row>
     <row r="217" spans="1:9">
       <c r="A217" t="s">
-        <v>784</v>
+        <v>791</v>
       </c>
       <c r="B217" t="s">
-        <v>785</v>
+        <v>792</v>
       </c>
       <c r="C217" t="s">
-        <v>766</v>
-[...2 lines deleted...]
-      <c r="E217"/>
+        <v>455</v>
+      </c>
+      <c r="D217">
+        <v>10</v>
+      </c>
+      <c r="E217" t="s">
+        <v>793</v>
+      </c>
       <c r="F217">
         <v>2015</v>
       </c>
       <c r="G217" t="s">
-        <v>786</v>
-[...2 lines deleted...]
-      <c r="I217"/>
+        <v>794</v>
+      </c>
+      <c r="H217">
+        <v>7.49</v>
+      </c>
+      <c r="I217">
+        <v>4.21</v>
+      </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218" t="s">
-        <v>787</v>
+        <v>795</v>
       </c>
       <c r="B218" t="s">
-        <v>788</v>
+        <v>728</v>
       </c>
       <c r="C218" t="s">
-        <v>789</v>
-[...2 lines deleted...]
-      <c r="E218"/>
+        <v>40</v>
+      </c>
+      <c r="D218">
+        <v>6</v>
+      </c>
+      <c r="E218">
+        <v>10102</v>
+      </c>
       <c r="F218">
         <v>2015</v>
       </c>
       <c r="G218" t="s">
-        <v>790</v>
-[...2 lines deleted...]
-      <c r="I218"/>
+        <v>796</v>
+      </c>
+      <c r="H218">
+        <v>11.33</v>
+      </c>
+      <c r="I218">
+        <v>6.29</v>
+      </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219" t="s">
-        <v>791</v>
+        <v>797</v>
       </c>
       <c r="B219" t="s">
-        <v>792</v>
+        <v>798</v>
       </c>
       <c r="C219" t="s">
-        <v>789</v>
-[...2 lines deleted...]
-      <c r="E219"/>
+        <v>799</v>
+      </c>
+      <c r="D219">
+        <v>23</v>
+      </c>
+      <c r="E219" t="s">
+        <v>800</v>
+      </c>
       <c r="F219">
         <v>2015</v>
       </c>
       <c r="G219" t="s">
-        <v>793</v>
-[...2 lines deleted...]
-      <c r="I219"/>
+        <v>801</v>
+      </c>
+      <c r="H219">
+        <v>3.15</v>
+      </c>
+      <c r="I219">
+        <v>1.91</v>
+      </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220" t="s">
-        <v>794</v>
+        <v>802</v>
       </c>
       <c r="B220" t="s">
-        <v>795</v>
+        <v>528</v>
       </c>
       <c r="C220" t="s">
-        <v>796</v>
+        <v>803</v>
       </c>
       <c r="D220"/>
-      <c r="E220" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E220"/>
       <c r="F220">
         <v>2015</v>
       </c>
       <c r="G220" t="s">
-        <v>798</v>
+        <v>804</v>
       </c>
       <c r="H220"/>
       <c r="I220"/>
     </row>
     <row r="221" spans="1:9">
       <c r="A221" t="s">
-        <v>799</v>
+        <v>805</v>
       </c>
       <c r="B221" t="s">
-        <v>800</v>
+        <v>806</v>
       </c>
       <c r="C221" t="s">
-        <v>633</v>
-[...6 lines deleted...]
-      </c>
+        <v>803</v>
+      </c>
+      <c r="D221"/>
+      <c r="E221"/>
       <c r="F221">
         <v>2015</v>
       </c>
       <c r="G221" t="s">
-        <v>802</v>
-[...6 lines deleted...]
-      </c>
+        <v>807</v>
+      </c>
+      <c r="H221"/>
+      <c r="I221"/>
     </row>
     <row r="222" spans="1:9">
       <c r="A222" t="s">
+        <v>808</v>
+      </c>
+      <c r="B222" t="s">
+        <v>809</v>
+      </c>
+      <c r="C222" t="s">
         <v>803</v>
       </c>
-      <c r="B222" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="D222"/>
+      <c r="E222"/>
       <c r="F222">
         <v>2015</v>
       </c>
       <c r="G222" t="s">
-        <v>805</v>
-[...6 lines deleted...]
-      </c>
+        <v>810</v>
+      </c>
+      <c r="H222"/>
+      <c r="I222"/>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" t="s">
-        <v>806</v>
+        <v>811</v>
       </c>
       <c r="B223" t="s">
-        <v>807</v>
+        <v>812</v>
       </c>
       <c r="C223" t="s">
-        <v>31</v>
-[...6 lines deleted...]
-      </c>
+        <v>803</v>
+      </c>
+      <c r="D223"/>
+      <c r="E223"/>
       <c r="F223">
         <v>2015</v>
       </c>
       <c r="G223" t="s">
-        <v>808</v>
-[...3 lines deleted...]
-      </c>
+        <v>813</v>
+      </c>
+      <c r="H223"/>
       <c r="I223"/>
     </row>
     <row r="224" spans="1:9">
       <c r="A224" t="s">
-        <v>809</v>
+        <v>814</v>
       </c>
       <c r="B224" t="s">
-        <v>810</v>
+        <v>815</v>
       </c>
       <c r="C224" t="s">
-        <v>811</v>
-[...6 lines deleted...]
-      </c>
+        <v>803</v>
+      </c>
+      <c r="D224"/>
+      <c r="E224"/>
       <c r="F224">
         <v>2015</v>
       </c>
       <c r="G224" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="H224"/>
       <c r="I224"/>
     </row>
     <row r="225" spans="1:9">
       <c r="A225" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="B225" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="C225" t="s">
-        <v>816</v>
+        <v>803</v>
       </c>
       <c r="D225"/>
-      <c r="E225" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E225"/>
       <c r="F225">
         <v>2015</v>
       </c>
-      <c r="G225" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G225"/>
       <c r="H225"/>
       <c r="I225"/>
     </row>
     <row r="226" spans="1:9">
       <c r="A226" t="s">
         <v>819</v>
       </c>
       <c r="B226" t="s">
         <v>820</v>
       </c>
       <c r="C226" t="s">
-        <v>821</v>
-[...6 lines deleted...]
-      </c>
+        <v>803</v>
+      </c>
+      <c r="D226"/>
+      <c r="E226"/>
       <c r="F226">
         <v>2015</v>
       </c>
       <c r="G226" t="s">
-        <v>823</v>
-[...6 lines deleted...]
-      </c>
+        <v>821</v>
+      </c>
+      <c r="H226"/>
+      <c r="I226"/>
     </row>
     <row r="227" spans="1:9">
       <c r="A227" t="s">
-        <v>824</v>
+        <v>822</v>
       </c>
       <c r="B227" t="s">
-        <v>825</v>
+        <v>823</v>
       </c>
       <c r="C227" t="s">
-        <v>125</v>
-[...6 lines deleted...]
-      </c>
+        <v>803</v>
+      </c>
+      <c r="D227"/>
+      <c r="E227"/>
       <c r="F227">
         <v>2015</v>
       </c>
       <c r="G227" t="s">
-        <v>827</v>
-[...6 lines deleted...]
-      </c>
+        <v>824</v>
+      </c>
+      <c r="H227"/>
+      <c r="I227"/>
     </row>
     <row r="228" spans="1:9">
       <c r="A228" t="s">
-        <v>828</v>
+        <v>825</v>
       </c>
       <c r="B228" t="s">
-        <v>748</v>
+        <v>826</v>
       </c>
       <c r="C228" t="s">
-        <v>744</v>
+        <v>827</v>
       </c>
       <c r="D228"/>
-      <c r="E228" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E228"/>
       <c r="F228">
         <v>2015</v>
       </c>
       <c r="G228" t="s">
-        <v>830</v>
+        <v>828</v>
       </c>
       <c r="H228"/>
       <c r="I228"/>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" t="s">
-        <v>831</v>
+        <v>829</v>
       </c>
       <c r="B229" t="s">
-        <v>760</v>
+        <v>830</v>
       </c>
       <c r="C229" t="s">
-        <v>282</v>
-[...6 lines deleted...]
-      </c>
+        <v>827</v>
+      </c>
+      <c r="D229"/>
+      <c r="E229"/>
       <c r="F229">
         <v>2015</v>
       </c>
       <c r="G229" t="s">
-        <v>832</v>
-[...6 lines deleted...]
-      </c>
+        <v>831</v>
+      </c>
+      <c r="H229"/>
+      <c r="I229"/>
     </row>
     <row r="230" spans="1:9">
       <c r="A230" t="s">
+        <v>832</v>
+      </c>
+      <c r="B230" t="s">
         <v>833</v>
       </c>
-      <c r="B230" t="s">
+      <c r="C230" t="s">
         <v>834</v>
       </c>
-      <c r="C230" t="s">
-[...6 lines deleted...]
-        <v>12956</v>
+      <c r="D230"/>
+      <c r="E230" t="s">
+        <v>835</v>
       </c>
       <c r="F230">
         <v>2015</v>
       </c>
       <c r="G230" t="s">
-        <v>835</v>
-[...6 lines deleted...]
-      </c>
+        <v>836</v>
+      </c>
+      <c r="H230"/>
+      <c r="I230"/>
     </row>
     <row r="231" spans="1:9">
       <c r="A231" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="B231" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="C231" t="s">
-        <v>382</v>
+        <v>671</v>
       </c>
       <c r="D231">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="E231" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="F231">
         <v>2015</v>
       </c>
       <c r="G231" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="H231">
-        <v>13.78</v>
+        <v>7.76</v>
       </c>
       <c r="I231">
-        <v>8.36</v>
+        <v>2.77</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="B232" t="s">
-        <v>448</v>
+        <v>842</v>
       </c>
       <c r="C232" t="s">
-        <v>31</v>
+        <v>212</v>
       </c>
       <c r="D232">
-        <v>92</v>
+        <v>107</v>
       </c>
       <c r="E232">
-        <v>85107</v>
+        <v>171101</v>
       </c>
       <c r="F232">
         <v>2015</v>
       </c>
       <c r="G232" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="H232">
-        <v>3.72</v>
-[...1 lines deleted...]
-      <c r="I232"/>
+        <v>3.14</v>
+      </c>
+      <c r="I232">
+        <v>1.5</v>
+      </c>
     </row>
     <row r="233" spans="1:9">
       <c r="A233" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="B233" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="C233" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="D233">
         <v>92</v>
       </c>
-      <c r="E233" t="s">
-        <v>844</v>
+      <c r="E233">
+        <v>155415</v>
       </c>
       <c r="F233">
         <v>2015</v>
       </c>
       <c r="G233" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="H233">
         <v>3.72</v>
       </c>
       <c r="I233"/>
     </row>
     <row r="234" spans="1:9">
       <c r="A234" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="B234" t="s">
-        <v>765</v>
+        <v>848</v>
       </c>
       <c r="C234" t="s">
-        <v>31</v>
+        <v>849</v>
       </c>
       <c r="D234">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>45127</v>
+        <v>28</v>
+      </c>
+      <c r="E234" t="s">
+        <v>850</v>
       </c>
       <c r="F234">
         <v>2015</v>
       </c>
       <c r="G234" t="s">
-        <v>847</v>
-[...3 lines deleted...]
-      </c>
+        <v>851</v>
+      </c>
+      <c r="H234"/>
       <c r="I234"/>
     </row>
     <row r="235" spans="1:9">
       <c r="A235" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="B235" t="s">
-        <v>455</v>
+        <v>853</v>
       </c>
       <c r="C235" t="s">
-        <v>849</v>
-[...2 lines deleted...]
-      <c r="E235"/>
+        <v>854</v>
+      </c>
+      <c r="D235">
+        <v>119</v>
+      </c>
+      <c r="E235" t="s">
+        <v>855</v>
+      </c>
       <c r="F235">
         <v>2015</v>
       </c>
-      <c r="G235"/>
-[...1 lines deleted...]
-      <c r="I235"/>
+      <c r="G235" t="s">
+        <v>856</v>
+      </c>
+      <c r="H235">
+        <v>0.64</v>
+      </c>
+      <c r="I235">
+        <v>0.27</v>
+      </c>
     </row>
     <row r="236" spans="1:9">
       <c r="A236" t="s">
-        <v>850</v>
+        <v>857</v>
       </c>
       <c r="B236" t="s">
-        <v>448</v>
+        <v>858</v>
       </c>
       <c r="C236" t="s">
-        <v>851</v>
+        <v>859</v>
       </c>
       <c r="D236"/>
       <c r="E236" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="F236">
         <v>2015</v>
       </c>
-      <c r="G236"/>
+      <c r="G236" t="s">
+        <v>861</v>
+      </c>
       <c r="H236"/>
       <c r="I236"/>
     </row>
     <row r="237" spans="1:9">
       <c r="A237" t="s">
-        <v>853</v>
+        <v>862</v>
       </c>
       <c r="B237" t="s">
-        <v>854</v>
+        <v>863</v>
       </c>
       <c r="C237" t="s">
-        <v>851</v>
-[...1 lines deleted...]
-      <c r="D237"/>
+        <v>163</v>
+      </c>
+      <c r="D237">
+        <v>63</v>
+      </c>
       <c r="E237" t="s">
-        <v>855</v>
+        <v>864</v>
       </c>
       <c r="F237">
         <v>2015</v>
       </c>
-      <c r="G237"/>
-[...1 lines deleted...]
-      <c r="I237"/>
+      <c r="G237" t="s">
+        <v>865</v>
+      </c>
+      <c r="H237">
+        <v>2.05</v>
+      </c>
+      <c r="I237">
+        <v>1.74</v>
+      </c>
     </row>
     <row r="238" spans="1:9">
       <c r="A238" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="B238" t="s">
+        <v>786</v>
+      </c>
+      <c r="C238" t="s">
         <v>779</v>
-      </c>
-[...1 lines deleted...]
-        <v>851</v>
       </c>
       <c r="D238"/>
       <c r="E238" t="s">
-        <v>857</v>
+        <v>867</v>
       </c>
       <c r="F238">
         <v>2015</v>
       </c>
-      <c r="G238"/>
+      <c r="G238" t="s">
+        <v>868</v>
+      </c>
       <c r="H238"/>
       <c r="I238"/>
     </row>
     <row r="239" spans="1:9">
       <c r="A239" t="s">
-        <v>858</v>
+        <v>869</v>
       </c>
       <c r="B239" t="s">
-        <v>670</v>
+        <v>798</v>
       </c>
       <c r="C239" t="s">
-        <v>702</v>
+        <v>320</v>
       </c>
       <c r="D239">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="E239">
-        <v>63830</v>
+        <v>119701</v>
       </c>
       <c r="F239">
         <v>2015</v>
       </c>
       <c r="G239" t="s">
-        <v>859</v>
+        <v>870</v>
       </c>
       <c r="H239">
-        <v>2.77</v>
-[...1 lines deleted...]
-      <c r="I239"/>
+        <v>7.65</v>
+      </c>
+      <c r="I239">
+        <v>4.66</v>
+      </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240" t="s">
-        <v>860</v>
+        <v>871</v>
       </c>
       <c r="B240" t="s">
-        <v>861</v>
+        <v>872</v>
       </c>
       <c r="C240" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D240">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>862</v>
+        <v>5</v>
+      </c>
+      <c r="E240">
+        <v>12956</v>
       </c>
       <c r="F240">
         <v>2015</v>
       </c>
       <c r="G240" t="s">
-        <v>863</v>
+        <v>873</v>
       </c>
       <c r="H240">
-        <v>7.49</v>
+        <v>5.23</v>
       </c>
       <c r="I240">
-        <v>4.21</v>
+        <v>2.03</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241" t="s">
-        <v>864</v>
+        <v>874</v>
       </c>
       <c r="B241" t="s">
-        <v>865</v>
+        <v>875</v>
       </c>
       <c r="C241" t="s">
-        <v>31</v>
+        <v>420</v>
       </c>
       <c r="D241">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>205126</v>
+        <v>15</v>
+      </c>
+      <c r="E241" t="s">
+        <v>876</v>
       </c>
       <c r="F241">
         <v>2015</v>
       </c>
       <c r="G241" t="s">
-        <v>866</v>
+        <v>877</v>
       </c>
       <c r="H241">
-        <v>3.72</v>
-[...1 lines deleted...]
-      <c r="I241"/>
+        <v>13.78</v>
+      </c>
+      <c r="I241">
+        <v>8.36</v>
+      </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242" t="s">
-        <v>867</v>
+        <v>878</v>
       </c>
       <c r="B242" t="s">
-        <v>743</v>
+        <v>486</v>
       </c>
       <c r="C242" t="s">
-        <v>85</v>
+        <v>24</v>
       </c>
       <c r="D242">
-        <v>117</v>
+        <v>92</v>
       </c>
       <c r="E242">
-        <v>203101</v>
+        <v>85107</v>
       </c>
       <c r="F242">
         <v>2015</v>
       </c>
       <c r="G242" t="s">
-        <v>868</v>
+        <v>879</v>
       </c>
       <c r="H242">
-        <v>2.1</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.72</v>
+      </c>
+      <c r="I242"/>
     </row>
     <row r="243" spans="1:9">
       <c r="A243" t="s">
-        <v>869</v>
+        <v>880</v>
       </c>
       <c r="B243" t="s">
-        <v>870</v>
+        <v>881</v>
       </c>
       <c r="C243" t="s">
-        <v>691</v>
+        <v>24</v>
       </c>
       <c r="D243">
-        <v>9502</v>
-[...2 lines deleted...]
-        <v>950203</v>
+        <v>92</v>
+      </c>
+      <c r="E243" t="s">
+        <v>882</v>
       </c>
       <c r="F243">
         <v>2015</v>
       </c>
       <c r="G243" t="s">
-        <v>871</v>
-[...4 lines deleted...]
-      </c>
+        <v>883</v>
+      </c>
+      <c r="H243">
+        <v>3.72</v>
+      </c>
+      <c r="I243"/>
     </row>
     <row r="244" spans="1:9">
       <c r="A244" t="s">
-        <v>872</v>
+        <v>884</v>
       </c>
       <c r="B244" t="s">
-        <v>873</v>
+        <v>818</v>
       </c>
       <c r="C244" t="s">
-        <v>282</v>
+        <v>24</v>
       </c>
       <c r="D244">
-        <v>114</v>
+        <v>92</v>
       </c>
       <c r="E244">
-        <v>185501</v>
+        <v>45127</v>
       </c>
       <c r="F244">
         <v>2015</v>
       </c>
       <c r="G244" t="s">
-        <v>874</v>
+        <v>885</v>
       </c>
       <c r="H244">
-        <v>7.65</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.72</v>
+      </c>
+      <c r="I244"/>
     </row>
     <row r="245" spans="1:9">
       <c r="A245" t="s">
-        <v>875</v>
+        <v>886</v>
       </c>
       <c r="B245" t="s">
-        <v>876</v>
+        <v>497</v>
       </c>
       <c r="C245" t="s">
-        <v>174</v>
-[...6 lines deleted...]
-      </c>
+        <v>887</v>
+      </c>
+      <c r="D245"/>
+      <c r="E245"/>
       <c r="F245">
         <v>2015</v>
       </c>
-      <c r="G245" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G245"/>
+      <c r="H245"/>
+      <c r="I245"/>
     </row>
     <row r="246" spans="1:9">
       <c r="A246" t="s">
-        <v>878</v>
+        <v>888</v>
       </c>
       <c r="B246" t="s">
-        <v>776</v>
+        <v>486</v>
       </c>
       <c r="C246" t="s">
-        <v>174</v>
-[...5 lines deleted...]
-        <v>171110</v>
+        <v>889</v>
+      </c>
+      <c r="D246"/>
+      <c r="E246" t="s">
+        <v>890</v>
       </c>
       <c r="F246">
         <v>2015</v>
       </c>
-      <c r="G246" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G246"/>
+      <c r="H246"/>
+      <c r="I246"/>
     </row>
     <row r="247" spans="1:9">
       <c r="A247" t="s">
-        <v>880</v>
+        <v>891</v>
       </c>
       <c r="B247" t="s">
-        <v>881</v>
+        <v>892</v>
       </c>
       <c r="C247" t="s">
-        <v>31</v>
-[...5 lines deleted...]
-        <v>125426</v>
+        <v>889</v>
+      </c>
+      <c r="D247"/>
+      <c r="E247" t="s">
+        <v>893</v>
       </c>
       <c r="F247">
         <v>2015</v>
       </c>
-      <c r="G247" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G247"/>
+      <c r="H247"/>
+      <c r="I247"/>
     </row>
     <row r="248" spans="1:9">
       <c r="A248" t="s">
-        <v>883</v>
+        <v>894</v>
       </c>
       <c r="B248" t="s">
-        <v>884</v>
+        <v>809</v>
       </c>
       <c r="C248" t="s">
-        <v>366</v>
-[...5 lines deleted...]
-        <v>8774</v>
+        <v>889</v>
+      </c>
+      <c r="D248"/>
+      <c r="E248" t="s">
+        <v>895</v>
       </c>
       <c r="F248">
         <v>2015</v>
       </c>
-      <c r="G248" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G248"/>
+      <c r="H248"/>
+      <c r="I248"/>
     </row>
     <row r="249" spans="1:9">
       <c r="A249" t="s">
-        <v>886</v>
+        <v>896</v>
       </c>
       <c r="B249" t="s">
-        <v>887</v>
+        <v>708</v>
       </c>
       <c r="C249" t="s">
-        <v>282</v>
+        <v>740</v>
       </c>
       <c r="D249">
-        <v>114</v>
+        <v>91</v>
       </c>
       <c r="E249">
-        <v>123901</v>
+        <v>63830</v>
       </c>
       <c r="F249">
         <v>2015</v>
       </c>
       <c r="G249" t="s">
-        <v>888</v>
+        <v>897</v>
       </c>
       <c r="H249">
-        <v>7.65</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.77</v>
+      </c>
+      <c r="I249"/>
     </row>
     <row r="250" spans="1:9">
       <c r="A250" t="s">
-        <v>889</v>
+        <v>898</v>
       </c>
       <c r="B250" t="s">
-        <v>890</v>
+        <v>899</v>
       </c>
       <c r="C250" t="s">
-        <v>185</v>
+        <v>455</v>
       </c>
       <c r="D250">
-        <v>185</v>
+        <v>9</v>
       </c>
       <c r="E250" t="s">
-        <v>891</v>
+        <v>900</v>
       </c>
       <c r="F250">
         <v>2015</v>
       </c>
       <c r="G250" t="s">
-        <v>892</v>
+        <v>901</v>
       </c>
       <c r="H250">
-        <v>2.13</v>
+        <v>7.49</v>
       </c>
       <c r="I250">
-        <v>0.87</v>
+        <v>4.21</v>
       </c>
     </row>
     <row r="251" spans="1:9">
       <c r="A251" t="s">
-        <v>893</v>
+        <v>902</v>
       </c>
       <c r="B251" t="s">
-        <v>894</v>
+        <v>778</v>
       </c>
       <c r="C251" t="s">
-        <v>895</v>
+        <v>123</v>
       </c>
       <c r="D251">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>896</v>
+        <v>117</v>
+      </c>
+      <c r="E251">
+        <v>203101</v>
       </c>
       <c r="F251">
         <v>2015</v>
       </c>
       <c r="G251" t="s">
-        <v>897</v>
+        <v>903</v>
       </c>
       <c r="H251">
-        <v>2.08</v>
+        <v>2.1</v>
       </c>
       <c r="I251">
-        <v>0.57</v>
+        <v>0.82</v>
       </c>
     </row>
     <row r="252" spans="1:9">
       <c r="A252" t="s">
-        <v>898</v>
+        <v>904</v>
       </c>
       <c r="B252" t="s">
-        <v>899</v>
+        <v>905</v>
       </c>
       <c r="C252" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="D252">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>900</v>
+        <v>91</v>
+      </c>
+      <c r="E252">
+        <v>205126</v>
       </c>
       <c r="F252">
         <v>2015</v>
       </c>
       <c r="G252" t="s">
-        <v>901</v>
+        <v>906</v>
       </c>
       <c r="H252">
-        <v>1.47</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.72</v>
+      </c>
+      <c r="I252"/>
     </row>
     <row r="253" spans="1:9">
       <c r="A253" t="s">
-        <v>902</v>
+        <v>907</v>
       </c>
       <c r="B253" t="s">
-        <v>903</v>
+        <v>908</v>
       </c>
       <c r="C253" t="s">
-        <v>31</v>
+        <v>729</v>
       </c>
       <c r="D253">
-        <v>92</v>
+        <v>9502</v>
       </c>
       <c r="E253">
-        <v>195127</v>
+        <v>950203</v>
       </c>
       <c r="F253">
         <v>2015</v>
       </c>
       <c r="G253" t="s">
-        <v>904</v>
-[...3 lines deleted...]
-      </c>
+        <v>909</v>
+      </c>
+      <c r="H253"/>
       <c r="I253">
-        <v>2.76</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="254" spans="1:9">
       <c r="A254" t="s">
-        <v>905</v>
+        <v>910</v>
       </c>
       <c r="B254" t="s">
-        <v>906</v>
+        <v>911</v>
       </c>
       <c r="C254" t="s">
-        <v>907</v>
+        <v>320</v>
       </c>
       <c r="D254">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>908</v>
+        <v>114</v>
+      </c>
+      <c r="E254">
+        <v>185501</v>
       </c>
       <c r="F254">
-        <v>2014</v>
-[...3 lines deleted...]
-      <c r="I254"/>
+        <v>2015</v>
+      </c>
+      <c r="G254" t="s">
+        <v>912</v>
+      </c>
+      <c r="H254">
+        <v>7.65</v>
+      </c>
+      <c r="I254">
+        <v>4.66</v>
+      </c>
     </row>
     <row r="255" spans="1:9">
       <c r="A255" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="B255" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
       <c r="C255" t="s">
-        <v>85</v>
+        <v>212</v>
       </c>
       <c r="D255">
-        <v>116</v>
+        <v>106</v>
       </c>
       <c r="E255">
-        <v>184508</v>
+        <v>171913</v>
       </c>
       <c r="F255">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G255" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="H255">
-        <v>2.18</v>
+        <v>3.14</v>
       </c>
       <c r="I255">
-        <v>1.04</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="256" spans="1:9">
       <c r="A256" t="s">
-        <v>912</v>
+        <v>916</v>
       </c>
       <c r="B256" t="s">
-        <v>913</v>
+        <v>806</v>
       </c>
       <c r="C256" t="s">
-        <v>633</v>
+        <v>212</v>
       </c>
       <c r="D256">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>914</v>
+        <v>106</v>
+      </c>
+      <c r="E256">
+        <v>171110</v>
       </c>
       <c r="F256">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G256" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="H256">
-        <v>7.39</v>
+        <v>3.14</v>
       </c>
       <c r="I256">
-        <v>2.65</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="257" spans="1:9">
       <c r="A257" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="B257" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="C257" t="s">
-        <v>651</v>
+        <v>24</v>
       </c>
       <c r="D257">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>918</v>
+        <v>91</v>
+      </c>
+      <c r="E257">
+        <v>125426</v>
       </c>
       <c r="F257">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G257" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="H257">
-        <v>0.82</v>
+        <v>3.72</v>
       </c>
       <c r="I257">
-        <v>0.47</v>
+        <v>2.76</v>
       </c>
     </row>
     <row r="258" spans="1:9">
       <c r="A258" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="B258" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="C258" t="s">
-        <v>174</v>
+        <v>407</v>
       </c>
       <c r="D258">
-        <v>105</v>
+        <v>5</v>
       </c>
       <c r="E258">
-        <v>191905</v>
+        <v>8774</v>
       </c>
       <c r="F258">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G258" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="H258">
-        <v>3.3</v>
+        <v>5.23</v>
       </c>
       <c r="I258">
-        <v>1.86</v>
+        <v>2.03</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="B259" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="C259" t="s">
-        <v>174</v>
+        <v>320</v>
       </c>
       <c r="D259">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="E259">
-        <v>181116</v>
+        <v>123901</v>
       </c>
       <c r="F259">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G259" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="H259">
-        <v>3.3</v>
+        <v>7.65</v>
       </c>
       <c r="I259">
-        <v>1.86</v>
+        <v>4.66</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="B260" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="C260" t="s">
-        <v>615</v>
+        <v>223</v>
       </c>
       <c r="D260">
-        <v>8</v>
+        <v>185</v>
       </c>
       <c r="E260" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="F260">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G260" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="H260">
-        <v>2.34</v>
+        <v>2.13</v>
       </c>
       <c r="I260">
-        <v>1.16</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="261" spans="1:9">
       <c r="A261" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="B261" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="C261" t="s">
-        <v>31</v>
+        <v>933</v>
       </c>
       <c r="D261">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>115155</v>
+        <v>5</v>
+      </c>
+      <c r="E261" t="s">
+        <v>934</v>
       </c>
       <c r="F261">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G261" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
       <c r="H261">
-        <v>3.74</v>
+        <v>2.08</v>
       </c>
       <c r="I261">
-        <v>2.81</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="262" spans="1:9">
       <c r="A262" t="s">
-        <v>933</v>
+        <v>936</v>
       </c>
       <c r="B262" t="s">
-        <v>448</v>
+        <v>937</v>
       </c>
       <c r="C262" t="s">
-        <v>31</v>
+        <v>127</v>
       </c>
       <c r="D262">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>115136</v>
+        <v>13</v>
+      </c>
+      <c r="E262" t="s">
+        <v>938</v>
       </c>
       <c r="F262">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G262" t="s">
-        <v>934</v>
+        <v>939</v>
       </c>
       <c r="H262">
-        <v>3.74</v>
+        <v>1.47</v>
       </c>
       <c r="I262">
-        <v>2.81</v>
+        <v>0.74</v>
       </c>
     </row>
     <row r="263" spans="1:9">
       <c r="A263" t="s">
-        <v>935</v>
+        <v>940</v>
       </c>
       <c r="B263" t="s">
-        <v>936</v>
+        <v>941</v>
       </c>
       <c r="C263" t="s">
-        <v>895</v>
+        <v>24</v>
       </c>
       <c r="D263">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>937</v>
+        <v>92</v>
+      </c>
+      <c r="E263">
+        <v>195127</v>
       </c>
       <c r="F263">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G263" t="s">
-        <v>938</v>
-[...1 lines deleted...]
-      <c r="H263"/>
+        <v>942</v>
+      </c>
+      <c r="H263">
+        <v>3.72</v>
+      </c>
       <c r="I263">
-        <v>0.36</v>
+        <v>2.76</v>
       </c>
     </row>
     <row r="264" spans="1:9">
       <c r="A264" t="s">
-        <v>939</v>
+        <v>943</v>
       </c>
       <c r="B264" t="s">
-        <v>760</v>
+        <v>944</v>
       </c>
       <c r="C264" t="s">
-        <v>940</v>
+        <v>945</v>
       </c>
       <c r="D264">
-        <v>53</v>
+        <v>94</v>
       </c>
       <c r="E264" t="s">
-        <v>941</v>
+        <v>946</v>
       </c>
       <c r="F264">
         <v>2014</v>
       </c>
-      <c r="G264" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G264"/>
+      <c r="H264"/>
+      <c r="I264"/>
     </row>
     <row r="265" spans="1:9">
       <c r="A265" t="s">
-        <v>943</v>
+        <v>947</v>
       </c>
       <c r="B265" t="s">
-        <v>944</v>
+        <v>948</v>
       </c>
       <c r="C265" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D265">
-        <v>9163</v>
+        <v>56</v>
       </c>
       <c r="E265" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="F265">
         <v>2014</v>
       </c>
       <c r="G265" t="s">
-        <v>946</v>
-[...1 lines deleted...]
-      <c r="H265"/>
+        <v>950</v>
+      </c>
+      <c r="H265">
+        <v>0.82</v>
+      </c>
       <c r="I265">
-        <v>0.24</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="266" spans="1:9">
       <c r="A266" t="s">
-        <v>947</v>
+        <v>951</v>
       </c>
       <c r="B266" t="s">
-        <v>948</v>
+        <v>952</v>
       </c>
       <c r="C266" t="s">
-        <v>702</v>
+        <v>123</v>
       </c>
       <c r="D266">
-        <v>90</v>
+        <v>116</v>
       </c>
       <c r="E266">
-        <v>23854</v>
+        <v>184508</v>
       </c>
       <c r="F266">
         <v>2014</v>
       </c>
       <c r="G266" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="H266">
-        <v>2.81</v>
+        <v>2.18</v>
       </c>
       <c r="I266">
-        <v>2.31</v>
+        <v>1.04</v>
       </c>
     </row>
     <row r="267" spans="1:9">
       <c r="A267" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="B267" t="s">
-        <v>951</v>
+        <v>955</v>
       </c>
       <c r="C267" t="s">
-        <v>952</v>
-[...1 lines deleted...]
-      <c r="D267"/>
+        <v>671</v>
+      </c>
+      <c r="D267">
+        <v>7</v>
+      </c>
       <c r="E267" t="s">
-        <v>953</v>
+        <v>956</v>
       </c>
       <c r="F267">
         <v>2014</v>
       </c>
       <c r="G267" t="s">
-        <v>954</v>
-[...2 lines deleted...]
-      <c r="I267"/>
+        <v>957</v>
+      </c>
+      <c r="H267">
+        <v>7.39</v>
+      </c>
+      <c r="I267">
+        <v>2.65</v>
+      </c>
     </row>
     <row r="268" spans="1:9">
       <c r="A268" t="s">
-        <v>955</v>
+        <v>958</v>
       </c>
       <c r="B268" t="s">
-        <v>956</v>
+        <v>959</v>
       </c>
       <c r="C268" t="s">
-        <v>952</v>
-[...3 lines deleted...]
-        <v>957</v>
+        <v>212</v>
+      </c>
+      <c r="D268">
+        <v>105</v>
+      </c>
+      <c r="E268">
+        <v>191905</v>
       </c>
       <c r="F268">
         <v>2014</v>
       </c>
       <c r="G268" t="s">
-        <v>958</v>
-[...2 lines deleted...]
-      <c r="I268"/>
+        <v>960</v>
+      </c>
+      <c r="H268">
+        <v>3.3</v>
+      </c>
+      <c r="I268">
+        <v>1.86</v>
+      </c>
     </row>
     <row r="269" spans="1:9">
       <c r="A269" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="B269" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="C269" t="s">
-        <v>952</v>
-[...3 lines deleted...]
-        <v>961</v>
+        <v>212</v>
+      </c>
+      <c r="D269">
+        <v>105</v>
+      </c>
+      <c r="E269">
+        <v>181116</v>
       </c>
       <c r="F269">
         <v>2014</v>
       </c>
       <c r="G269" t="s">
-        <v>962</v>
-[...2 lines deleted...]
-      <c r="I269"/>
+        <v>963</v>
+      </c>
+      <c r="H269">
+        <v>3.3</v>
+      </c>
+      <c r="I269">
+        <v>1.86</v>
+      </c>
     </row>
     <row r="270" spans="1:9">
       <c r="A270" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="B270" t="s">
-        <v>490</v>
+        <v>965</v>
       </c>
       <c r="C270" t="s">
-        <v>952</v>
-[...1 lines deleted...]
-      <c r="D270"/>
+        <v>653</v>
+      </c>
+      <c r="D270">
+        <v>8</v>
+      </c>
       <c r="E270" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="F270">
         <v>2014</v>
       </c>
       <c r="G270" t="s">
-        <v>965</v>
-[...2 lines deleted...]
-      <c r="I270"/>
+        <v>967</v>
+      </c>
+      <c r="H270">
+        <v>2.34</v>
+      </c>
+      <c r="I270">
+        <v>1.16</v>
+      </c>
     </row>
     <row r="271" spans="1:9">
       <c r="A271" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="B271" t="s">
-        <v>956</v>
+        <v>969</v>
       </c>
       <c r="C271" t="s">
-        <v>952</v>
-[...3 lines deleted...]
-        <v>967</v>
+        <v>24</v>
+      </c>
+      <c r="D271">
+        <v>90</v>
+      </c>
+      <c r="E271">
+        <v>115155</v>
       </c>
       <c r="F271">
         <v>2014</v>
       </c>
       <c r="G271" t="s">
-        <v>968</v>
-[...2 lines deleted...]
-      <c r="I271"/>
+        <v>970</v>
+      </c>
+      <c r="H271">
+        <v>3.74</v>
+      </c>
+      <c r="I271">
+        <v>2.81</v>
+      </c>
     </row>
     <row r="272" spans="1:9">
       <c r="A272" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="B272" t="s">
-        <v>970</v>
+        <v>486</v>
       </c>
       <c r="C272" t="s">
-        <v>330</v>
+        <v>24</v>
       </c>
       <c r="D272">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>971</v>
+        <v>90</v>
+      </c>
+      <c r="E272">
+        <v>115136</v>
       </c>
       <c r="F272">
         <v>2014</v>
       </c>
       <c r="G272" t="s">
         <v>972</v>
       </c>
       <c r="H272">
-        <v>1.36</v>
+        <v>3.74</v>
       </c>
       <c r="I272">
-        <v>0.76</v>
+        <v>2.81</v>
       </c>
     </row>
     <row r="273" spans="1:9">
       <c r="A273" t="s">
         <v>973</v>
       </c>
       <c r="B273" t="s">
         <v>974</v>
       </c>
       <c r="C273" t="s">
-        <v>330</v>
+        <v>933</v>
       </c>
       <c r="D273">
-        <v>99</v>
+        <v>4</v>
       </c>
       <c r="E273" t="s">
         <v>975</v>
       </c>
       <c r="F273">
         <v>2014</v>
       </c>
       <c r="G273" t="s">
         <v>976</v>
       </c>
-      <c r="H273">
-[...1 lines deleted...]
-      </c>
+      <c r="H273"/>
       <c r="I273">
-        <v>0.76</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="274" spans="1:9">
       <c r="A274" t="s">
         <v>977</v>
       </c>
       <c r="B274" t="s">
         <v>978</v>
       </c>
       <c r="C274" t="s">
+        <v>729</v>
+      </c>
+      <c r="D274">
+        <v>9163</v>
+      </c>
+      <c r="E274" t="s">
         <v>979</v>
-      </c>
-[...4 lines deleted...]
-        <v>980</v>
       </c>
       <c r="F274">
         <v>2014</v>
       </c>
       <c r="G274" t="s">
-        <v>981</v>
-[...3 lines deleted...]
-      </c>
+        <v>980</v>
+      </c>
+      <c r="H274"/>
       <c r="I274">
-        <v>0.61</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="275" spans="1:9">
       <c r="A275" t="s">
+        <v>981</v>
+      </c>
+      <c r="B275" t="s">
+        <v>798</v>
+      </c>
+      <c r="C275" t="s">
         <v>982</v>
       </c>
-      <c r="B275" t="s">
+      <c r="D275">
+        <v>53</v>
+      </c>
+      <c r="E275" t="s">
         <v>983</v>
-      </c>
-[...7 lines deleted...]
-        <v>985</v>
       </c>
       <c r="F275">
         <v>2014</v>
       </c>
-      <c r="G275"/>
+      <c r="G275" t="s">
+        <v>984</v>
+      </c>
       <c r="H275">
-        <v>0.78</v>
+        <v>1.78</v>
       </c>
       <c r="I275">
-        <v>0.58</v>
+        <v>1.05</v>
       </c>
     </row>
     <row r="276" spans="1:9">
       <c r="A276" t="s">
+        <v>985</v>
+      </c>
+      <c r="B276" t="s">
         <v>986</v>
       </c>
-      <c r="B276" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C276" t="s">
-        <v>702</v>
+        <v>740</v>
       </c>
       <c r="D276">
         <v>90</v>
       </c>
       <c r="E276">
-        <v>13812</v>
+        <v>23854</v>
       </c>
       <c r="F276">
         <v>2014</v>
       </c>
       <c r="G276" t="s">
-        <v>988</v>
+        <v>987</v>
       </c>
       <c r="H276">
         <v>2.81</v>
       </c>
       <c r="I276">
         <v>2.31</v>
       </c>
     </row>
     <row r="277" spans="1:9">
       <c r="A277" t="s">
+        <v>988</v>
+      </c>
+      <c r="B277" t="s">
         <v>989</v>
       </c>
-      <c r="B277" t="s">
+      <c r="C277" t="s">
         <v>990</v>
       </c>
-      <c r="C277" t="s">
-[...6 lines deleted...]
-        <v>35106</v>
+      <c r="D277"/>
+      <c r="E277" t="s">
+        <v>991</v>
       </c>
       <c r="F277">
         <v>2014</v>
       </c>
       <c r="G277" t="s">
-        <v>991</v>
-[...6 lines deleted...]
-      </c>
+        <v>992</v>
+      </c>
+      <c r="H277"/>
+      <c r="I277"/>
     </row>
     <row r="278" spans="1:9">
       <c r="A278" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="B278" t="s">
-        <v>993</v>
+        <v>528</v>
       </c>
       <c r="C278" t="s">
-        <v>483</v>
-[...3 lines deleted...]
-      </c>
+        <v>990</v>
+      </c>
+      <c r="D278"/>
       <c r="E278" t="s">
         <v>994</v>
       </c>
       <c r="F278">
         <v>2014</v>
       </c>
       <c r="G278" t="s">
         <v>995</v>
       </c>
-      <c r="H278">
-[...4 lines deleted...]
-      </c>
+      <c r="H278"/>
+      <c r="I278"/>
     </row>
     <row r="279" spans="1:9">
       <c r="A279" t="s">
         <v>996</v>
       </c>
       <c r="B279" t="s">
         <v>997</v>
       </c>
       <c r="C279" t="s">
-        <v>31</v>
-[...5 lines deleted...]
-        <v>245414</v>
+        <v>990</v>
+      </c>
+      <c r="D279"/>
+      <c r="E279" t="s">
+        <v>998</v>
       </c>
       <c r="F279">
         <v>2014</v>
       </c>
       <c r="G279" t="s">
-        <v>998</v>
-[...6 lines deleted...]
-      </c>
+        <v>999</v>
+      </c>
+      <c r="H279"/>
+      <c r="I279"/>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="B280" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="C280" t="s">
-        <v>671</v>
-[...3 lines deleted...]
-      </c>
+        <v>990</v>
+      </c>
+      <c r="D280"/>
       <c r="E280" t="s">
         <v>1002</v>
       </c>
       <c r="F280">
         <v>2014</v>
       </c>
       <c r="G280" t="s">
         <v>1003</v>
       </c>
       <c r="H280"/>
-      <c r="I280">
-[...1 lines deleted...]
-      </c>
+      <c r="I280"/>
     </row>
     <row r="281" spans="1:9">
       <c r="A281" t="s">
         <v>1004</v>
       </c>
       <c r="B281" t="s">
+        <v>997</v>
+      </c>
+      <c r="C281" t="s">
+        <v>990</v>
+      </c>
+      <c r="D281"/>
+      <c r="E281" t="s">
         <v>1005</v>
-      </c>
-[...7 lines deleted...]
-        <v>1007</v>
       </c>
       <c r="F281">
         <v>2014</v>
       </c>
       <c r="G281" t="s">
-        <v>1008</v>
+        <v>1006</v>
       </c>
       <c r="H281"/>
-      <c r="I281">
-[...1 lines deleted...]
-      </c>
+      <c r="I281"/>
     </row>
     <row r="282" spans="1:9">
       <c r="A282" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B282" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C282" t="s">
+        <v>368</v>
+      </c>
+      <c r="D282">
+        <v>99</v>
+      </c>
+      <c r="E282" t="s">
         <v>1009</v>
-      </c>
-[...10 lines deleted...]
-        <v>1011</v>
       </c>
       <c r="F282">
         <v>2014</v>
       </c>
       <c r="G282" t="s">
-        <v>1012</v>
-[...1 lines deleted...]
-      <c r="H282"/>
+        <v>1010</v>
+      </c>
+      <c r="H282">
+        <v>1.36</v>
+      </c>
       <c r="I282">
-        <v>0.1</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="283" spans="1:9">
       <c r="A283" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B283" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C283" t="s">
+        <v>368</v>
+      </c>
+      <c r="D283">
+        <v>99</v>
+      </c>
+      <c r="E283" t="s">
         <v>1013</v>
-      </c>
-[...10 lines deleted...]
-        <v>1016</v>
       </c>
       <c r="F283">
         <v>2014</v>
       </c>
       <c r="G283" t="s">
-        <v>1017</v>
+        <v>1014</v>
       </c>
       <c r="H283">
-        <v>0.39</v>
+        <v>1.36</v>
       </c>
       <c r="I283">
-        <v>0.29</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="284" spans="1:9">
       <c r="A284" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B284" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C284" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D284">
+        <v>61</v>
+      </c>
+      <c r="E284" t="s">
         <v>1018</v>
       </c>
-      <c r="B284" t="s">
-[...6 lines deleted...]
-      <c r="E284"/>
       <c r="F284">
         <v>2014</v>
       </c>
       <c r="G284" t="s">
-        <v>1020</v>
-[...2 lines deleted...]
-      <c r="I284"/>
+        <v>1019</v>
+      </c>
+      <c r="H284">
+        <v>1.01</v>
+      </c>
+      <c r="I284">
+        <v>0.61</v>
+      </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B285" t="s">
         <v>1021</v>
       </c>
-      <c r="B285" t="s">
+      <c r="C285" t="s">
         <v>1022</v>
       </c>
-      <c r="C285" t="s">
-[...3 lines deleted...]
-      <c r="E285"/>
+      <c r="D285">
+        <v>56</v>
+      </c>
+      <c r="E285" t="s">
+        <v>1023</v>
+      </c>
       <c r="F285">
         <v>2014</v>
       </c>
-      <c r="G285" t="s">
-[...3 lines deleted...]
-      <c r="I285"/>
+      <c r="G285"/>
+      <c r="H285">
+        <v>0.78</v>
+      </c>
+      <c r="I285">
+        <v>0.58</v>
+      </c>
     </row>
     <row r="286" spans="1:9">
       <c r="A286" t="s">
         <v>1024</v>
       </c>
       <c r="B286" t="s">
-        <v>990</v>
+        <v>1025</v>
       </c>
       <c r="C286" t="s">
-        <v>1019</v>
-[...2 lines deleted...]
-      <c r="E286"/>
+        <v>740</v>
+      </c>
+      <c r="D286">
+        <v>90</v>
+      </c>
+      <c r="E286">
+        <v>13812</v>
+      </c>
       <c r="F286">
         <v>2014</v>
       </c>
       <c r="G286" t="s">
-        <v>1025</v>
-[...2 lines deleted...]
-      <c r="I286"/>
+        <v>1026</v>
+      </c>
+      <c r="H286">
+        <v>2.81</v>
+      </c>
+      <c r="I286">
+        <v>2.31</v>
+      </c>
     </row>
     <row r="287" spans="1:9">
       <c r="A287" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="B287" t="s">
-        <v>490</v>
+        <v>1028</v>
       </c>
       <c r="C287" t="s">
-        <v>1027</v>
+        <v>24</v>
       </c>
       <c r="D287">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>1028</v>
+        <v>90</v>
+      </c>
+      <c r="E287">
+        <v>35106</v>
       </c>
       <c r="F287">
         <v>2014</v>
       </c>
-      <c r="G287"/>
-[...1 lines deleted...]
-      <c r="I287"/>
+      <c r="G287" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H287">
+        <v>3.74</v>
+      </c>
+      <c r="I287">
+        <v>2.81</v>
+      </c>
     </row>
     <row r="288" spans="1:9">
       <c r="A288" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="B288" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="C288" t="s">
-        <v>761</v>
+        <v>521</v>
       </c>
       <c r="D288">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="E288" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F288">
         <v>2014</v>
       </c>
       <c r="G288" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H288">
-        <v>3.49</v>
+        <v>1.81</v>
       </c>
       <c r="I288">
-        <v>2.31</v>
+        <v>1.35</v>
       </c>
     </row>
     <row r="289" spans="1:9">
       <c r="A289" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="B289" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="C289" t="s">
-        <v>174</v>
+        <v>24</v>
       </c>
       <c r="D289">
-        <v>104</v>
+        <v>89</v>
       </c>
       <c r="E289">
-        <v>161105</v>
+        <v>245414</v>
       </c>
       <c r="F289">
         <v>2014</v>
       </c>
       <c r="G289" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="H289">
-        <v>3.3</v>
+        <v>3.74</v>
       </c>
       <c r="I289">
-        <v>1.86</v>
+        <v>2.81</v>
       </c>
     </row>
     <row r="290" spans="1:9">
       <c r="A290" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="B290" t="s">
-        <v>1037</v>
+        <v>809</v>
       </c>
       <c r="C290" t="s">
-        <v>633</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>709</v>
+      </c>
+      <c r="D290" t="s">
+        <v>1038</v>
       </c>
       <c r="E290" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="F290">
         <v>2014</v>
       </c>
       <c r="G290" t="s">
-        <v>1039</v>
-[...3 lines deleted...]
-      </c>
+        <v>1040</v>
+      </c>
+      <c r="H290"/>
       <c r="I290">
-        <v>2.65</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="291" spans="1:9">
       <c r="A291" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="B291" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="C291" t="s">
-        <v>1042</v>
-[...5 lines deleted...]
-        <v>12008</v>
+        <v>709</v>
+      </c>
+      <c r="D291" t="s">
+        <v>1043</v>
+      </c>
+      <c r="E291" t="s">
+        <v>1044</v>
       </c>
       <c r="F291">
         <v>2014</v>
       </c>
       <c r="G291" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="H291"/>
       <c r="I291">
-        <v>0.21</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="292" spans="1:9">
       <c r="A292" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="B292" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="C292" t="s">
-        <v>174</v>
-[...5 lines deleted...]
-        <v>133502</v>
+        <v>709</v>
+      </c>
+      <c r="D292" t="s">
+        <v>1048</v>
+      </c>
+      <c r="E292" t="s">
+        <v>1049</v>
       </c>
       <c r="F292">
         <v>2014</v>
       </c>
       <c r="G292" t="s">
-        <v>1046</v>
-[...3 lines deleted...]
-      </c>
+        <v>1050</v>
+      </c>
+      <c r="H292"/>
       <c r="I292">
-        <v>1.86</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="293" spans="1:9">
       <c r="A293" t="s">
-        <v>1047</v>
+        <v>1051</v>
       </c>
       <c r="B293" t="s">
-        <v>1048</v>
+        <v>1052</v>
       </c>
       <c r="C293" t="s">
-        <v>89</v>
+        <v>1053</v>
       </c>
       <c r="D293">
-        <v>12</v>
+        <v>59</v>
       </c>
       <c r="E293" t="s">
-        <v>1049</v>
+        <v>1054</v>
       </c>
       <c r="F293">
         <v>2014</v>
       </c>
       <c r="G293" t="s">
-        <v>1050</v>
+        <v>1055</v>
       </c>
       <c r="H293">
-        <v>1.35</v>
+        <v>0.39</v>
       </c>
       <c r="I293">
-        <v>0.85</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294" t="s">
-        <v>1051</v>
+        <v>1056</v>
       </c>
       <c r="B294" t="s">
-        <v>990</v>
+        <v>1057</v>
       </c>
       <c r="C294" t="s">
-        <v>702</v>
-[...6 lines deleted...]
-      </c>
+        <v>1058</v>
+      </c>
+      <c r="D294"/>
+      <c r="E294"/>
       <c r="F294">
         <v>2014</v>
       </c>
       <c r="G294" t="s">
-        <v>1052</v>
-[...3 lines deleted...]
-      </c>
+        <v>1059</v>
+      </c>
+      <c r="H294"/>
       <c r="I294"/>
     </row>
     <row r="295" spans="1:9">
       <c r="A295" t="s">
-        <v>1053</v>
+        <v>1060</v>
       </c>
       <c r="B295" t="s">
-        <v>1054</v>
+        <v>1028</v>
       </c>
       <c r="C295" t="s">
-        <v>907</v>
-[...6 lines deleted...]
-      </c>
+        <v>1058</v>
+      </c>
+      <c r="D295"/>
+      <c r="E295"/>
       <c r="F295">
         <v>2014</v>
       </c>
-      <c r="G295"/>
+      <c r="G295" t="s">
+        <v>1061</v>
+      </c>
       <c r="H295"/>
       <c r="I295"/>
     </row>
     <row r="296" spans="1:9">
       <c r="A296" t="s">
-        <v>1056</v>
+        <v>1062</v>
       </c>
       <c r="B296" t="s">
-        <v>1057</v>
+        <v>798</v>
       </c>
       <c r="C296" t="s">
-        <v>23</v>
-[...6 lines deleted...]
-      </c>
+        <v>1058</v>
+      </c>
+      <c r="D296"/>
+      <c r="E296"/>
       <c r="F296">
         <v>2014</v>
       </c>
       <c r="G296" t="s">
-        <v>1058</v>
-[...6 lines deleted...]
-      </c>
+        <v>1063</v>
+      </c>
+      <c r="H296"/>
+      <c r="I296"/>
     </row>
     <row r="297" spans="1:9">
       <c r="A297" t="s">
-        <v>1059</v>
+        <v>1064</v>
       </c>
       <c r="B297" t="s">
-        <v>1060</v>
+        <v>528</v>
       </c>
       <c r="C297" t="s">
-        <v>31</v>
+        <v>1065</v>
       </c>
       <c r="D297">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>35435</v>
+        <v>20</v>
+      </c>
+      <c r="E297" t="s">
+        <v>1066</v>
       </c>
       <c r="F297">
         <v>2014</v>
       </c>
-      <c r="G297" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G297"/>
+      <c r="H297"/>
       <c r="I297"/>
     </row>
     <row r="298" spans="1:9">
       <c r="A298" t="s">
-        <v>1062</v>
+        <v>1067</v>
       </c>
       <c r="B298" t="s">
-        <v>1063</v>
+        <v>1068</v>
       </c>
       <c r="C298" t="s">
-        <v>174</v>
+        <v>799</v>
       </c>
       <c r="D298">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>21104</v>
+        <v>22</v>
+      </c>
+      <c r="E298" t="s">
+        <v>1069</v>
       </c>
       <c r="F298">
         <v>2014</v>
       </c>
       <c r="G298" t="s">
-        <v>1064</v>
+        <v>1070</v>
       </c>
       <c r="H298">
-        <v>3.3</v>
+        <v>3.49</v>
       </c>
       <c r="I298">
-        <v>1.86</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="299" spans="1:9">
       <c r="A299" t="s">
-        <v>1065</v>
+        <v>1071</v>
       </c>
       <c r="B299" t="s">
-        <v>1066</v>
+        <v>1072</v>
       </c>
       <c r="C299" t="s">
-        <v>174</v>
+        <v>212</v>
       </c>
       <c r="D299">
         <v>104</v>
       </c>
       <c r="E299">
-        <v>14104</v>
+        <v>161105</v>
       </c>
       <c r="F299">
         <v>2014</v>
       </c>
       <c r="G299" t="s">
-        <v>1067</v>
+        <v>1073</v>
       </c>
       <c r="H299">
         <v>3.3</v>
       </c>
       <c r="I299">
         <v>1.86</v>
       </c>
     </row>
     <row r="300" spans="1:9">
       <c r="A300" t="s">
-        <v>1068</v>
+        <v>1074</v>
       </c>
       <c r="B300" t="s">
-        <v>1069</v>
+        <v>1075</v>
       </c>
       <c r="C300" t="s">
-        <v>907</v>
+        <v>671</v>
       </c>
       <c r="D300">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>43556</v>
+        <v>6</v>
+      </c>
+      <c r="E300" t="s">
+        <v>1076</v>
       </c>
       <c r="F300">
         <v>2014</v>
       </c>
-      <c r="G300"/>
-[...1 lines deleted...]
-      <c r="I300"/>
+      <c r="G300" t="s">
+        <v>1077</v>
+      </c>
+      <c r="H300">
+        <v>7.39</v>
+      </c>
+      <c r="I300">
+        <v>2.65</v>
+      </c>
     </row>
     <row r="301" spans="1:9">
       <c r="A301" t="s">
-        <v>1070</v>
+        <v>1078</v>
       </c>
       <c r="B301" t="s">
-        <v>1071</v>
+        <v>1079</v>
       </c>
       <c r="C301" t="s">
-        <v>1072</v>
+        <v>1080</v>
       </c>
       <c r="D301">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>1073</v>
+        <v>67</v>
+      </c>
+      <c r="E301">
+        <v>12008</v>
       </c>
       <c r="F301">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G301" t="s">
-        <v>1074</v>
-[...3 lines deleted...]
-      </c>
+        <v>1081</v>
+      </c>
+      <c r="H301"/>
       <c r="I301">
-        <v>13.68</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="302" spans="1:9">
       <c r="A302" t="s">
-        <v>1075</v>
+        <v>1082</v>
       </c>
       <c r="B302" t="s">
-        <v>1076</v>
+        <v>1083</v>
       </c>
       <c r="C302" t="s">
-        <v>31</v>
+        <v>212</v>
       </c>
       <c r="D302">
-        <v>88</v>
+        <v>104</v>
       </c>
       <c r="E302">
-        <v>195422</v>
+        <v>133502</v>
       </c>
       <c r="F302">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G302" t="s">
-        <v>1077</v>
+        <v>1084</v>
       </c>
       <c r="H302">
-        <v>3.66</v>
-[...1 lines deleted...]
-      <c r="I302"/>
+        <v>3.3</v>
+      </c>
+      <c r="I302">
+        <v>1.86</v>
+      </c>
     </row>
     <row r="303" spans="1:9">
       <c r="A303" t="s">
-        <v>1078</v>
+        <v>1085</v>
       </c>
       <c r="B303" t="s">
-        <v>1079</v>
+        <v>1086</v>
       </c>
       <c r="C303" t="s">
-        <v>174</v>
+        <v>127</v>
       </c>
       <c r="D303">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>211903</v>
+        <v>12</v>
+      </c>
+      <c r="E303" t="s">
+        <v>1087</v>
       </c>
       <c r="F303">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G303" t="s">
-        <v>1080</v>
+        <v>1088</v>
       </c>
       <c r="H303">
-        <v>3.52</v>
+        <v>1.35</v>
       </c>
       <c r="I303">
-        <v>2.15</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="304" spans="1:9">
       <c r="A304" t="s">
-        <v>1081</v>
+        <v>1089</v>
       </c>
       <c r="B304" t="s">
-        <v>1082</v>
+        <v>1028</v>
       </c>
       <c r="C304" t="s">
-        <v>31</v>
+        <v>740</v>
       </c>
       <c r="D304">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>1083</v>
+        <v>89</v>
+      </c>
+      <c r="E304">
+        <v>32508</v>
       </c>
       <c r="F304">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G304" t="s">
-        <v>1084</v>
+        <v>1090</v>
       </c>
       <c r="H304">
-        <v>3.66</v>
+        <v>2.81</v>
       </c>
       <c r="I304"/>
     </row>
     <row r="305" spans="1:9">
       <c r="A305" t="s">
-        <v>1085</v>
+        <v>1091</v>
       </c>
       <c r="B305" t="s">
-        <v>779</v>
+        <v>1092</v>
       </c>
       <c r="C305" t="s">
-        <v>409</v>
+        <v>945</v>
       </c>
       <c r="D305">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="E305" t="s">
-        <v>1086</v>
+        <v>1093</v>
       </c>
       <c r="F305">
-        <v>2013</v>
-[...9 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="G305"/>
+      <c r="H305"/>
+      <c r="I305"/>
     </row>
     <row r="306" spans="1:9">
       <c r="A306" t="s">
-        <v>1088</v>
+        <v>1094</v>
       </c>
       <c r="B306" t="s">
-        <v>1089</v>
+        <v>1095</v>
       </c>
       <c r="C306" t="s">
-        <v>1090</v>
-[...1 lines deleted...]
-      <c r="D306"/>
+        <v>40</v>
+      </c>
+      <c r="D306">
+        <v>5</v>
+      </c>
       <c r="E306">
-        <v>43556</v>
+        <v>3226</v>
       </c>
       <c r="F306">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G306" t="s">
-        <v>1091</v>
-[...2 lines deleted...]
-      <c r="I306"/>
+        <v>1096</v>
+      </c>
+      <c r="H306">
+        <v>11.47</v>
+      </c>
+      <c r="I306">
+        <v>6.41</v>
+      </c>
     </row>
     <row r="307" spans="1:9">
       <c r="A307" t="s">
-        <v>1092</v>
+        <v>1097</v>
       </c>
       <c r="B307" t="s">
-        <v>1093</v>
+        <v>1098</v>
       </c>
       <c r="C307" t="s">
-        <v>174</v>
+        <v>24</v>
       </c>
       <c r="D307">
-        <v>103</v>
+        <v>89</v>
       </c>
       <c r="E307">
-        <v>161103</v>
+        <v>35435</v>
       </c>
       <c r="F307">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G307" t="s">
-        <v>1094</v>
+        <v>1099</v>
       </c>
       <c r="H307">
-        <v>3.52</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.74</v>
+      </c>
+      <c r="I307"/>
     </row>
     <row r="308" spans="1:9">
       <c r="A308" t="s">
-        <v>1095</v>
+        <v>1100</v>
       </c>
       <c r="B308" t="s">
-        <v>1063</v>
+        <v>1101</v>
       </c>
       <c r="C308" t="s">
-        <v>1090</v>
-[...1 lines deleted...]
-      <c r="D308"/>
+        <v>212</v>
+      </c>
+      <c r="D308">
+        <v>104</v>
+      </c>
       <c r="E308">
-        <v>43525</v>
+        <v>21104</v>
       </c>
       <c r="F308">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G308" t="s">
-        <v>1096</v>
-[...2 lines deleted...]
-      <c r="I308"/>
+        <v>1102</v>
+      </c>
+      <c r="H308">
+        <v>3.3</v>
+      </c>
+      <c r="I308">
+        <v>1.86</v>
+      </c>
     </row>
     <row r="309" spans="1:9">
       <c r="A309" t="s">
-        <v>1097</v>
+        <v>1103</v>
       </c>
       <c r="B309" t="s">
-        <v>1098</v>
+        <v>1104</v>
       </c>
       <c r="C309" t="s">
-        <v>1099</v>
-[...3 lines deleted...]
-        <v>1100</v>
+        <v>212</v>
+      </c>
+      <c r="D309">
+        <v>104</v>
+      </c>
+      <c r="E309">
+        <v>14104</v>
       </c>
       <c r="F309">
-        <v>2013</v>
-[...3 lines deleted...]
-      <c r="I309"/>
+        <v>2014</v>
+      </c>
+      <c r="G309" t="s">
+        <v>1105</v>
+      </c>
+      <c r="H309">
+        <v>3.3</v>
+      </c>
+      <c r="I309">
+        <v>1.86</v>
+      </c>
     </row>
     <row r="310" spans="1:9">
       <c r="A310" t="s">
-        <v>1101</v>
+        <v>1106</v>
       </c>
       <c r="B310" t="s">
-        <v>1102</v>
+        <v>1107</v>
       </c>
       <c r="C310" t="s">
-        <v>1103</v>
-[...3 lines deleted...]
-        <v>1104</v>
+        <v>945</v>
+      </c>
+      <c r="D310">
+        <v>1</v>
+      </c>
+      <c r="E310">
+        <v>43556</v>
       </c>
       <c r="F310">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="G310"/>
       <c r="H310"/>
       <c r="I310"/>
     </row>
     <row r="311" spans="1:9">
       <c r="A311" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="B311" t="s">
-        <v>1037</v>
+        <v>1109</v>
       </c>
       <c r="C311" t="s">
-        <v>1103</v>
-[...1 lines deleted...]
-      <c r="D311"/>
+        <v>1110</v>
+      </c>
+      <c r="D311">
+        <v>7</v>
+      </c>
       <c r="E311" t="s">
-        <v>1107</v>
+        <v>1111</v>
       </c>
       <c r="F311">
         <v>2013</v>
       </c>
       <c r="G311" t="s">
-        <v>1108</v>
-[...2 lines deleted...]
-      <c r="I311"/>
+        <v>1112</v>
+      </c>
+      <c r="H311">
+        <v>29.96</v>
+      </c>
+      <c r="I311">
+        <v>13.68</v>
+      </c>
     </row>
     <row r="312" spans="1:9">
       <c r="A312" t="s">
-        <v>1109</v>
+        <v>1113</v>
       </c>
       <c r="B312" t="s">
-        <v>779</v>
+        <v>1114</v>
       </c>
       <c r="C312" t="s">
-        <v>1103</v>
-[...3 lines deleted...]
-        <v>1110</v>
+        <v>24</v>
+      </c>
+      <c r="D312">
+        <v>88</v>
+      </c>
+      <c r="E312">
+        <v>195422</v>
       </c>
       <c r="F312">
         <v>2013</v>
       </c>
       <c r="G312" t="s">
-        <v>1111</v>
-[...1 lines deleted...]
-      <c r="H312"/>
+        <v>1115</v>
+      </c>
+      <c r="H312">
+        <v>3.66</v>
+      </c>
       <c r="I312"/>
     </row>
     <row r="313" spans="1:9">
       <c r="A313" t="s">
-        <v>1112</v>
+        <v>1116</v>
       </c>
       <c r="B313" t="s">
-        <v>1113</v>
+        <v>1117</v>
       </c>
       <c r="C313" t="s">
-        <v>1103</v>
-[...3 lines deleted...]
-        <v>1114</v>
+        <v>212</v>
+      </c>
+      <c r="D313">
+        <v>103</v>
+      </c>
+      <c r="E313">
+        <v>211903</v>
       </c>
       <c r="F313">
         <v>2013</v>
       </c>
       <c r="G313" t="s">
-        <v>1115</v>
-[...2 lines deleted...]
-      <c r="I313"/>
+        <v>1118</v>
+      </c>
+      <c r="H313">
+        <v>3.52</v>
+      </c>
+      <c r="I313">
+        <v>2.15</v>
+      </c>
     </row>
     <row r="314" spans="1:9">
       <c r="A314" t="s">
-        <v>1116</v>
+        <v>1119</v>
       </c>
       <c r="B314" t="s">
-        <v>1089</v>
+        <v>1120</v>
       </c>
       <c r="C314" t="s">
-        <v>1103</v>
-[...1 lines deleted...]
-      <c r="D314"/>
+        <v>24</v>
+      </c>
+      <c r="D314">
+        <v>88</v>
+      </c>
       <c r="E314" t="s">
-        <v>1117</v>
+        <v>1121</v>
       </c>
       <c r="F314">
         <v>2013</v>
       </c>
       <c r="G314" t="s">
-        <v>1118</v>
-[...1 lines deleted...]
-      <c r="H314"/>
+        <v>1122</v>
+      </c>
+      <c r="H314">
+        <v>3.66</v>
+      </c>
       <c r="I314"/>
     </row>
     <row r="315" spans="1:9">
       <c r="A315" t="s">
-        <v>1119</v>
+        <v>1123</v>
       </c>
       <c r="B315" t="s">
-        <v>1120</v>
+        <v>809</v>
       </c>
       <c r="C315" t="s">
-        <v>1103</v>
-[...1 lines deleted...]
-      <c r="D315"/>
+        <v>455</v>
+      </c>
+      <c r="D315">
+        <v>8</v>
+      </c>
       <c r="E315" t="s">
-        <v>1121</v>
+        <v>1124</v>
       </c>
       <c r="F315">
         <v>2013</v>
       </c>
       <c r="G315" t="s">
-        <v>1122</v>
-[...2 lines deleted...]
-      <c r="I315"/>
+        <v>1125</v>
+      </c>
+      <c r="H315">
+        <v>9.31</v>
+      </c>
+      <c r="I315">
+        <v>5.13</v>
+      </c>
     </row>
     <row r="316" spans="1:9">
       <c r="A316" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B316" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C316" t="s">
-        <v>691</v>
-[...5 lines deleted...]
-        <v>1125</v>
+        <v>1128</v>
+      </c>
+      <c r="D316"/>
+      <c r="E316">
+        <v>43556</v>
       </c>
       <c r="F316">
         <v>2013</v>
       </c>
       <c r="G316" t="s">
-        <v>1126</v>
+        <v>1129</v>
       </c>
       <c r="H316"/>
-      <c r="I316">
-[...1 lines deleted...]
-      </c>
+      <c r="I316"/>
     </row>
     <row r="317" spans="1:9">
       <c r="A317" t="s">
-        <v>1127</v>
+        <v>1130</v>
       </c>
       <c r="B317" t="s">
-        <v>1037</v>
+        <v>1131</v>
       </c>
       <c r="C317" t="s">
-        <v>691</v>
+        <v>212</v>
       </c>
       <c r="D317">
-        <v>8806</v>
-[...2 lines deleted...]
-        <v>1128</v>
+        <v>103</v>
+      </c>
+      <c r="E317">
+        <v>161103</v>
       </c>
       <c r="F317">
         <v>2013</v>
       </c>
       <c r="G317" t="s">
-        <v>1129</v>
-[...1 lines deleted...]
-      <c r="H317"/>
+        <v>1132</v>
+      </c>
+      <c r="H317">
+        <v>3.52</v>
+      </c>
       <c r="I317">
-        <v>0.25</v>
+        <v>2.15</v>
       </c>
     </row>
     <row r="318" spans="1:9">
       <c r="A318" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
       <c r="B318" t="s">
-        <v>951</v>
+        <v>1101</v>
       </c>
       <c r="C318" t="s">
-        <v>85</v>
-[...5 lines deleted...]
-        <v>1131</v>
+        <v>1128</v>
+      </c>
+      <c r="D318"/>
+      <c r="E318">
+        <v>43525</v>
       </c>
       <c r="F318">
         <v>2013</v>
       </c>
       <c r="G318" t="s">
-        <v>1132</v>
-[...6 lines deleted...]
-      </c>
+        <v>1134</v>
+      </c>
+      <c r="H318"/>
+      <c r="I318"/>
     </row>
     <row r="319" spans="1:9">
       <c r="A319" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="B319" t="s">
-        <v>1063</v>
+        <v>1136</v>
       </c>
       <c r="C319" t="s">
-        <v>1134</v>
+        <v>1137</v>
       </c>
       <c r="D319"/>
-      <c r="E319">
-        <v>43525</v>
+      <c r="E319" t="s">
+        <v>1138</v>
       </c>
       <c r="F319">
         <v>2013</v>
       </c>
-      <c r="G319" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G319"/>
       <c r="H319"/>
       <c r="I319"/>
     </row>
     <row r="320" spans="1:9">
       <c r="A320" t="s">
-        <v>1136</v>
+        <v>1139</v>
       </c>
       <c r="B320" t="s">
-        <v>1089</v>
+        <v>1140</v>
       </c>
       <c r="C320" t="s">
-        <v>1134</v>
+        <v>1141</v>
       </c>
       <c r="D320"/>
-      <c r="E320">
-        <v>43525</v>
+      <c r="E320" t="s">
+        <v>1142</v>
       </c>
       <c r="F320">
         <v>2013</v>
       </c>
       <c r="G320" t="s">
-        <v>1137</v>
+        <v>1143</v>
       </c>
       <c r="H320"/>
       <c r="I320"/>
     </row>
     <row r="321" spans="1:9">
       <c r="A321" t="s">
-        <v>1138</v>
+        <v>1144</v>
       </c>
       <c r="B321" t="s">
-        <v>1139</v>
+        <v>1145</v>
       </c>
       <c r="C321" t="s">
-        <v>174</v>
-[...3 lines deleted...]
-      </c>
+        <v>1141</v>
+      </c>
+      <c r="D321"/>
       <c r="E321" t="s">
-        <v>1140</v>
+        <v>1146</v>
       </c>
       <c r="F321">
         <v>2013</v>
       </c>
       <c r="G321" t="s">
-        <v>1141</v>
-[...6 lines deleted...]
-      </c>
+        <v>1147</v>
+      </c>
+      <c r="H321"/>
+      <c r="I321"/>
     </row>
     <row r="322" spans="1:9">
       <c r="A322" t="s">
-        <v>1142</v>
+        <v>1148</v>
       </c>
       <c r="B322" t="s">
-        <v>1124</v>
+        <v>1075</v>
       </c>
       <c r="C322" t="s">
-        <v>282</v>
-[...3 lines deleted...]
-      </c>
+        <v>1141</v>
+      </c>
+      <c r="D322"/>
       <c r="E322" t="s">
-        <v>1143</v>
+        <v>1149</v>
       </c>
       <c r="F322">
         <v>2013</v>
       </c>
       <c r="G322" t="s">
-        <v>1144</v>
-[...6 lines deleted...]
-      </c>
+        <v>1150</v>
+      </c>
+      <c r="H322"/>
+      <c r="I322"/>
     </row>
     <row r="323" spans="1:9">
       <c r="A323" t="s">
-        <v>1145</v>
+        <v>1151</v>
       </c>
       <c r="B323" t="s">
-        <v>1037</v>
+        <v>809</v>
       </c>
       <c r="C323" t="s">
-        <v>1146</v>
+        <v>1141</v>
       </c>
       <c r="D323"/>
       <c r="E323" t="s">
-        <v>1147</v>
+        <v>1152</v>
       </c>
       <c r="F323">
         <v>2013</v>
       </c>
       <c r="G323" t="s">
-        <v>1148</v>
+        <v>1153</v>
       </c>
       <c r="H323"/>
       <c r="I323"/>
     </row>
     <row r="324" spans="1:9">
       <c r="A324" t="s">
-        <v>1149</v>
+        <v>1154</v>
       </c>
       <c r="B324" t="s">
-        <v>1150</v>
+        <v>1155</v>
       </c>
       <c r="C324" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>1141</v>
+      </c>
+      <c r="D324"/>
       <c r="E324" t="s">
-        <v>1151</v>
+        <v>1156</v>
       </c>
       <c r="F324">
         <v>2013</v>
       </c>
       <c r="G324" t="s">
-        <v>1152</v>
-[...3 lines deleted...]
-      </c>
+        <v>1157</v>
+      </c>
+      <c r="H324"/>
       <c r="I324"/>
     </row>
     <row r="325" spans="1:9">
       <c r="A325" t="s">
-        <v>1153</v>
+        <v>1158</v>
       </c>
       <c r="B325" t="s">
-        <v>1154</v>
+        <v>1127</v>
       </c>
       <c r="C325" t="s">
-        <v>1155</v>
+        <v>1141</v>
       </c>
       <c r="D325"/>
       <c r="E325" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
       <c r="F325">
         <v>2013</v>
       </c>
       <c r="G325" t="s">
-        <v>1157</v>
+        <v>1160</v>
       </c>
       <c r="H325"/>
-      <c r="I325">
-[...1 lines deleted...]
-      </c>
+      <c r="I325"/>
     </row>
     <row r="326" spans="1:9">
       <c r="A326" t="s">
-        <v>1158</v>
+        <v>1161</v>
       </c>
       <c r="B326" t="s">
-        <v>1159</v>
+        <v>1075</v>
       </c>
       <c r="C326" t="s">
-        <v>1155</v>
-[...1 lines deleted...]
-      <c r="D326"/>
+        <v>729</v>
+      </c>
+      <c r="D326">
+        <v>8806</v>
+      </c>
       <c r="E326" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="F326">
         <v>2013</v>
       </c>
       <c r="G326" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="H326"/>
       <c r="I326">
-        <v>0.22</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="327" spans="1:9">
       <c r="A327" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="B327" t="s">
-        <v>1163</v>
+        <v>1001</v>
       </c>
       <c r="C327" t="s">
-        <v>1155</v>
-[...1 lines deleted...]
-      <c r="D327"/>
+        <v>123</v>
+      </c>
+      <c r="D327">
+        <v>114</v>
+      </c>
       <c r="E327" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="F327">
         <v>2013</v>
       </c>
       <c r="G327" t="s">
-        <v>1165</v>
-[...1 lines deleted...]
-      <c r="H327"/>
+        <v>1166</v>
+      </c>
+      <c r="H327">
+        <v>2.19</v>
+      </c>
       <c r="I327">
-        <v>0.22</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="328" spans="1:9">
       <c r="A328" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="B328" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="C328" t="s">
-        <v>907</v>
+        <v>729</v>
       </c>
       <c r="D328">
-        <v>5</v>
+        <v>8806</v>
       </c>
       <c r="E328" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="F328">
         <v>2013</v>
       </c>
-      <c r="G328"/>
+      <c r="G328" t="s">
+        <v>1170</v>
+      </c>
       <c r="H328"/>
-      <c r="I328"/>
+      <c r="I328">
+        <v>0.25</v>
+      </c>
     </row>
     <row r="329" spans="1:9">
       <c r="A329" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="B329" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="C329" t="s">
-        <v>330</v>
-[...5 lines deleted...]
-        <v>1170</v>
+        <v>1172</v>
+      </c>
+      <c r="D329"/>
+      <c r="E329">
+        <v>43525</v>
       </c>
       <c r="F329">
         <v>2013</v>
       </c>
       <c r="G329" t="s">
-        <v>1171</v>
-[...6 lines deleted...]
-      </c>
+        <v>1173</v>
+      </c>
+      <c r="H329"/>
+      <c r="I329"/>
     </row>
     <row r="330" spans="1:9">
       <c r="A330" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B330" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C330" t="s">
         <v>1172</v>
       </c>
-      <c r="B330" t="s">
-[...9 lines deleted...]
-        <v>1174</v>
+      <c r="D330"/>
+      <c r="E330">
+        <v>43525</v>
       </c>
       <c r="F330">
         <v>2013</v>
       </c>
-      <c r="G330"/>
+      <c r="G330" t="s">
+        <v>1175</v>
+      </c>
       <c r="H330"/>
       <c r="I330"/>
     </row>
     <row r="331" spans="1:9">
       <c r="A331" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="B331" t="s">
-        <v>1113</v>
+        <v>1177</v>
       </c>
       <c r="C331" t="s">
-        <v>761</v>
+        <v>212</v>
       </c>
       <c r="D331">
-        <v>21</v>
+        <v>103</v>
       </c>
       <c r="E331" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="F331">
         <v>2013</v>
       </c>
       <c r="G331" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="H331">
-        <v>3.53</v>
+        <v>3.52</v>
       </c>
       <c r="I331">
-        <v>2.34</v>
+        <v>2.15</v>
       </c>
     </row>
     <row r="332" spans="1:9">
       <c r="A332" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="B332" t="s">
-        <v>1179</v>
+        <v>1168</v>
       </c>
       <c r="C332" t="s">
-        <v>761</v>
+        <v>320</v>
       </c>
       <c r="D332">
-        <v>21</v>
+        <v>111</v>
       </c>
       <c r="E332" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="F332">
         <v>2013</v>
       </c>
       <c r="G332" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="H332">
-        <v>3.53</v>
+        <v>7.73</v>
       </c>
       <c r="I332">
-        <v>2.34</v>
+        <v>5.68</v>
       </c>
     </row>
     <row r="333" spans="1:9">
       <c r="A333" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="B333" t="s">
-        <v>1037</v>
+        <v>1075</v>
       </c>
       <c r="C333" t="s">
-        <v>185</v>
-[...3 lines deleted...]
-      </c>
+        <v>1184</v>
+      </c>
+      <c r="D333"/>
       <c r="E333" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="F333">
         <v>2013</v>
       </c>
       <c r="G333" t="s">
-        <v>1184</v>
-[...6 lines deleted...]
-      </c>
+        <v>1186</v>
+      </c>
+      <c r="H333"/>
+      <c r="I333"/>
     </row>
     <row r="334" spans="1:9">
       <c r="A334" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="B334" t="s">
-        <v>760</v>
+        <v>1188</v>
       </c>
       <c r="C334" t="s">
-        <v>1186</v>
-[...2 lines deleted...]
-      <c r="E334"/>
+        <v>24</v>
+      </c>
+      <c r="D334">
+        <v>87</v>
+      </c>
+      <c r="E334" t="s">
+        <v>1189</v>
+      </c>
       <c r="F334">
         <v>2013</v>
       </c>
       <c r="G334" t="s">
-        <v>1187</v>
-[...1 lines deleted...]
-      <c r="H334"/>
+        <v>1190</v>
+      </c>
+      <c r="H334">
+        <v>3.66</v>
+      </c>
       <c r="I334"/>
     </row>
     <row r="335" spans="1:9">
       <c r="A335" t="s">
-        <v>1188</v>
+        <v>1191</v>
       </c>
       <c r="B335" t="s">
-        <v>1189</v>
+        <v>1192</v>
       </c>
       <c r="C335" t="s">
-        <v>286</v>
-[...3 lines deleted...]
-      </c>
+        <v>1193</v>
+      </c>
+      <c r="D335"/>
       <c r="E335" t="s">
-        <v>1190</v>
+        <v>1194</v>
       </c>
       <c r="F335">
         <v>2013</v>
       </c>
       <c r="G335" t="s">
-        <v>1191</v>
-[...3 lines deleted...]
-      </c>
+        <v>1195</v>
+      </c>
+      <c r="H335"/>
       <c r="I335">
-        <v>7.56</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="336" spans="1:9">
       <c r="A336" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="B336" t="s">
-        <v>899</v>
+        <v>1197</v>
       </c>
       <c r="C336" t="s">
         <v>1193</v>
       </c>
       <c r="D336"/>
       <c r="E336" t="s">
-        <v>1194</v>
+        <v>1198</v>
       </c>
       <c r="F336">
         <v>2013</v>
       </c>
-      <c r="G336"/>
+      <c r="G336" t="s">
+        <v>1199</v>
+      </c>
       <c r="H336"/>
-      <c r="I336"/>
+      <c r="I336">
+        <v>0.22</v>
+      </c>
     </row>
     <row r="337" spans="1:9">
       <c r="A337" t="s">
-        <v>1195</v>
+        <v>1200</v>
       </c>
       <c r="B337" t="s">
-        <v>1076</v>
+        <v>1201</v>
       </c>
       <c r="C337" t="s">
-        <v>330</v>
-[...3 lines deleted...]
-      </c>
+        <v>1193</v>
+      </c>
+      <c r="D337"/>
       <c r="E337" t="s">
-        <v>1196</v>
+        <v>1202</v>
       </c>
       <c r="F337">
         <v>2013</v>
       </c>
       <c r="G337" t="s">
-        <v>1197</v>
-[...3 lines deleted...]
-      </c>
+        <v>1203</v>
+      </c>
+      <c r="H337"/>
       <c r="I337">
-        <v>0.8</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="338" spans="1:9">
       <c r="A338" t="s">
-        <v>1198</v>
+        <v>1204</v>
       </c>
       <c r="B338" t="s">
-        <v>1199</v>
+        <v>1205</v>
       </c>
       <c r="C338" t="s">
-        <v>31</v>
+        <v>945</v>
       </c>
       <c r="D338">
-        <v>87</v>
+        <v>5</v>
       </c>
       <c r="E338" t="s">
-        <v>1200</v>
+        <v>1206</v>
       </c>
       <c r="F338">
         <v>2013</v>
       </c>
-      <c r="G338" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G338"/>
+      <c r="H338"/>
       <c r="I338"/>
     </row>
     <row r="339" spans="1:9">
       <c r="A339" t="s">
-        <v>1202</v>
+        <v>1207</v>
       </c>
       <c r="B339" t="s">
-        <v>1124</v>
+        <v>1114</v>
       </c>
       <c r="C339" t="s">
-        <v>31</v>
+        <v>368</v>
       </c>
       <c r="D339">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="E339" t="s">
-        <v>1203</v>
+        <v>1208</v>
       </c>
       <c r="F339">
         <v>2013</v>
       </c>
       <c r="G339" t="s">
-        <v>1204</v>
+        <v>1209</v>
       </c>
       <c r="H339">
-        <v>3.66</v>
-[...1 lines deleted...]
-      <c r="I339"/>
+        <v>1.36</v>
+      </c>
+      <c r="I339">
+        <v>0.8</v>
+      </c>
     </row>
     <row r="340" spans="1:9">
       <c r="A340" t="s">
-        <v>1205</v>
+        <v>1210</v>
       </c>
       <c r="B340" t="s">
-        <v>1206</v>
+        <v>1211</v>
       </c>
       <c r="C340" t="s">
-        <v>761</v>
+        <v>945</v>
       </c>
       <c r="D340">
-        <v>21</v>
+        <v>5</v>
       </c>
       <c r="E340" t="s">
-        <v>1207</v>
+        <v>1212</v>
       </c>
       <c r="F340">
         <v>2013</v>
       </c>
-      <c r="G340" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G340"/>
+      <c r="H340"/>
+      <c r="I340"/>
     </row>
     <row r="341" spans="1:9">
       <c r="A341" t="s">
-        <v>1209</v>
+        <v>1213</v>
       </c>
       <c r="B341" t="s">
-        <v>1210</v>
+        <v>1155</v>
       </c>
       <c r="C341" t="s">
-        <v>31</v>
+        <v>799</v>
       </c>
       <c r="D341">
-        <v>87</v>
+        <v>21</v>
       </c>
       <c r="E341" t="s">
-        <v>1211</v>
+        <v>1214</v>
       </c>
       <c r="F341">
         <v>2013</v>
       </c>
       <c r="G341" t="s">
-        <v>1212</v>
+        <v>1215</v>
       </c>
       <c r="H341">
-        <v>3.66</v>
-[...1 lines deleted...]
-      <c r="I341"/>
+        <v>3.53</v>
+      </c>
+      <c r="I341">
+        <v>2.34</v>
+      </c>
     </row>
     <row r="342" spans="1:9">
       <c r="A342" t="s">
-        <v>1213</v>
+        <v>1216</v>
       </c>
       <c r="B342" t="s">
-        <v>800</v>
+        <v>1217</v>
       </c>
       <c r="C342" t="s">
-        <v>1214</v>
+        <v>799</v>
       </c>
       <c r="D342">
-        <v>139</v>
+        <v>21</v>
       </c>
       <c r="E342" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="F342">
         <v>2013</v>
       </c>
       <c r="G342" t="s">
-        <v>1216</v>
+        <v>1219</v>
       </c>
       <c r="H342">
-        <v>5.59</v>
+        <v>3.53</v>
       </c>
       <c r="I342">
-        <v>0.54</v>
+        <v>2.34</v>
       </c>
     </row>
     <row r="343" spans="1:9">
       <c r="A343" t="s">
-        <v>1217</v>
+        <v>1220</v>
       </c>
       <c r="B343" t="s">
-        <v>1098</v>
+        <v>1075</v>
       </c>
       <c r="C343" t="s">
-        <v>174</v>
+        <v>223</v>
       </c>
       <c r="D343">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>231904</v>
+        <v>56</v>
+      </c>
+      <c r="E343" t="s">
+        <v>1221</v>
       </c>
       <c r="F343">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G343" t="s">
-        <v>1218</v>
+        <v>1222</v>
       </c>
       <c r="H343">
-        <v>3.79</v>
+        <v>1.91</v>
       </c>
       <c r="I343">
-        <v>2.57</v>
+        <v>0.86</v>
       </c>
     </row>
     <row r="344" spans="1:9">
       <c r="A344" t="s">
-        <v>1219</v>
+        <v>1223</v>
       </c>
       <c r="B344" t="s">
-        <v>1220</v>
+        <v>798</v>
       </c>
       <c r="C344" t="s">
-        <v>300</v>
-[...6 lines deleted...]
-      </c>
+        <v>1224</v>
+      </c>
+      <c r="D344"/>
+      <c r="E344"/>
       <c r="F344">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="G344"/>
+        <v>2013</v>
+      </c>
+      <c r="G344" t="s">
+        <v>1225</v>
+      </c>
       <c r="H344"/>
       <c r="I344"/>
     </row>
     <row r="345" spans="1:9">
       <c r="A345" t="s">
-        <v>1222</v>
+        <v>1226</v>
       </c>
       <c r="B345" t="s">
-        <v>1223</v>
+        <v>1227</v>
       </c>
       <c r="C345" t="s">
-        <v>366</v>
+        <v>324</v>
       </c>
       <c r="D345">
-        <v>2</v>
+        <v>25</v>
       </c>
       <c r="E345" t="s">
-        <v>1224</v>
+        <v>1228</v>
       </c>
       <c r="F345">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G345" t="s">
-        <v>1225</v>
+        <v>1229</v>
       </c>
       <c r="H345">
-        <v>2.93</v>
+        <v>15.41</v>
       </c>
       <c r="I345">
-        <v>1.53</v>
+        <v>7.56</v>
       </c>
     </row>
     <row r="346" spans="1:9">
       <c r="A346" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="B346" t="s">
-        <v>760</v>
+        <v>937</v>
       </c>
       <c r="C346" t="s">
-        <v>1227</v>
-[...3 lines deleted...]
-      </c>
+        <v>1231</v>
+      </c>
+      <c r="D346"/>
       <c r="E346" t="s">
-        <v>1228</v>
+        <v>1232</v>
       </c>
       <c r="F346">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="G346"/>
       <c r="H346"/>
       <c r="I346"/>
     </row>
     <row r="347" spans="1:9">
       <c r="A347" t="s">
-        <v>1230</v>
+        <v>1233</v>
       </c>
       <c r="B347" t="s">
-        <v>1231</v>
+        <v>1114</v>
       </c>
       <c r="C347" t="s">
-        <v>1232</v>
-[...1 lines deleted...]
-      <c r="D347"/>
+        <v>368</v>
+      </c>
+      <c r="D347">
+        <v>97</v>
+      </c>
       <c r="E347" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="F347">
-        <v>2012</v>
-[...3 lines deleted...]
-      <c r="I347"/>
+        <v>2013</v>
+      </c>
+      <c r="G347" t="s">
+        <v>1235</v>
+      </c>
+      <c r="H347">
+        <v>1.36</v>
+      </c>
+      <c r="I347">
+        <v>0.8</v>
+      </c>
     </row>
     <row r="348" spans="1:9">
       <c r="A348" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="B348" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
       <c r="C348" t="s">
-        <v>1236</v>
-[...1 lines deleted...]
-      <c r="D348"/>
+        <v>24</v>
+      </c>
+      <c r="D348">
+        <v>87</v>
+      </c>
       <c r="E348" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="F348">
-        <v>2012</v>
-[...2 lines deleted...]
-      <c r="H348"/>
+        <v>2013</v>
+      </c>
+      <c r="G348" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H348">
+        <v>3.66</v>
+      </c>
       <c r="I348"/>
     </row>
     <row r="349" spans="1:9">
       <c r="A349" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="B349" t="s">
-        <v>1239</v>
+        <v>1168</v>
       </c>
       <c r="C349" t="s">
-        <v>85</v>
+        <v>24</v>
       </c>
       <c r="D349">
-        <v>112</v>
+        <v>87</v>
       </c>
       <c r="E349" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="F349">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G349" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="H349">
-        <v>2.21</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.66</v>
+      </c>
+      <c r="I349"/>
     </row>
     <row r="350" spans="1:9">
       <c r="A350" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="B350" t="s">
-        <v>1124</v>
+        <v>1244</v>
       </c>
       <c r="C350" t="s">
-        <v>702</v>
+        <v>799</v>
       </c>
       <c r="D350">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>33826</v>
+        <v>21</v>
+      </c>
+      <c r="E350" t="s">
+        <v>1245</v>
       </c>
       <c r="F350">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G350" t="s">
-        <v>1243</v>
+        <v>1246</v>
       </c>
       <c r="H350">
-        <v>3.04</v>
-[...1 lines deleted...]
-      <c r="I350"/>
+        <v>3.53</v>
+      </c>
+      <c r="I350">
+        <v>2.34</v>
+      </c>
     </row>
     <row r="351" spans="1:9">
       <c r="A351" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="B351" t="s">
-        <v>1245</v>
+        <v>1248</v>
       </c>
       <c r="C351" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="D351">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E351" t="s">
-        <v>1246</v>
+        <v>1249</v>
       </c>
       <c r="F351">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G351" t="s">
-        <v>1247</v>
+        <v>1250</v>
       </c>
       <c r="H351">
-        <v>3.77</v>
+        <v>3.66</v>
       </c>
       <c r="I351"/>
     </row>
     <row r="352" spans="1:9">
       <c r="A352" t="s">
-        <v>1248</v>
+        <v>1251</v>
       </c>
       <c r="B352" t="s">
-        <v>1037</v>
+        <v>838</v>
       </c>
       <c r="C352" t="s">
-        <v>197</v>
+        <v>48</v>
       </c>
       <c r="D352">
-        <v>1475</v>
+        <v>139</v>
       </c>
       <c r="E352" t="s">
-        <v>1249</v>
+        <v>1252</v>
       </c>
       <c r="F352">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G352" t="s">
-        <v>1250</v>
-[...1 lines deleted...]
-      <c r="H352"/>
+        <v>1253</v>
+      </c>
+      <c r="H352">
+        <v>5.59</v>
+      </c>
       <c r="I352">
-        <v>0.16</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="353" spans="1:9">
       <c r="A353" t="s">
-        <v>1251</v>
+        <v>1254</v>
       </c>
       <c r="B353" t="s">
-        <v>1252</v>
+        <v>1136</v>
       </c>
       <c r="C353" t="s">
-        <v>197</v>
+        <v>212</v>
       </c>
       <c r="D353">
-        <v>1475</v>
-[...2 lines deleted...]
-        <v>1253</v>
+        <v>101</v>
+      </c>
+      <c r="E353">
+        <v>231904</v>
       </c>
       <c r="F353">
         <v>2012</v>
       </c>
       <c r="G353" t="s">
-        <v>1254</v>
-[...1 lines deleted...]
-      <c r="H353"/>
+        <v>1255</v>
+      </c>
+      <c r="H353">
+        <v>3.79</v>
+      </c>
       <c r="I353">
-        <v>0.16</v>
+        <v>2.57</v>
       </c>
     </row>
     <row r="354" spans="1:9">
       <c r="A354" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="B354" t="s">
-        <v>1124</v>
+        <v>1257</v>
       </c>
       <c r="C354" t="s">
-        <v>702</v>
+        <v>338</v>
       </c>
       <c r="D354">
-        <v>86</v>
+        <v>3</v>
       </c>
       <c r="E354" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="F354">
         <v>2012</v>
       </c>
-      <c r="G354" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G354"/>
+      <c r="H354"/>
       <c r="I354"/>
     </row>
     <row r="355" spans="1:9">
       <c r="A355" t="s">
-        <v>1248</v>
+        <v>1259</v>
       </c>
       <c r="B355" t="s">
-        <v>1037</v>
+        <v>1260</v>
       </c>
       <c r="C355" t="s">
-        <v>761</v>
+        <v>407</v>
       </c>
       <c r="D355">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="E355" t="s">
-        <v>1258</v>
+        <v>1261</v>
       </c>
       <c r="F355">
         <v>2012</v>
       </c>
       <c r="G355" t="s">
-        <v>1259</v>
+        <v>1262</v>
       </c>
       <c r="H355">
-        <v>3.55</v>
+        <v>2.93</v>
       </c>
       <c r="I355">
-        <v>2.56</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="356" spans="1:9">
       <c r="A356" t="s">
-        <v>1260</v>
+        <v>1263</v>
       </c>
       <c r="B356" t="s">
-        <v>1261</v>
+        <v>798</v>
       </c>
       <c r="C356" t="s">
-        <v>300</v>
+        <v>1264</v>
       </c>
       <c r="D356">
-        <v>3</v>
+        <v>2012</v>
       </c>
       <c r="E356" t="s">
-        <v>1262</v>
+        <v>1265</v>
       </c>
       <c r="F356">
         <v>2012</v>
       </c>
-      <c r="G356"/>
+      <c r="G356" t="s">
+        <v>1266</v>
+      </c>
       <c r="H356"/>
       <c r="I356"/>
     </row>
     <row r="357" spans="1:9">
       <c r="A357" t="s">
-        <v>1263</v>
+        <v>1267</v>
       </c>
       <c r="B357" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="C357" t="s">
-        <v>702</v>
-[...3 lines deleted...]
-      </c>
+        <v>1269</v>
+      </c>
+      <c r="D357"/>
       <c r="E357" t="s">
-        <v>1265</v>
+        <v>1270</v>
       </c>
       <c r="F357">
         <v>2012</v>
       </c>
-      <c r="G357" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G357"/>
+      <c r="H357"/>
       <c r="I357"/>
     </row>
     <row r="358" spans="1:9">
       <c r="A358" t="s">
-        <v>1267</v>
+        <v>1271</v>
       </c>
       <c r="B358" t="s">
-        <v>1268</v>
+        <v>1272</v>
       </c>
       <c r="C358" t="s">
-        <v>330</v>
-[...3 lines deleted...]
-      </c>
+        <v>1273</v>
+      </c>
+      <c r="D358"/>
       <c r="E358" t="s">
-        <v>1269</v>
+        <v>1274</v>
       </c>
       <c r="F358">
         <v>2012</v>
       </c>
-      <c r="G358" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G358"/>
+      <c r="H358"/>
+      <c r="I358"/>
     </row>
     <row r="359" spans="1:9">
       <c r="A359" t="s">
-        <v>1271</v>
+        <v>1275</v>
       </c>
       <c r="B359" t="s">
-        <v>1124</v>
+        <v>1276</v>
       </c>
       <c r="C359" t="s">
-        <v>31</v>
+        <v>123</v>
       </c>
       <c r="D359">
-        <v>86</v>
+        <v>112</v>
       </c>
       <c r="E359" t="s">
-        <v>1272</v>
+        <v>1277</v>
       </c>
       <c r="F359">
         <v>2012</v>
       </c>
       <c r="G359" t="s">
-        <v>1273</v>
+        <v>1278</v>
       </c>
       <c r="H359">
-        <v>3.77</v>
-[...1 lines deleted...]
-      <c r="I359"/>
+        <v>2.21</v>
+      </c>
+      <c r="I359">
+        <v>1.31</v>
+      </c>
     </row>
     <row r="360" spans="1:9">
       <c r="A360" t="s">
-        <v>1274</v>
+        <v>1279</v>
       </c>
       <c r="B360" t="s">
-        <v>1275</v>
+        <v>1168</v>
       </c>
       <c r="C360" t="s">
-        <v>1276</v>
-[...1 lines deleted...]
-      <c r="D360"/>
+        <v>740</v>
+      </c>
+      <c r="D360">
+        <v>86</v>
+      </c>
       <c r="E360">
-        <v>43497</v>
+        <v>33826</v>
       </c>
       <c r="F360">
         <v>2012</v>
       </c>
       <c r="G360" t="s">
-        <v>1277</v>
-[...1 lines deleted...]
-      <c r="H360"/>
+        <v>1280</v>
+      </c>
+      <c r="H360">
+        <v>3.04</v>
+      </c>
       <c r="I360"/>
     </row>
     <row r="361" spans="1:9">
       <c r="A361" t="s">
-        <v>1278</v>
+        <v>1281</v>
       </c>
       <c r="B361" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="C361" t="s">
-        <v>1276</v>
-[...3 lines deleted...]
-        <v>43497</v>
+        <v>24</v>
+      </c>
+      <c r="D361">
+        <v>86</v>
+      </c>
+      <c r="E361" t="s">
+        <v>1283</v>
       </c>
       <c r="F361">
         <v>2012</v>
       </c>
       <c r="G361" t="s">
-        <v>1280</v>
-[...1 lines deleted...]
-      <c r="H361"/>
+        <v>1284</v>
+      </c>
+      <c r="H361">
+        <v>3.77</v>
+      </c>
       <c r="I361"/>
     </row>
     <row r="362" spans="1:9">
       <c r="A362" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
       <c r="B362" t="s">
-        <v>1282</v>
+        <v>1075</v>
       </c>
       <c r="C362" t="s">
-        <v>286</v>
+        <v>235</v>
       </c>
       <c r="D362">
-        <v>24</v>
+        <v>1475</v>
       </c>
       <c r="E362" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
       <c r="F362">
         <v>2012</v>
       </c>
       <c r="G362" t="s">
-        <v>1284</v>
-[...3 lines deleted...]
-      </c>
+        <v>1287</v>
+      </c>
+      <c r="H362"/>
       <c r="I362">
-        <v>8.56</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="363" spans="1:9">
       <c r="A363" t="s">
-        <v>1285</v>
+        <v>1288</v>
       </c>
       <c r="B363" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
       <c r="C363" t="s">
-        <v>671</v>
-[...1 lines deleted...]
-      <c r="D363"/>
+        <v>235</v>
+      </c>
+      <c r="D363">
+        <v>1475</v>
+      </c>
       <c r="E363" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
       <c r="F363">
         <v>2012</v>
       </c>
       <c r="G363" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
       <c r="H363"/>
       <c r="I363">
-        <v>0.1</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="364" spans="1:9">
       <c r="A364" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="B364" t="s">
-        <v>1037</v>
+        <v>1168</v>
       </c>
       <c r="C364" t="s">
-        <v>691</v>
+        <v>740</v>
       </c>
       <c r="D364">
-        <v>8434</v>
+        <v>86</v>
       </c>
       <c r="E364" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
       <c r="F364">
         <v>2012</v>
       </c>
       <c r="G364" t="s">
-        <v>1291</v>
-[...4 lines deleted...]
-      </c>
+        <v>1294</v>
+      </c>
+      <c r="H364">
+        <v>3.04</v>
+      </c>
+      <c r="I364"/>
     </row>
     <row r="365" spans="1:9">
       <c r="A365" t="s">
-        <v>1292</v>
+        <v>1285</v>
       </c>
       <c r="B365" t="s">
-        <v>1293</v>
+        <v>1075</v>
       </c>
       <c r="C365" t="s">
-        <v>174</v>
+        <v>799</v>
       </c>
       <c r="D365">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="E365" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="F365">
         <v>2012</v>
       </c>
       <c r="G365" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="H365">
-        <v>3.79</v>
+        <v>3.55</v>
       </c>
       <c r="I365">
-        <v>2.57</v>
+        <v>2.56</v>
       </c>
     </row>
     <row r="366" spans="1:9">
       <c r="A366" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="B366" t="s">
-        <v>1223</v>
+        <v>1298</v>
       </c>
       <c r="C366" t="s">
-        <v>282</v>
+        <v>338</v>
       </c>
       <c r="D366">
-        <v>108</v>
+        <v>3</v>
       </c>
       <c r="E366" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="F366">
         <v>2012</v>
       </c>
-      <c r="G366" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G366"/>
+      <c r="H366"/>
+      <c r="I366"/>
     </row>
     <row r="367" spans="1:9">
       <c r="A367" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="B367" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="C367" t="s">
-        <v>31</v>
+        <v>740</v>
       </c>
       <c r="D367">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E367" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="F367">
         <v>2012</v>
       </c>
       <c r="G367" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="H367">
-        <v>3.77</v>
+        <v>3.04</v>
       </c>
       <c r="I367"/>
     </row>
     <row r="368" spans="1:9">
       <c r="A368" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="B368" t="s">
-        <v>1223</v>
+        <v>1305</v>
       </c>
       <c r="C368" t="s">
-        <v>761</v>
+        <v>368</v>
       </c>
       <c r="D368">
-        <v>20</v>
+        <v>95</v>
       </c>
       <c r="E368" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
       <c r="F368">
         <v>2012</v>
       </c>
       <c r="G368" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="H368">
-        <v>3.55</v>
+        <v>1.52</v>
       </c>
       <c r="I368">
-        <v>2.56</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="369" spans="1:9">
       <c r="A369" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="B369" t="s">
-        <v>1307</v>
+        <v>1168</v>
       </c>
       <c r="C369" t="s">
-        <v>1308</v>
+        <v>24</v>
       </c>
       <c r="D369">
-        <v>376</v>
+        <v>86</v>
       </c>
       <c r="E369" t="s">
         <v>1309</v>
       </c>
       <c r="F369">
         <v>2012</v>
       </c>
       <c r="G369" t="s">
         <v>1310</v>
       </c>
       <c r="H369">
-        <v>1.77</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.77</v>
+      </c>
+      <c r="I369"/>
     </row>
     <row r="370" spans="1:9">
       <c r="A370" t="s">
         <v>1311</v>
       </c>
       <c r="B370" t="s">
-        <v>760</v>
+        <v>1312</v>
       </c>
       <c r="C370" t="s">
-        <v>451</v>
-[...5 lines deleted...]
-        <v>1312</v>
+        <v>1313</v>
+      </c>
+      <c r="D370"/>
+      <c r="E370">
+        <v>43497</v>
       </c>
       <c r="F370">
         <v>2012</v>
       </c>
       <c r="G370" t="s">
-        <v>1313</v>
-[...6 lines deleted...]
-      </c>
+        <v>1314</v>
+      </c>
+      <c r="H370"/>
+      <c r="I370"/>
     </row>
     <row r="371" spans="1:9">
       <c r="A371" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="B371" t="s">
-        <v>1279</v>
+        <v>1316</v>
       </c>
       <c r="C371" t="s">
-        <v>174</v>
-[...5 lines deleted...]
-        <v>1315</v>
+        <v>1313</v>
+      </c>
+      <c r="D371"/>
+      <c r="E371">
+        <v>43497</v>
       </c>
       <c r="F371">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G371" t="s">
-        <v>1316</v>
-[...6 lines deleted...]
-      </c>
+        <v>1317</v>
+      </c>
+      <c r="H371"/>
+      <c r="I371"/>
     </row>
     <row r="372" spans="1:9">
       <c r="A372" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="B372" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="C372" t="s">
-        <v>702</v>
+        <v>324</v>
       </c>
       <c r="D372">
-        <v>84</v>
+        <v>24</v>
       </c>
       <c r="E372" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="F372">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G372" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="H372">
-        <v>2.88</v>
-[...1 lines deleted...]
-      <c r="I372"/>
+        <v>14.83</v>
+      </c>
+      <c r="I372">
+        <v>8.56</v>
+      </c>
     </row>
     <row r="373" spans="1:9">
       <c r="A373" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="B373" t="s">
-        <v>1037</v>
+        <v>1323</v>
       </c>
       <c r="C373" t="s">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>709</v>
+      </c>
+      <c r="D373"/>
       <c r="E373" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
       <c r="F373">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G373" t="s">
-        <v>1323</v>
-[...3 lines deleted...]
-      </c>
+        <v>1325</v>
+      </c>
+      <c r="H373"/>
       <c r="I373">
-        <v>0.81</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="374" spans="1:9">
       <c r="A374" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="B374" t="s">
-        <v>1037</v>
+        <v>1075</v>
       </c>
       <c r="C374" t="s">
-        <v>330</v>
+        <v>729</v>
       </c>
       <c r="D374">
-        <v>94</v>
+        <v>8434</v>
       </c>
       <c r="E374" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="F374">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G374" t="s">
-        <v>1326</v>
-[...3 lines deleted...]
-      </c>
+        <v>1328</v>
+      </c>
+      <c r="H374"/>
       <c r="I374">
-        <v>0.77</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="375" spans="1:9">
       <c r="A375" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="B375" t="s">
-        <v>1063</v>
+        <v>1330</v>
       </c>
       <c r="C375" t="s">
-        <v>615</v>
+        <v>212</v>
       </c>
       <c r="D375">
-        <v>6</v>
+        <v>100</v>
       </c>
       <c r="E375" t="s">
-        <v>1328</v>
+        <v>1331</v>
       </c>
       <c r="F375">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G375" t="s">
-        <v>1329</v>
+        <v>1332</v>
       </c>
       <c r="H375">
-        <v>2.82</v>
+        <v>3.79</v>
       </c>
       <c r="I375">
-        <v>1.84</v>
+        <v>2.57</v>
       </c>
     </row>
     <row r="376" spans="1:9">
       <c r="A376" t="s">
-        <v>1330</v>
+        <v>1333</v>
       </c>
       <c r="B376" t="s">
-        <v>1076</v>
+        <v>1260</v>
       </c>
       <c r="C376" t="s">
-        <v>615</v>
+        <v>320</v>
       </c>
       <c r="D376">
-        <v>6</v>
+        <v>108</v>
       </c>
       <c r="E376" t="s">
-        <v>964</v>
+        <v>1334</v>
       </c>
       <c r="F376">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G376" t="s">
-        <v>1331</v>
+        <v>1335</v>
       </c>
       <c r="H376">
-        <v>2.82</v>
+        <v>7.94</v>
       </c>
       <c r="I376">
-        <v>1.84</v>
+        <v>6.29</v>
       </c>
     </row>
     <row r="377" spans="1:9">
       <c r="A377" t="s">
-        <v>1332</v>
+        <v>1336</v>
       </c>
       <c r="B377" t="s">
-        <v>960</v>
+        <v>1337</v>
       </c>
       <c r="C377" t="s">
-        <v>174</v>
+        <v>24</v>
       </c>
       <c r="D377">
-        <v>99</v>
+        <v>85</v>
       </c>
       <c r="E377" t="s">
-        <v>1333</v>
+        <v>1338</v>
       </c>
       <c r="F377">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G377" t="s">
-        <v>1334</v>
+        <v>1339</v>
       </c>
       <c r="H377">
-        <v>3.84</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.77</v>
+      </c>
+      <c r="I377"/>
     </row>
     <row r="378" spans="1:9">
       <c r="A378" t="s">
-        <v>1335</v>
+        <v>1340</v>
       </c>
       <c r="B378" t="s">
-        <v>1336</v>
+        <v>1260</v>
       </c>
       <c r="C378" t="s">
-        <v>31</v>
+        <v>799</v>
       </c>
       <c r="D378">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="E378" t="s">
-        <v>1337</v>
+        <v>1341</v>
       </c>
       <c r="F378">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G378" t="s">
-        <v>1338</v>
+        <v>1342</v>
       </c>
       <c r="H378">
-        <v>3.69</v>
-[...1 lines deleted...]
-      <c r="I378"/>
+        <v>3.55</v>
+      </c>
+      <c r="I378">
+        <v>2.56</v>
+      </c>
     </row>
     <row r="379" spans="1:9">
       <c r="A379" t="s">
-        <v>1339</v>
+        <v>1343</v>
       </c>
       <c r="B379" t="s">
-        <v>1124</v>
+        <v>1344</v>
       </c>
       <c r="C379" t="s">
-        <v>702</v>
+        <v>1345</v>
       </c>
       <c r="D379">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>23807</v>
+        <v>376</v>
+      </c>
+      <c r="E379" t="s">
+        <v>1346</v>
       </c>
       <c r="F379">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G379" t="s">
-        <v>1340</v>
+        <v>1347</v>
       </c>
       <c r="H379">
-        <v>2.88</v>
-[...1 lines deleted...]
-      <c r="I379"/>
+        <v>1.77</v>
+      </c>
+      <c r="I379">
+        <v>0.79</v>
+      </c>
     </row>
     <row r="380" spans="1:9">
       <c r="A380" t="s">
-        <v>1341</v>
+        <v>1348</v>
       </c>
       <c r="B380" t="s">
-        <v>1037</v>
+        <v>798</v>
       </c>
       <c r="C380" t="s">
-        <v>615</v>
+        <v>489</v>
       </c>
       <c r="D380">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="E380" t="s">
-        <v>1342</v>
+        <v>1349</v>
       </c>
       <c r="F380">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G380" t="s">
-        <v>1343</v>
+        <v>1350</v>
       </c>
       <c r="H380">
-        <v>2.82</v>
+        <v>1.67</v>
       </c>
       <c r="I380">
-        <v>1.84</v>
+        <v>0.88</v>
       </c>
     </row>
     <row r="381" spans="1:9">
       <c r="A381" t="s">
-        <v>1344</v>
+        <v>1351</v>
       </c>
       <c r="B381" t="s">
-        <v>1345</v>
+        <v>1312</v>
       </c>
       <c r="C381" t="s">
-        <v>1346</v>
+        <v>212</v>
       </c>
       <c r="D381">
-        <v>5</v>
+        <v>99</v>
       </c>
       <c r="E381" t="s">
-        <v>1347</v>
+        <v>1352</v>
       </c>
       <c r="F381">
         <v>2011</v>
       </c>
       <c r="G381" t="s">
-        <v>1348</v>
+        <v>1353</v>
       </c>
       <c r="H381">
-        <v>1.57</v>
+        <v>3.84</v>
       </c>
       <c r="I381">
-        <v>1.0</v>
+        <v>2.81</v>
       </c>
     </row>
     <row r="382" spans="1:9">
       <c r="A382" t="s">
-        <v>1349</v>
+        <v>1354</v>
       </c>
       <c r="B382" t="s">
-        <v>1350</v>
+        <v>1355</v>
       </c>
       <c r="C382" t="s">
-        <v>31</v>
+        <v>740</v>
       </c>
       <c r="D382">
         <v>84</v>
       </c>
       <c r="E382" t="s">
-        <v>1351</v>
+        <v>1356</v>
       </c>
       <c r="F382">
         <v>2011</v>
       </c>
       <c r="G382" t="s">
-        <v>1352</v>
+        <v>1357</v>
       </c>
       <c r="H382">
-        <v>3.69</v>
+        <v>2.88</v>
       </c>
       <c r="I382"/>
     </row>
     <row r="383" spans="1:9">
       <c r="A383" t="s">
-        <v>1353</v>
+        <v>1358</v>
       </c>
       <c r="B383" t="s">
-        <v>1350</v>
+        <v>1075</v>
       </c>
       <c r="C383" t="s">
-        <v>1354</v>
-[...3 lines deleted...]
-        <v>43497</v>
+        <v>96</v>
+      </c>
+      <c r="D383">
+        <v>285</v>
+      </c>
+      <c r="E383" t="s">
+        <v>1359</v>
       </c>
       <c r="F383">
         <v>2011</v>
       </c>
-      <c r="G383"/>
-[...1 lines deleted...]
-      <c r="I383"/>
+      <c r="G383" t="s">
+        <v>1360</v>
+      </c>
+      <c r="H383">
+        <v>1.49</v>
+      </c>
+      <c r="I383">
+        <v>0.81</v>
+      </c>
     </row>
     <row r="384" spans="1:9">
       <c r="A384" t="s">
-        <v>1355</v>
+        <v>1361</v>
       </c>
       <c r="B384" t="s">
-        <v>760</v>
+        <v>1075</v>
       </c>
       <c r="C384" t="s">
-        <v>1346</v>
+        <v>368</v>
       </c>
       <c r="D384">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>51601</v>
+        <v>94</v>
+      </c>
+      <c r="E384" t="s">
+        <v>1362</v>
       </c>
       <c r="F384">
         <v>2011</v>
       </c>
       <c r="G384" t="s">
-        <v>1356</v>
+        <v>1363</v>
       </c>
       <c r="H384">
-        <v>1.57</v>
+        <v>1.35</v>
       </c>
       <c r="I384">
-        <v>1.0</v>
+        <v>0.77</v>
       </c>
     </row>
     <row r="385" spans="1:9">
       <c r="A385" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="B385" t="s">
-        <v>760</v>
+        <v>1101</v>
       </c>
       <c r="C385" t="s">
-        <v>821</v>
+        <v>653</v>
       </c>
       <c r="D385">
-        <v>110</v>
+        <v>6</v>
       </c>
       <c r="E385" t="s">
-        <v>1358</v>
+        <v>1365</v>
       </c>
       <c r="F385">
         <v>2011</v>
       </c>
       <c r="G385" t="s">
-        <v>1359</v>
+        <v>1366</v>
       </c>
       <c r="H385">
-        <v>0.61</v>
+        <v>2.82</v>
       </c>
       <c r="I385">
-        <v>0.28</v>
+        <v>1.84</v>
       </c>
     </row>
     <row r="386" spans="1:9">
       <c r="A386" t="s">
-        <v>1360</v>
+        <v>1367</v>
       </c>
       <c r="B386" t="s">
-        <v>760</v>
+        <v>1114</v>
       </c>
       <c r="C386" t="s">
-        <v>1361</v>
+        <v>653</v>
       </c>
       <c r="D386">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="E386" t="s">
-        <v>1362</v>
+        <v>994</v>
       </c>
       <c r="F386">
         <v>2011</v>
       </c>
       <c r="G386" t="s">
-        <v>1363</v>
+        <v>1368</v>
       </c>
       <c r="H386">
-        <v>4.18</v>
+        <v>2.82</v>
       </c>
       <c r="I386">
-        <v>3.49</v>
+        <v>1.84</v>
       </c>
     </row>
     <row r="387" spans="1:9">
       <c r="A387" t="s">
-        <v>1364</v>
+        <v>1369</v>
       </c>
       <c r="B387" t="s">
-        <v>1365</v>
+        <v>989</v>
       </c>
       <c r="C387" t="s">
-        <v>821</v>
+        <v>212</v>
       </c>
       <c r="D387">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="E387" t="s">
-        <v>1366</v>
+        <v>1370</v>
       </c>
       <c r="F387">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G387" t="s">
-        <v>1367</v>
+        <v>1371</v>
       </c>
       <c r="H387">
-        <v>0.57</v>
+        <v>3.84</v>
       </c>
       <c r="I387">
-        <v>0.27</v>
+        <v>2.81</v>
       </c>
     </row>
     <row r="388" spans="1:9">
       <c r="A388" t="s">
-        <v>1368</v>
+        <v>1372</v>
       </c>
       <c r="B388" t="s">
-        <v>760</v>
+        <v>1373</v>
       </c>
       <c r="C388" t="s">
-        <v>174</v>
+        <v>24</v>
       </c>
       <c r="D388">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="E388" t="s">
-        <v>1369</v>
+        <v>1374</v>
       </c>
       <c r="F388">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G388" t="s">
-        <v>1370</v>
+        <v>1375</v>
       </c>
       <c r="H388">
-        <v>3.84</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.69</v>
+      </c>
+      <c r="I388"/>
     </row>
     <row r="389" spans="1:9">
       <c r="A389" t="s">
-        <v>1371</v>
+        <v>1376</v>
       </c>
       <c r="B389" t="s">
-        <v>760</v>
+        <v>1168</v>
       </c>
       <c r="C389" t="s">
-        <v>1361</v>
+        <v>740</v>
       </c>
       <c r="D389">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>1372</v>
+        <v>84</v>
+      </c>
+      <c r="E389">
+        <v>23807</v>
       </c>
       <c r="F389">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G389" t="s">
-        <v>1373</v>
+        <v>1377</v>
       </c>
       <c r="H389">
-        <v>3.85</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.88</v>
+      </c>
+      <c r="I389"/>
     </row>
     <row r="390" spans="1:9">
       <c r="A390" t="s">
-        <v>1374</v>
+        <v>1378</v>
       </c>
       <c r="B390" t="s">
-        <v>760</v>
+        <v>1075</v>
       </c>
       <c r="C390" t="s">
-        <v>31</v>
+        <v>653</v>
       </c>
       <c r="D390">
-        <v>82</v>
+        <v>5</v>
       </c>
       <c r="E390" t="s">
-        <v>1375</v>
+        <v>1379</v>
       </c>
       <c r="F390">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G390" t="s">
-        <v>1376</v>
+        <v>1380</v>
       </c>
       <c r="H390">
-        <v>3.77</v>
-[...1 lines deleted...]
-      <c r="I390"/>
+        <v>2.82</v>
+      </c>
+      <c r="I390">
+        <v>1.84</v>
+      </c>
     </row>
     <row r="391" spans="1:9">
       <c r="A391" t="s">
-        <v>1377</v>
+        <v>1381</v>
       </c>
       <c r="B391" t="s">
-        <v>760</v>
+        <v>1382</v>
       </c>
       <c r="C391" t="s">
-        <v>691</v>
+        <v>1383</v>
       </c>
       <c r="D391">
-        <v>7754</v>
+        <v>5</v>
       </c>
       <c r="E391" t="s">
-        <v>1378</v>
+        <v>1384</v>
       </c>
       <c r="F391">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G391" t="s">
-        <v>1379</v>
-[...1 lines deleted...]
-      <c r="H391"/>
+        <v>1385</v>
+      </c>
+      <c r="H391">
+        <v>1.57</v>
+      </c>
       <c r="I391">
-        <v>0.24</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="392" spans="1:9">
       <c r="A392" t="s">
-        <v>1380</v>
+        <v>1386</v>
       </c>
       <c r="B392" t="s">
-        <v>1381</v>
+        <v>1387</v>
       </c>
       <c r="C392" t="s">
-        <v>691</v>
+        <v>24</v>
       </c>
       <c r="D392">
-        <v>7754</v>
+        <v>84</v>
       </c>
       <c r="E392" t="s">
-        <v>1382</v>
+        <v>1388</v>
       </c>
       <c r="F392">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G392" t="s">
-        <v>1383</v>
-[...4 lines deleted...]
-      </c>
+        <v>1389</v>
+      </c>
+      <c r="H392">
+        <v>3.69</v>
+      </c>
+      <c r="I392"/>
     </row>
     <row r="393" spans="1:9">
       <c r="A393" t="s">
-        <v>1384</v>
+        <v>1390</v>
       </c>
       <c r="B393" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="C393" t="s">
-        <v>691</v>
-[...5 lines deleted...]
-        <v>1386</v>
+        <v>1391</v>
+      </c>
+      <c r="D393"/>
+      <c r="E393">
+        <v>43497</v>
       </c>
       <c r="F393">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="G393"/>
       <c r="H393"/>
-      <c r="I393">
-[...1 lines deleted...]
-      </c>
+      <c r="I393"/>
     </row>
     <row r="394" spans="1:9">
       <c r="A394" t="s">
-        <v>1388</v>
+        <v>1392</v>
       </c>
       <c r="B394" t="s">
-        <v>1389</v>
+        <v>798</v>
       </c>
       <c r="C394" t="s">
-        <v>821</v>
+        <v>1383</v>
       </c>
       <c r="D394">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>1390</v>
+        <v>5</v>
+      </c>
+      <c r="E394">
+        <v>51601</v>
       </c>
       <c r="F394">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G394" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="H394">
-        <v>0.57</v>
+        <v>1.57</v>
       </c>
       <c r="I394">
-        <v>0.27</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="395" spans="1:9">
       <c r="A395" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
       <c r="B395" t="s">
-        <v>760</v>
+        <v>798</v>
       </c>
       <c r="C395" t="s">
-        <v>116</v>
+        <v>854</v>
       </c>
       <c r="D395">
-        <v>35</v>
+        <v>110</v>
       </c>
       <c r="E395" t="s">
-        <v>1393</v>
+        <v>1395</v>
       </c>
       <c r="F395">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G395" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="H395">
-        <v>3.32</v>
+        <v>0.61</v>
       </c>
       <c r="I395">
-        <v>2.64</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="396" spans="1:9">
       <c r="A396" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="B396" t="s">
-        <v>760</v>
+        <v>798</v>
       </c>
       <c r="C396" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
       <c r="D396">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>1416</v>
+        <v>13</v>
+      </c>
+      <c r="E396" t="s">
+        <v>1399</v>
       </c>
       <c r="F396">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G396" t="s">
-        <v>1397</v>
+        <v>1400</v>
       </c>
       <c r="H396">
-        <v>1.0</v>
+        <v>4.18</v>
       </c>
       <c r="I396">
-        <v>0.6</v>
+        <v>3.49</v>
       </c>
     </row>
     <row r="397" spans="1:9">
       <c r="A397" t="s">
-        <v>1398</v>
+        <v>1401</v>
       </c>
       <c r="B397" t="s">
-        <v>760</v>
+        <v>1402</v>
       </c>
       <c r="C397" t="s">
-        <v>1399</v>
-[...3 lines deleted...]
-        <v>43586</v>
+        <v>854</v>
+      </c>
+      <c r="D397">
+        <v>109</v>
+      </c>
+      <c r="E397" t="s">
+        <v>1403</v>
       </c>
       <c r="F397">
         <v>2010</v>
       </c>
-      <c r="G397"/>
-[...1 lines deleted...]
-      <c r="I397"/>
+      <c r="G397" t="s">
+        <v>1404</v>
+      </c>
+      <c r="H397">
+        <v>0.57</v>
+      </c>
+      <c r="I397">
+        <v>0.27</v>
+      </c>
     </row>
     <row r="398" spans="1:9">
       <c r="A398" t="s">
-        <v>1400</v>
+        <v>1405</v>
       </c>
       <c r="B398" t="s">
-        <v>1401</v>
+        <v>798</v>
       </c>
       <c r="C398" t="s">
-        <v>1402</v>
+        <v>212</v>
       </c>
       <c r="D398">
-        <v>2</v>
+        <v>97</v>
       </c>
       <c r="E398" t="s">
-        <v>1403</v>
+        <v>1406</v>
       </c>
       <c r="F398">
         <v>2010</v>
       </c>
-      <c r="G398"/>
-[...1 lines deleted...]
-      <c r="I398"/>
+      <c r="G398" t="s">
+        <v>1407</v>
+      </c>
+      <c r="H398">
+        <v>3.84</v>
+      </c>
+      <c r="I398">
+        <v>2.92</v>
+      </c>
     </row>
     <row r="399" spans="1:9">
       <c r="A399" t="s">
-        <v>1404</v>
+        <v>1408</v>
       </c>
       <c r="B399" t="s">
-        <v>1405</v>
+        <v>798</v>
       </c>
       <c r="C399" t="s">
-        <v>1402</v>
+        <v>1398</v>
       </c>
       <c r="D399">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="E399" t="s">
-        <v>1406</v>
+        <v>1409</v>
       </c>
       <c r="F399">
         <v>2010</v>
       </c>
-      <c r="G399"/>
-[...1 lines deleted...]
-      <c r="I399"/>
+      <c r="G399" t="s">
+        <v>1410</v>
+      </c>
+      <c r="H399">
+        <v>3.85</v>
+      </c>
+      <c r="I399">
+        <v>3.41</v>
+      </c>
     </row>
     <row r="400" spans="1:9">
       <c r="A400" t="s">
-        <v>1407</v>
+        <v>1411</v>
       </c>
       <c r="B400" t="s">
-        <v>1408</v>
+        <v>798</v>
       </c>
       <c r="C400" t="s">
-        <v>1402</v>
-[...2 lines deleted...]
-      <c r="E400"/>
+        <v>24</v>
+      </c>
+      <c r="D400">
+        <v>82</v>
+      </c>
+      <c r="E400" t="s">
+        <v>1412</v>
+      </c>
       <c r="F400">
         <v>2010</v>
       </c>
-      <c r="G400"/>
-      <c r="H400"/>
+      <c r="G400" t="s">
+        <v>1413</v>
+      </c>
+      <c r="H400">
+        <v>3.77</v>
+      </c>
       <c r="I400"/>
+    </row>
+    <row r="401" spans="1:9">
+      <c r="A401" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B401" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C401" t="s">
+        <v>729</v>
+      </c>
+      <c r="D401">
+        <v>7754</v>
+      </c>
+      <c r="E401" t="s">
+        <v>1416</v>
+      </c>
+      <c r="F401">
+        <v>2010</v>
+      </c>
+      <c r="G401" t="s">
+        <v>1417</v>
+      </c>
+      <c r="H401"/>
+      <c r="I401">
+        <v>0.24</v>
+      </c>
+    </row>
+    <row r="402" spans="1:9">
+      <c r="A402" t="s">
+        <v>1418</v>
+      </c>
+      <c r="B402" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C402" t="s">
+        <v>729</v>
+      </c>
+      <c r="D402">
+        <v>7754</v>
+      </c>
+      <c r="E402" t="s">
+        <v>1420</v>
+      </c>
+      <c r="F402">
+        <v>2010</v>
+      </c>
+      <c r="G402" t="s">
+        <v>1421</v>
+      </c>
+      <c r="H402"/>
+      <c r="I402">
+        <v>0.24</v>
+      </c>
+    </row>
+    <row r="403" spans="1:9">
+      <c r="A403" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B403" t="s">
+        <v>798</v>
+      </c>
+      <c r="C403" t="s">
+        <v>729</v>
+      </c>
+      <c r="D403">
+        <v>7754</v>
+      </c>
+      <c r="E403" t="s">
+        <v>1423</v>
+      </c>
+      <c r="F403">
+        <v>2010</v>
+      </c>
+      <c r="G403" t="s">
+        <v>1424</v>
+      </c>
+      <c r="H403"/>
+      <c r="I403">
+        <v>0.24</v>
+      </c>
+    </row>
+    <row r="404" spans="1:9">
+      <c r="A404" t="s">
+        <v>1425</v>
+      </c>
+      <c r="B404" t="s">
+        <v>1426</v>
+      </c>
+      <c r="C404" t="s">
+        <v>854</v>
+      </c>
+      <c r="D404">
+        <v>109</v>
+      </c>
+      <c r="E404" t="s">
+        <v>1427</v>
+      </c>
+      <c r="F404">
+        <v>2010</v>
+      </c>
+      <c r="G404" t="s">
+        <v>1428</v>
+      </c>
+      <c r="H404">
+        <v>0.57</v>
+      </c>
+      <c r="I404">
+        <v>0.27</v>
+      </c>
+    </row>
+    <row r="405" spans="1:9">
+      <c r="A405" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B405" t="s">
+        <v>798</v>
+      </c>
+      <c r="C405" t="s">
+        <v>154</v>
+      </c>
+      <c r="D405">
+        <v>35</v>
+      </c>
+      <c r="E405" t="s">
+        <v>1430</v>
+      </c>
+      <c r="F405">
+        <v>2010</v>
+      </c>
+      <c r="G405" t="s">
+        <v>1431</v>
+      </c>
+      <c r="H405">
+        <v>3.32</v>
+      </c>
+      <c r="I405">
+        <v>2.64</v>
+      </c>
+    </row>
+    <row r="406" spans="1:9">
+      <c r="A406" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B406" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C406" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D406">
+        <v>2</v>
+      </c>
+      <c r="E406" t="s">
+        <v>1435</v>
+      </c>
+      <c r="F406">
+        <v>2010</v>
+      </c>
+      <c r="G406"/>
+      <c r="H406"/>
+      <c r="I406"/>
+    </row>
+    <row r="407" spans="1:9">
+      <c r="A407" t="s">
+        <v>1436</v>
+      </c>
+      <c r="B407" t="s">
+        <v>1437</v>
+      </c>
+      <c r="C407" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D407">
+        <v>2</v>
+      </c>
+      <c r="E407" t="s">
+        <v>1438</v>
+      </c>
+      <c r="F407">
+        <v>2010</v>
+      </c>
+      <c r="G407"/>
+      <c r="H407"/>
+      <c r="I407"/>
+    </row>
+    <row r="408" spans="1:9">
+      <c r="A408" t="s">
+        <v>1439</v>
+      </c>
+      <c r="B408" t="s">
+        <v>1440</v>
+      </c>
+      <c r="C408" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D408"/>
+      <c r="E408"/>
+      <c r="F408">
+        <v>2010</v>
+      </c>
+      <c r="G408"/>
+      <c r="H408"/>
+      <c r="I408"/>
+    </row>
+    <row r="409" spans="1:9">
+      <c r="A409" t="s">
+        <v>1441</v>
+      </c>
+      <c r="B409" t="s">
+        <v>798</v>
+      </c>
+      <c r="C409" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D409">
+        <v>46</v>
+      </c>
+      <c r="E409">
+        <v>1416</v>
+      </c>
+      <c r="F409">
+        <v>2010</v>
+      </c>
+      <c r="G409" t="s">
+        <v>1443</v>
+      </c>
+      <c r="H409">
+        <v>1.0</v>
+      </c>
+      <c r="I409">
+        <v>0.6</v>
+      </c>
+    </row>
+    <row r="410" spans="1:9">
+      <c r="A410" t="s">
+        <v>1444</v>
+      </c>
+      <c r="B410" t="s">
+        <v>798</v>
+      </c>
+      <c r="C410" t="s">
+        <v>1445</v>
+      </c>
+      <c r="D410"/>
+      <c r="E410">
+        <v>43586</v>
+      </c>
+      <c r="F410">
+        <v>2010</v>
+      </c>
+      <c r="G410"/>
+      <c r="H410"/>
+      <c r="I410"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>