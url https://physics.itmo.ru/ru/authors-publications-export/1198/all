--- v0 (2025-11-03)
+++ v1 (2025-11-28)
@@ -218,74 +218,74 @@
   <si>
     <t>10.1109/iceaa.2019.8879340</t>
   </si>
   <si>
     <t>Surface and Volumetric Modes of Resonators Based on Periodic Wires for MRI Applications</t>
   </si>
   <si>
     <t>Stanislav Glybovski, Georgiy Solomakha, Anna Hurshkainen, Alexey Slobozhanyuk, Alena Shchelokova, Alexandr Kozachenko, Irina Melchakova</t>
   </si>
   <si>
     <t>2019 13th European Conference on Antennas and Propagation (EuCAP)</t>
   </si>
   <si>
     <t>A Quantitative Study of a New RF-coil for 7 Tesla Small-Animal Imaging</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Irina Melchakova, Pavel Belov, Stanislav Glybovski</t>
   </si>
   <si>
     <t>2018 IEEE International Symposium on Antennas and Propagation &amp; USNC/URSI National Radio Science Meeting</t>
   </si>
   <si>
     <t>10.1109/apusncursinrsm.2018.8609429</t>
   </si>
   <si>
+    <t>A Radiofrequency Coil Based on Hybridized Modes Two Resonant Dipoles</t>
+  </si>
+  <si>
+    <t>Georgiy Solomakha, Stanislav Glybovski, Irina Melchakova</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012142</t>
+  </si>
+  <si>
     <t>Ultrahigh field magnetic resonance imaging: new frontiers and possibilities in human imaging</t>
   </si>
   <si>
     <t>Mikhail Zubkov, Anna Andreychenko, Egor Kretov, Georgiy Solomakha, Irina Melchakova, Pavel Belov, Alexey Slobozhanyuk</t>
   </si>
   <si>
     <t>Physics-Uspekhi</t>
   </si>
   <si>
     <t>1214-1232</t>
   </si>
   <si>
     <t>10.3367/UFNe.2018.12.038505</t>
   </si>
   <si>
-    <t>A Radiofrequency Coil Based on Hybridized Modes Two Resonant Dipoles</t>
-[...7 lines deleted...]
-  <si>
     <t>Tunability methods for magnetic resonance imaging applications of metasurfaces</t>
   </si>
   <si>
     <t>Alena Shchelokova, Ekaterina Brui, Stanislav Glybovski, Alexey Slobozhanyuk, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>2018 12th Int. Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2018.8534104</t>
   </si>
   <si>
     <t>Feasibility of metasurface assisted magnetic resonance spectroscopy at 1.5 T</t>
   </si>
   <si>
     <t>Ekaterina Brui, Alena Shchelokova, Alexey Slobozhanyuk, Irina Melchakova, Anna Andreychenko</t>
   </si>
   <si>
     <t>1092 (1)</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012015</t>
   </si>
   <si>
     <t>Mode hopping in arrays of resonant thin wires over a dielectric interface</t>
@@ -443,110 +443,110 @@
   <si>
     <t>10.1109/metamaterials.2017.8107858</t>
   </si>
   <si>
     <t>Tunable hybrid metasurfaces for MRI applications</t>
   </si>
   <si>
     <t>AIP Conference Proceedings</t>
   </si>
   <si>
     <t>doi: 10.1063/1.4998062</t>
   </si>
   <si>
     <t>Tunable hybrid metasurfaces for image quality enhancement</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Yuri Kivshar, Alena Shchelokova, Irina Melchakova, Stanislav Glybovski, Pavel Belov</t>
   </si>
   <si>
     <t>2017 IEEE Int. Symposium on Antennas and Propagation &amp; USNC/URSI National Radio Science Meeting</t>
   </si>
   <si>
     <t>doi: 10.1109/APUSNCURSINRSM.2017.8072791</t>
   </si>
   <si>
+    <t>A mechanically tunable and efficient ceramic probe for MR-microscopy at 17 Tesla</t>
+  </si>
+  <si>
+    <t>Sergei Kurdjumov, Stanislav Glybovski, Anna Hurshkainen, Irina Melchakova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998040</t>
+  </si>
+  <si>
     <t>Decoupling capabilities of split-loop resonator structure for 7 Tesla MRI surface array coils</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Sergei Kurdjumov, Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998028</t>
   </si>
   <si>
-    <t>A mechanically tunable and efficient ceramic probe for MR-microscopy at 17 Tesla</t>
-[...7 lines deleted...]
-  <si>
     <t>EBG metasurfaces for MRI application</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Tatiana Derzhavskaya, Stanislav Glybovski, Irina Melchakova</t>
   </si>
   <si>
     <t>2016 IEEE Radio and Antenna Days of the Indian Ocean (RADIO)</t>
   </si>
   <si>
     <t>10.1109/radio.2016.7772010</t>
   </si>
   <si>
+    <t>A dual-frequency MRI coil for small animal imaging at 7 Tesla based on metamaterial-inspired wire structures</t>
+  </si>
+  <si>
+    <t>Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2016 10th International Congress on Adv. Electromagnetic Mat. in Microwaves and Optics (METAMAT.)</t>
+  </si>
+  <si>
+    <t>241-243</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2016.7746502</t>
+  </si>
+  <si>
     <t>Decoupling of antennas with wire metasurface structures: MRI applications</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Stanislav Glybovski, Irina Melchakova</t>
   </si>
   <si>
     <t>2016 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>193-197</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756840</t>
   </si>
   <si>
-    <t>A dual-frequency MRI coil for small animal imaging at 7 Tesla based on metamaterial-inspired wire structures</t>
-[...13 lines deleted...]
-  <si>
     <t>Safety aspects of the metamaterial resonator for application in magnetic resonance imaging</t>
   </si>
   <si>
     <t>Alena Shchelokova, Alexey Slobozhanyuk, Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>2016 IEEE International Symposium on Antennas and Propagation (APSURSI)</t>
   </si>
   <si>
     <t>1397-1398</t>
   </si>
   <si>
     <t>10.1109/APS.2016.7696405</t>
   </si>
   <si>
     <t>Element Decoupling of 7T Dipole Body Arrays by EBG Metasurface Structures: Experimental Verification</t>
   </si>
   <si>
     <t>87-96</t>
   </si>
   <si>
     <t>10.1016/j.jmr.2016.05.017</t>
   </si>
   <si>
     <t>Enhancement of magnetic resonance imaging with metasurfaces</t>
@@ -554,69 +554,69 @@
   <si>
     <t>Alexey Slobozhanyuk, Alexander Poddubny, Alexandr Kozachenko, Irina Melchakova, Yuri Kivshar, Pavel Belov</t>
   </si>
   <si>
     <t>Advanced Materials</t>
   </si>
   <si>
     <t>1832-1838</t>
   </si>
   <si>
     <t>10.1002/adma.201504270</t>
   </si>
   <si>
     <t>Electromagnetic bandgap metasurfaces for decoupling of elements of MRI body coil array at 7 Tesla</t>
   </si>
   <si>
     <t>Tatiana Derzhavskaya, Stanislav Glybovski, Irina Melchakova</t>
   </si>
   <si>
     <t>2015 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>10.1109/DD.2015.7354836</t>
   </si>
   <si>
+    <t>Annular wire metamaterial resonators for Magnetic Resonance Imaging</t>
+  </si>
+  <si>
+    <t>Alena Shchelokova, Alexey Slobozhanyuk, Irina Melchakova, Alexander Poddubny, Yuri Kivshar, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2015 SBMO/IEEE MTT-S International Microwave and Optoelectronics Conference (IMOC)</t>
+  </si>
+  <si>
+    <t>10.1109/IMOC.2015.7369199</t>
+  </si>
+  <si>
     <t>Decoupling capabilities of mushroom-type high-impedance metasurfaces in 7T MRI applications</t>
   </si>
   <si>
     <t>Stanislav Glybovski, Anna Hurshkainen, Irina Melchakova</t>
   </si>
   <si>
-    <t>2015 SBMO/IEEE MTT-S International Microwave and Optoelectronics Conference (IMOC)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/IMOC.2015.7369220</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1109/IMOC.2015.7369199</t>
   </si>
   <si>
     <t>SNR enhancement by resonant metasurfaces: experimental verification in 1.5 T clinical MRI</t>
   </si>
   <si>
     <t>Stanislav Glybovski, Alena Shchelokova, Alexander Sokolov, Irina Melchakova, Alexey Slobozhanyuk, Alexandr Kozachenko, Pavel Belov</t>
   </si>
   <si>
     <t>Magnetic Resonance Mat. in Physics, Biology and Medicine. Book of Abstracts ESMRMB 2015 32nd Ed</t>
   </si>
   <si>
     <t>220-221</t>
   </si>
   <si>
     <t>10.1007/s10334-015-0487-2</t>
   </si>
   <si>
     <t>Capacitively-loaded metasurfaces and their application in magnetic resonance imaging</t>
   </si>
   <si>
     <t>Stanislav Glybovski, Alena Shchelokova, Alexandr Kozachenko, Alexey Slobozhanyuk, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>2015 Radio and Antenna Days of the Indian Ocean (RADIO)</t>
   </si>
@@ -1516,96 +1516,96 @@
       <c r="B16" t="s">
         <v>65</v>
       </c>
       <c r="C16" t="s">
         <v>66</v>
       </c>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16">
         <v>2019</v>
       </c>
       <c r="G16" t="s">
         <v>67</v>
       </c>
       <c r="H16"/>
       <c r="I16"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>68</v>
       </c>
       <c r="B17" t="s">
         <v>69</v>
       </c>
       <c r="C17" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="D17">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>12142</v>
+      </c>
+      <c r="E17">
+        <v>12142</v>
       </c>
       <c r="F17">
         <v>2018</v>
       </c>
       <c r="G17" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="H17"/>
       <c r="I17">
-        <v>0.73</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>71</v>
+      </c>
+      <c r="B18" t="s">
+        <v>72</v>
+      </c>
+      <c r="C18" t="s">
         <v>73</v>
       </c>
-      <c r="B18" t="s">
+      <c r="D18">
+        <v>62</v>
+      </c>
+      <c r="E18" t="s">
         <v>74</v>
-      </c>
-[...7 lines deleted...]
-        <v>12142</v>
       </c>
       <c r="F18">
         <v>2018</v>
       </c>
       <c r="G18" t="s">
         <v>75</v>
       </c>
-      <c r="H18"/>
+      <c r="H18">
+        <v>3.09</v>
+      </c>
       <c r="I18">
-        <v>0.24</v>
+        <v>0.73</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>76</v>
       </c>
       <c r="B19" t="s">
         <v>77</v>
       </c>
       <c r="C19" t="s">
         <v>78</v>
       </c>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19">
         <v>2018</v>
       </c>
       <c r="G19" t="s">
         <v>79</v>
       </c>
       <c r="H19"/>
       <c r="I19"/>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
@@ -2038,78 +2038,78 @@
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36">
         <v>2017</v>
       </c>
       <c r="G36" t="s">
         <v>142</v>
       </c>
       <c r="H36"/>
       <c r="I36"/>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>143</v>
       </c>
       <c r="B37" t="s">
         <v>144</v>
       </c>
       <c r="C37" t="s">
         <v>137</v>
       </c>
       <c r="D37">
         <v>1874</v>
       </c>
       <c r="E37">
-        <v>20007</v>
+        <v>30011</v>
       </c>
       <c r="F37">
         <v>2017</v>
       </c>
       <c r="G37" t="s">
         <v>145</v>
       </c>
       <c r="H37"/>
       <c r="I37">
         <v>0.17</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>146</v>
       </c>
       <c r="B38" t="s">
         <v>147</v>
       </c>
       <c r="C38" t="s">
         <v>137</v>
       </c>
       <c r="D38">
         <v>1874</v>
       </c>
       <c r="E38">
-        <v>30011</v>
+        <v>20007</v>
       </c>
       <c r="F38">
         <v>2017</v>
       </c>
       <c r="G38" t="s">
         <v>148</v>
       </c>
       <c r="H38"/>
       <c r="I38">
         <v>0.17</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>149</v>
       </c>
       <c r="B39" t="s">
         <v>150</v>
       </c>
       <c r="C39" t="s">
         <v>151</v>
       </c>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39">
@@ -2345,51 +2345,51 @@
       </c>
       <c r="C49" t="s">
         <v>194</v>
       </c>
       <c r="D49"/>
       <c r="E49" t="s">
         <v>195</v>
       </c>
       <c r="F49">
         <v>2015</v>
       </c>
       <c r="G49" t="s">
         <v>196</v>
       </c>
       <c r="H49"/>
       <c r="I49"/>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>197</v>
       </c>
       <c r="B50" t="s">
         <v>198</v>
       </c>
       <c r="C50" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="D50">
         <v>185</v>
       </c>
       <c r="E50" t="s">
         <v>199</v>
       </c>
       <c r="F50">
         <v>2015</v>
       </c>
       <c r="G50" t="s">
         <v>200</v>
       </c>
       <c r="H50">
         <v>2.13</v>
       </c>
       <c r="I50">
         <v>0.87</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>201</v>
       </c>
       <c r="B51" t="s">