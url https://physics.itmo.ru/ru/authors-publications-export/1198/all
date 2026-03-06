--- v1 (2025-11-28)
+++ v2 (2026-03-06)
@@ -12,95 +12,110 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="236">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="241">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Demonstration of a Subwavelength Radiofrequency Resonator for Infant Brain Imaging at 1.5 T</t>
+  </si>
+  <si>
+    <t>Viktor Puchnin, Leila Sharipova, Debabrata Sikdar, Irina Melchakova, Alena Shchelokova</t>
+  </si>
+  <si>
+    <t>2025 Antennas Design and Measurement International Conference (ADMInC)</t>
+  </si>
+  <si>
+    <t>28-31</t>
+  </si>
+  <si>
+    <t>10.1109/adminc68550.2025.11325134</t>
+  </si>
+  <si>
     <t>Miniaturization limits of ceramic UHF RFID tags</t>
   </si>
   <si>
     <t>Alyona Maksimenko, Dmitry Dobrykh, Ildar Yusupov, Mingzhao Song, Irina Melchakova, Pavel Ginzburg</t>
   </si>
   <si>
     <t>Scientific Reports</t>
   </si>
   <si>
     <t>10.1038/s41598-025-88051-y</t>
   </si>
   <si>
     <t>Long-range over-a-meter NFC link budget with distributed large-area coils</t>
   </si>
   <si>
-    <t>Anton Kharchevskii, Ildar Yusupov, Dmitry Dobrykh, Mikhail Udrov, Sergey Geyman,  Юлия Григорович, Aleksandr Zolotarev, Mikhail Sidorenko, Irina Melchakova, Anna Mikhailovskaya, Pavel Ginzburg</t>
+    <t>Anton Kharchevskii, Ildar Yusupov, Dmitry Dobrykh, Mikhail Udrov, Sergey Geyman, Julia Grigorovich, Aleksandr Zolotarev, Mikhail Sidorenko, Irina Melchakova, Anna Mikhailovskaya, Pavel Ginzburg</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2024.101327</t>
   </si>
   <si>
     <t>Constraints and Loss Effects of Babinet Metasurfaces</t>
   </si>
   <si>
     <t>Alexander Zhuravlev, Stanislav Glybovski, Andrey Sayanskiy, Irina Melchakova, Juan Domingo Baena</t>
   </si>
   <si>
     <t>2024 Eighteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>10.1109/Metamaterials62190.2024.10703291</t>
   </si>
   <si>
     <t>Improving detection of fMRI activation at 1.5 T using high permittivity ceramics</t>
   </si>
   <si>
     <t>Vladislav Koloskov, Mikhail Zubkov, Georgiy Solomakha, Viktor Puchnin, Anatolii Levchuk, Irina Melchakova, Alena Shchelokova</t>
   </si>
@@ -218,74 +233,74 @@
   <si>
     <t>10.1109/iceaa.2019.8879340</t>
   </si>
   <si>
     <t>Surface and Volumetric Modes of Resonators Based on Periodic Wires for MRI Applications</t>
   </si>
   <si>
     <t>Stanislav Glybovski, Georgiy Solomakha, Anna Hurshkainen, Alexey Slobozhanyuk, Alena Shchelokova, Alexandr Kozachenko, Irina Melchakova</t>
   </si>
   <si>
     <t>2019 13th European Conference on Antennas and Propagation (EuCAP)</t>
   </si>
   <si>
     <t>A Quantitative Study of a New RF-coil for 7 Tesla Small-Animal Imaging</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Irina Melchakova, Pavel Belov, Stanislav Glybovski</t>
   </si>
   <si>
     <t>2018 IEEE International Symposium on Antennas and Propagation &amp; USNC/URSI National Radio Science Meeting</t>
   </si>
   <si>
     <t>10.1109/apusncursinrsm.2018.8609429</t>
   </si>
   <si>
+    <t>Ultrahigh field magnetic resonance imaging: new frontiers and possibilities in human imaging</t>
+  </si>
+  <si>
+    <t>Mikhail Zubkov, Anna Andreychenko, Egor Kretov, Georgiy Solomakha, Irina Melchakova, Pavel Belov, Alexey Slobozhanyuk</t>
+  </si>
+  <si>
+    <t>Physics-Uspekhi</t>
+  </si>
+  <si>
+    <t>1214-1232</t>
+  </si>
+  <si>
+    <t>10.3367/UFNe.2018.12.038505</t>
+  </si>
+  <si>
     <t>A Radiofrequency Coil Based on Hybridized Modes Two Resonant Dipoles</t>
   </si>
   <si>
     <t>Georgiy Solomakha, Stanislav Glybovski, Irina Melchakova</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012142</t>
   </si>
   <si>
-    <t>Ultrahigh field magnetic resonance imaging: new frontiers and possibilities in human imaging</t>
-[...13 lines deleted...]
-  <si>
     <t>Tunability methods for magnetic resonance imaging applications of metasurfaces</t>
   </si>
   <si>
     <t>Alena Shchelokova, Ekaterina Brui, Stanislav Glybovski, Alexey Slobozhanyuk, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>2018 12th Int. Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2018.8534104</t>
   </si>
   <si>
     <t>Feasibility of metasurface assisted magnetic resonance spectroscopy at 1.5 T</t>
   </si>
   <si>
     <t>Ekaterina Brui, Alena Shchelokova, Alexey Slobozhanyuk, Irina Melchakova, Anna Andreychenko</t>
   </si>
   <si>
     <t>1092 (1)</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012015</t>
   </si>
   <si>
     <t>Mode hopping in arrays of resonant thin wires over a dielectric interface</t>
@@ -338,74 +353,74 @@
   <si>
     <t>10.1002/mrm.27485</t>
   </si>
   <si>
     <t>Small animal whole-body imaging with metamaterial-inspired RF coil</t>
   </si>
   <si>
     <t>31(8)</t>
   </si>
   <si>
     <t>e3952</t>
   </si>
   <si>
     <t>10.1002/nbm.3952</t>
   </si>
   <si>
     <t>An inductively-coupled volumetric resonator based on wire metamaterials for local sensitivity enhancement on a 3 T MRI system</t>
   </si>
   <si>
     <t>Alena Shchelokova,  SUSHKOV IVAN V., Irina Melchakova, Alexey Slobozhanyuk</t>
   </si>
   <si>
     <t>Magnetic resonance and its applications.spinus - 2018</t>
   </si>
   <si>
+    <t>Metasurface-based wireless coils for magnetic resonance imaging</t>
+  </si>
+  <si>
+    <t>Alena Shchelokova, Alexey Slobozhanyuk, Stanislav Glybovski, Mikhail Zubkov, Ekaterina Brui, Irina Melchakova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2017 IEEE Int. Conf. on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
+  </si>
+  <si>
+    <t>10.1109/COMCAS.2017.8244854</t>
+  </si>
+  <si>
     <t>Hybridized eigenmodes of periodic wire arrays and their application in radiofrequency coils for preclinical MRI</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
   </si>
   <si>
     <t>10.1109/PIERS.2017.8262394</t>
   </si>
   <si>
-    <t>Metasurface-based wireless coils for magnetic resonance imaging</t>
-[...10 lines deleted...]
-  <si>
     <t>Volumetric Wireless Coil Based on Periodically Coupled Split-Loop Resonators for Clinical Wrist Imaging</t>
   </si>
   <si>
     <t>Alena Shchelokova, Stanislav Glybovski, Mikhail Zubkov, Ekaterina Brui, Alexandr Kozachenko, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>1726-1737</t>
   </si>
   <si>
     <t>10.1002/mrm.27140</t>
   </si>
   <si>
     <t>Adjustable subwavelength metasurface-inspired resonator for magnetic resonance imaging</t>
   </si>
   <si>
     <t>Ekaterina Brui, Alena Shchelokova, Mikhail Zubkov, Irina Melchakova, Stanislav Glybovski, Alexey Slobozhanyuk</t>
   </si>
   <si>
     <t>Physica Status Solidi (A) Applications and Materials</t>
   </si>
   <si>
     <t>10.1002/pssa.201700788</t>
   </si>
   <si>
     <t>A Novel Metamaterial-Inspired RF-coil for Preclinical Dual-Nuclei MRI</t>
@@ -443,110 +458,110 @@
   <si>
     <t>10.1109/metamaterials.2017.8107858</t>
   </si>
   <si>
     <t>Tunable hybrid metasurfaces for MRI applications</t>
   </si>
   <si>
     <t>AIP Conference Proceedings</t>
   </si>
   <si>
     <t>doi: 10.1063/1.4998062</t>
   </si>
   <si>
     <t>Tunable hybrid metasurfaces for image quality enhancement</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Yuri Kivshar, Alena Shchelokova, Irina Melchakova, Stanislav Glybovski, Pavel Belov</t>
   </si>
   <si>
     <t>2017 IEEE Int. Symposium on Antennas and Propagation &amp; USNC/URSI National Radio Science Meeting</t>
   </si>
   <si>
     <t>doi: 10.1109/APUSNCURSINRSM.2017.8072791</t>
   </si>
   <si>
+    <t>Decoupling capabilities of split-loop resonator structure for 7 Tesla MRI surface array coils</t>
+  </si>
+  <si>
+    <t>Anna Hurshkainen, Sergei Kurdjumov, Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998028</t>
+  </si>
+  <si>
     <t>A mechanically tunable and efficient ceramic probe for MR-microscopy at 17 Tesla</t>
   </si>
   <si>
     <t>Sergei Kurdjumov, Stanislav Glybovski, Anna Hurshkainen, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998040</t>
   </si>
   <si>
-    <t>Decoupling capabilities of split-loop resonator structure for 7 Tesla MRI surface array coils</t>
-[...7 lines deleted...]
-  <si>
     <t>EBG metasurfaces for MRI application</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Tatiana Derzhavskaya, Stanislav Glybovski, Irina Melchakova</t>
   </si>
   <si>
     <t>2016 IEEE Radio and Antenna Days of the Indian Ocean (RADIO)</t>
   </si>
   <si>
     <t>10.1109/radio.2016.7772010</t>
   </si>
   <si>
+    <t>Decoupling of antennas with wire metasurface structures: MRI applications</t>
+  </si>
+  <si>
+    <t>Anna Hurshkainen, Stanislav Glybovski, Irina Melchakova</t>
+  </si>
+  <si>
+    <t>2016 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>193-197</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756840</t>
+  </si>
+  <si>
     <t>A dual-frequency MRI coil for small animal imaging at 7 Tesla based on metamaterial-inspired wire structures</t>
   </si>
   <si>
     <t>Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>2016 10th International Congress on Adv. Electromagnetic Mat. in Microwaves and Optics (METAMAT.)</t>
   </si>
   <si>
     <t>241-243</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2016.7746502</t>
   </si>
   <si>
-    <t>Decoupling of antennas with wire metasurface structures: MRI applications</t>
-[...13 lines deleted...]
-  <si>
     <t>Safety aspects of the metamaterial resonator for application in magnetic resonance imaging</t>
   </si>
   <si>
     <t>Alena Shchelokova, Alexey Slobozhanyuk, Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>2016 IEEE International Symposium on Antennas and Propagation (APSURSI)</t>
   </si>
   <si>
     <t>1397-1398</t>
   </si>
   <si>
     <t>10.1109/APS.2016.7696405</t>
   </si>
   <si>
     <t>Element Decoupling of 7T Dipole Body Arrays by EBG Metasurface Structures: Experimental Verification</t>
   </si>
   <si>
     <t>87-96</t>
   </si>
   <si>
     <t>10.1016/j.jmr.2016.05.017</t>
   </si>
   <si>
     <t>Enhancement of magnetic resonance imaging with metasurfaces</t>
@@ -554,69 +569,69 @@
   <si>
     <t>Alexey Slobozhanyuk, Alexander Poddubny, Alexandr Kozachenko, Irina Melchakova, Yuri Kivshar, Pavel Belov</t>
   </si>
   <si>
     <t>Advanced Materials</t>
   </si>
   <si>
     <t>1832-1838</t>
   </si>
   <si>
     <t>10.1002/adma.201504270</t>
   </si>
   <si>
     <t>Electromagnetic bandgap metasurfaces for decoupling of elements of MRI body coil array at 7 Tesla</t>
   </si>
   <si>
     <t>Tatiana Derzhavskaya, Stanislav Glybovski, Irina Melchakova</t>
   </si>
   <si>
     <t>2015 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>10.1109/DD.2015.7354836</t>
   </si>
   <si>
+    <t>Decoupling capabilities of mushroom-type high-impedance metasurfaces in 7T MRI applications</t>
+  </si>
+  <si>
+    <t>Stanislav Glybovski, Anna Hurshkainen, Irina Melchakova</t>
+  </si>
+  <si>
+    <t>2015 SBMO/IEEE MTT-S International Microwave and Optoelectronics Conference (IMOC)</t>
+  </si>
+  <si>
+    <t>10.1109/IMOC.2015.7369220</t>
+  </si>
+  <si>
     <t>Annular wire metamaterial resonators for Magnetic Resonance Imaging</t>
   </si>
   <si>
     <t>Alena Shchelokova, Alexey Slobozhanyuk, Irina Melchakova, Alexander Poddubny, Yuri Kivshar, Pavel Belov</t>
   </si>
   <si>
-    <t>2015 SBMO/IEEE MTT-S International Microwave and Optoelectronics Conference (IMOC)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/IMOC.2015.7369199</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1109/IMOC.2015.7369220</t>
   </si>
   <si>
     <t>SNR enhancement by resonant metasurfaces: experimental verification in 1.5 T clinical MRI</t>
   </si>
   <si>
     <t>Stanislav Glybovski, Alena Shchelokova, Alexander Sokolov, Irina Melchakova, Alexey Slobozhanyuk, Alexandr Kozachenko, Pavel Belov</t>
   </si>
   <si>
     <t>Magnetic Resonance Mat. in Physics, Biology and Medicine. Book of Abstracts ESMRMB 2015 32nd Ed</t>
   </si>
   <si>
     <t>220-221</t>
   </si>
   <si>
     <t>10.1007/s10334-015-0487-2</t>
   </si>
   <si>
     <t>Capacitively-loaded metasurfaces and their application in magnetic resonance imaging</t>
   </si>
   <si>
     <t>Stanislav Glybovski, Alena Shchelokova, Alexandr Kozachenko, Alexey Slobozhanyuk, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>2015 Radio and Antenna Days of the Indian Ocean (RADIO)</t>
   </si>
@@ -1067,1096 +1082,1096 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I58"/>
+  <dimension ref="A1:I59"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="203.95" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="227.516" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="228.801" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="123.827" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
-      <c r="D2">
-[...2 lines deleted...]
-      <c r="E2"/>
+      <c r="D2"/>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
       <c r="F2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
-[...6 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3">
         <v>15</v>
       </c>
-      <c r="D3">
-[...4 lines deleted...]
-      </c>
+      <c r="E3"/>
       <c r="F3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="H3">
-        <v>3.01</v>
+        <v>4.38</v>
       </c>
       <c r="I3">
-        <v>0.55</v>
+        <v>1.24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C4" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-      <c r="E4"/>
+        <v>20</v>
+      </c>
+      <c r="D4">
+        <v>63</v>
+      </c>
+      <c r="E4">
+        <v>101327</v>
+      </c>
       <c r="F4">
         <v>2024</v>
       </c>
       <c r="G4" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-      <c r="I4"/>
+        <v>21</v>
+      </c>
+      <c r="H4">
+        <v>3.01</v>
+      </c>
+      <c r="I4">
+        <v>0.55</v>
+      </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
-[...6 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="D5"/>
+      <c r="E5"/>
       <c r="F5">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G5" t="s">
-        <v>24</v>
-[...6 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D6">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E6"/>
+        <v>348</v>
+      </c>
+      <c r="E6">
+        <v>107390</v>
+      </c>
       <c r="F6">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="G6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H6">
-        <v>4.93</v>
+        <v>2.73</v>
       </c>
       <c r="I6">
-        <v>1.53</v>
+        <v>0.82</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D7">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E7"/>
       <c r="F7">
         <v>2021</v>
       </c>
       <c r="G7" t="s">
         <v>33</v>
       </c>
       <c r="H7">
-        <v>3.74</v>
+        <v>4.93</v>
       </c>
       <c r="I7">
-        <v>1.5</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>34</v>
       </c>
       <c r="B8" t="s">
         <v>35</v>
       </c>
       <c r="C8" t="s">
         <v>36</v>
       </c>
       <c r="D8">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>3840</v>
+        <v>87</v>
+      </c>
+      <c r="E8" t="s">
+        <v>37</v>
       </c>
       <c r="F8">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H8">
-        <v>14.92</v>
+        <v>3.74</v>
       </c>
       <c r="I8">
-        <v>5.56</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="D9">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>11</v>
+      </c>
+      <c r="E9">
+        <v>3840</v>
       </c>
       <c r="F9">
         <v>2020</v>
       </c>
       <c r="G9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H9">
-        <v>4.99</v>
+        <v>14.92</v>
       </c>
       <c r="I9">
-        <v>1.88</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B10" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C10" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="D10">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
         <v>45</v>
       </c>
       <c r="F10">
         <v>2020</v>
       </c>
       <c r="G10" t="s">
         <v>46</v>
       </c>
       <c r="H10">
-        <v>4.04</v>
+        <v>4.99</v>
       </c>
       <c r="I10">
-        <v>1.28</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>47</v>
       </c>
       <c r="B11" t="s">
         <v>48</v>
       </c>
       <c r="C11" t="s">
-        <v>44</v>
-[...4 lines deleted...]
-      <c r="E11"/>
+        <v>49</v>
+      </c>
+      <c r="D11">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>50</v>
+      </c>
       <c r="F11">
         <v>2020</v>
       </c>
       <c r="G11" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="H11">
         <v>4.04</v>
       </c>
       <c r="I11">
         <v>1.28</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" t="s">
+        <v>53</v>
+      </c>
+      <c r="C12" t="s">
         <v>49</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D12" t="s">
         <v>50</v>
       </c>
-      <c r="C12" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E12"/>
       <c r="F12">
         <v>2020</v>
       </c>
       <c r="G12" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="H12"/>
+        <v>51</v>
+      </c>
+      <c r="H12">
+        <v>4.04</v>
+      </c>
       <c r="I12">
-        <v>0.23</v>
+        <v>1.28</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>54</v>
       </c>
       <c r="B13" t="s">
         <v>55</v>
       </c>
       <c r="C13" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="D13">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>100764</v>
+        <v>1461</v>
+      </c>
+      <c r="E13" t="s">
+        <v>57</v>
       </c>
       <c r="F13">
         <v>2020</v>
       </c>
       <c r="G13" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="H13"/>
       <c r="I13">
-        <v>0.58</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B14" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C14" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-      <c r="E14"/>
+        <v>20</v>
+      </c>
+      <c r="D14">
+        <v>39</v>
+      </c>
+      <c r="E14">
+        <v>100764</v>
+      </c>
       <c r="F14">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G14" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-      <c r="I14"/>
+        <v>61</v>
+      </c>
+      <c r="H14">
+        <v>2.45</v>
+      </c>
+      <c r="I14">
+        <v>0.58</v>
+      </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15">
         <v>2019</v>
       </c>
-      <c r="G15"/>
+      <c r="G15" t="s">
+        <v>65</v>
+      </c>
       <c r="H15"/>
       <c r="I15"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B16" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C16" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16">
         <v>2019</v>
       </c>
-      <c r="G16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G16"/>
       <c r="H16"/>
       <c r="I16"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B17" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C17" t="s">
-        <v>51</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="D17"/>
+      <c r="E17"/>
       <c r="F17">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G17" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="H17"/>
-      <c r="I17">
-[...1 lines deleted...]
-      </c>
+      <c r="I17"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B18" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C18" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D18">
         <v>62</v>
       </c>
       <c r="E18" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="F18">
         <v>2018</v>
       </c>
       <c r="G18" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="H18">
         <v>3.09</v>
       </c>
       <c r="I18">
         <v>0.73</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B19" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C19" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-      <c r="E19"/>
+        <v>56</v>
+      </c>
+      <c r="D19">
+        <v>12142</v>
+      </c>
+      <c r="E19">
+        <v>12142</v>
+      </c>
       <c r="F19">
         <v>2018</v>
       </c>
       <c r="G19" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H19"/>
-      <c r="I19"/>
+      <c r="I19">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
-[...6 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="D20"/>
+      <c r="E20"/>
       <c r="F20">
         <v>2018</v>
       </c>
       <c r="G20" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H20"/>
-      <c r="I20">
-[...1 lines deleted...]
-      </c>
+      <c r="I20"/>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B21" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C21" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>56</v>
+      </c>
+      <c r="D21" t="s">
+        <v>87</v>
       </c>
       <c r="E21">
-        <v>174302</v>
+        <v>12015</v>
       </c>
       <c r="F21">
         <v>2018</v>
       </c>
       <c r="G21" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="H21"/>
       <c r="I21">
-        <v>1.5</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B22" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C22" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D22">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>98</v>
+      </c>
+      <c r="E22">
+        <v>174302</v>
       </c>
       <c r="F22">
         <v>2018</v>
       </c>
       <c r="G22" t="s">
         <v>92</v>
       </c>
       <c r="H22">
-        <v>1.41</v>
+        <v>3.74</v>
       </c>
       <c r="I22">
-        <v>0.5</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>93</v>
       </c>
       <c r="B23" t="s">
         <v>94</v>
       </c>
       <c r="C23" t="s">
-        <v>51</v>
+        <v>95</v>
       </c>
       <c r="D23">
-        <v>1092</v>
+        <v>108</v>
       </c>
       <c r="E23" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F23">
         <v>2018</v>
       </c>
       <c r="G23" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="H23"/>
+        <v>97</v>
+      </c>
+      <c r="H23">
+        <v>1.41</v>
+      </c>
       <c r="I23">
-        <v>0.24</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B24" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C24" t="s">
-        <v>31</v>
+        <v>56</v>
       </c>
       <c r="D24">
-        <v>81</v>
+        <v>1092</v>
       </c>
       <c r="E24" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F24">
         <v>2018</v>
       </c>
       <c r="G24" t="s">
-        <v>100</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="H24"/>
       <c r="I24">
-        <v>1.99</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B25" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="C25" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>102</v>
+        <v>36</v>
+      </c>
+      <c r="D25">
+        <v>81</v>
       </c>
       <c r="E25" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F25">
         <v>2018</v>
       </c>
       <c r="G25" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H25">
-        <v>3.41</v>
+        <v>3.86</v>
       </c>
       <c r="I25">
-        <v>1.71</v>
+        <v>1.99</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B26" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="C26" t="s">
+        <v>49</v>
+      </c>
+      <c r="D26" t="s">
         <v>107</v>
       </c>
-      <c r="D26"/>
-      <c r="E26"/>
+      <c r="E26" t="s">
+        <v>108</v>
+      </c>
       <c r="F26">
         <v>2018</v>
       </c>
-      <c r="G26"/>
-[...1 lines deleted...]
-      <c r="I26"/>
+      <c r="G26" t="s">
+        <v>109</v>
+      </c>
+      <c r="H26">
+        <v>3.41</v>
+      </c>
+      <c r="I26">
+        <v>1.71</v>
+      </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B27" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C27" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27">
         <v>2018</v>
       </c>
-      <c r="G27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G27"/>
       <c r="H27"/>
       <c r="I27"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B28" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C28" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28">
         <v>2018</v>
       </c>
       <c r="G28" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="H28"/>
       <c r="I28"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B29" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C29" t="s">
-        <v>31</v>
-[...6 lines deleted...]
-      </c>
+        <v>119</v>
+      </c>
+      <c r="D29"/>
+      <c r="E29"/>
       <c r="F29">
         <v>2018</v>
       </c>
       <c r="G29" t="s">
-        <v>119</v>
-[...6 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="H29"/>
+      <c r="I29"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B30" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C30" t="s">
-        <v>122</v>
+        <v>36</v>
       </c>
       <c r="D30">
-        <v>215</v>
-[...2 lines deleted...]
-        <v>1700788</v>
+        <v>80</v>
+      </c>
+      <c r="E30" t="s">
+        <v>123</v>
       </c>
       <c r="F30">
         <v>2018</v>
       </c>
       <c r="G30" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="H30">
-        <v>1.8</v>
+        <v>3.86</v>
       </c>
       <c r="I30">
-        <v>0.65</v>
+        <v>1.99</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B31" t="s">
-        <v>65</v>
+        <v>126</v>
       </c>
       <c r="C31" t="s">
-        <v>11</v>
+        <v>127</v>
       </c>
       <c r="D31">
-        <v>8</v>
+        <v>215</v>
       </c>
       <c r="E31">
-        <v>9190</v>
+        <v>1700788</v>
       </c>
       <c r="F31">
         <v>2018</v>
       </c>
       <c r="G31" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="H31">
-        <v>4.01</v>
+        <v>1.8</v>
       </c>
       <c r="I31">
-        <v>1.41</v>
+        <v>0.65</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="B32" t="s">
-        <v>127</v>
+        <v>70</v>
       </c>
       <c r="C32" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="D32">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="E32">
-        <v>14020</v>
+        <v>9190</v>
       </c>
       <c r="F32">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G32" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="H32">
-        <v>4.78</v>
+        <v>4.01</v>
       </c>
       <c r="I32">
-        <v>2.09</v>
+        <v>1.41</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B33" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C33" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-        <v>132</v>
+        <v>32</v>
+      </c>
+      <c r="D33">
+        <v>9</v>
+      </c>
+      <c r="E33">
+        <v>14020</v>
       </c>
       <c r="F33">
         <v>2017</v>
       </c>
       <c r="G33" t="s">
         <v>133</v>
       </c>
-      <c r="H33"/>
-      <c r="I33"/>
+      <c r="H33">
+        <v>4.78</v>
+      </c>
+      <c r="I33">
+        <v>2.09</v>
+      </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>134</v>
       </c>
       <c r="B34" t="s">
-        <v>109</v>
+        <v>135</v>
       </c>
       <c r="C34" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="D34"/>
-      <c r="E34"/>
+      <c r="E34" t="s">
+        <v>137</v>
+      </c>
       <c r="F34">
         <v>2017</v>
       </c>
       <c r="G34" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="H34"/>
       <c r="I34"/>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>139</v>
+      </c>
+      <c r="B35" t="s">
+        <v>118</v>
+      </c>
+      <c r="C35" t="s">
         <v>136</v>
       </c>
-      <c r="B35" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="D35"/>
+      <c r="E35"/>
       <c r="F35">
         <v>2017</v>
       </c>
       <c r="G35" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="H35"/>
-      <c r="I35">
-[...1 lines deleted...]
-      </c>
+      <c r="I35"/>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B36" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="C36" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-      <c r="E36"/>
+        <v>142</v>
+      </c>
+      <c r="D36">
+        <v>1874</v>
+      </c>
+      <c r="E36">
+        <v>30033</v>
+      </c>
       <c r="F36">
         <v>2017</v>
       </c>
       <c r="G36" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="H36"/>
-      <c r="I36"/>
+      <c r="I36">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B37" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C37" t="s">
-        <v>137</v>
-[...6 lines deleted...]
-      </c>
+        <v>146</v>
+      </c>
+      <c r="D37"/>
+      <c r="E37"/>
       <c r="F37">
         <v>2017</v>
       </c>
       <c r="G37" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="H37"/>
-      <c r="I37">
-[...1 lines deleted...]
-      </c>
+      <c r="I37"/>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B38" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C38" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="D38">
         <v>1874</v>
       </c>
       <c r="E38">
         <v>20007</v>
       </c>
       <c r="F38">
         <v>2017</v>
       </c>
       <c r="G38" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="H38"/>
       <c r="I38">
         <v>0.17</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B39" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C39" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-      <c r="E39"/>
+        <v>142</v>
+      </c>
+      <c r="D39">
+        <v>1874</v>
+      </c>
+      <c r="E39">
+        <v>30011</v>
+      </c>
       <c r="F39">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G39" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H39"/>
-      <c r="I39"/>
+      <c r="I39">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B40" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C40" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D40"/>
-      <c r="E40" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E40"/>
       <c r="F40">
         <v>2016</v>
       </c>
       <c r="G40" t="s">
         <v>157</v>
       </c>
       <c r="H40"/>
       <c r="I40"/>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>158</v>
       </c>
       <c r="B41" t="s">
         <v>159</v>
       </c>
       <c r="C41" t="s">
         <v>160</v>
       </c>
       <c r="D41"/>
       <c r="E41" t="s">
         <v>161</v>
       </c>
       <c r="F41">
         <v>2016</v>
@@ -2173,452 +2188,475 @@
       </c>
       <c r="B42" t="s">
         <v>164</v>
       </c>
       <c r="C42" t="s">
         <v>165</v>
       </c>
       <c r="D42"/>
       <c r="E42" t="s">
         <v>166</v>
       </c>
       <c r="F42">
         <v>2016</v>
       </c>
       <c r="G42" t="s">
         <v>167</v>
       </c>
       <c r="H42"/>
       <c r="I42"/>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>168</v>
       </c>
       <c r="B43" t="s">
-        <v>150</v>
+        <v>169</v>
       </c>
       <c r="C43" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>170</v>
+      </c>
+      <c r="D43"/>
       <c r="E43" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="F43">
         <v>2016</v>
       </c>
       <c r="G43" t="s">
-        <v>170</v>
-[...6 lines deleted...]
-      </c>
+        <v>172</v>
+      </c>
+      <c r="H43"/>
+      <c r="I43"/>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B44" t="s">
-        <v>172</v>
+        <v>155</v>
       </c>
       <c r="C44" t="s">
-        <v>173</v>
+        <v>28</v>
       </c>
       <c r="D44">
-        <v>28</v>
+        <v>269</v>
       </c>
       <c r="E44" t="s">
         <v>174</v>
       </c>
       <c r="F44">
         <v>2016</v>
       </c>
       <c r="G44" t="s">
         <v>175</v>
       </c>
       <c r="H44">
-        <v>19.79</v>
+        <v>2.43</v>
       </c>
       <c r="I44">
-        <v>9.18</v>
+        <v>1.02</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>176</v>
       </c>
       <c r="B45" t="s">
         <v>177</v>
       </c>
       <c r="C45" t="s">
         <v>178</v>
       </c>
-      <c r="D45"/>
-      <c r="E45"/>
+      <c r="D45">
+        <v>28</v>
+      </c>
+      <c r="E45" t="s">
+        <v>179</v>
+      </c>
       <c r="F45">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G45" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-      <c r="I45"/>
+        <v>180</v>
+      </c>
+      <c r="H45">
+        <v>19.79</v>
+      </c>
+      <c r="I45">
+        <v>9.18</v>
+      </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B46" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C46" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46">
         <v>2015</v>
       </c>
       <c r="G46" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="H46"/>
       <c r="I46"/>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B47" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C47" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47">
         <v>2015</v>
       </c>
       <c r="G47" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="H47"/>
       <c r="I47"/>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>189</v>
+      </c>
+      <c r="B48" t="s">
+        <v>190</v>
+      </c>
+      <c r="C48" t="s">
         <v>187</v>
       </c>
-      <c r="B48" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="D48"/>
+      <c r="E48"/>
       <c r="F48">
         <v>2015</v>
       </c>
       <c r="G48" t="s">
         <v>191</v>
       </c>
       <c r="H48"/>
       <c r="I48"/>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>192</v>
       </c>
       <c r="B49" t="s">
         <v>193</v>
       </c>
       <c r="C49" t="s">
         <v>194</v>
       </c>
-      <c r="D49"/>
+      <c r="D49">
+        <v>28</v>
+      </c>
       <c r="E49" t="s">
         <v>195</v>
       </c>
       <c r="F49">
         <v>2015</v>
       </c>
       <c r="G49" t="s">
         <v>196</v>
       </c>
       <c r="H49"/>
       <c r="I49"/>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>197</v>
       </c>
       <c r="B50" t="s">
         <v>198</v>
       </c>
       <c r="C50" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>199</v>
+      </c>
+      <c r="D50"/>
       <c r="E50" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="F50">
         <v>2015</v>
       </c>
       <c r="G50" t="s">
-        <v>200</v>
-[...6 lines deleted...]
-      </c>
+        <v>201</v>
+      </c>
+      <c r="H50"/>
+      <c r="I50"/>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B51" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C51" t="s">
-        <v>203</v>
+        <v>75</v>
       </c>
       <c r="D51">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>184508</v>
+        <v>185</v>
+      </c>
+      <c r="E51" t="s">
+        <v>204</v>
       </c>
       <c r="F51">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G51" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H51">
-        <v>2.18</v>
+        <v>2.13</v>
       </c>
       <c r="I51">
-        <v>1.04</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B52" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C52" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D52">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>208</v>
+        <v>116</v>
+      </c>
+      <c r="E52">
+        <v>184508</v>
       </c>
       <c r="F52">
         <v>2014</v>
       </c>
       <c r="G52" t="s">
         <v>209</v>
       </c>
       <c r="H52">
-        <v>0.39</v>
+        <v>2.18</v>
       </c>
       <c r="I52">
-        <v>0.29</v>
+        <v>1.04</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>210</v>
       </c>
       <c r="B53" t="s">
         <v>211</v>
       </c>
       <c r="C53" t="s">
         <v>212</v>
       </c>
-      <c r="D53"/>
-[...1 lines deleted...]
-        <v>43556</v>
+      <c r="D53">
+        <v>59</v>
+      </c>
+      <c r="E53" t="s">
+        <v>213</v>
       </c>
       <c r="F53">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G53" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-      <c r="I53"/>
+        <v>214</v>
+      </c>
+      <c r="H53">
+        <v>0.39</v>
+      </c>
+      <c r="I53">
+        <v>0.29</v>
+      </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B54" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="C54" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="D54"/>
-      <c r="E54" t="s">
-        <v>216</v>
+      <c r="E54">
+        <v>43556</v>
       </c>
       <c r="F54">
         <v>2013</v>
       </c>
       <c r="G54" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="H54"/>
       <c r="I54"/>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B55" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="C55" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D55"/>
-      <c r="E55">
-        <v>43525</v>
+      <c r="E55" t="s">
+        <v>221</v>
       </c>
       <c r="F55">
         <v>2013</v>
       </c>
       <c r="G55" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="H55"/>
       <c r="I55"/>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B56" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="C56" t="s">
-        <v>223</v>
-[...4 lines deleted...]
-      <c r="E56" t="s">
         <v>224</v>
+      </c>
+      <c r="D56"/>
+      <c r="E56">
+        <v>43525</v>
       </c>
       <c r="F56">
         <v>2013</v>
       </c>
       <c r="G56" t="s">
         <v>225</v>
       </c>
-      <c r="H56">
-[...4 lines deleted...]
-      </c>
+      <c r="H56"/>
+      <c r="I56"/>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
         <v>226</v>
       </c>
       <c r="B57" t="s">
         <v>227</v>
       </c>
       <c r="C57" t="s">
         <v>228</v>
       </c>
       <c r="D57">
-        <v>7754</v>
+        <v>103</v>
       </c>
       <c r="E57" t="s">
         <v>229</v>
       </c>
       <c r="F57">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="G57" t="s">
         <v>230</v>
       </c>
-      <c r="H57"/>
+      <c r="H57">
+        <v>3.52</v>
+      </c>
       <c r="I57">
-        <v>0.24</v>
+        <v>2.15</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>231</v>
       </c>
       <c r="B58" t="s">
         <v>232</v>
       </c>
       <c r="C58" t="s">
         <v>233</v>
       </c>
       <c r="D58">
-        <v>109</v>
+        <v>7754</v>
       </c>
       <c r="E58" t="s">
         <v>234</v>
       </c>
       <c r="F58">
         <v>2010</v>
       </c>
       <c r="G58" t="s">
         <v>235</v>
       </c>
-      <c r="H58">
+      <c r="H58"/>
+      <c r="I58">
+        <v>0.24</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9">
+      <c r="A59" t="s">
+        <v>236</v>
+      </c>
+      <c r="B59" t="s">
+        <v>237</v>
+      </c>
+      <c r="C59" t="s">
+        <v>238</v>
+      </c>
+      <c r="D59">
+        <v>109</v>
+      </c>
+      <c r="E59" t="s">
+        <v>239</v>
+      </c>
+      <c r="F59">
+        <v>2010</v>
+      </c>
+      <c r="G59" t="s">
+        <v>240</v>
+      </c>
+      <c r="H59">
         <v>0.57</v>
       </c>
-      <c r="I58">
+      <c r="I59">
         <v>0.27</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>