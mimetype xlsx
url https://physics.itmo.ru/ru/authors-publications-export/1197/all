--- v0 (2025-10-10)
+++ v1 (2025-11-01)
@@ -41,74 +41,74 @@
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Design of a Room-Sized Volumetric Resonator for Wireless Power Transfer with Enhanced Safety</t>
+  </si>
+  <si>
+    <t>Aigerim Jandaliyeva, Nikita Mikhailov, Alena Shchelokova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2025 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
+  </si>
+  <si>
+    <t>1-4</t>
+  </si>
+  <si>
+    <t>10.1109/wptce62521.2025.11062152</t>
+  </si>
+  <si>
     <t>Design of Qi-Compatible Repeater for Efficient Wireless Power Transfer in Volumetric Resonator</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Andrej Vdovenko, Mikhail Udrov, Mikhail Siganov,  Pavel Seregin, Pavel Belov, Alena Shchelokova</t>
   </si>
   <si>
-    <t>2025 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
-[...4 lines deleted...]
-  <si>
     <t>10.1109/wptce62521.2025.11062315</t>
   </si>
   <si>
-    <t>Design of a Room-Sized Volumetric Resonator for Wireless Power Transfer with Enhanced Safety</t>
-[...7 lines deleted...]
-  <si>
     <t>A concept of volume wireless receive-only coil for 1.5T MRI</t>
   </si>
   <si>
     <t>Aleksandr Fedotov, Pavel Tikhonov, Viktor Puchnin, Ekaterina Brui, Anatolii Levchuk,  Ayshat Karavaeva, Alena Shchelokova, Georgiy Solomakha, Anna Hurshkainen</t>
   </si>
   <si>
     <t>Journal of Magnetic Resonance</t>
   </si>
   <si>
     <t>10.1016/j.jmr.2025.107841</t>
   </si>
   <si>
     <t>Improved Fetal Magnetic Resonance Imaging Using a Flexible Metasurface</t>
   </si>
   <si>
     <t>Vladislav Koloskov, Viktor Puchnin, Evgeniy Koreshin, Anna Kalugina,  Wyger M. Brink,  Polina Kozlova,  Irina Mashchenko, Alena Shchelokova</t>
   </si>
   <si>
     <t>NMR in Biomedicine</t>
   </si>
   <si>
     <t>10.1002/nbm.70016</t>
   </si>
   <si>
     <t>Quasi-BIC realized in a subwavelength volumetric split ring-based resonator</t>
@@ -353,86 +353,86 @@
   <si>
     <t>10.1088/1742-6596/2015/1/012116</t>
   </si>
   <si>
     <t>Visualization of Metasurface Eigenmodes with Magnetic Resonance Imaging</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Alena Shchelokova, Alexander V. Kozachenko, Irina Melchakova, Alexander J.E. Raaijmakers, Cornelis A.T. van den Berg, Pavel Belov, Andrew G. Webb</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.16.l021002</t>
   </si>
   <si>
     <t>Improving B1+ homogeneity in abdominal imaging at 3 T with light, flexible, and compact metasurface</t>
   </si>
   <si>
     <t>Alena Shchelokova,  Alexander Efimtcev, Juan D. Baena, Pavel Belov, Irina Melchakova, Stanislav Glybovski</t>
   </si>
   <si>
     <t>496-508</t>
   </si>
   <si>
     <t>10.1002/mrm.28946</t>
   </si>
   <si>
+    <t>Coupled ceramic resonators for clinical MRI applications</t>
+  </si>
+  <si>
+    <t>Alena Shchelokova, Anna Andreychenko, Alexey Slobozhanyuk</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020049</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031920</t>
+  </si>
+  <si>
     <t>Metamaterial inspired resonator for targeted breast MRI at 1.5 T.</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020100</t>
   </si>
   <si>
     <t>10.1063/5.0031918</t>
   </si>
   <si>
     <t>Artificial dielectric for 7T MRI</t>
   </si>
   <si>
     <t>Alena Shchelokova, I. Zivkovic, Alexey Slobozhanyuk, J. P. del Risco, A. Webb, Stanislav Glybovski</t>
   </si>
   <si>
     <t>020132</t>
   </si>
   <si>
     <t>10.1063/5.0032015</t>
   </si>
   <si>
-    <t>Coupled ceramic resonators for clinical MRI applications</t>
-[...10 lines deleted...]
-  <si>
     <t>Metamaterial inspired wireless coil for clinical breast imaging</t>
   </si>
   <si>
     <t>Viktor Puchnin, Georgiy Solomakha, Arthur W. Magill, Anna Andreychenko, Alena Shchelokova</t>
   </si>
   <si>
     <t>10.1016/j.jmr.2020.106877</t>
   </si>
   <si>
     <t>An artificial dielectric slab for ultra high-field MRI: Proof of concept</t>
   </si>
   <si>
     <t>Alena Shchelokova, Alexey Slobozhanyuk, Juan D. Baena, Juan P. del Risco, Stanislav Glybovski</t>
   </si>
   <si>
     <t>10.1016/j.jmr.2020.106835</t>
   </si>
   <si>
     <t>Coupled very-high permittivity dielectric resonators for clinical MRI</t>
   </si>
   <si>
     <t>10.1063/5.0016086</t>
   </si>
   <si>
     <t>Ceramic resonators for targeted clinical magnetic resonance imaging of the breast</t>
@@ -611,81 +611,81 @@
   <si>
     <t>Locally enhanced image quality with tunable hybrid metasurfaces</t>
   </si>
   <si>
     <t>Alena Shchelokova, Alexey Slobozhanyuk, Irina Melchakova, Stanislav Glybovski, Yuri Kivshar, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/PhysRevApplied.9.014020</t>
   </si>
   <si>
     <t>A metasolenoid-like resonator for MRI applications</t>
   </si>
   <si>
     <t>Alena Shchelokova, Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>2017 11th Int. Congress on Engineered Materials Platforms for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>82-84</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2017.8107846</t>
   </si>
   <si>
+    <t>Tunable hybrid metasurfaces for MRI applications</t>
+  </si>
+  <si>
+    <t>doi: 10.1063/1.4998062</t>
+  </si>
+  <si>
+    <t>Experimental investigation of a metasurface resonator for in-vivo imaging at 1.5 T</t>
+  </si>
+  <si>
+    <t>78-81</t>
+  </si>
+  <si>
+    <t>10.1016/j.jmr.2017.11.013</t>
+  </si>
+  <si>
+    <t>Enhancement of magnetic resonance imaging with metasurfaces: From concept to human trials</t>
+  </si>
+  <si>
+    <t>doi: 10.1109/MetaMaterials.2017.8107800</t>
+  </si>
+  <si>
     <t>Tunable hybrid metasurfaces for image quality enhancement</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Yuri Kivshar, Alena Shchelokova, Irina Melchakova, Stanislav Glybovski, Pavel Belov</t>
   </si>
   <si>
     <t>2017 IEEE Int. Symposium on Antennas and Propagation &amp; USNC/URSI National Radio Science Meeting</t>
   </si>
   <si>
     <t>doi: 10.1109/APUSNCURSINRSM.2017.8072791</t>
-  </si>
-[...19 lines deleted...]
-    <t>doi: 10.1109/MetaMaterials.2017.8107800</t>
   </si>
   <si>
     <t>Advanced electromagnetic materials for magnetic resonance imaging</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Alena Shchelokova, Pavel Belov</t>
   </si>
   <si>
     <t>IEEE Radio and Antenna Days of the Indian Ocean (RADIO)</t>
   </si>
   <si>
     <t>10.1109/RADIO.2016.7772007</t>
   </si>
   <si>
     <t>Safety aspects of the metamaterial resonator for application in magnetic resonance imaging</t>
   </si>
   <si>
     <t>Alena Shchelokova, Alexey Slobozhanyuk, Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>2016 IEEE International Symposium on Antennas and Propagation (APSURSI)</t>
   </si>
   <si>
     <t>1397-1398</t>
   </si>
@@ -1891,108 +1891,108 @@
       </c>
       <c r="D28">
         <v>87</v>
       </c>
       <c r="E28" t="s">
         <v>111</v>
       </c>
       <c r="F28">
         <v>2021</v>
       </c>
       <c r="G28" t="s">
         <v>112</v>
       </c>
       <c r="H28">
         <v>3.74</v>
       </c>
       <c r="I28">
         <v>1.5</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>113</v>
       </c>
       <c r="B29" t="s">
-        <v>102</v>
+        <v>114</v>
       </c>
       <c r="C29" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D29">
         <v>2300</v>
       </c>
       <c r="E29" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F29">
         <v>2020</v>
       </c>
       <c r="G29" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="H29"/>
       <c r="I29">
         <v>0.19</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B30" t="s">
-        <v>118</v>
+        <v>102</v>
       </c>
       <c r="C30" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D30">
         <v>2300</v>
       </c>
       <c r="E30" t="s">
         <v>119</v>
       </c>
       <c r="F30">
         <v>2020</v>
       </c>
       <c r="G30" t="s">
         <v>120</v>
       </c>
       <c r="H30"/>
       <c r="I30">
         <v>0.19</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>121</v>
       </c>
       <c r="B31" t="s">
         <v>122</v>
       </c>
       <c r="C31" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D31">
         <v>2300</v>
       </c>
       <c r="E31" t="s">
         <v>123</v>
       </c>
       <c r="F31">
         <v>2020</v>
       </c>
       <c r="G31" t="s">
         <v>124</v>
       </c>
       <c r="H31"/>
       <c r="I31">
         <v>0.19</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>125</v>
       </c>
       <c r="B32" t="s">
         <v>126</v>
       </c>
@@ -2030,51 +2030,51 @@
       </c>
       <c r="D33">
         <v>320</v>
       </c>
       <c r="E33">
         <v>106835</v>
       </c>
       <c r="F33">
         <v>2020</v>
       </c>
       <c r="G33" t="s">
         <v>130</v>
       </c>
       <c r="H33">
         <v>2.23</v>
       </c>
       <c r="I33">
         <v>0.78</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>131</v>
       </c>
       <c r="B34" t="s">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="C34" t="s">
         <v>27</v>
       </c>
       <c r="D34">
         <v>117</v>
       </c>
       <c r="E34">
         <v>103701</v>
       </c>
       <c r="F34">
         <v>2020</v>
       </c>
       <c r="G34" t="s">
         <v>132</v>
       </c>
       <c r="H34">
         <v>3.79</v>
       </c>
       <c r="I34">
         <v>1.18</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
@@ -2525,131 +2525,131 @@
       </c>
       <c r="B52" t="s">
         <v>195</v>
       </c>
       <c r="C52" t="s">
         <v>196</v>
       </c>
       <c r="D52"/>
       <c r="E52" t="s">
         <v>197</v>
       </c>
       <c r="F52">
         <v>2017</v>
       </c>
       <c r="G52" t="s">
         <v>198</v>
       </c>
       <c r="H52"/>
       <c r="I52"/>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>199</v>
       </c>
       <c r="B53" t="s">
-        <v>200</v>
+        <v>192</v>
       </c>
       <c r="C53" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-      <c r="E53"/>
+        <v>115</v>
+      </c>
+      <c r="D53">
+        <v>1874</v>
+      </c>
+      <c r="E53">
+        <v>30033</v>
+      </c>
       <c r="F53">
         <v>2017</v>
       </c>
       <c r="G53" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="H53"/>
-      <c r="I53"/>
+      <c r="I53">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="B54" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="C54" t="s">
-        <v>114</v>
+        <v>19</v>
       </c>
       <c r="D54">
-        <v>1874</v>
-[...2 lines deleted...]
-        <v>30033</v>
+        <v>286</v>
+      </c>
+      <c r="E54" t="s">
+        <v>202</v>
       </c>
       <c r="F54">
         <v>2017</v>
       </c>
       <c r="G54" t="s">
-        <v>204</v>
-[...1 lines deleted...]
-      <c r="H54"/>
+        <v>203</v>
+      </c>
+      <c r="H54">
+        <v>2.59</v>
+      </c>
       <c r="I54">
-        <v>0.17</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="B55" t="s">
         <v>186</v>
       </c>
       <c r="C55" t="s">
-        <v>19</v>
-[...6 lines deleted...]
-      </c>
+        <v>196</v>
+      </c>
+      <c r="D55"/>
+      <c r="E55"/>
       <c r="F55">
         <v>2017</v>
       </c>
       <c r="G55" t="s">
-        <v>207</v>
-[...6 lines deleted...]
-      </c>
+        <v>205</v>
+      </c>
+      <c r="H55"/>
+      <c r="I55"/>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>206</v>
+      </c>
+      <c r="B56" t="s">
+        <v>207</v>
+      </c>
+      <c r="C56" t="s">
         <v>208</v>
-      </c>
-[...4 lines deleted...]
-        <v>196</v>
       </c>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56">
         <v>2017</v>
       </c>
       <c r="G56" t="s">
         <v>209</v>
       </c>
       <c r="H56"/>
       <c r="I56"/>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
         <v>210</v>
       </c>
       <c r="B57" t="s">
         <v>211</v>
       </c>
       <c r="C57" t="s">
         <v>212</v>
       </c>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57">