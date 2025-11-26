--- v1 (2025-11-01)
+++ v2 (2025-11-26)
@@ -41,140 +41,140 @@
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Design of Qi-Compatible Repeater for Efficient Wireless Power Transfer in Volumetric Resonator</t>
+  </si>
+  <si>
+    <t>Aigerim Jandaliyeva, Andrej Vdovenko, Mikhail Udrov, Mikhail Siganov,  Pavel Seregin, Pavel Belov, Alena Shchelokova</t>
+  </si>
+  <si>
+    <t>2025 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
+  </si>
+  <si>
+    <t>1-4</t>
+  </si>
+  <si>
+    <t>10.1109/wptce62521.2025.11062315</t>
+  </si>
+  <si>
     <t>Design of a Room-Sized Volumetric Resonator for Wireless Power Transfer with Enhanced Safety</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Nikita Mikhailov, Alena Shchelokova, Pavel Belov</t>
   </si>
   <si>
-    <t>2025 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
-[...4 lines deleted...]
-  <si>
     <t>10.1109/wptce62521.2025.11062152</t>
   </si>
   <si>
-    <t>Design of Qi-Compatible Repeater for Efficient Wireless Power Transfer in Volumetric Resonator</t>
-[...7 lines deleted...]
-  <si>
     <t>A concept of volume wireless receive-only coil for 1.5T MRI</t>
   </si>
   <si>
     <t>Aleksandr Fedotov, Pavel Tikhonov, Viktor Puchnin, Ekaterina Brui, Anatolii Levchuk,  Ayshat Karavaeva, Alena Shchelokova, Georgiy Solomakha, Anna Hurshkainen</t>
   </si>
   <si>
     <t>Journal of Magnetic Resonance</t>
   </si>
   <si>
     <t>10.1016/j.jmr.2025.107841</t>
   </si>
   <si>
     <t>Improved Fetal Magnetic Resonance Imaging Using a Flexible Metasurface</t>
   </si>
   <si>
     <t>Vladislav Koloskov, Viktor Puchnin, Evgeniy Koreshin, Anna Kalugina,  Wyger M. Brink,  Polina Kozlova,  Irina Mashchenko, Alena Shchelokova</t>
   </si>
   <si>
     <t>NMR in Biomedicine</t>
   </si>
   <si>
     <t>10.1002/nbm.70016</t>
   </si>
   <si>
     <t>Quasi-BIC realized in a subwavelength volumetric split ring-based resonator</t>
   </si>
   <si>
     <t>Sergey Geyman, Viktor Puchnin, Alexey Slobozhanyuk, Mikhail Rybin, Alena Shchelokova</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/5.0237363</t>
   </si>
   <si>
+    <t>Room-Sized Helmholtz-Type Resonator for Ubiquitous Wireless Power Transfer</t>
+  </si>
+  <si>
+    <t>Aigerim Jandaliyeva, Nikita Mikhailov, Andrej Vdovenko, Mikhail Siganov, Evgenii Maiorov,  Pavel Seregin, Alena Shchelokova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2024 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
+  </si>
+  <si>
+    <t>10.1109/wptce59894.2024.10557386</t>
+  </si>
+  <si>
+    <t>Design and demonstration of the volumetric resonator with uniform magnetic field distribution for wireless power transfer</t>
+  </si>
+  <si>
+    <t>Aigerim Jandaliyeva, Andrej Vdovenko, Mikhail Siganov, Leila  Suleiman,  Pavel Seregin, Mikhail Udrov, Alena Shchelokova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1109/wptce59894.2024.10557310</t>
+  </si>
+  <si>
     <t>Multi-Object Charging in Room-Sized Weakly Coupled WPT System</t>
   </si>
   <si>
     <t>Nikita Mikhailov, Marina Abrosimova, Aigerim Jandaliyeva, Mikhail Siganov, Pavel Belov, Alena Shchelokova</t>
   </si>
   <si>
-    <t>2024 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/wptce59894.2024.10557440</t>
   </si>
   <si>
-    <t>Room-Sized Helmholtz-Type Resonator for Ubiquitous Wireless Power Transfer</t>
-[...16 lines deleted...]
-  <si>
     <t>Flexible metasurface for improving brain imaging at 7T</t>
   </si>
   <si>
     <t>Vladislav Koloskov,  Wyger M. Brink,  Andrew G. Webb, Alena Shchelokova</t>
   </si>
   <si>
     <t>Magnetic Resonance in Medicine</t>
   </si>
   <si>
     <t>10.1002/mrm.30088</t>
   </si>
   <si>
     <t>Volumetric wireless coils for breast MRI: A comparative analysis of metamaterial-inspired coil, Helmholtz coil, ceramic coil, and solenoid</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Viktor Puchnin, Alena Shchelokova</t>
   </si>
   <si>
     <t>10.1016/j.jmr.2024.107627</t>
   </si>
   <si>
     <t>Application of Topological Edge States in Magnetic Resonance Imaging</t>
   </si>
   <si>
     <t>Viktor Puchnin, Olga Matvievskaia, Alexey Slobozhanyuk, Alena Shchelokova, Nikita Olekhno</t>
@@ -353,86 +353,86 @@
   <si>
     <t>10.1088/1742-6596/2015/1/012116</t>
   </si>
   <si>
     <t>Visualization of Metasurface Eigenmodes with Magnetic Resonance Imaging</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Alena Shchelokova, Alexander V. Kozachenko, Irina Melchakova, Alexander J.E. Raaijmakers, Cornelis A.T. van den Berg, Pavel Belov, Andrew G. Webb</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.16.l021002</t>
   </si>
   <si>
     <t>Improving B1+ homogeneity in abdominal imaging at 3 T with light, flexible, and compact metasurface</t>
   </si>
   <si>
     <t>Alena Shchelokova,  Alexander Efimtcev, Juan D. Baena, Pavel Belov, Irina Melchakova, Stanislav Glybovski</t>
   </si>
   <si>
     <t>496-508</t>
   </si>
   <si>
     <t>10.1002/mrm.28946</t>
   </si>
   <si>
+    <t>Artificial dielectric for 7T MRI</t>
+  </si>
+  <si>
+    <t>Alena Shchelokova, I. Zivkovic, Alexey Slobozhanyuk, J. P. del Risco, A. Webb, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020132</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032015</t>
+  </si>
+  <si>
     <t>Coupled ceramic resonators for clinical MRI applications</t>
   </si>
   <si>
     <t>Alena Shchelokova, Anna Andreychenko, Alexey Slobozhanyuk</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020049</t>
   </si>
   <si>
     <t>10.1063/5.0031920</t>
   </si>
   <si>
     <t>Metamaterial inspired resonator for targeted breast MRI at 1.5 T.</t>
   </si>
   <si>
     <t>020100</t>
   </si>
   <si>
     <t>10.1063/5.0031918</t>
   </si>
   <si>
-    <t>Artificial dielectric for 7T MRI</t>
-[...10 lines deleted...]
-  <si>
     <t>Metamaterial inspired wireless coil for clinical breast imaging</t>
   </si>
   <si>
     <t>Viktor Puchnin, Georgiy Solomakha, Arthur W. Magill, Anna Andreychenko, Alena Shchelokova</t>
   </si>
   <si>
     <t>10.1016/j.jmr.2020.106877</t>
   </si>
   <si>
     <t>An artificial dielectric slab for ultra high-field MRI: Proof of concept</t>
   </si>
   <si>
     <t>Alena Shchelokova, Alexey Slobozhanyuk, Juan D. Baena, Juan P. del Risco, Stanislav Glybovski</t>
   </si>
   <si>
     <t>10.1016/j.jmr.2020.106835</t>
   </si>
   <si>
     <t>Coupled very-high permittivity dielectric resonators for clinical MRI</t>
   </si>
   <si>
     <t>10.1063/5.0016086</t>
   </si>
   <si>
     <t>Ceramic resonators for targeted clinical magnetic resonance imaging of the breast</t>
@@ -611,81 +611,81 @@
   <si>
     <t>Locally enhanced image quality with tunable hybrid metasurfaces</t>
   </si>
   <si>
     <t>Alena Shchelokova, Alexey Slobozhanyuk, Irina Melchakova, Stanislav Glybovski, Yuri Kivshar, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/PhysRevApplied.9.014020</t>
   </si>
   <si>
     <t>A metasolenoid-like resonator for MRI applications</t>
   </si>
   <si>
     <t>Alena Shchelokova, Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>2017 11th Int. Congress on Engineered Materials Platforms for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>82-84</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2017.8107846</t>
   </si>
   <si>
+    <t>Tunable hybrid metasurfaces for image quality enhancement</t>
+  </si>
+  <si>
+    <t>Alexey Slobozhanyuk, Yuri Kivshar, Alena Shchelokova, Irina Melchakova, Stanislav Glybovski, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2017 IEEE Int. Symposium on Antennas and Propagation &amp; USNC/URSI National Radio Science Meeting</t>
+  </si>
+  <si>
+    <t>doi: 10.1109/APUSNCURSINRSM.2017.8072791</t>
+  </si>
+  <si>
     <t>Tunable hybrid metasurfaces for MRI applications</t>
   </si>
   <si>
     <t>doi: 10.1063/1.4998062</t>
   </si>
   <si>
     <t>Experimental investigation of a metasurface resonator for in-vivo imaging at 1.5 T</t>
   </si>
   <si>
     <t>78-81</t>
   </si>
   <si>
     <t>10.1016/j.jmr.2017.11.013</t>
   </si>
   <si>
     <t>Enhancement of magnetic resonance imaging with metasurfaces: From concept to human trials</t>
   </si>
   <si>
     <t>doi: 10.1109/MetaMaterials.2017.8107800</t>
-  </si>
-[...10 lines deleted...]
-    <t>doi: 10.1109/APUSNCURSINRSM.2017.8072791</t>
   </si>
   <si>
     <t>Advanced electromagnetic materials for magnetic resonance imaging</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Alena Shchelokova, Pavel Belov</t>
   </si>
   <si>
     <t>IEEE Radio and Antenna Days of the Indian Ocean (RADIO)</t>
   </si>
   <si>
     <t>10.1109/RADIO.2016.7772007</t>
   </si>
   <si>
     <t>Safety aspects of the metamaterial resonator for application in magnetic resonance imaging</t>
   </si>
   <si>
     <t>Alena Shchelokova, Alexey Slobozhanyuk, Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>2016 IEEE International Symposium on Antennas and Propagation (APSURSI)</t>
   </si>
   <si>
     <t>1397-1398</t>
   </si>
@@ -1918,78 +1918,78 @@
       <c r="C29" t="s">
         <v>115</v>
       </c>
       <c r="D29">
         <v>2300</v>
       </c>
       <c r="E29" t="s">
         <v>116</v>
       </c>
       <c r="F29">
         <v>2020</v>
       </c>
       <c r="G29" t="s">
         <v>117</v>
       </c>
       <c r="H29"/>
       <c r="I29">
         <v>0.19</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>118</v>
       </c>
       <c r="B30" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="C30" t="s">
         <v>115</v>
       </c>
       <c r="D30">
         <v>2300</v>
       </c>
       <c r="E30" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F30">
         <v>2020</v>
       </c>
       <c r="G30" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="H30"/>
       <c r="I30">
         <v>0.19</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B31" t="s">
-        <v>122</v>
+        <v>102</v>
       </c>
       <c r="C31" t="s">
         <v>115</v>
       </c>
       <c r="D31">
         <v>2300</v>
       </c>
       <c r="E31" t="s">
         <v>123</v>
       </c>
       <c r="F31">
         <v>2020</v>
       </c>
       <c r="G31" t="s">
         <v>124</v>
       </c>
       <c r="H31"/>
       <c r="I31">
         <v>0.19</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>125</v>
       </c>
@@ -2030,51 +2030,51 @@
       </c>
       <c r="D33">
         <v>320</v>
       </c>
       <c r="E33">
         <v>106835</v>
       </c>
       <c r="F33">
         <v>2020</v>
       </c>
       <c r="G33" t="s">
         <v>130</v>
       </c>
       <c r="H33">
         <v>2.23</v>
       </c>
       <c r="I33">
         <v>0.78</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>131</v>
       </c>
       <c r="B34" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="C34" t="s">
         <v>27</v>
       </c>
       <c r="D34">
         <v>117</v>
       </c>
       <c r="E34">
         <v>103701</v>
       </c>
       <c r="F34">
         <v>2020</v>
       </c>
       <c r="G34" t="s">
         <v>132</v>
       </c>
       <c r="H34">
         <v>3.79</v>
       </c>
       <c r="I34">
         <v>1.18</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
@@ -2525,131 +2525,131 @@
       </c>
       <c r="B52" t="s">
         <v>195</v>
       </c>
       <c r="C52" t="s">
         <v>196</v>
       </c>
       <c r="D52"/>
       <c r="E52" t="s">
         <v>197</v>
       </c>
       <c r="F52">
         <v>2017</v>
       </c>
       <c r="G52" t="s">
         <v>198</v>
       </c>
       <c r="H52"/>
       <c r="I52"/>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>199</v>
       </c>
       <c r="B53" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="C53" t="s">
-        <v>115</v>
-[...6 lines deleted...]
-      </c>
+        <v>201</v>
+      </c>
+      <c r="D53"/>
+      <c r="E53"/>
       <c r="F53">
         <v>2017</v>
       </c>
       <c r="G53" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="H53"/>
-      <c r="I53">
-[...1 lines deleted...]
-      </c>
+      <c r="I53"/>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B54" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="C54" t="s">
-        <v>19</v>
+        <v>115</v>
       </c>
       <c r="D54">
-        <v>286</v>
-[...2 lines deleted...]
-        <v>202</v>
+        <v>1874</v>
+      </c>
+      <c r="E54">
+        <v>30033</v>
       </c>
       <c r="F54">
         <v>2017</v>
       </c>
       <c r="G54" t="s">
-        <v>203</v>
-[...3 lines deleted...]
-      </c>
+        <v>204</v>
+      </c>
+      <c r="H54"/>
       <c r="I54">
-        <v>1.18</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B55" t="s">
         <v>186</v>
       </c>
       <c r="C55" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-      <c r="E55"/>
+        <v>19</v>
+      </c>
+      <c r="D55">
+        <v>286</v>
+      </c>
+      <c r="E55" t="s">
+        <v>206</v>
+      </c>
       <c r="F55">
         <v>2017</v>
       </c>
       <c r="G55" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-      <c r="I55"/>
+        <v>207</v>
+      </c>
+      <c r="H55">
+        <v>2.59</v>
+      </c>
+      <c r="I55">
+        <v>1.18</v>
+      </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B56" t="s">
-        <v>207</v>
+        <v>186</v>
       </c>
       <c r="C56" t="s">
-        <v>208</v>
+        <v>196</v>
       </c>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56">
         <v>2017</v>
       </c>
       <c r="G56" t="s">
         <v>209</v>
       </c>
       <c r="H56"/>
       <c r="I56"/>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
         <v>210</v>
       </c>
       <c r="B57" t="s">
         <v>211</v>
       </c>
       <c r="C57" t="s">
         <v>212</v>
       </c>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57">