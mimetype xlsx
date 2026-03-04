--- v2 (2025-11-26)
+++ v3 (2026-03-04)
@@ -12,77 +12,92 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="262">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="267">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Demonstration of a Subwavelength Radiofrequency Resonator for Infant Brain Imaging at 1.5 T</t>
+  </si>
+  <si>
+    <t>Viktor Puchnin, Leila Sharipova, Debabrata Sikdar, Irina Melchakova, Alena Shchelokova</t>
+  </si>
+  <si>
+    <t>2025 Antennas Design and Measurement International Conference (ADMInC)</t>
+  </si>
+  <si>
+    <t>28-31</t>
+  </si>
+  <si>
+    <t>10.1109/adminc68550.2025.11325134</t>
   </si>
   <si>
     <t>Design of Qi-Compatible Repeater for Efficient Wireless Power Transfer in Volumetric Resonator</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Andrej Vdovenko, Mikhail Udrov, Mikhail Siganov,  Pavel Seregin, Pavel Belov, Alena Shchelokova</t>
   </si>
   <si>
     <t>2025 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
   </si>
   <si>
     <t>1-4</t>
   </si>
   <si>
     <t>10.1109/wptce62521.2025.11062315</t>
   </si>
   <si>
     <t>Design of a Room-Sized Volumetric Resonator for Wireless Power Transfer with Enhanced Safety</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Nikita Mikhailov, Alena Shchelokova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1109/wptce62521.2025.11062152</t>
   </si>
@@ -1145,51 +1160,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I68"/>
+  <dimension ref="A1:I69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="163.817" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="198.095" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="116.686" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -1208,1751 +1223,1774 @@
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2"/>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2"/>
       <c r="I2"/>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D3"/>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H3"/>
       <c r="I3"/>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>16</v>
+      </c>
+      <c r="D4"/>
+      <c r="E4" t="s">
         <v>17</v>
-      </c>
-[...10 lines deleted...]
-        <v>107841</v>
       </c>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
-        <v>20</v>
-[...6 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D5">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="E5"/>
+        <v>374</v>
+      </c>
+      <c r="E5">
+        <v>107841</v>
+      </c>
       <c r="F5">
         <v>2025</v>
       </c>
       <c r="G5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H5">
-        <v>4.04</v>
+        <v>2.23</v>
       </c>
       <c r="I5">
-        <v>1.28</v>
+        <v>0.78</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D6">
-        <v>125</v>
+        <v>38</v>
       </c>
       <c r="E6"/>
       <c r="F6">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H6">
-        <v>3.97</v>
+        <v>4.04</v>
       </c>
       <c r="I6">
-        <v>1.04</v>
+        <v>1.28</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C7" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="D7"/>
+        <v>32</v>
+      </c>
+      <c r="D7">
+        <v>125</v>
+      </c>
       <c r="E7"/>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-      <c r="I7"/>
+        <v>33</v>
+      </c>
+      <c r="H7">
+        <v>3.97</v>
+      </c>
+      <c r="I7">
+        <v>1.04</v>
+      </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C8" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="H8"/>
       <c r="I8"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" t="s">
+        <v>39</v>
+      </c>
+      <c r="C9" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="H9"/>
       <c r="I9"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B10" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C10" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="D10"/>
       <c r="E10"/>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
-        <v>42</v>
-[...6 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B11" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C11" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="D11">
-        <v>359</v>
-[...3 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="E11"/>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="H11">
-        <v>2.73</v>
+        <v>3.74</v>
       </c>
       <c r="I11">
-        <v>0.82</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B12" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C12" t="s">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="D12">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="E12"/>
+        <v>359</v>
+      </c>
+      <c r="E12">
+        <v>107627</v>
+      </c>
       <c r="F12">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G12" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H12">
-        <v>4.99</v>
+        <v>2.73</v>
       </c>
       <c r="I12">
-        <v>1.88</v>
+        <v>0.82</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B13" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C13" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="D13">
-        <v>122</v>
+        <v>20</v>
       </c>
       <c r="E13"/>
       <c r="F13">
         <v>2023</v>
       </c>
       <c r="G13" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="H13">
-        <v>3.97</v>
+        <v>4.99</v>
       </c>
       <c r="I13">
-        <v>1.03</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B14" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C14" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="D14"/>
+        <v>32</v>
+      </c>
+      <c r="D14">
+        <v>122</v>
+      </c>
       <c r="E14"/>
       <c r="F14">
         <v>2023</v>
       </c>
-      <c r="G14"/>
-[...1 lines deleted...]
-      <c r="I14"/>
+      <c r="G14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H14">
+        <v>3.97</v>
+      </c>
+      <c r="I14">
+        <v>1.03</v>
+      </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B15" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C15" t="s">
-        <v>58</v>
-[...6 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="D15"/>
+      <c r="E15"/>
       <c r="F15">
         <v>2023</v>
       </c>
-      <c r="G15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G15"/>
       <c r="H15"/>
       <c r="I15"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>61</v>
       </c>
       <c r="B16" t="s">
         <v>62</v>
       </c>
       <c r="C16" t="s">
         <v>63</v>
       </c>
-      <c r="D16"/>
+      <c r="D16">
+        <v>68</v>
+      </c>
       <c r="E16" t="s">
         <v>64</v>
       </c>
       <c r="F16">
         <v>2023</v>
       </c>
-      <c r="G16"/>
+      <c r="G16" t="s">
+        <v>65</v>
+      </c>
       <c r="H16"/>
       <c r="I16"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C17" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="D17"/>
       <c r="E17" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F17">
         <v>2023</v>
       </c>
-      <c r="G17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G17"/>
       <c r="H17"/>
       <c r="I17"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>70</v>
       </c>
       <c r="B18" t="s">
         <v>71</v>
       </c>
       <c r="C18" t="s">
-        <v>19</v>
+        <v>72</v>
       </c>
       <c r="D18">
-        <v>348</v>
-[...2 lines deleted...]
-        <v>107390</v>
+        <v>10</v>
+      </c>
+      <c r="E18" t="s">
+        <v>73</v>
       </c>
       <c r="F18">
         <v>2023</v>
       </c>
       <c r="G18" t="s">
-        <v>72</v>
-[...6 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B19" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C19" t="s">
-        <v>75</v>
+        <v>24</v>
       </c>
       <c r="D19">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>348</v>
+      </c>
+      <c r="E19">
+        <v>107390</v>
       </c>
       <c r="F19">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G19" t="s">
         <v>77</v>
       </c>
-      <c r="H19"/>
+      <c r="H19">
+        <v>2.73</v>
+      </c>
       <c r="I19">
-        <v>0.23</v>
+        <v>0.82</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>78</v>
       </c>
       <c r="B20" t="s">
         <v>79</v>
       </c>
       <c r="C20" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-      <c r="E20"/>
+        <v>80</v>
+      </c>
+      <c r="D20">
+        <v>86</v>
+      </c>
+      <c r="E20" t="s">
+        <v>81</v>
+      </c>
       <c r="F20">
         <v>2022</v>
       </c>
       <c r="G20" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="H20"/>
       <c r="I20">
-        <v>1.5</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B21" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C21" t="s">
-        <v>58</v>
-[...6 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="D21"/>
+      <c r="E21"/>
       <c r="F21">
         <v>2022</v>
       </c>
       <c r="G21" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-      <c r="I21"/>
+        <v>85</v>
+      </c>
+      <c r="H21">
+        <v>3.74</v>
+      </c>
+      <c r="I21">
+        <v>1.5</v>
+      </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B22" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C22" t="s">
-        <v>87</v>
+        <v>63</v>
       </c>
       <c r="D22">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="E22" t="s">
         <v>88</v>
       </c>
       <c r="F22">
         <v>2022</v>
       </c>
       <c r="G22" t="s">
         <v>89</v>
       </c>
-      <c r="H22">
-[...4 lines deleted...]
-      </c>
+      <c r="H22"/>
+      <c r="I22"/>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>90</v>
       </c>
       <c r="B23" t="s">
         <v>91</v>
       </c>
       <c r="C23" t="s">
         <v>92</v>
       </c>
-      <c r="D23"/>
-      <c r="E23"/>
+      <c r="D23">
+        <v>53</v>
+      </c>
+      <c r="E23" t="s">
+        <v>93</v>
+      </c>
       <c r="F23">
         <v>2022</v>
       </c>
       <c r="G23" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="H23">
-        <v>2.31</v>
+        <v>0.83</v>
       </c>
       <c r="I23">
-        <v>0.59</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B24" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C24" t="s">
-        <v>19</v>
-[...6 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="D24"/>
+      <c r="E24"/>
       <c r="F24">
         <v>2022</v>
       </c>
       <c r="G24" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="H24">
-        <v>2.73</v>
+        <v>2.31</v>
       </c>
       <c r="I24">
-        <v>0.82</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B25" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C25" t="s">
-        <v>99</v>
+        <v>24</v>
       </c>
       <c r="D25">
-        <v>48</v>
+        <v>339</v>
       </c>
       <c r="E25">
-        <v>100989</v>
+        <v>107209</v>
       </c>
       <c r="F25">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G25" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H25">
-        <v>3.01</v>
+        <v>2.73</v>
       </c>
       <c r="I25">
-        <v>0.55</v>
+        <v>0.82</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B26" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C26" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D26">
-        <v>2015</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>48</v>
+      </c>
+      <c r="E26">
+        <v>100989</v>
       </c>
       <c r="F26">
         <v>2021</v>
       </c>
       <c r="G26" t="s">
         <v>105</v>
       </c>
-      <c r="H26"/>
+      <c r="H26">
+        <v>3.01</v>
+      </c>
       <c r="I26">
-        <v>0.21</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>106</v>
       </c>
       <c r="B27" t="s">
         <v>107</v>
       </c>
       <c r="C27" t="s">
-        <v>48</v>
+        <v>108</v>
       </c>
       <c r="D27">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E27"/>
+        <v>2015</v>
+      </c>
+      <c r="E27" t="s">
+        <v>109</v>
+      </c>
       <c r="F27">
         <v>2021</v>
       </c>
       <c r="G27" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>110</v>
+      </c>
+      <c r="H27"/>
       <c r="I27">
-        <v>1.53</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B28" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C28" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="D28">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E28"/>
       <c r="F28">
         <v>2021</v>
       </c>
       <c r="G28" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H28">
-        <v>3.74</v>
+        <v>4.93</v>
       </c>
       <c r="I28">
-        <v>1.5</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B29" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C29" t="s">
-        <v>115</v>
+        <v>46</v>
       </c>
       <c r="D29">
-        <v>2300</v>
+        <v>87</v>
       </c>
       <c r="E29" t="s">
         <v>116</v>
       </c>
       <c r="F29">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G29" t="s">
         <v>117</v>
       </c>
-      <c r="H29"/>
+      <c r="H29">
+        <v>3.74</v>
+      </c>
       <c r="I29">
-        <v>0.19</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>118</v>
       </c>
       <c r="B30" t="s">
         <v>119</v>
       </c>
       <c r="C30" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="D30">
         <v>2300</v>
       </c>
       <c r="E30" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F30">
         <v>2020</v>
       </c>
       <c r="G30" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="H30"/>
       <c r="I30">
         <v>0.19</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B31" t="s">
-        <v>102</v>
+        <v>124</v>
       </c>
       <c r="C31" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="D31">
         <v>2300</v>
       </c>
       <c r="E31" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="F31">
         <v>2020</v>
       </c>
       <c r="G31" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="H31"/>
       <c r="I31">
         <v>0.19</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B32" t="s">
-        <v>126</v>
+        <v>107</v>
       </c>
       <c r="C32" t="s">
-        <v>19</v>
+        <v>120</v>
       </c>
       <c r="D32">
-        <v>322</v>
-[...2 lines deleted...]
-        <v>106877</v>
+        <v>2300</v>
+      </c>
+      <c r="E32" t="s">
+        <v>128</v>
       </c>
       <c r="F32">
         <v>2020</v>
       </c>
       <c r="G32" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-      </c>
+        <v>129</v>
+      </c>
+      <c r="H32"/>
       <c r="I32">
-        <v>0.78</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B33" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C33" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="D33">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="E33">
-        <v>106835</v>
+        <v>106877</v>
       </c>
       <c r="F33">
         <v>2020</v>
       </c>
       <c r="G33" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="H33">
         <v>2.23</v>
       </c>
       <c r="I33">
         <v>0.78</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B34" t="s">
-        <v>119</v>
+        <v>134</v>
       </c>
       <c r="C34" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D34">
-        <v>117</v>
+        <v>320</v>
       </c>
       <c r="E34">
-        <v>103701</v>
+        <v>106835</v>
       </c>
       <c r="F34">
         <v>2020</v>
       </c>
       <c r="G34" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="H34">
-        <v>3.79</v>
+        <v>2.23</v>
       </c>
       <c r="I34">
-        <v>1.18</v>
+        <v>0.78</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="B35" t="s">
-        <v>134</v>
+        <v>124</v>
       </c>
       <c r="C35" t="s">
-        <v>135</v>
+        <v>32</v>
       </c>
       <c r="D35">
-        <v>11</v>
+        <v>117</v>
       </c>
       <c r="E35">
-        <v>3840</v>
+        <v>103701</v>
       </c>
       <c r="F35">
         <v>2020</v>
       </c>
       <c r="G35" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="H35">
-        <v>14.92</v>
+        <v>3.79</v>
       </c>
       <c r="I35">
-        <v>5.56</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B36" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C36" t="s">
-        <v>99</v>
+        <v>140</v>
       </c>
       <c r="D36">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="E36">
-        <v>100803</v>
+        <v>3840</v>
       </c>
       <c r="F36">
         <v>2020</v>
       </c>
       <c r="G36" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="H36">
-        <v>2.45</v>
+        <v>14.92</v>
       </c>
       <c r="I36">
-        <v>0.58</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B37" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C37" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-      <c r="E37"/>
+        <v>104</v>
+      </c>
+      <c r="D37">
+        <v>41</v>
+      </c>
+      <c r="E37">
+        <v>100803</v>
+      </c>
       <c r="F37">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G37" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="H37">
-        <v>3.6</v>
+        <v>2.45</v>
       </c>
       <c r="I37">
-        <v>1.34</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B38" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C38" t="s">
-        <v>145</v>
+        <v>32</v>
       </c>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38">
         <v>2019</v>
       </c>
-      <c r="G38"/>
-[...1 lines deleted...]
-      <c r="I38"/>
+      <c r="G38" t="s">
+        <v>147</v>
+      </c>
+      <c r="H38">
+        <v>3.6</v>
+      </c>
+      <c r="I38">
+        <v>1.34</v>
+      </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B39" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C39" t="s">
-        <v>27</v>
-[...6 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="D39"/>
+      <c r="E39"/>
       <c r="F39">
         <v>2019</v>
       </c>
-      <c r="G39" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G39"/>
+      <c r="H39"/>
+      <c r="I39"/>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B40" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C40" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-      <c r="E40"/>
+        <v>32</v>
+      </c>
+      <c r="D40">
+        <v>114</v>
+      </c>
+      <c r="E40">
+        <v>31103</v>
+      </c>
       <c r="F40">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G40" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-      <c r="I40"/>
+        <v>153</v>
+      </c>
+      <c r="H40">
+        <v>3.6</v>
+      </c>
+      <c r="I40">
+        <v>1.34</v>
+      </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B41" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C41" t="s">
-        <v>103</v>
-[...6 lines deleted...]
-      </c>
+        <v>156</v>
+      </c>
+      <c r="D41"/>
+      <c r="E41"/>
       <c r="F41">
         <v>2018</v>
       </c>
       <c r="G41" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="H41"/>
-      <c r="I41">
-[...1 lines deleted...]
-      </c>
+      <c r="I41"/>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B42" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C42" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>108</v>
+      </c>
+      <c r="D42" t="s">
+        <v>160</v>
       </c>
       <c r="E42">
-        <v>174302</v>
+        <v>12015</v>
       </c>
       <c r="F42">
         <v>2018</v>
       </c>
       <c r="G42" t="s">
-        <v>160</v>
-[...3 lines deleted...]
-      </c>
+        <v>161</v>
+      </c>
+      <c r="H42"/>
       <c r="I42">
-        <v>1.5</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B43" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C43" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D43">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>164</v>
+        <v>98</v>
+      </c>
+      <c r="E43">
+        <v>174302</v>
       </c>
       <c r="F43">
         <v>2018</v>
       </c>
       <c r="G43" t="s">
         <v>165</v>
       </c>
       <c r="H43">
-        <v>1.41</v>
+        <v>3.74</v>
       </c>
       <c r="I43">
-        <v>0.5</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>166</v>
       </c>
       <c r="B44" t="s">
         <v>167</v>
       </c>
       <c r="C44" t="s">
-        <v>19</v>
+        <v>168</v>
       </c>
       <c r="D44">
-        <v>291</v>
+        <v>108</v>
       </c>
       <c r="E44" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F44">
         <v>2018</v>
       </c>
       <c r="G44" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H44">
-        <v>2.69</v>
+        <v>1.41</v>
       </c>
       <c r="I44">
-        <v>0.95</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B45" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C45" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-      <c r="E45"/>
+        <v>24</v>
+      </c>
+      <c r="D45">
+        <v>291</v>
+      </c>
+      <c r="E45" t="s">
+        <v>173</v>
+      </c>
       <c r="F45">
         <v>2018</v>
       </c>
-      <c r="G45"/>
-[...1 lines deleted...]
-      <c r="I45"/>
+      <c r="G45" t="s">
+        <v>174</v>
+      </c>
+      <c r="H45">
+        <v>2.69</v>
+      </c>
+      <c r="I45">
+        <v>0.95</v>
+      </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B46" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C46" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46">
         <v>2018</v>
       </c>
-      <c r="G46" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G46"/>
       <c r="H46"/>
       <c r="I46"/>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B47" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C47" t="s">
-        <v>41</v>
-[...6 lines deleted...]
-      </c>
+        <v>180</v>
+      </c>
+      <c r="D47"/>
+      <c r="E47"/>
       <c r="F47">
         <v>2018</v>
       </c>
       <c r="G47" t="s">
-        <v>180</v>
-[...6 lines deleted...]
-      </c>
+        <v>181</v>
+      </c>
+      <c r="H47"/>
+      <c r="I47"/>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B48" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C48" t="s">
-        <v>183</v>
+        <v>46</v>
       </c>
       <c r="D48">
-        <v>215</v>
-[...2 lines deleted...]
-        <v>1700788</v>
+        <v>80</v>
+      </c>
+      <c r="E48" t="s">
+        <v>184</v>
       </c>
       <c r="F48">
         <v>2018</v>
       </c>
       <c r="G48" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="H48">
-        <v>1.8</v>
+        <v>3.86</v>
       </c>
       <c r="I48">
-        <v>0.65</v>
+        <v>1.99</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B49" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C49" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-      <c r="E49"/>
+        <v>188</v>
+      </c>
+      <c r="D49">
+        <v>215</v>
+      </c>
+      <c r="E49">
+        <v>1700788</v>
+      </c>
       <c r="F49">
         <v>2018</v>
       </c>
       <c r="G49" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-      <c r="I49"/>
+        <v>189</v>
+      </c>
+      <c r="H49">
+        <v>1.8</v>
+      </c>
+      <c r="I49">
+        <v>0.65</v>
+      </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B50" t="s">
-        <v>141</v>
+        <v>191</v>
       </c>
       <c r="C50" t="s">
-        <v>27</v>
-[...6 lines deleted...]
-      </c>
+        <v>192</v>
+      </c>
+      <c r="D50"/>
+      <c r="E50"/>
       <c r="F50">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G50" t="s">
-        <v>190</v>
-[...6 lines deleted...]
-      </c>
+        <v>193</v>
+      </c>
+      <c r="H50"/>
+      <c r="I50"/>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B51" t="s">
-        <v>192</v>
+        <v>146</v>
       </c>
       <c r="C51" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="D51">
-        <v>9</v>
+        <v>112</v>
       </c>
       <c r="E51">
-        <v>14020</v>
+        <v>33501</v>
       </c>
       <c r="F51">
         <v>2017</v>
       </c>
       <c r="G51" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="H51">
-        <v>4.78</v>
+        <v>3.5</v>
       </c>
       <c r="I51">
-        <v>2.09</v>
+        <v>1.38</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B52" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C52" t="s">
-        <v>196</v>
-[...3 lines deleted...]
-        <v>197</v>
+        <v>53</v>
+      </c>
+      <c r="D52">
+        <v>9</v>
+      </c>
+      <c r="E52">
+        <v>14020</v>
       </c>
       <c r="F52">
         <v>2017</v>
       </c>
       <c r="G52" t="s">
         <v>198</v>
       </c>
-      <c r="H52"/>
-      <c r="I52"/>
+      <c r="H52">
+        <v>4.78</v>
+      </c>
+      <c r="I52">
+        <v>2.09</v>
+      </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>199</v>
       </c>
       <c r="B53" t="s">
         <v>200</v>
       </c>
       <c r="C53" t="s">
         <v>201</v>
       </c>
       <c r="D53"/>
-      <c r="E53"/>
+      <c r="E53" t="s">
+        <v>202</v>
+      </c>
       <c r="F53">
         <v>2017</v>
       </c>
       <c r="G53" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="H53"/>
       <c r="I53"/>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B54" t="s">
-        <v>192</v>
+        <v>205</v>
       </c>
       <c r="C54" t="s">
-        <v>115</v>
-[...6 lines deleted...]
-      </c>
+        <v>206</v>
+      </c>
+      <c r="D54"/>
+      <c r="E54"/>
       <c r="F54">
         <v>2017</v>
       </c>
       <c r="G54" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="H54"/>
-      <c r="I54">
-[...1 lines deleted...]
-      </c>
+      <c r="I54"/>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="B55" t="s">
-        <v>186</v>
+        <v>197</v>
       </c>
       <c r="C55" t="s">
-        <v>19</v>
+        <v>120</v>
       </c>
       <c r="D55">
-        <v>286</v>
-[...2 lines deleted...]
-        <v>206</v>
+        <v>1874</v>
+      </c>
+      <c r="E55">
+        <v>30033</v>
       </c>
       <c r="F55">
         <v>2017</v>
       </c>
       <c r="G55" t="s">
-        <v>207</v>
-[...3 lines deleted...]
-      </c>
+        <v>209</v>
+      </c>
+      <c r="H55"/>
       <c r="I55">
-        <v>1.18</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B56" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="C56" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-      <c r="E56"/>
+        <v>24</v>
+      </c>
+      <c r="D56">
+        <v>286</v>
+      </c>
+      <c r="E56" t="s">
+        <v>211</v>
+      </c>
       <c r="F56">
         <v>2017</v>
       </c>
       <c r="G56" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-      <c r="I56"/>
+        <v>212</v>
+      </c>
+      <c r="H56">
+        <v>2.59</v>
+      </c>
+      <c r="I56">
+        <v>1.18</v>
+      </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="B57" t="s">
-        <v>211</v>
+        <v>191</v>
       </c>
       <c r="C57" t="s">
-        <v>212</v>
+        <v>201</v>
       </c>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G57" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="H57"/>
       <c r="I57"/>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B58" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C58" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D58"/>
-      <c r="E58" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E58"/>
       <c r="F58">
         <v>2016</v>
       </c>
       <c r="G58" t="s">
         <v>218</v>
       </c>
       <c r="H58"/>
       <c r="I58"/>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>219</v>
       </c>
       <c r="B59" t="s">
         <v>220</v>
       </c>
       <c r="C59" t="s">
         <v>221</v>
       </c>
       <c r="D59"/>
-      <c r="E59"/>
+      <c r="E59" t="s">
+        <v>222</v>
+      </c>
       <c r="F59">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G59" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H59"/>
       <c r="I59"/>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B60" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C60" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60">
         <v>2015</v>
       </c>
       <c r="G60" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="H60"/>
       <c r="I60"/>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B61" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C61" t="s">
-        <v>229</v>
-[...4 lines deleted...]
-      <c r="E61" t="s">
         <v>230</v>
       </c>
+      <c r="D61"/>
+      <c r="E61"/>
       <c r="F61">
         <v>2015</v>
       </c>
       <c r="G61" t="s">
         <v>231</v>
       </c>
       <c r="H61"/>
       <c r="I61"/>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>232</v>
       </c>
       <c r="B62" t="s">
         <v>233</v>
       </c>
       <c r="C62" t="s">
         <v>234</v>
       </c>
-      <c r="D62"/>
+      <c r="D62">
+        <v>28</v>
+      </c>
       <c r="E62" t="s">
         <v>235</v>
       </c>
       <c r="F62">
         <v>2015</v>
       </c>
       <c r="G62" t="s">
         <v>236</v>
       </c>
       <c r="H62"/>
       <c r="I62"/>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>237</v>
       </c>
       <c r="B63" t="s">
         <v>238</v>
       </c>
       <c r="C63" t="s">
         <v>239</v>
       </c>
-      <c r="D63">
-[...1 lines deleted...]
-      </c>
+      <c r="D63"/>
       <c r="E63" t="s">
         <v>240</v>
       </c>
       <c r="F63">
         <v>2015</v>
       </c>
       <c r="G63" t="s">
         <v>241</v>
       </c>
-      <c r="H63">
-[...4 lines deleted...]
-      </c>
+      <c r="H63"/>
+      <c r="I63"/>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>242</v>
       </c>
       <c r="B64" t="s">
         <v>243</v>
       </c>
       <c r="C64" t="s">
-        <v>159</v>
+        <v>244</v>
       </c>
       <c r="D64">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>115155</v>
+        <v>185</v>
+      </c>
+      <c r="E64" t="s">
+        <v>245</v>
       </c>
       <c r="F64">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G64" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="H64">
-        <v>3.74</v>
+        <v>2.13</v>
       </c>
       <c r="I64">
-        <v>2.81</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B65" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C65" t="s">
-        <v>247</v>
+        <v>164</v>
       </c>
       <c r="D65">
         <v>90</v>
       </c>
       <c r="E65">
-        <v>23854</v>
+        <v>115155</v>
       </c>
       <c r="F65">
         <v>2014</v>
       </c>
       <c r="G65" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="H65">
+        <v>3.74</v>
+      </c>
+      <c r="I65">
         <v>2.81</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.31</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B66" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C66" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D66">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>90</v>
+      </c>
+      <c r="E66">
+        <v>23854</v>
       </c>
       <c r="F66">
         <v>2014</v>
       </c>
-      <c r="G66"/>
-[...1 lines deleted...]
-      <c r="I66"/>
+      <c r="G66" t="s">
+        <v>253</v>
+      </c>
+      <c r="H66">
+        <v>2.81</v>
+      </c>
+      <c r="I66">
+        <v>2.31</v>
+      </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B67" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C67" t="s">
-        <v>255</v>
-[...1 lines deleted...]
-      <c r="D67"/>
+        <v>256</v>
+      </c>
+      <c r="D67">
+        <v>2</v>
+      </c>
       <c r="E67" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="F67">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="G67"/>
       <c r="H67"/>
       <c r="I67"/>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B68" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C68" t="s">
-        <v>259</v>
-[...3 lines deleted...]
-      </c>
+        <v>260</v>
+      </c>
+      <c r="D68"/>
       <c r="E68" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="F68">
         <v>2012</v>
       </c>
-      <c r="G68" t="s">
-[...2 lines deleted...]
-      <c r="H68">
+      <c r="G68"/>
+      <c r="H68"/>
+      <c r="I68"/>
+    </row>
+    <row r="69" spans="1:9">
+      <c r="A69" t="s">
+        <v>262</v>
+      </c>
+      <c r="B69" t="s">
+        <v>263</v>
+      </c>
+      <c r="C69" t="s">
+        <v>264</v>
+      </c>
+      <c r="D69">
+        <v>112</v>
+      </c>
+      <c r="E69" t="s">
+        <v>265</v>
+      </c>
+      <c r="F69">
+        <v>2012</v>
+      </c>
+      <c r="G69" t="s">
+        <v>266</v>
+      </c>
+      <c r="H69">
         <v>2.21</v>
       </c>
-      <c r="I68">
+      <c r="I69">
         <v>1.31</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>