--- v0 (2025-10-07)
+++ v1 (2025-11-09)
@@ -68,69 +68,69 @@
   <si>
     <t>Pavel Kustov, Vitaly Yaroshenko, Martin Sandomirskii, Elena Petrova, Maria  Fedorova, Eduard Ageev, Ivan Mukhin, Dmitry Zuev</t>
   </si>
   <si>
     <t>ACS Applied Optical Materials</t>
   </si>
   <si>
     <t>1432−1442</t>
   </si>
   <si>
     <t>10.1021/acsaom.5c00156</t>
   </si>
   <si>
     <t>Spectral physical unclonable functions: downscaling randomness with multi-resonant hybrid particles</t>
   </si>
   <si>
     <t>Martin Sandomirskii, Elena Petrova, Pavel Kustov, Lev Chizhov, Artem Larin, Stephanie Bruyere, Vitaly Yaroshenko, Eduard Ageev, Pavel Belov, Dmitry Zuev</t>
   </si>
   <si>
     <t>Nature Communications</t>
   </si>
   <si>
     <t>10.1038/s41467-025-60121-9</t>
   </si>
   <si>
+    <t>Multiphoton Luminescence in Resonant Silicon Nanoparticles for Physically Unclonable Anticounterfeiting Labels</t>
+  </si>
+  <si>
+    <t>Elena Petrova, Pavel Kustov, Martin Sandomirskii, Yali Sun, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>2023 IEEE 23rd International Conference on Nanotechnology (NANO)</t>
+  </si>
+  <si>
+    <t>10.1109/nano58406.2023.10231179</t>
+  </si>
+  <si>
     <t>Femtosecond Direct Laser Writing on Bi-Layer Gold-Silicon Films for Hidden Data Storage and Random Key Generation</t>
   </si>
   <si>
     <t>Мартин Сандомирский, Екатерина Понкратова, Елена Петрова, Павел Кустов, Артем Ларин, Эдуард Агеев, Дмитрий Зуев</t>
   </si>
   <si>
-    <t>2023 IEEE 23rd International Conference on Nanotechnology (NANO)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/nano58406.2023.10231269</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1109/nano58406.2023.10231179</t>
   </si>
   <si>
     <t>All-dielectric silicon nanoparticles on flexible substrate for anticounterfeiting labels</t>
   </si>
   <si>
     <t>Pavel Kustov, Elena Petrova, Martin Sandomirskii, Dmitry Zuev</t>
   </si>
   <si>
     <t>2022 Sixteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>10.1109/metamaterials54993.2022.9920716</t>
   </si>
   <si>
     <t>Coding of Non‐Linear White‐Light Luminescence from Gold‐Silicon Structures for Physically Unclonable Security Labels</t>
   </si>
   <si>
     <t>Ekaterina Ponkratova, Eduard Ageev, Peter Trifonov, Pavel Kustov, Martin Sandomirskii, Mikhail Zhukov, Artem Larin, Ivan Mukhin, Thierry Belmonte, Alexandre Nomine, Stéphanie Bruyère, Dmitry Zuev</t>
   </si>
   <si>
     <t>Advanced Functional Materials</t>
   </si>
   <si>
     <t>10.1002/adfm.202205859</t>
   </si>