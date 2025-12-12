--- v1 (2025-11-21)
+++ v2 (2025-12-12)
@@ -56,75 +56,75 @@
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
     <t>Design of Qi-Compatible Repeater for Efficient Wireless Power Transfer in Volumetric Resonator</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Andrej Vdovenko, Mikhail Udrov, Mikhail Siganov,  Pavel Seregin, Pavel Belov, Alena Shchelokova</t>
   </si>
   <si>
     <t>2025 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
   </si>
   <si>
     <t>1-4</t>
   </si>
   <si>
     <t>10.1109/wptce62521.2025.11062315</t>
   </si>
   <si>
+    <t>Distance Determination of Active Tag Location in the Near Field of Two Coils on NFC Standard Frequency</t>
+  </si>
+  <si>
+    <t>Julia Grigorovich, Sergey Geyman, Ildar Yusupov, Mikhail Udrov</t>
+  </si>
+  <si>
+    <t>2024 Antennas Design and Measurement International Conference (ADMInC)</t>
+  </si>
+  <si>
+    <t>26-29</t>
+  </si>
+  <si>
+    <t>10.1109/adminc63617.2024.10775556</t>
+  </si>
+  <si>
     <t>Two-Dimensional Near-Field Localization of Active Tag in the NFC Frequency Range</t>
   </si>
   <si>
     <t>Sergey Geyman, Julia Grigorovich, Ildar Yusupov, Mikhail Udrov</t>
   </si>
   <si>
-    <t>2024 Antennas Design and Measurement International Conference (ADMInC)</t>
-[...1 lines deleted...]
-  <si>
     <t>23-25</t>
   </si>
   <si>
     <t>10.1109/adminc63617.2024.10775366</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1109/adminc63617.2024.10775556</t>
   </si>
   <si>
     <t>Temperature Sensing with Passive Ceramic RFID Tag</t>
   </si>
   <si>
     <t>Dmitry Dobrykh, Alyona Maksimenko, Ildar Yusupov, Mikhail Udrov</t>
   </si>
   <si>
     <t>30-32</t>
   </si>
   <si>
     <t>10.1109/adminc63617.2024.10775843</t>
   </si>
   <si>
     <t>Long-range over-a-meter NFC link budget with distributed large-area coils</t>
   </si>
   <si>
     <t>Anton Kharchevskii, Ildar Yusupov, Dmitry Dobrykh, Mikhail Udrov, Sergey Geyman,  Юлия Григорович, Aleksandr Zolotarev, Mikhail Sidorenko, Irina Melchakova, Anna Mikhailovskaya, Pavel Ginzburg</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2024.101327</t>
   </si>
@@ -671,51 +671,51 @@
       <c r="A7" t="s">
         <v>31</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>33</v>
       </c>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
         <v>34</v>
       </c>
       <c r="H7"/>
       <c r="I7"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>35</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="C8" t="s">
         <v>36</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
         <v>37</v>
       </c>
       <c r="F8">
         <v>2023</v>
       </c>
       <c r="G8" t="s">
         <v>38</v>
       </c>
       <c r="H8"/>
       <c r="I8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>