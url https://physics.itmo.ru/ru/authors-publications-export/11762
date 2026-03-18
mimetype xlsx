--- v2 (2025-12-12)
+++ v3 (2026-03-18)
@@ -56,93 +56,93 @@
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
     <t>Design of Qi-Compatible Repeater for Efficient Wireless Power Transfer in Volumetric Resonator</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Andrej Vdovenko, Mikhail Udrov, Mikhail Siganov,  Pavel Seregin, Pavel Belov, Alena Shchelokova</t>
   </si>
   <si>
     <t>2025 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
   </si>
   <si>
     <t>1-4</t>
   </si>
   <si>
     <t>10.1109/wptce62521.2025.11062315</t>
   </si>
   <si>
+    <t>Two-Dimensional Near-Field Localization of Active Tag in the NFC Frequency Range</t>
+  </si>
+  <si>
+    <t>Sergey Geyman, Julia Grigorovich, Ildar Yusupov, Mikhail Udrov</t>
+  </si>
+  <si>
+    <t>2024 Antennas Design and Measurement International Conference (ADMInC)</t>
+  </si>
+  <si>
+    <t>23-25</t>
+  </si>
+  <si>
+    <t>10.1109/adminc63617.2024.10775366</t>
+  </si>
+  <si>
     <t>Distance Determination of Active Tag Location in the Near Field of Two Coils on NFC Standard Frequency</t>
   </si>
   <si>
     <t>Julia Grigorovich, Sergey Geyman, Ildar Yusupov, Mikhail Udrov</t>
   </si>
   <si>
-    <t>2024 Antennas Design and Measurement International Conference (ADMInC)</t>
-[...1 lines deleted...]
-  <si>
     <t>26-29</t>
   </si>
   <si>
     <t>10.1109/adminc63617.2024.10775556</t>
   </si>
   <si>
-    <t>Two-Dimensional Near-Field Localization of Active Tag in the NFC Frequency Range</t>
-[...10 lines deleted...]
-  <si>
     <t>Temperature Sensing with Passive Ceramic RFID Tag</t>
   </si>
   <si>
     <t>Dmitry Dobrykh, Alyona Maksimenko, Ildar Yusupov, Mikhail Udrov</t>
   </si>
   <si>
     <t>30-32</t>
   </si>
   <si>
     <t>10.1109/adminc63617.2024.10775843</t>
   </si>
   <si>
     <t>Long-range over-a-meter NFC link budget with distributed large-area coils</t>
   </si>
   <si>
-    <t>Anton Kharchevskii, Ildar Yusupov, Dmitry Dobrykh, Mikhail Udrov, Sergey Geyman,  Юлия Григорович, Aleksandr Zolotarev, Mikhail Sidorenko, Irina Melchakova, Anna Mikhailovskaya, Pavel Ginzburg</t>
+    <t>Anton Kharchevskii, Ildar Yusupov, Dmitry Dobrykh, Mikhail Udrov, Sergey Geyman, Julia Grigorovich, Aleksandr Zolotarev, Mikhail Sidorenko, Irina Melchakova, Anna Mikhailovskaya, Pavel Ginzburg</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2024.101327</t>
   </si>
   <si>
     <t>Design and demonstration of the volumetric resonator with uniform magnetic field distribution for wireless power transfer</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Andrej Vdovenko, Mikhail Siganov, Leila  Suleiman,  Pavel Seregin, Mikhail Udrov, Alena Shchelokova, Pavel Belov</t>
   </si>
   <si>
     <t>2024 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
   </si>
   <si>
     <t>10.1109/wptce59894.2024.10557310</t>
   </si>
   <si>
     <t>Increasing the Near-Field Interaction of a Flat Spiral Coil by Optimizing the Distribution of Currents in its Turns</t>
   </si>
   <si>
     <t>2023 Antennas Design and Measurement International Conference (ADMInC)</t>
   </si>
@@ -485,51 +485,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="227.516" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="228.801" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
@@ -671,51 +671,51 @@
       <c r="A7" t="s">
         <v>31</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>33</v>
       </c>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
         <v>34</v>
       </c>
       <c r="H7"/>
       <c r="I7"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>35</v>
       </c>
       <c r="B8" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C8" t="s">
         <v>36</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
         <v>37</v>
       </c>
       <c r="F8">
         <v>2023</v>
       </c>
       <c r="G8" t="s">
         <v>38</v>
       </c>
       <c r="H8"/>
       <c r="I8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>