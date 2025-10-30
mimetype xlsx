--- v0 (2025-10-06)
+++ v1 (2025-10-30)
@@ -131,75 +131,75 @@
   <si>
     <t>Universe</t>
   </si>
   <si>
     <t>10.3390/universe7070210</t>
   </si>
   <si>
     <t>Resonant production of high-energy electron-positron pairs and gamma quanta in the quantum electrodynamics processes in strong laser fields</t>
   </si>
   <si>
     <t>Sergei Roshchupkin, Victor Dubov, Alexander Dubov, Dmitriy Doroshenko, Nikita Larin, Georgii Sizykh, Vitaliy Serov</t>
   </si>
   <si>
     <t>High Power Lasers and Applications</t>
   </si>
   <si>
     <t>10.1117/12.2592254</t>
   </si>
   <si>
     <t>Resonant Ultrarelativistic Electron–Positron Pair Production by High-Energy Electrons in the Field of an X-ray Pulsar</t>
   </si>
   <si>
     <t>10.3390/universe6090132</t>
   </si>
   <si>
+    <t>De Haas-van Alphen effect in a silicon nanosandwich: determination of the effective carrier mass</t>
+  </si>
+  <si>
+    <t>V V Romanov, N T Bagraev, V A Kozhevnikov, Georgii Sizykh, C T Tracey</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012013</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1236/1/012013</t>
+  </si>
+  <si>
     <t>2D electron gas density of states at the Fermi level in silicon nanosandwich</t>
   </si>
   <si>
     <t>V V Romanov, N T Bagraev, V A Kozhevnikov, Georgii Sizykh</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012014</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1236/1/012014</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1088/1742-6596/1236/1/012013</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>