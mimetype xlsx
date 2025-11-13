--- v0 (2025-10-08)
+++ v1 (2025-11-13)
@@ -12,77 +12,101 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Halide perovskite volatile unipolar nanomemristor</t>
+  </si>
+  <si>
+    <t>Abolfazl Mahmudpur, Prokhor Alekseev, Ksenia A. Gasnikova, Kuzmenko Natalia, Artem Larin, Sergey Makarov, Aleksandra Furasova</t>
+  </si>
+  <si>
+    <t>Opto-Electronic Advances</t>
+  </si>
+  <si>
+    <t>10.29026/oea.2025.250110</t>
+  </si>
+  <si>
+    <t>Stabilization of interfaces for double-cation halide perovskites with AVA2FAPb2I7 additives</t>
+  </si>
+  <si>
+    <t>Lev O. Luchnikov, Ekaterina A. Ilicheva, Victor A. Voronov, Prokhor Alekseev, Mikhail Dunaevskiy, Vladislav  Kalinichenko, Vladimir Ivanov, Aleksandra Furasova, Daria A. Krupanova, Ekaterina V. Tekshina, Sergey A. Kozyukhin, Dmitry S. Muratov, Polina K. Sukhorukova, Marina I. Voronova, Danila S. Saranin, Evgenii Terukov</t>
+  </si>
+  <si>
+    <t>Applied Surface Science</t>
+  </si>
+  <si>
+    <t>10.1016/j.apsusc.2025.164693</t>
   </si>
   <si>
     <t>Engineering whispering gallery modes in MoSe2/WS2 double heterostructure nanocavities: Towards developing all-TMDC light sources</t>
   </si>
   <si>
     <t>Prokhor Alekseev, I.A. Milekhin, K.A. Gasnikova, I.A. Eliseyev, V. Yu. Davydov, Andrey Bogdanov, Vasily Kravtsov, Alexey Mikhin, B.R. Borodin, A.G. Milekhin</t>
   </si>
   <si>
     <t>Materials Today Nano</t>
   </si>
   <si>
     <t>10.1016/j.mtnano.2025.100633</t>
   </si>
   <si>
     <t>Mechanical scanning probe lithography of perovskites for fabrication of high-Q planar polaritonic cavities</t>
   </si>
   <si>
     <t>Nikita Glebov, Mikhail Masharin, B. Borodin, Prokhor Alekseev, Fedor Benimetskiy, Sergey Makarov, Anton Samusev</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/5.0142570</t>
   </si>
@@ -440,207 +464,265 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I5"/>
+  <dimension ref="A1:I7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="152.106" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="195.667" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="379.764" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="E2">
-        <v>100633</v>
+        <v>250110</v>
       </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
-        <v>12.36</v>
-[...1 lines deleted...]
-      <c r="I2"/>
+        <v>9.64</v>
+      </c>
+      <c r="I2">
+        <v>0.12</v>
+      </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
-        <v>122</v>
+        <v>716</v>
       </c>
       <c r="E3">
-        <v>141103</v>
+        <v>164693</v>
       </c>
       <c r="F3">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3">
-        <v>3.97</v>
+        <v>6.71</v>
       </c>
       <c r="I3">
-        <v>1.03</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="E4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E4">
+        <v>100633</v>
+      </c>
+      <c r="F4">
+        <v>2025</v>
+      </c>
+      <c r="G4" t="s">
         <v>20</v>
       </c>
-      <c r="F4">
-[...4 lines deleted...]
-      </c>
       <c r="H4">
-        <v>11.68</v>
-[...3 lines deleted...]
-      </c>
+        <v>12.36</v>
+      </c>
+      <c r="I4"/>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B5" t="s">
         <v>22</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>23</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5">
+        <v>122</v>
+      </c>
+      <c r="E5">
+        <v>141103</v>
+      </c>
+      <c r="F5">
+        <v>2023</v>
+      </c>
+      <c r="G5" t="s">
         <v>24</v>
       </c>
-      <c r="D5">
+      <c r="H5">
+        <v>3.97</v>
+      </c>
+      <c r="I5">
+        <v>1.03</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
+      <c r="A6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" t="s">
+        <v>26</v>
+      </c>
+      <c r="C6" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6">
+        <v>8</v>
+      </c>
+      <c r="E6" t="s">
+        <v>28</v>
+      </c>
+      <c r="F6">
+        <v>2023</v>
+      </c>
+      <c r="G6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H6">
+        <v>11.68</v>
+      </c>
+      <c r="I6">
+        <v>2.49</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
+      <c r="A7" t="s">
+        <v>30</v>
+      </c>
+      <c r="B7" t="s">
+        <v>31</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7">
         <v>2300</v>
       </c>
-      <c r="E5" t="s">
-[...2 lines deleted...]
-      <c r="F5">
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7">
         <v>2020</v>
       </c>
-      <c r="G5" t="s">
-[...3 lines deleted...]
-      <c r="I5">
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7">
         <v>0.19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>