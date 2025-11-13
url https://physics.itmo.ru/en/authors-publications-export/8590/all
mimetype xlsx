--- v0 (2025-10-08)
+++ v1 (2025-11-13)
@@ -12,79 +12,103 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Bound states in the continuum in a wire medium</t>
+  </si>
+  <si>
+    <t>Evgeniy Koreshin, Sergey Gladishev, Ivan Matchenya, Rustam  Balafendiev, Ivan  Terekhov, Pavel Belov, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>Physical Review B</t>
+  </si>
+  <si>
+    <t>10.1103/wvv8-qdk5</t>
+  </si>
+  <si>
+    <t>Short‐Term Bienenstock‐Cooper‐Munro Learning in Optoelectrically‐Driven Flexible Halide Perovskite Single Crystal Memristors</t>
+  </si>
+  <si>
+    <t>Ivan Matchenya, Anton Khanas, Roman Podgornyi, Daniil Shirkin, Aleksei Ekgardt,  Sizykh Nikita, Sergey Anoshkin, Dmitry V. Krasnikov, Alexey Yulin, Albert G. Nasibulin, Ivan G. Scheblykin, Anatoly Pushkarev, Andrei Zenkevich, Juan Bisquert, Alexandr Marunchenko</t>
+  </si>
+  <si>
+    <t>Small Methods</t>
+  </si>
+  <si>
+    <t>10.1002/smtd.202500203</t>
+  </si>
+  <si>
     <t>Extreme Electron‐Photon Interaction in Disordered Perovskites</t>
   </si>
   <si>
     <t>Sergey S. Kharintsev, Elina I. Battalova, Ivan Matchenya, Albert G. Nasibulin, Alexandr Marunchenko, Anatoly Pushkarev</t>
   </si>
   <si>
     <t>Advanced Science</t>
   </si>
   <si>
     <t>10.1002/advs.202405709</t>
   </si>
   <si>
     <t>Metal-organic framework single crystal for in-memory neuromorphic computing with a light control</t>
   </si>
   <si>
     <t>Semyon Bachinin, Alexandr Marunchenko, Ivan Matchenya, Nikolaj Zhestkij, Vladimir Shirobokov, Ekaterina Gunina, Alexander Novikov, Maria Timofeeva, Svyatoslav Povarov, Fengting Li, Valentin Milichko</t>
   </si>
   <si>
     <t>Communications Materials</t>
   </si>
   <si>
     <t>10.1038/s43246-024-00573-6</t>
   </si>
   <si>
     <t>Charge Trapping and Defect Dynamics as Origin of Memory Effects in Metal Halide Perovskite Memlumors</t>
@@ -108,53 +132,50 @@
     <t>Ivan Matchenya, Alexandr Marunchenko, Nikita A. Sizykh, Andrei V. Zenkevich, Albert G. Nasibulin, Anatoly Pushkarev</t>
   </si>
   <si>
     <t>XVI International Conference on Pulsed Lasers and Laser Applications</t>
   </si>
   <si>
     <t>10.1117/12.3009477</t>
   </si>
   <si>
     <t>Wide-Angle Broadband Metamaterial Lens Based On Double Wire Medium</t>
   </si>
   <si>
     <t>Ivan Matchenya, Grigorij Karsakov, Evgeniy Koreshin</t>
   </si>
   <si>
     <t>2023 Seventeenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>10.1109/metamaterials58257.2023.10289617</t>
   </si>
   <si>
     <t>Electrostatic screening in a wire medium</t>
   </si>
   <si>
     <t>Evgeniy Koreshin, Ivan Matchenya, Grigorij Karsakov, Denis Iliyin, Ivan Iorsh, Pavel Belov</t>
-  </si>
-[...1 lines deleted...]
-    <t>Physical Review B</t>
   </si>
   <si>
     <t>10.1103/physrevb.107.115170</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -461,243 +482,297 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I7"/>
+  <dimension ref="A1:I9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="119.114" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="285.359" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="147.393" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="308.925" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="123.827" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
-      <c r="D2"/>
+      <c r="D2">
+        <v>112</v>
+      </c>
       <c r="E2"/>
       <c r="F2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
-        <v>16.81</v>
+        <v>4.04</v>
       </c>
       <c r="I2">
-        <v>5.39</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="E3"/>
       <c r="F3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3">
-        <v>9.6</v>
+        <v>14.19</v>
       </c>
       <c r="I3">
-        <v>2.13</v>
+        <v>4.66</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4"/>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E4"/>
       <c r="F4">
         <v>2024</v>
       </c>
       <c r="G4" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="H4">
-        <v>6.89</v>
+        <v>16.81</v>
       </c>
       <c r="I4">
-        <v>1.85</v>
+        <v>5.39</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B5" t="s">
         <v>22</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>23</v>
       </c>
-      <c r="C5" t="s">
-[...2 lines deleted...]
-      <c r="D5"/>
+      <c r="D5">
+        <v>5</v>
+      </c>
       <c r="E5"/>
       <c r="F5">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G5" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-      <c r="I5"/>
+        <v>24</v>
+      </c>
+      <c r="H5">
+        <v>9.6</v>
+      </c>
+      <c r="I5">
+        <v>2.13</v>
+      </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" t="s">
         <v>26</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>27</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6"/>
+      <c r="E6" t="s">
         <v>28</v>
       </c>
-      <c r="D6"/>
-      <c r="E6"/>
       <c r="F6">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G6" t="s">
         <v>29</v>
       </c>
-      <c r="H6"/>
-      <c r="I6"/>
+      <c r="H6">
+        <v>6.89</v>
+      </c>
+      <c r="I6">
+        <v>1.85</v>
+      </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>30</v>
       </c>
       <c r="B7" t="s">
         <v>31</v>
       </c>
       <c r="C7" t="s">
         <v>32</v>
       </c>
-      <c r="D7">
-[...1 lines deleted...]
-      </c>
+      <c r="D7"/>
       <c r="E7"/>
       <c r="F7">
         <v>2023</v>
       </c>
       <c r="G7" t="s">
         <v>33</v>
       </c>
-      <c r="H7">
+      <c r="H7"/>
+      <c r="I7"/>
+    </row>
+    <row r="8" spans="1:9">
+      <c r="A8" t="s">
+        <v>34</v>
+      </c>
+      <c r="B8" t="s">
+        <v>35</v>
+      </c>
+      <c r="C8" t="s">
+        <v>36</v>
+      </c>
+      <c r="D8"/>
+      <c r="E8"/>
+      <c r="F8">
+        <v>2023</v>
+      </c>
+      <c r="G8" t="s">
+        <v>37</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+    </row>
+    <row r="9" spans="1:9">
+      <c r="A9" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" t="s">
+        <v>39</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9">
+        <v>107</v>
+      </c>
+      <c r="E9"/>
+      <c r="F9">
+        <v>2023</v>
+      </c>
+      <c r="G9" t="s">
+        <v>40</v>
+      </c>
+      <c r="H9">
         <v>3.91</v>
       </c>
-      <c r="I7">
+      <c r="I9">
         <v>1.54</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>