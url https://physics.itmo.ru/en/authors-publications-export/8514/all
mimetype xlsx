--- v0 (2025-10-03)
+++ v1 (2025-11-11)
@@ -41,72 +41,72 @@
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Design of Qi-Compatible Repeater for Efficient Wireless Power Transfer in Volumetric Resonator</t>
+  </si>
+  <si>
+    <t>Aigerim Jandaliyeva, Andrej Vdovenko, Mikhail Udrov, Mikhail Siganov,  Pavel Seregin, Pavel Belov, Alena Shchelokova</t>
+  </si>
+  <si>
+    <t>2025 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
+  </si>
+  <si>
+    <t>1-4</t>
+  </si>
+  <si>
+    <t>10.1109/wptce62521.2025.11062315</t>
+  </si>
+  <si>
     <t>Design of a Room-Sized Volumetric Resonator for Wireless Power Transfer with Enhanced Safety</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Nikita Mikhailov, Alena Shchelokova, Pavel Belov</t>
   </si>
   <si>
-    <t>2025 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
-[...4 lines deleted...]
-  <si>
     <t>10.1109/wptce62521.2025.11062152</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1109/wptce62521.2025.11062315</t>
   </si>
   <si>
     <t>Multi-Object Charging in Room-Sized Weakly Coupled WPT System</t>
   </si>
   <si>
     <t>Nikita Mikhailov, Marina Abrosimova, Aigerim Jandaliyeva, Mikhail Siganov, Pavel Belov, Alena Shchelokova</t>
   </si>
   <si>
     <t>2024 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
   </si>
   <si>
     <t>10.1109/wptce59894.2024.10557440</t>
   </si>
   <si>
     <t>Room-Sized Helmholtz-Type Resonator for Ubiquitous Wireless Power Transfer</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Nikita Mikhailov, Andrej Vdovenko, Mikhail Siganov, Evgenii Maiorov,  Pavel Seregin, Alena Shchelokova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1109/wptce59894.2024.10557386</t>
   </si>
   <si>
     <t>Design and demonstration of the volumetric resonator with uniform magnetic field distribution for wireless power transfer</t>
   </si>