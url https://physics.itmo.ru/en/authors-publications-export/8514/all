--- v1 (2025-11-11)
+++ v2 (2025-12-12)
@@ -41,102 +41,102 @@
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Design of a Room-Sized Volumetric Resonator for Wireless Power Transfer with Enhanced Safety</t>
+  </si>
+  <si>
+    <t>Aigerim Jandaliyeva, Nikita Mikhailov, Alena Shchelokova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2025 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
+  </si>
+  <si>
+    <t>1-4</t>
+  </si>
+  <si>
+    <t>10.1109/wptce62521.2025.11062152</t>
+  </si>
+  <si>
     <t>Design of Qi-Compatible Repeater for Efficient Wireless Power Transfer in Volumetric Resonator</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Andrej Vdovenko, Mikhail Udrov, Mikhail Siganov,  Pavel Seregin, Pavel Belov, Alena Shchelokova</t>
   </si>
   <si>
-    <t>2025 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
-[...4 lines deleted...]
-  <si>
     <t>10.1109/wptce62521.2025.11062315</t>
   </si>
   <si>
-    <t>Design of a Room-Sized Volumetric Resonator for Wireless Power Transfer with Enhanced Safety</t>
-[...5 lines deleted...]
-    <t>10.1109/wptce62521.2025.11062152</t>
+    <t>Design and demonstration of the volumetric resonator with uniform magnetic field distribution for wireless power transfer</t>
+  </si>
+  <si>
+    <t>Aigerim Jandaliyeva, Andrej Vdovenko, Mikhail Siganov, Leila  Suleiman,  Pavel Seregin, Mikhail Udrov, Alena Shchelokova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2024 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
+  </si>
+  <si>
+    <t>10.1109/wptce59894.2024.10557310</t>
   </si>
   <si>
     <t>Multi-Object Charging in Room-Sized Weakly Coupled WPT System</t>
   </si>
   <si>
     <t>Nikita Mikhailov, Marina Abrosimova, Aigerim Jandaliyeva, Mikhail Siganov, Pavel Belov, Alena Shchelokova</t>
   </si>
   <si>
-    <t>2024 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/wptce59894.2024.10557440</t>
   </si>
   <si>
     <t>Room-Sized Helmholtz-Type Resonator for Ubiquitous Wireless Power Transfer</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Nikita Mikhailov, Andrej Vdovenko, Mikhail Siganov, Evgenii Maiorov,  Pavel Seregin, Alena Shchelokova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1109/wptce59894.2024.10557386</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1109/wptce59894.2024.10557310</t>
   </si>
   <si>
     <t>Volumetric wireless coils for breast MRI: A comparative analysis of metamaterial-inspired coil, Helmholtz coil, ceramic coil, and solenoid</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Viktor Puchnin, Alena Shchelokova</t>
   </si>
   <si>
     <t>Journal of Magnetic Resonance</t>
   </si>
   <si>
     <t>10.1016/j.jmr.2024.107627</t>
   </si>
   <si>
     <t>Quadrature transceive wireless coil: Design concept and application for bilateral breast MRI at 1.5 T</t>
   </si>
   <si>
     <t>Viktor Puchnin, Aigerim Jandaliyeva, Anna Hurshkainen, Georgiy Solomakha, Anton Nikulin, Polina Petrova, Anna Lavrenteva, Anna Andreychenko, Alena Shchelokova</t>
   </si>
   <si>
     <t>Magnetic Resonance in Medicine</t>
   </si>
   <si>
     <t>10.1002/mrm.29507</t>
   </si>