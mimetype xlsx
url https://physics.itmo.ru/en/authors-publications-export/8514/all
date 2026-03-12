--- v2 (2025-12-12)
+++ v3 (2026-03-12)
@@ -41,102 +41,102 @@
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Design of Qi-Compatible Repeater for Efficient Wireless Power Transfer in Volumetric Resonator</t>
+  </si>
+  <si>
+    <t>Aigerim Jandaliyeva, Andrej Vdovenko, Mikhail Udrov, Mikhail Siganov,  Pavel Seregin, Pavel Belov, Alena Shchelokova</t>
+  </si>
+  <si>
+    <t>2025 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
+  </si>
+  <si>
+    <t>1-4</t>
+  </si>
+  <si>
+    <t>10.1109/wptce62521.2025.11062315</t>
+  </si>
+  <si>
     <t>Design of a Room-Sized Volumetric Resonator for Wireless Power Transfer with Enhanced Safety</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Nikita Mikhailov, Alena Shchelokova, Pavel Belov</t>
   </si>
   <si>
-    <t>2025 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
-[...4 lines deleted...]
-  <si>
     <t>10.1109/wptce62521.2025.11062152</t>
   </si>
   <si>
-    <t>Design of Qi-Compatible Repeater for Efficient Wireless Power Transfer in Volumetric Resonator</t>
-[...5 lines deleted...]
-    <t>10.1109/wptce62521.2025.11062315</t>
+    <t>Room-Sized Helmholtz-Type Resonator for Ubiquitous Wireless Power Transfer</t>
+  </si>
+  <si>
+    <t>Aigerim Jandaliyeva, Nikita Mikhailov, Andrej Vdovenko, Mikhail Siganov, Evgenii Maiorov,  Pavel Seregin, Alena Shchelokova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2024 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
+  </si>
+  <si>
+    <t>10.1109/wptce59894.2024.10557386</t>
   </si>
   <si>
     <t>Design and demonstration of the volumetric resonator with uniform magnetic field distribution for wireless power transfer</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Andrej Vdovenko, Mikhail Siganov, Leila  Suleiman,  Pavel Seregin, Mikhail Udrov, Alena Shchelokova, Pavel Belov</t>
   </si>
   <si>
-    <t>2024 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/wptce59894.2024.10557310</t>
   </si>
   <si>
     <t>Multi-Object Charging in Room-Sized Weakly Coupled WPT System</t>
   </si>
   <si>
     <t>Nikita Mikhailov, Marina Abrosimova, Aigerim Jandaliyeva, Mikhail Siganov, Pavel Belov, Alena Shchelokova</t>
   </si>
   <si>
     <t>10.1109/wptce59894.2024.10557440</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1109/wptce59894.2024.10557386</t>
   </si>
   <si>
     <t>Volumetric wireless coils for breast MRI: A comparative analysis of metamaterial-inspired coil, Helmholtz coil, ceramic coil, and solenoid</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Viktor Puchnin, Alena Shchelokova</t>
   </si>
   <si>
     <t>Journal of Magnetic Resonance</t>
   </si>
   <si>
     <t>10.1016/j.jmr.2024.107627</t>
   </si>
   <si>
     <t>Quadrature transceive wireless coil: Design concept and application for bilateral breast MRI at 1.5 T</t>
   </si>
   <si>
     <t>Viktor Puchnin, Aigerim Jandaliyeva, Anna Hurshkainen, Georgiy Solomakha, Anton Nikulin, Polina Petrova, Anna Lavrenteva, Anna Andreychenko, Alena Shchelokova</t>
   </si>
   <si>
     <t>Magnetic Resonance in Medicine</t>
   </si>
   <si>
     <t>10.1002/mrm.29507</t>
   </si>