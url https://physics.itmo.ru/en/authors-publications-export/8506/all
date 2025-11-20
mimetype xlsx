--- v0 (2025-10-09)
+++ v1 (2025-11-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
@@ -77,50 +77,65 @@
   <si>
     <t>Topological Design of Pyrene‐Based Metal‐Organic Framework Nanosheets as a Luminescent Thermometer for Live Bioimaging</t>
   </si>
   <si>
     <t>Maria Timofeeva, Yuliya Kenzhebayeva, Pavel Alekseevskiy, Anastasia Efimova, Artem Abramov, Sergei Shipilovskikh, Alexander S. Novikov, Nikolay V. Somov, Dmitry I. Pavlov, Xiaolin Yu, Andrei S. Potapov, Pascal Boulet, Nikita Burzak, Aleksandra R. Knyazeva, Nan Li, Vyacheslav Dyachuk, Valentin Milichko</t>
   </si>
   <si>
     <t>Advanced Functional Materials</t>
   </si>
   <si>
     <t>10.1002/adfm.202425904</t>
   </si>
   <si>
     <t>One-step flashlight processing of MOF thin films for non-linear light absorption</t>
   </si>
   <si>
     <t>Nikolaj Zhestkij, Svyatoslav Povarov, Lev Volodin, Rostislav Chelmodeev, Mikhail Melkomukov, Yuliya Kenzhebayeva, Sergei Rzhevskii, Sergei Shipilovskikh, Anastasiia Liubimova, Maria Timofeeva, Valentin Milichko</t>
   </si>
   <si>
     <t>Materials Chemistry Frontiers</t>
   </si>
   <si>
     <t>10.1039/d5qm00166h</t>
   </si>
   <si>
+    <t>Transition metal-based MOFs for Fenton-like photocatalytic degradation of organic pollutants: Performance, stability, and biocompatibility</t>
+  </si>
+  <si>
+    <t>S.M. Tikhanova, Yu.A. Tishchenko, E.Yu. Stovpiaga, Maria Timofeeva, Dmitry  Lipin, Svyatoslav Povarov, Valentin Milichko, Alexander Timin, Sergei Shipilovskikh, V.I. Popkov</t>
+  </si>
+  <si>
+    <t>Environmental Chemistry and Ecotoxicology</t>
+  </si>
+  <si>
+    <t>305-318</t>
+  </si>
+  <si>
+    <t>10.1016/j.enceco.2025.01.003</t>
+  </si>
+  <si>
     <t>A comparative study of plasmonic nanoparticles for targeted photothermal therapy of melanoma tumors using various irradiation modes</t>
   </si>
   <si>
     <t>Lidia Mikhailova, Elizaveta Vysotina, Maria Timofeeva, Elena Kopoleva, Van Gulinian, Olesya Pashina, Konstantin Arabuli, Olga Gusliakova, Ekaterina Prikhozhdenko, Xiaoli Qi,  Петров Андрей, Eduard Ageev, Mihail Petrov, Constantino De Angelis, Mikhail Durymanov, Gleb Sukhorukov, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>Light: Advanced Manufacturing</t>
   </si>
   <si>
     <t>10.37188/lam.2025.005</t>
   </si>
   <si>
     <t>A light-driven ultrafast sensor based on biocompatible solvatochromic metal–organic frameworks</t>
   </si>
   <si>
     <t>Maria Timofeeva, Yuliya Kenzhebayeva, Nikita Burzak, Agniia Bazhenova, Artem Lunev, Alexander S. Novikov, Andrey B. Bondarenko, Sergei Shipilovskikh, Vyacheslav A. Dyachuk, Valentin Milichko</t>
   </si>
   <si>
     <t>Materials Horizons</t>
   </si>
   <si>
     <t>10.1039/d4mh01264j</t>
   </si>
   <si>
     <t>Efficient Solvothermal Synthesis of Defect-Rich Cu-BTC•MOF with Enhanced Electrocatalytic Activity in Alkaline Hydrogen Evolution Reaction</t>
@@ -182,171 +197,204 @@
   <si>
     <t>Metal-organic framework single crystal for in-memory neuromorphic computing with a light control</t>
   </si>
   <si>
     <t>Semyon Bachinin, Alexandr Marunchenko, Ivan Matchenya, Nikolaj Zhestkij, Vladimir Shirobokov, Ekaterina Gunina, Alexander Novikov, Maria Timofeeva, Svyatoslav Povarov, Fengting Li, Valentin Milichko</t>
   </si>
   <si>
     <t>Communications Materials</t>
   </si>
   <si>
     <t>10.1038/s43246-024-00573-6</t>
   </si>
   <si>
     <t>Non-thermal plasma etching of MOF thin films in high optical quality for interference sensing</t>
   </si>
   <si>
     <t>Pavel Alekseevskiy, Maria Timofeeva, Semyon Bachinin, Regis Peignier, Cedric Noel, Pascal Boulet, Thierry Belmonte, Valentin Milichko</t>
   </si>
   <si>
     <t>Optical Materials</t>
   </si>
   <si>
     <t>10.1016/j.optmat.2024.115666</t>
   </si>
   <si>
+    <t>Two-dimensional thin and porous membranes for gas molecules sensing</t>
+  </si>
+  <si>
+    <t>Anastasia Efimova, Pavel Alekseevskiy, Maria Timofeeva, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>Optical Sensing and Detection VIII</t>
+  </si>
+  <si>
+    <t>10.1117/12.3021972</t>
+  </si>
+  <si>
     <t>Application of DUT-4 MOF structure switching for optical and electrical humidity sensing</t>
   </si>
   <si>
     <t>Alexander S. Krylov, Sergei Shipilovskikh, Svetlana N. Krylova, Nina V. Slyusarenko, Maria Timofeeva, Yuliya Kenzhebayeva, Semyon Bachinin, Irina D. Yushina, Aleksandr V. Cherepakhin, Nikolai P. Shestakov, Ivan V. Nemtsev, Alexander N. Vtyurin, Valentin Milichko</t>
   </si>
   <si>
     <t>Dalton Transactions</t>
   </si>
   <si>
     <t>3459-3464</t>
   </si>
   <si>
     <t>10.1039/d4dt00038b</t>
   </si>
   <si>
     <t>MOF thin film memristor prototype of 10×10 memory cells for automated electronic data recording</t>
   </si>
   <si>
     <t>Semyon Bachinin, Anastasiia Liubimova, Artem Polushkin, Sergei Rzhevskii, Maria Timofeeva, Valentin Milichko</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2023.101222</t>
   </si>
   <si>
     <t>Self-assembly of thiophene-based luminescent thin films on flexible substrates.</t>
   </si>
   <si>
     <t>Irina Gorbunova, Maria Timofeeva, Ekaterina Gunina, Yulia O. Sharavyeva, Kseniia Yu. Parkhoma, Daria A. Shipilovskikh, Sergei Shipilovskikh</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2023.101220</t>
   </si>
   <si>
+    <t>Luminescent studies of flexible [DUT-8 (Zn)] metal-organic frameworks</t>
+  </si>
+  <si>
+    <t>Nina V. Slyusarenko, Alexander Krylov, Maria Timofeeva, Sergei Shipilovskikh, Evgenia Slyusareva</t>
+  </si>
+  <si>
+    <t>XVI International Conference on Pulsed Lasers and Laser Applications</t>
+  </si>
+  <si>
+    <t>10.1117/12.3005774</t>
+  </si>
+  <si>
     <t>Laser-Assisted Design of MOF-Derivative Platforms from Nano- to Centimeter Scales for Photonic and Catalytic Applications</t>
   </si>
   <si>
     <t>Ekaterina Gunina, Nikolaj Zhestkij, Maksim Sergeev, Semyon Bachinin, Yuri Mezenov, Nikita Kulachenkov, Maria Timofeeva, Valentina Ivashchenko, Alexander Timin, Sergei Shipilovskikh, Dmitry I. Pavlov, Andrei S. Potapov, Jiang Gong, Laura Khamkhash, Timur Sh. Atabaev, Stephanie Bruyere, Valentin Milichko</t>
   </si>
   <si>
     <t>10.1021/acsami.3c10193</t>
   </si>
   <si>
     <t>Exfoliation of 2D Metal‐Organic Frameworks: toward Advanced Scalable Materials for Optical Sensing</t>
   </si>
   <si>
     <t>Anastasia Efimova, Pavel Alekseevskiy, Maria Timofeeva, Yuliya Kenzhebayeva, Alina Kuleshova, Irina Koryakina,  Pavlov Dmitry I., Taisiya S. Sukhikh, Andrei S. Potapov, Sergei Shipilovskikh, Nan Li, Valentin Milichko</t>
   </si>
   <si>
     <t>Small Methods</t>
   </si>
   <si>
     <t>10.1002/smtd.202300752</t>
   </si>
   <si>
     <t>Nonlinear Metal–Organic Framework Crystals for Efficient Multicolor Coherent Optical Emission</t>
   </si>
   <si>
     <t>Nikolaj Zhestkij, Anastasia Efimova, Yuliya Kenzhebayeva, Maksim V. Dmitriev, Alexander S. Novikov, Irina D. Yushina, Alexander Krylov, Maria Timofeeva, Alena Kulakova, Nadezhda V. Glebova, Andrei A. Krasilin, Sergei Shipilovskikh, Valentin Milichko</t>
   </si>
   <si>
     <t>Advanced Optical Materials</t>
   </si>
   <si>
     <t>10.1002/adom.202300881</t>
   </si>
   <si>
     <t>Thiophene-based thin films with tunable red photoluminescence.</t>
   </si>
   <si>
     <t>Ekaterina Gunina, Maria Timofeeva, Yuliya Kenzhebayeva, Semyon Bachinin, Irina A. Gorbunova, Daria A. Shipilovskikh, Valentin Milichko, Sergei Shipilovskikh</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2023.101168</t>
   </si>
   <si>
+    <t>Synthesis and characterization of ZnBTC-based MOFs: effect of solvents and salt</t>
+  </si>
+  <si>
+    <t>Maria Timofeeva, Andrei Yankin</t>
+  </si>
+  <si>
+    <t>Chimica Techno Acta</t>
+  </si>
+  <si>
+    <t>10.15826/chimtech.2023.10.1.05</t>
+  </si>
+  <si>
     <t>Microfluidic synthesis of metal-organic framework crystals with surface defects for enhanced molecular loading</t>
   </si>
   <si>
     <t>Irina Koryakina, Semyon Bachinin, Elena Gerasimova, Maria Timofeeva, Sergei Shipilovskikh, Anton S. Bukatin, Aleksandr Sakhatskii, Alexander Timin, Valentin Milichko, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>Chemical Engineering Journal</t>
   </si>
   <si>
     <t>10.1016/j.cej.2022.139450</t>
   </si>
   <si>
     <t>Large scale application of triphenylphosphine oxide thin films for a modified catalytic Appel reaction</t>
   </si>
   <si>
     <t>Maria Timofeeva, Pavel Alekseevskiy, Daria A. Shipilovskikh, Sergei Shipilovskikh</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2022.101026</t>
   </si>
   <si>
     <t>Tuneable photoluminescence of TBAPY-based Metal-Organic Complex</t>
   </si>
   <si>
     <t>Maria Timofeeva, Semyon Bachinin, Valentin Milichko</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>012151</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012151</t>
   </si>
   <si>
     <t>Metal-Organic Frameworks for Metal-Ion Batteries: Towards Scalability</t>
   </si>
   <si>
     <t>Semyon Bachinin, Venera Gilemkhanova, Maria Timofeeva, Yuliya Kenzhebayeva, Andrei Yankin, Valentin Milichko</t>
-  </si>
-[...1 lines deleted...]
-    <t>Chimica Techno Acta</t>
   </si>
   <si>
     <t>10.15826/chimtech.2021.8.3.04</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -653,61 +701,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I23"/>
+  <dimension ref="A1:I27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="163.817" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="358.484" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
@@ -787,559 +835,661 @@
       <c r="E4"/>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
         <v>20</v>
       </c>
       <c r="H4">
         <v>7.79</v>
       </c>
       <c r="I4">
         <v>1.86</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>7</v>
+      </c>
+      <c r="E5" t="s">
+        <v>24</v>
       </c>
       <c r="F5">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G5" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="H5"/>
+        <v>25</v>
+      </c>
+      <c r="H5">
+        <v>8.2</v>
+      </c>
       <c r="I5">
-        <v>3.18</v>
+        <v>1.87</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-      <c r="E6"/>
+        <v>28</v>
+      </c>
+      <c r="D6">
+        <v>6</v>
+      </c>
+      <c r="E6">
+        <v>1</v>
+      </c>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="H6"/>
       <c r="I6">
-        <v>4.32</v>
+        <v>3.18</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C7" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      <c r="E7" t="s">
         <v>32</v>
       </c>
+      <c r="D7"/>
+      <c r="E7"/>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
         <v>33</v>
       </c>
       <c r="H7">
-        <v>3.44</v>
+        <v>13.6</v>
       </c>
       <c r="I7">
-        <v>1.5</v>
+        <v>4.32</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>34</v>
       </c>
       <c r="B8" t="s">
         <v>35</v>
       </c>
       <c r="C8" t="s">
         <v>36</v>
       </c>
       <c r="D8">
-        <v>128</v>
+        <v>30</v>
       </c>
       <c r="E8" t="s">
         <v>37</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>38</v>
       </c>
       <c r="H8">
-        <v>4.19</v>
+        <v>3.44</v>
       </c>
       <c r="I8">
-        <v>1.48</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>39</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
       <c r="C9" t="s">
         <v>41</v>
       </c>
-      <c r="D9"/>
-      <c r="E9"/>
+      <c r="D9">
+        <v>128</v>
+      </c>
+      <c r="E9" t="s">
+        <v>42</v>
+      </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H9">
-        <v>12.9</v>
+        <v>4.19</v>
       </c>
       <c r="I9">
-        <v>3.64</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B10" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C10" t="s">
-        <v>45</v>
-[...4 lines deleted...]
-      <c r="E10" t="s">
         <v>46</v>
       </c>
+      <c r="D10"/>
+      <c r="E10"/>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>47</v>
       </c>
       <c r="H10">
-        <v>3.95</v>
+        <v>12.9</v>
       </c>
       <c r="I10">
-        <v>0.9</v>
+        <v>3.64</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>48</v>
       </c>
       <c r="B11" t="s">
         <v>49</v>
       </c>
       <c r="C11" t="s">
         <v>50</v>
       </c>
       <c r="D11">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="E11"/>
+        <v>7</v>
+      </c>
+      <c r="E11" t="s">
+        <v>51</v>
+      </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H11">
-        <v>9.6</v>
+        <v>3.95</v>
       </c>
       <c r="I11">
-        <v>2.13</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B12" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C12" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D12">
-        <v>154</v>
-[...3 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="E12"/>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H12">
-        <v>3.08</v>
+        <v>9.6</v>
       </c>
       <c r="I12">
-        <v>0.6</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B13" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C13" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D13">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>154</v>
+      </c>
+      <c r="E13">
+        <v>115666</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>60</v>
       </c>
       <c r="H13">
-        <v>4.39</v>
+        <v>3.08</v>
       </c>
       <c r="I13">
-        <v>0.98</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>61</v>
       </c>
       <c r="B14" t="s">
         <v>62</v>
       </c>
       <c r="C14" t="s">
         <v>63</v>
       </c>
-      <c r="D14">
-[...1 lines deleted...]
-      </c>
+      <c r="D14"/>
       <c r="E14">
-        <v>101222</v>
+        <v>112</v>
       </c>
       <c r="F14">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>64</v>
       </c>
-      <c r="H14">
-[...4 lines deleted...]
-      </c>
+      <c r="H14"/>
+      <c r="I14"/>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>65</v>
       </c>
       <c r="B15" t="s">
         <v>66</v>
       </c>
       <c r="C15" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="D15">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>101220</v>
+        <v>53</v>
+      </c>
+      <c r="E15" t="s">
+        <v>68</v>
       </c>
       <c r="F15">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G15" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="H15">
-        <v>3.01</v>
+        <v>4.39</v>
       </c>
       <c r="I15">
-        <v>0.55</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B16" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C16" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-      <c r="E16"/>
+        <v>72</v>
+      </c>
+      <c r="D16">
+        <v>58</v>
+      </c>
+      <c r="E16">
+        <v>101222</v>
+      </c>
       <c r="F16">
         <v>2023</v>
       </c>
       <c r="G16" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="H16">
-        <v>10.38</v>
+        <v>3.01</v>
       </c>
       <c r="I16">
-        <v>2.14</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B17" t="s">
+        <v>75</v>
+      </c>
+      <c r="C17" t="s">
         <v>72</v>
       </c>
-      <c r="C17" t="s">
-[...3 lines deleted...]
-      <c r="E17"/>
+      <c r="D17">
+        <v>58</v>
+      </c>
+      <c r="E17">
+        <v>101220</v>
+      </c>
       <c r="F17">
         <v>2023</v>
       </c>
       <c r="G17" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="H17">
-        <v>15.37</v>
+        <v>3.01</v>
       </c>
       <c r="I17">
-        <v>3.63</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B18" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C18" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D18"/>
-      <c r="E18"/>
+      <c r="E18">
+        <v>17</v>
+      </c>
       <c r="F18">
         <v>2023</v>
       </c>
       <c r="G18" t="s">
-        <v>78</v>
-[...6 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B19" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C19" t="s">
-        <v>63</v>
+        <v>11</v>
       </c>
       <c r="D19"/>
-      <c r="E19">
-[...1 lines deleted...]
-      </c>
+      <c r="E19"/>
       <c r="F19">
         <v>2023</v>
       </c>
       <c r="G19" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="H19">
-        <v>3.16</v>
+        <v>10.38</v>
       </c>
       <c r="I19">
-        <v>0.47</v>
+        <v>2.14</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B20" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C20" t="s">
-        <v>84</v>
-[...6 lines deleted...]
-      </c>
+        <v>86</v>
+      </c>
+      <c r="D20"/>
+      <c r="E20"/>
       <c r="F20">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G20" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="H20">
-        <v>16.74</v>
+        <v>15.37</v>
       </c>
       <c r="I20">
-        <v>2.42</v>
+        <v>3.63</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B21" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C21" t="s">
-        <v>63</v>
-[...6 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="D21"/>
+      <c r="E21"/>
       <c r="F21">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G21" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="H21">
-        <v>3.01</v>
+        <v>9.93</v>
       </c>
       <c r="I21">
-        <v>0.55</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="B22" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C22" t="s">
-        <v>91</v>
-[...5 lines deleted...]
-        <v>92</v>
+        <v>72</v>
+      </c>
+      <c r="D22"/>
+      <c r="E22">
+        <v>101168</v>
       </c>
       <c r="F22">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="G22" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="H22">
-        <v>0.55</v>
+        <v>3.16</v>
       </c>
       <c r="I22">
-        <v>0.21</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B23" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C23" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D23">
+        <v>10</v>
+      </c>
+      <c r="E23"/>
+      <c r="F23">
+        <v>2022</v>
+      </c>
+      <c r="G23" t="s">
+        <v>98</v>
+      </c>
+      <c r="H23">
+        <v>0.41</v>
+      </c>
+      <c r="I23">
+        <v>0.15</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
+      <c r="A24" t="s">
+        <v>99</v>
+      </c>
+      <c r="B24" t="s">
+        <v>100</v>
+      </c>
+      <c r="C24" t="s">
+        <v>101</v>
+      </c>
+      <c r="D24">
+        <v>452</v>
+      </c>
+      <c r="E24">
+        <v>139450</v>
+      </c>
+      <c r="F24">
+        <v>2022</v>
+      </c>
+      <c r="G24" t="s">
+        <v>102</v>
+      </c>
+      <c r="H24">
+        <v>16.74</v>
+      </c>
+      <c r="I24">
+        <v>2.42</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25" t="s">
+        <v>103</v>
+      </c>
+      <c r="B25" t="s">
+        <v>104</v>
+      </c>
+      <c r="C25" t="s">
+        <v>72</v>
+      </c>
+      <c r="D25">
+        <v>50</v>
+      </c>
+      <c r="E25">
+        <v>101026</v>
+      </c>
+      <c r="F25">
+        <v>2022</v>
+      </c>
+      <c r="G25" t="s">
+        <v>105</v>
+      </c>
+      <c r="H25">
+        <v>3.01</v>
+      </c>
+      <c r="I25">
+        <v>0.55</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26" t="s">
+        <v>106</v>
+      </c>
+      <c r="B26" t="s">
+        <v>107</v>
+      </c>
+      <c r="C26" t="s">
+        <v>108</v>
+      </c>
+      <c r="D26">
+        <v>2015</v>
+      </c>
+      <c r="E26" t="s">
+        <v>109</v>
+      </c>
+      <c r="F26">
+        <v>2021</v>
+      </c>
+      <c r="G26" t="s">
+        <v>110</v>
+      </c>
+      <c r="H26">
+        <v>0.55</v>
+      </c>
+      <c r="I26">
+        <v>0.21</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27" t="s">
+        <v>111</v>
+      </c>
+      <c r="B27" t="s">
+        <v>112</v>
+      </c>
+      <c r="C27" t="s">
+        <v>97</v>
+      </c>
+      <c r="D27">
         <v>8</v>
       </c>
-      <c r="E23">
+      <c r="E27">
         <v>20210304</v>
       </c>
-      <c r="F23">
+      <c r="F27">
         <v>2021</v>
       </c>
-      <c r="G23" t="s">
-[...3 lines deleted...]
-      <c r="I23">
+      <c r="G27" t="s">
+        <v>113</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27">
         <v>0.13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>