--- v0 (2025-10-08)
+++ v1 (2026-03-11)
@@ -12,79 +12,91 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Boosting Intrinsic Chirality of One‐dimensional Perovskite Single Crystals via Extended Cation Conjugation</t>
+  </si>
+  <si>
+    <t>Wanning Li, Yuliya Kenzhebayeva, Kai Gu, Mahvish Shaheen, Yongyou Zhang, Sergey Makarov, Yu Chen, Haizheng Zhong</t>
+  </si>
+  <si>
+    <t>Advanced Optical Materials</t>
+  </si>
+  <si>
+    <t>10.1002/adom.202503313</t>
+  </si>
+  <si>
     <t>Topological Design of Pyrene‐Based Metal‐Organic Framework Nanosheets as a Luminescent Thermometer for Live Bioimaging</t>
   </si>
   <si>
     <t>Maria Timofeeva, Yuliya Kenzhebayeva, Pavel Alekseevskiy, Anastasia Efimova, Artem Abramov, Sergei Shipilovskikh, Alexander S. Novikov, Nikolay V. Somov, Dmitry I. Pavlov, Xiaolin Yu, Andrei S. Potapov, Pascal Boulet, Nikita Burzak, Aleksandra R. Knyazeva, Nan Li, Vyacheslav Dyachuk, Valentin Milichko</t>
   </si>
   <si>
     <t>Advanced Functional Materials</t>
   </si>
   <si>
     <t>10.1002/adfm.202425904</t>
   </si>
   <si>
     <t>One-step flashlight processing of MOF thin films for non-linear light absorption</t>
   </si>
   <si>
     <t>Nikolaj Zhestkij, Svyatoslav Povarov, Lev Volodin, Rostislav Chelmodeev, Mikhail Melkomukov, Yuliya Kenzhebayeva, Sergei Rzhevskii, Sergei Shipilovskikh, Anastasiia Liubimova, Maria Timofeeva, Valentin Milichko</t>
   </si>
   <si>
     <t>Materials Chemistry Frontiers</t>
   </si>
   <si>
     <t>10.1039/d5qm00166h</t>
   </si>
   <si>
     <t>Ultrathin Lanthanide‐Based Metal‐Organic Nanosheets with Thickness‐ and Temperature‐Driven Light Emission</t>
@@ -225,53 +237,50 @@
     <t>Yuliya Kenzhebayeva, Irina Gorbunova, Arthur Dolgopolov, Maksim V. Dmitriev, Timur Sh. Atabaev, Evgeniia A. Stepanidenko, Anastasia Efimova, Alexander S. Novikov, Sergei Shipilovskikh, Valentin Milichko</t>
   </si>
   <si>
     <t>Advanced Photonics Research</t>
   </si>
   <si>
     <t>10.1002/adpr.202300173</t>
   </si>
   <si>
     <t>Exfoliation of 2D Metal‐Organic Frameworks: toward Advanced Scalable Materials for Optical Sensing</t>
   </si>
   <si>
     <t>Anastasia Efimova, Pavel Alekseevskiy, Maria Timofeeva, Yuliya Kenzhebayeva, Alina Kuleshova, Irina Koryakina,  Pavlov Dmitry I., Taisiya S. Sukhikh, Andrei S. Potapov, Sergei Shipilovskikh, Nan Li, Valentin Milichko</t>
   </si>
   <si>
     <t>Small Methods</t>
   </si>
   <si>
     <t>10.1002/smtd.202300752</t>
   </si>
   <si>
     <t>Nonlinear Metal–Organic Framework Crystals for Efficient Multicolor Coherent Optical Emission</t>
   </si>
   <si>
     <t>Nikolaj Zhestkij, Anastasia Efimova, Yuliya Kenzhebayeva, Maksim V. Dmitriev, Alexander S. Novikov, Irina D. Yushina, Alexander Krylov, Maria Timofeeva, Alena Kulakova, Nadezhda V. Glebova, Andrei A. Krasilin, Sergei Shipilovskikh, Valentin Milichko</t>
-  </si>
-[...1 lines deleted...]
-    <t>Advanced Optical Materials</t>
   </si>
   <si>
     <t>10.1002/adom.202300881</t>
   </si>
   <si>
     <t>Thiophene-based thin films with tunable red photoluminescence.</t>
   </si>
   <si>
     <t>Ekaterina Gunina, Maria Timofeeva, Yuliya Kenzhebayeva, Semyon Bachinin, Irina A. Gorbunova, Daria A. Shipilovskikh, Valentin Milichko, Sergei Shipilovskikh</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2023.101168</t>
   </si>
   <si>
     <t>Dimensionality Mediated Highly Repeatable and Fast Transformation of Coordination Polymer Single Crystals for All-Optical Data Processing</t>
   </si>
   <si>
     <t>Nikita Kulachenkov, Marina Barsukova, Pavel Alekseevskiy, Aleksandr A. Sapianik, Maxim Sergeev, Andrei Yankin, Andrey Krasilin, Semyon Bachinin, Sergei Shipilovskikh, Petr Poturaev, Natalia Medvedeva, Ekaterina Denislamova, Pavel S. Zelenovskiy, Vladimir V. Shilovskikh, Yuliya Kenzhebayeva, Anastasia Efimova, Alexander S. Novikov, Artem  Lunev, Vladimir P. Fedin, Valentin Milichko</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>6972-6981</t>
   </si>
@@ -656,51 +665,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I23"/>
+  <dimension ref="A1:I24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="162.675" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="452.889" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -717,602 +726,627 @@
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
-        <v>18.81</v>
+        <v>9.93</v>
       </c>
       <c r="I2">
-        <v>6.07</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3">
-        <v>7.79</v>
+        <v>18.81</v>
       </c>
       <c r="I3">
-        <v>1.86</v>
+        <v>6.07</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
         <v>20</v>
       </c>
       <c r="H4">
-        <v>13.14</v>
+        <v>7.79</v>
       </c>
       <c r="I4">
-        <v>3.78</v>
+        <v>1.86</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5">
         <v>2025</v>
       </c>
       <c r="G5" t="s">
         <v>24</v>
       </c>
       <c r="H5">
-        <v>16.81</v>
+        <v>13.14</v>
       </c>
       <c r="I5">
-        <v>5.39</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>25</v>
       </c>
       <c r="B6" t="s">
         <v>26</v>
       </c>
       <c r="C6" t="s">
         <v>27</v>
       </c>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G6" t="s">
         <v>28</v>
       </c>
       <c r="H6">
-        <v>13.6</v>
+        <v>16.81</v>
       </c>
       <c r="I6">
-        <v>4.32</v>
+        <v>5.39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>29</v>
       </c>
       <c r="B7" t="s">
         <v>30</v>
       </c>
       <c r="C7" t="s">
         <v>31</v>
       </c>
       <c r="D7"/>
-      <c r="E7">
-[...1 lines deleted...]
-      </c>
+      <c r="E7"/>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
         <v>32</v>
       </c>
-      <c r="H7"/>
-      <c r="I7"/>
+      <c r="H7">
+        <v>13.6</v>
+      </c>
+      <c r="I7">
+        <v>4.32</v>
+      </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>33</v>
       </c>
       <c r="B8" t="s">
         <v>34</v>
       </c>
       <c r="C8" t="s">
         <v>35</v>
       </c>
-      <c r="D8">
-[...2 lines deleted...]
-      <c r="E8"/>
+      <c r="D8"/>
+      <c r="E8">
+        <v>46</v>
+      </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>36</v>
       </c>
-      <c r="H8">
-[...4 lines deleted...]
-      </c>
+      <c r="H8"/>
+      <c r="I8"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>37</v>
       </c>
       <c r="B9" t="s">
         <v>38</v>
       </c>
       <c r="C9" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D9"/>
+        <v>39</v>
+      </c>
+      <c r="D9">
+        <v>5</v>
+      </c>
       <c r="E9"/>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H9">
-        <v>19.92</v>
+        <v>7.5</v>
       </c>
       <c r="I9">
-        <v>5.0</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B10" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C10" t="s">
-        <v>42</v>
-[...6 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="D10"/>
+      <c r="E10"/>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="H10">
-        <v>4.39</v>
+        <v>19.92</v>
       </c>
       <c r="I10">
-        <v>0.98</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>44</v>
+      </c>
+      <c r="B11" t="s">
         <v>45</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>46</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11">
+        <v>53</v>
+      </c>
+      <c r="E11" t="s">
         <v>47</v>
       </c>
-      <c r="D11">
-[...2 lines deleted...]
-      <c r="E11"/>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>48</v>
       </c>
       <c r="H11">
-        <v>3.97</v>
+        <v>4.39</v>
       </c>
       <c r="I11">
-        <v>1.04</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>49</v>
       </c>
       <c r="B12" t="s">
         <v>50</v>
       </c>
       <c r="C12" t="s">
         <v>51</v>
       </c>
-      <c r="D12"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D12">
+        <v>124</v>
+      </c>
+      <c r="E12"/>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>52</v>
       </c>
       <c r="H12">
-        <v>3.16</v>
+        <v>3.97</v>
       </c>
       <c r="I12">
-        <v>0.47</v>
+        <v>1.04</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>53</v>
       </c>
       <c r="B13" t="s">
         <v>54</v>
       </c>
       <c r="C13" t="s">
         <v>55</v>
       </c>
       <c r="D13"/>
-      <c r="E13"/>
+      <c r="E13">
+        <v>101225</v>
+      </c>
       <c r="F13">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>56</v>
       </c>
-      <c r="H13"/>
-      <c r="I13"/>
+      <c r="H13">
+        <v>3.16</v>
+      </c>
+      <c r="I13">
+        <v>0.47</v>
+      </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>57</v>
       </c>
       <c r="B14" t="s">
         <v>58</v>
       </c>
       <c r="C14" t="s">
         <v>59</v>
       </c>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14">
         <v>2023</v>
       </c>
       <c r="G14" t="s">
         <v>60</v>
       </c>
       <c r="H14"/>
       <c r="I14"/>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>61</v>
       </c>
       <c r="B15" t="s">
         <v>62</v>
       </c>
       <c r="C15" t="s">
         <v>63</v>
       </c>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15">
         <v>2023</v>
       </c>
       <c r="G15" t="s">
         <v>64</v>
       </c>
-      <c r="H15">
-[...1 lines deleted...]
-      </c>
+      <c r="H15"/>
       <c r="I15"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>65</v>
       </c>
       <c r="B16" t="s">
         <v>66</v>
       </c>
       <c r="C16" t="s">
         <v>67</v>
       </c>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16">
         <v>2023</v>
       </c>
       <c r="G16" t="s">
         <v>68</v>
       </c>
       <c r="H16">
-        <v>15.37</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.7</v>
+      </c>
+      <c r="I16"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>69</v>
       </c>
       <c r="B17" t="s">
         <v>70</v>
       </c>
       <c r="C17" t="s">
         <v>71</v>
       </c>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17">
         <v>2023</v>
       </c>
       <c r="G17" t="s">
         <v>72</v>
       </c>
       <c r="H17">
-        <v>9.93</v>
+        <v>15.37</v>
       </c>
       <c r="I17">
-        <v>2.89</v>
+        <v>3.63</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>73</v>
       </c>
       <c r="B18" t="s">
         <v>74</v>
       </c>
       <c r="C18" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="D18"/>
-      <c r="E18">
-[...1 lines deleted...]
-      </c>
+      <c r="E18"/>
       <c r="F18">
         <v>2023</v>
       </c>
       <c r="G18" t="s">
         <v>75</v>
       </c>
       <c r="H18">
-        <v>3.16</v>
+        <v>9.93</v>
       </c>
       <c r="I18">
-        <v>0.47</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>76</v>
       </c>
       <c r="B19" t="s">
         <v>77</v>
       </c>
       <c r="C19" t="s">
+        <v>55</v>
+      </c>
+      <c r="D19"/>
+      <c r="E19">
+        <v>101168</v>
+      </c>
+      <c r="F19">
+        <v>2023</v>
+      </c>
+      <c r="G19" t="s">
         <v>78</v>
       </c>
-      <c r="D19">
-[...10 lines deleted...]
-      </c>
       <c r="H19">
-        <v>12.26</v>
+        <v>3.16</v>
       </c>
       <c r="I19">
-        <v>3.76</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>79</v>
+      </c>
+      <c r="B20" t="s">
+        <v>80</v>
+      </c>
+      <c r="C20" t="s">
         <v>81</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20">
+        <v>22</v>
+      </c>
+      <c r="E20" t="s">
         <v>82</v>
-      </c>
-[...7 lines deleted...]
-        <v>846</v>
       </c>
       <c r="F20">
         <v>2022</v>
       </c>
       <c r="G20" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="H20">
-        <v>2.67</v>
+        <v>12.26</v>
       </c>
       <c r="I20">
-        <v>0.46</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>84</v>
+      </c>
+      <c r="B21" t="s">
         <v>85</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>86</v>
       </c>
-      <c r="C21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D21">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>12</v>
+      </c>
+      <c r="E21">
+        <v>846</v>
       </c>
       <c r="F21">
         <v>2022</v>
       </c>
       <c r="G21" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="H21">
-        <v>6.71</v>
+        <v>2.67</v>
       </c>
       <c r="I21">
-        <v>2.98</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>88</v>
+      </c>
+      <c r="B22" t="s">
+        <v>89</v>
+      </c>
+      <c r="C22" t="s">
         <v>90</v>
       </c>
-      <c r="B22" t="s">
+      <c r="D22">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
         <v>91</v>
       </c>
-      <c r="C22" t="s">
+      <c r="F22">
+        <v>2022</v>
+      </c>
+      <c r="G22" t="s">
         <v>92</v>
       </c>
-      <c r="D22">
-[...10 lines deleted...]
-      </c>
       <c r="H22">
-        <v>0.55</v>
+        <v>6.71</v>
       </c>
       <c r="I22">
-        <v>0.21</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>93</v>
+      </c>
+      <c r="B23" t="s">
+        <v>94</v>
+      </c>
+      <c r="C23" t="s">
         <v>95</v>
       </c>
-      <c r="B23" t="s">
+      <c r="D23">
+        <v>2015</v>
+      </c>
+      <c r="E23" t="s">
         <v>96</v>
-      </c>
-[...7 lines deleted...]
-        <v>20210304</v>
       </c>
       <c r="F23">
         <v>2021</v>
       </c>
       <c r="G23" t="s">
+        <v>97</v>
+      </c>
+      <c r="H23">
+        <v>0.55</v>
+      </c>
+      <c r="I23">
+        <v>0.21</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
+      <c r="A24" t="s">
         <v>98</v>
       </c>
-      <c r="H23"/>
-      <c r="I23">
+      <c r="B24" t="s">
+        <v>99</v>
+      </c>
+      <c r="C24" t="s">
+        <v>100</v>
+      </c>
+      <c r="D24">
+        <v>8</v>
+      </c>
+      <c r="E24">
+        <v>20210304</v>
+      </c>
+      <c r="F24">
+        <v>2021</v>
+      </c>
+      <c r="G24" t="s">
+        <v>101</v>
+      </c>
+      <c r="H24"/>
+      <c r="I24">
         <v>0.13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>