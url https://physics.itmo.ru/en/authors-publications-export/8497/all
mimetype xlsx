--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -12,77 +12,92 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Highly Nonlinear Metal‐Organic Framework Microcrystal for Ultrabroadband and Multiwavelength Coherent Light Emission</t>
+  </si>
+  <si>
+    <t>Nikolaj Zhestkij, Svyatoslav Povarov, Sergei Shipilovskikh, Irina D. Yushina, Jean‐François Pierson, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>Laser &amp; Photonics Reviews</t>
+  </si>
+  <si>
+    <t>e01152</t>
+  </si>
+  <si>
+    <t>10.1002/lpor.202501152</t>
   </si>
   <si>
     <t>One-step flashlight processing of MOF thin films for non-linear light absorption</t>
   </si>
   <si>
     <t>Nikolaj Zhestkij, Svyatoslav Povarov, Lev Volodin, Rostislav Chelmodeev, Mikhail Melkomukov, Yuliya Kenzhebayeva, Sergei Rzhevskii, Sergei Shipilovskikh, Anastasiia Liubimova, Maria Timofeeva, Valentin Milichko</t>
   </si>
   <si>
     <t>Materials Chemistry Frontiers</t>
   </si>
   <si>
     <t>10.1039/d5qm00166h</t>
   </si>
   <si>
     <t>Ultrathin Lanthanide‐Based Metal‐Organic Nanosheets with Thickness‐ and Temperature‐Driven Light Emission</t>
   </si>
   <si>
     <t>Pavel Alekseevskiy, Xiaolin Yu, Anastasia Efimova, Nikolaj Zhestkij, Yuri Mezenov, Yuliya Kenzhebayeva, Svyatoslav Povarov, Anastasiia Liubimova, Semyon Bachinin, Evgeniia Stepanidenko, Vyacheslav Dyachuk, Nan Li, Vladimir P. Fedin, Andrei S. Potapov, Valentin Milichko</t>
   </si>
   <si>
     <t>Laser &amp;amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202401912</t>
   </si>
@@ -551,51 +566,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I15"/>
+  <dimension ref="A1:I16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="196.952" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="358.484" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -610,402 +625,429 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2"/>
-      <c r="E2"/>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H2">
-        <v>7.79</v>
+        <v>13.14</v>
       </c>
       <c r="I2">
-        <v>1.86</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="H3">
-        <v>13.14</v>
+        <v>7.79</v>
       </c>
       <c r="I3">
-        <v>3.78</v>
+        <v>1.86</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C4" t="s">
-        <v>19</v>
-[...4 lines deleted...]
-      <c r="E4" t="s">
         <v>20</v>
       </c>
+      <c r="D4"/>
+      <c r="E4"/>
       <c r="F4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G4" t="s">
         <v>21</v>
       </c>
       <c r="H4">
-        <v>4.19</v>
+        <v>13.14</v>
       </c>
       <c r="I4">
-        <v>1.48</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
         <v>23</v>
       </c>
       <c r="C5" t="s">
         <v>24</v>
       </c>
       <c r="D5">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="E5"/>
+        <v>128</v>
+      </c>
+      <c r="E5" t="s">
+        <v>25</v>
+      </c>
       <c r="F5">
         <v>2024</v>
       </c>
       <c r="G5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H5">
-        <v>9.6</v>
+        <v>4.19</v>
       </c>
       <c r="I5">
-        <v>2.13</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="D6">
+        <v>5</v>
+      </c>
+      <c r="E6"/>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="I6"/>
+        <v>30</v>
+      </c>
+      <c r="H6">
+        <v>9.6</v>
+      </c>
+      <c r="I6">
+        <v>2.13</v>
+      </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D7"/>
-      <c r="E7"/>
+      <c r="E7">
+        <v>47</v>
+      </c>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
-        <v>33</v>
-[...6 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G8" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-      <c r="I8"/>
+        <v>38</v>
+      </c>
+      <c r="H8">
+        <v>19.92</v>
+      </c>
+      <c r="I8">
+        <v>5.0</v>
+      </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C9" t="s">
-        <v>40</v>
-[...6 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="D9"/>
+      <c r="E9"/>
       <c r="F9">
         <v>2023</v>
       </c>
       <c r="G9" t="s">
-        <v>41</v>
-[...6 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B10" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C10" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-      <c r="E10"/>
+        <v>45</v>
+      </c>
+      <c r="D10">
+        <v>57</v>
+      </c>
+      <c r="E10">
+        <v>101198</v>
+      </c>
       <c r="F10">
         <v>2023</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H10">
-        <v>10.38</v>
+        <v>3.16</v>
       </c>
       <c r="I10">
-        <v>2.14</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C11" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11">
         <v>2023</v>
       </c>
       <c r="G11" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H11">
-        <v>9.93</v>
+        <v>10.38</v>
       </c>
       <c r="I11">
-        <v>2.89</v>
+        <v>2.14</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C12" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="D12"/>
-      <c r="E12">
-[...1 lines deleted...]
-      </c>
+      <c r="E12"/>
       <c r="F12">
         <v>2023</v>
       </c>
       <c r="G12" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="H12">
-        <v>3.16</v>
+        <v>9.93</v>
       </c>
       <c r="I12">
-        <v>0.47</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B13" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C13" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="D13"/>
       <c r="E13">
-        <v>846</v>
+        <v>101145</v>
       </c>
       <c r="F13">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G13" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H13">
-        <v>2.67</v>
+        <v>3.16</v>
       </c>
       <c r="I13">
-        <v>0.46</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B14" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="D14">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="E14">
-        <v>100990</v>
+        <v>846</v>
       </c>
       <c r="F14">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G14" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="H14">
-        <v>3.01</v>
+        <v>2.67</v>
       </c>
       <c r="I14">
-        <v>0.55</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B15" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C15" t="s">
-        <v>62</v>
+        <v>45</v>
       </c>
       <c r="D15">
-        <v>8</v>
+        <v>48</v>
       </c>
       <c r="E15">
-        <v>20218411</v>
+        <v>100990</v>
       </c>
       <c r="F15">
         <v>2021</v>
       </c>
       <c r="G15" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-      <c r="I15"/>
+        <v>64</v>
+      </c>
+      <c r="H15">
+        <v>3.01</v>
+      </c>
+      <c r="I15">
+        <v>0.55</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16" t="s">
+        <v>65</v>
+      </c>
+      <c r="B16" t="s">
+        <v>66</v>
+      </c>
+      <c r="C16" t="s">
+        <v>67</v>
+      </c>
+      <c r="D16">
+        <v>8</v>
+      </c>
+      <c r="E16">
+        <v>20218411</v>
+      </c>
+      <c r="F16">
+        <v>2021</v>
+      </c>
+      <c r="G16" t="s">
+        <v>68</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>