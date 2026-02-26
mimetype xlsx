--- v1 (2025-10-27)
+++ v2 (2026-02-26)
@@ -12,77 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Fiber-Integrated Metal–Organic Framework Nanosheets for Light Emission and Microendoscopy</t>
+  </si>
+  <si>
+    <t>Pavel Alekseevskiy, Anastasia Efimova, Svyatoslav Povarov, Nikolaj Zhestkij, Pavel A. Demakov, Nikita Burzak, Vyacheslav A. Dyachuk, Vladimir P. Fedin, Andrei S. Potapov, Xiaolin Yu, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>ACS Applied Nano Materials</t>
+  </si>
+  <si>
+    <t>10.1021/acsanm.5c04932</t>
   </si>
   <si>
     <t>Highly Nonlinear Metal‐Organic Framework Microcrystal for Ultrabroadband and Multiwavelength Coherent Light Emission</t>
   </si>
   <si>
     <t>Nikolaj Zhestkij, Svyatoslav Povarov, Sergei Shipilovskikh, Irina D. Yushina, Jean‐François Pierson, Valentin Milichko</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>e01152</t>
   </si>
   <si>
     <t>10.1002/lpor.202501152</t>
   </si>
   <si>
     <t>One-step flashlight processing of MOF thin films for non-linear light absorption</t>
   </si>
   <si>
     <t>Nikolaj Zhestkij, Svyatoslav Povarov, Lev Volodin, Rostislav Chelmodeev, Mikhail Melkomukov, Yuliya Kenzhebayeva, Sergei Rzhevskii, Sergei Shipilovskikh, Anastasiia Liubimova, Maria Timofeeva, Valentin Milichko</t>
   </si>
   <si>
     <t>Materials Chemistry Frontiers</t>
   </si>
@@ -566,51 +578,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I16"/>
+  <dimension ref="A1:I17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="196.952" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="358.484" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -625,429 +637,454 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2"/>
-      <c r="E2" t="s">
+      <c r="E2"/>
+      <c r="F2">
+        <v>2026</v>
+      </c>
+      <c r="G2" t="s">
         <v>12</v>
       </c>
-      <c r="F2">
-[...4 lines deleted...]
-      </c>
       <c r="H2">
-        <v>13.14</v>
+        <v>5.64</v>
       </c>
       <c r="I2">
-        <v>3.78</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
         <v>14</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3"/>
+      <c r="E3" t="s">
         <v>16</v>
       </c>
-      <c r="D3"/>
-      <c r="E3"/>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3">
-        <v>7.79</v>
+        <v>13.14</v>
       </c>
       <c r="I3">
-        <v>1.86</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
         <v>21</v>
       </c>
       <c r="H4">
-        <v>13.14</v>
+        <v>7.79</v>
       </c>
       <c r="I4">
-        <v>3.78</v>
+        <v>1.86</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
         <v>23</v>
       </c>
       <c r="C5" t="s">
         <v>24</v>
       </c>
-      <c r="D5">
-[...2 lines deleted...]
-      <c r="E5" t="s">
+      <c r="D5"/>
+      <c r="E5"/>
+      <c r="F5">
+        <v>2025</v>
+      </c>
+      <c r="G5" t="s">
         <v>25</v>
       </c>
-      <c r="F5">
-[...4 lines deleted...]
-      </c>
       <c r="H5">
-        <v>4.19</v>
+        <v>13.14</v>
       </c>
       <c r="I5">
-        <v>1.48</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" t="s">
         <v>27</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>28</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6">
+        <v>128</v>
+      </c>
+      <c r="E6" t="s">
         <v>29</v>
       </c>
-      <c r="D6">
-[...2 lines deleted...]
-      <c r="E6"/>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
         <v>30</v>
       </c>
       <c r="H6">
-        <v>9.6</v>
+        <v>4.19</v>
       </c>
       <c r="I6">
-        <v>2.13</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>31</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>33</v>
       </c>
-      <c r="D7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D7">
+        <v>5</v>
+      </c>
+      <c r="E7"/>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
         <v>34</v>
       </c>
-      <c r="H7"/>
-      <c r="I7"/>
+      <c r="H7">
+        <v>9.6</v>
+      </c>
+      <c r="I7">
+        <v>2.13</v>
+      </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>35</v>
       </c>
       <c r="B8" t="s">
         <v>36</v>
       </c>
       <c r="C8" t="s">
         <v>37</v>
       </c>
       <c r="D8"/>
-      <c r="E8"/>
+      <c r="E8">
+        <v>47</v>
+      </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>38</v>
       </c>
-      <c r="H8">
-[...4 lines deleted...]
-      </c>
+      <c r="H8"/>
+      <c r="I8"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>39</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
       <c r="C9" t="s">
         <v>41</v>
       </c>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>42</v>
       </c>
-      <c r="H9"/>
-      <c r="I9"/>
+      <c r="H9">
+        <v>19.92</v>
+      </c>
+      <c r="I9">
+        <v>5.0</v>
+      </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>43</v>
       </c>
       <c r="B10" t="s">
         <v>44</v>
       </c>
       <c r="C10" t="s">
         <v>45</v>
       </c>
-      <c r="D10">
-[...4 lines deleted...]
-      </c>
+      <c r="D10"/>
+      <c r="E10"/>
       <c r="F10">
         <v>2023</v>
       </c>
       <c r="G10" t="s">
         <v>46</v>
       </c>
-      <c r="H10">
-[...4 lines deleted...]
-      </c>
+      <c r="H10"/>
+      <c r="I10"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>47</v>
       </c>
       <c r="B11" t="s">
         <v>48</v>
       </c>
       <c r="C11" t="s">
         <v>49</v>
       </c>
-      <c r="D11"/>
-      <c r="E11"/>
+      <c r="D11">
+        <v>57</v>
+      </c>
+      <c r="E11">
+        <v>101198</v>
+      </c>
       <c r="F11">
         <v>2023</v>
       </c>
       <c r="G11" t="s">
         <v>50</v>
       </c>
       <c r="H11">
-        <v>10.38</v>
+        <v>3.16</v>
       </c>
       <c r="I11">
-        <v>2.14</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>51</v>
       </c>
       <c r="B12" t="s">
         <v>52</v>
       </c>
       <c r="C12" t="s">
         <v>53</v>
       </c>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12">
         <v>2023</v>
       </c>
       <c r="G12" t="s">
         <v>54</v>
       </c>
       <c r="H12">
-        <v>9.93</v>
+        <v>10.38</v>
       </c>
       <c r="I12">
-        <v>2.89</v>
+        <v>2.14</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>55</v>
       </c>
       <c r="B13" t="s">
         <v>56</v>
       </c>
       <c r="C13" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="D13"/>
-      <c r="E13">
-[...1 lines deleted...]
-      </c>
+      <c r="E13"/>
       <c r="F13">
         <v>2023</v>
       </c>
       <c r="G13" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H13">
-        <v>3.16</v>
+        <v>9.93</v>
       </c>
       <c r="I13">
-        <v>0.47</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B14" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C14" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="D14"/>
       <c r="E14">
-        <v>846</v>
+        <v>101145</v>
       </c>
       <c r="F14">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G14" t="s">
         <v>61</v>
       </c>
       <c r="H14">
-        <v>2.67</v>
+        <v>3.16</v>
       </c>
       <c r="I14">
-        <v>0.46</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>62</v>
       </c>
       <c r="B15" t="s">
         <v>63</v>
       </c>
       <c r="C15" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="D15">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="E15">
-        <v>100990</v>
+        <v>846</v>
       </c>
       <c r="F15">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H15">
-        <v>3.01</v>
+        <v>2.67</v>
       </c>
       <c r="I15">
-        <v>0.55</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B16" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C16" t="s">
-        <v>67</v>
+        <v>49</v>
       </c>
       <c r="D16">
-        <v>8</v>
+        <v>48</v>
       </c>
       <c r="E16">
-        <v>20218411</v>
+        <v>100990</v>
       </c>
       <c r="F16">
         <v>2021</v>
       </c>
       <c r="G16" t="s">
         <v>68</v>
       </c>
-      <c r="H16"/>
-      <c r="I16"/>
+      <c r="H16">
+        <v>3.01</v>
+      </c>
+      <c r="I16">
+        <v>0.55</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" t="s">
+        <v>69</v>
+      </c>
+      <c r="B17" t="s">
+        <v>70</v>
+      </c>
+      <c r="C17" t="s">
+        <v>71</v>
+      </c>
+      <c r="D17">
+        <v>8</v>
+      </c>
+      <c r="E17">
+        <v>20218411</v>
+      </c>
+      <c r="F17">
+        <v>2021</v>
+      </c>
+      <c r="G17" t="s">
+        <v>72</v>
+      </c>
+      <c r="H17"/>
+      <c r="I17"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>