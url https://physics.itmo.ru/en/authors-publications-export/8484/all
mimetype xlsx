--- v0 (2025-10-06)
+++ v1 (2026-03-02)
@@ -425,72 +425,72 @@
   <si>
     <t>10.1063/5.0009559</t>
   </si>
   <si>
     <t>Topological Hall effect for electron scattering on nanoscale skyrmions in external magnetic field</t>
   </si>
   <si>
     <t>K. S. Denisov, Igor Rozhansky, Mariia Potkina, Igor Lobanov, E. Lähderanta, Valery Uzdin</t>
   </si>
   <si>
     <t>10.1103/physrevb.98.214407</t>
   </si>
   <si>
     <t>Energy surface and lifetime of magnetic skyrmions</t>
   </si>
   <si>
     <t>Valery Uzdin, Mariia Potkina, Igor Lobanov, Pavel Bessarab, H. Jónsson</t>
   </si>
   <si>
     <t>236-240</t>
   </si>
   <si>
     <t>10.1016/j.jmmm.2017.10.100</t>
   </si>
   <si>
+    <t>Truncated minimum energy path method for finding first order saddle points</t>
+  </si>
+  <si>
+    <t>Igor Lobanov, Mariia Potkina, H. Jónsson, Valery Uzdin</t>
+  </si>
+  <si>
+    <t>586-595</t>
+  </si>
+  <si>
+    <t>10.17586/2220-8054-2017-8-5-586-595</t>
+  </si>
+  <si>
     <t>Thermal stability of magnetic states in submicron magnetic islands</t>
   </si>
   <si>
     <t>S.Y. Liashko, Igor Lobanov, Valery Uzdin, H. Jónsson</t>
   </si>
   <si>
     <t>572-578</t>
   </si>
   <si>
     <t>10.17586/2220-8054-2017-8-5-572-578</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.17586/2220-8054-2017-8-5-586-595</t>
   </si>
   <si>
     <t>The effect of confinement and defects on the thermal stability of skyrmions</t>
   </si>
   <si>
     <t>Valery Uzdin, Mariia Potkina, Igor Lobanov, Pavel Bessarab, Hannes Jónsson</t>
   </si>
   <si>
     <t>Physica B: Condensed Matter</t>
   </si>
   <si>
     <t>6-9</t>
   </si>
   <si>
     <t>10.1016/j.physb.2017.09.040</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>