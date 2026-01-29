--- v0 (2025-10-10)
+++ v1 (2026-01-29)
@@ -12,122 +12,131 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Light-directed reprogramming of tumor-associated macrophages via STING agonist delivery</t>
+  </si>
+  <si>
+    <t>Olga I. Gusliakova, Lidia Mikhailova, Olga A. Inozemtseva, Pavel Pidenko, Kirill Presnyakov, Natalia A. Shushunova, Van Gulinian, Oksana A. Mayorova, Olga A. Sindeeva, Boris N. Khlebtsov, Mikhail O. Durymanov, Mikhail Zyuzin, Gleb B. Sukhorukov</t>
+  </si>
+  <si>
+    <t>Biomaterials Advances</t>
+  </si>
+  <si>
+    <t>10.1016/j.bioadv.2025.214632</t>
+  </si>
+  <si>
     <t>A comparative study of plasmonic nanoparticles for targeted photothermal therapy of melanoma tumors using various irradiation modes</t>
   </si>
   <si>
     <t>Lidia Mikhailova, Elizaveta Vysotina, Maria Timofeeva, Elena Kopoleva, Van Gulinian, Olesya Pashina, Konstantin Arabuli, Olga Gusliakova, Ekaterina Prikhozhdenko, Xiaoli Qi,  Петров Андрей, Eduard Ageev, Mihail Petrov, Constantino De Angelis, Mikhail Durymanov, Gleb Sukhorukov, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>Light: Advanced Manufacturing</t>
   </si>
   <si>
     <t>10.37188/lam.2025.005</t>
   </si>
   <si>
     <t>Hybrid plasmonic nanodiamonds for thermometry and local photothermal therapy of melanoma: a comparative study</t>
   </si>
   <si>
     <t>Elena Gerasimova, Landysh Fatkhutdinova, Ivan Vazhenin, Egor Uvarov, Elizaveta Vysotina, Lidia Mikhailova, Polina A. Lazareva, Dmitry Kostyushev, Maxim Abakumov, Alessandro Parodi, Vitaly Yaroshenko, Dmitry Zuev, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>Nanophotonics</t>
   </si>
   <si>
     <t>10.1515/nanoph-2024-0285</t>
   </si>
   <si>
     <t>Nanoparticles for Creating a Strategy to Stimulate Liver Regeneration</t>
   </si>
   <si>
     <t>S.A. Rodimova, D.S. Kozlov, D.P. Krylov, Lidia Mikhailova, V.A. Kozlova, A.I. Gavrina, A.M. Mozherov, V.V. Elagin, D.S. Kuznetsova</t>
   </si>
   <si>
     <t>Sovremennye tehnologii v medicine</t>
   </si>
   <si>
     <t>10.17691/stm2024.16.3.04</t>
   </si>
   <si>
     <t>On-chip fabrication of calcium carbonate nanoparticles loaded with various compounds using microfluidic approach</t>
   </si>
   <si>
     <t>Konstantin Arabuli, Elena Kopoleva, Anas Akenoun, Lidia Mikhailova, Elena Petrova, Albert R. Muslimov, Dina A. Senichkina, Sergey Tsymbal, Alena I. Shakirova, Alexander I. Ignatiev, Kirill V. Lepik, Mikhail Zyuzin</t>
-  </si>
-[...1 lines deleted...]
-    <t>Biomaterials Advances</t>
   </si>
   <si>
     <t>10.1016/j.bioadv.2024.213904</t>
   </si>
   <si>
     <t>Thermally Induced Mechanical Switching of the Second‐Harmonic Generation in pNIPAM Hydrogels‐Linked Resonant Au and Si Nanoparticles</t>
   </si>
   <si>
     <t>Elena Gerasimova, Vitaly Yaroshenko, Lidia Mikhailova, Dmitriy Dolgintsev, Alexander Timin, Mikhail Zyuzin, Dmitry Zuev</t>
   </si>
   <si>
     <t>Advanced Optical Materials</t>
   </si>
   <si>
     <t>10.1002/adom.202201375</t>
   </si>
   <si>
     <t>Temperature monitoring during light-induced release of cargo using polymer capsules modified with gold nanoparticles and nanodiamonds</t>
   </si>
   <si>
     <t>Elena Gerasimova, Vitaly Yaroshenko, P M Talianov, Oleksii Peltek, Lidia Mikhailova, M A Baranov, Polina Kapitanova, Dmitry Zuev, A S Timin, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
@@ -461,51 +470,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I7"/>
+  <dimension ref="A1:I8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="157.961" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="346.773" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -520,200 +529,229 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>6</v>
+        <v>181</v>
       </c>
       <c r="E2">
-        <v>1</v>
+        <v>214632</v>
       </c>
       <c r="F2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
-      <c r="H2"/>
+      <c r="H2">
+        <v>6.25</v>
+      </c>
       <c r="I2">
-        <v>3.18</v>
+        <v>1.22</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="D3"/>
-      <c r="E3"/>
+      <c r="D3">
+        <v>6</v>
+      </c>
+      <c r="E3">
+        <v>1</v>
+      </c>
       <c r="F3">
         <v>2024</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
-      <c r="H3">
-[...1 lines deleted...]
-      </c>
+      <c r="H3"/>
       <c r="I3">
-        <v>2.72</v>
+        <v>3.18</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
-      <c r="D4">
-[...4 lines deleted...]
-      </c>
+      <c r="D4"/>
+      <c r="E4"/>
       <c r="F4">
         <v>2024</v>
       </c>
       <c r="G4" t="s">
         <v>20</v>
       </c>
       <c r="H4">
-        <v>0.61</v>
-[...1 lines deleted...]
-      <c r="I4"/>
+        <v>8.45</v>
+      </c>
+      <c r="I4">
+        <v>2.72</v>
+      </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5">
-        <v>161</v>
+        <v>16</v>
       </c>
       <c r="E5">
-        <v>213904</v>
+        <v>31</v>
       </c>
       <c r="F5">
         <v>2024</v>
       </c>
       <c r="G5" t="s">
         <v>24</v>
       </c>
       <c r="H5">
-        <v>7.9</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.61</v>
+      </c>
+      <c r="I5"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>25</v>
       </c>
       <c r="B6" t="s">
         <v>26</v>
       </c>
       <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6">
+        <v>161</v>
+      </c>
+      <c r="E6">
+        <v>213904</v>
+      </c>
+      <c r="F6">
+        <v>2024</v>
+      </c>
+      <c r="G6" t="s">
         <v>27</v>
       </c>
-      <c r="D6"/>
-[...8 lines deleted...]
-      </c>
       <c r="H6">
-        <v>10.05</v>
+        <v>7.9</v>
       </c>
       <c r="I6">
-        <v>2.41</v>
+        <v>1.24</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" t="s">
         <v>29</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>30</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7"/>
+      <c r="E7">
+        <v>2201375</v>
+      </c>
+      <c r="F7">
+        <v>2022</v>
+      </c>
+      <c r="G7" t="s">
         <v>31</v>
       </c>
-      <c r="D7">
+      <c r="H7">
+        <v>10.05</v>
+      </c>
+      <c r="I7">
+        <v>2.41</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
+      <c r="A8" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" t="s">
+        <v>33</v>
+      </c>
+      <c r="C8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D8">
         <v>2015</v>
       </c>
-      <c r="E7" t="s">
-[...2 lines deleted...]
-      <c r="F7">
+      <c r="E8" t="s">
+        <v>35</v>
+      </c>
+      <c r="F8">
         <v>2021</v>
       </c>
-      <c r="G7" t="s">
-[...2 lines deleted...]
-      <c r="H7">
+      <c r="G8" t="s">
+        <v>36</v>
+      </c>
+      <c r="H8">
         <v>0.48</v>
       </c>
-      <c r="I7">
+      <c r="I8">
         <v>0.21</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>