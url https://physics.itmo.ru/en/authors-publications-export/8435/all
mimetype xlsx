--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -143,87 +143,87 @@
   <si>
     <t>Optics &amp; Laser Technology</t>
   </si>
   <si>
     <t>10.1016/j.optlastec.2023.110411</t>
   </si>
   <si>
     <t>All Optically Switchable Active Photonics Based on the Halide Perovskite GST Platform</t>
   </si>
   <si>
     <t>Olga Kushchenko, Dmitry Gets, Mikhail Rybin,  Denis A. Yavsin, Sergey Makarov, Ivan Shishkin, Artem Sinelnik</t>
   </si>
   <si>
     <t>10.1002/lpor.202200836</t>
   </si>
   <si>
     <t>2.5D switchable metasurfaces</t>
   </si>
   <si>
     <t>Aleksandr Solomonov, Olga Kushchenko, Ivan Shishkin, Denis A. Yavsin, Artem Sinelnik, Mikhail Rybin</t>
   </si>
   <si>
     <t>10.1016/j.optlastec.2023.109122</t>
   </si>
   <si>
+    <t>Optomechanical interaction between single-walled carbon nanotubes of various structures</t>
+  </si>
+  <si>
+    <t>Denis Kislov, Olga Kushchenko, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012066</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012066</t>
+  </si>
+  <si>
+    <t>Switchable Purcell enhancement of photoluminescence by GST film</t>
+  </si>
+  <si>
+    <t>Olga Kushchenko, Artem Sinelnik, Ivan Shishkin, Dmitry Gets, Sergey Makarov, Mikhail Rybin</t>
+  </si>
+  <si>
+    <t>012077</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012077</t>
+  </si>
+  <si>
     <t>Active narrowband filter based on 2.5D metasurface from Ge2Sb2Te5</t>
   </si>
   <si>
     <t>Aleksandr Solomonov, Olga Kushchenko, D A Yavsin, Mikhail Rybin, Artem Sinelnik</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012147</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012147</t>
-  </si>
-[...22 lines deleted...]
-    <t>10.1088/1742-6596/2015/1/012077</t>
   </si>
   <si>
     <t>Effective Rotational Potential of a Molecular Ions in a Plane Radio-Frequency Trap</t>
   </si>
   <si>
     <t>I. A. Vasil’ev, Olga Kushchenko, S. S. Rudyi, Yu. V. Rozhdestvenskii</t>
   </si>
   <si>
     <t>Technical Physics</t>
   </si>
   <si>
     <t>1379-1385</t>
   </si>
   <si>
     <t>10.1134/s1063784219090202</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>