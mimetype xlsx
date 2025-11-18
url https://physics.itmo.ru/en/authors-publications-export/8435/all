--- v1 (2025-10-29)
+++ v2 (2025-11-18)
@@ -68,87 +68,87 @@
   <si>
     <t>Daniil Litvinov, Olga Kushchenko, Petr I. Lazarenko, Alexey O. Yakubov, Alexey Yulin, Artem Sinelnik</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202501669</t>
   </si>
   <si>
     <t>Free-Space Orbital Angular Momentum Comb Generation via Second-Harmonic Generation</t>
   </si>
   <si>
     <t>Daniil Litvinov, Sofya Isaeva, Olga Kushchenko, Petr I. Lazarenko, Sergey A. Kozyukhin, Mikhail Rybin, Artem Sinelnik, Stanislav Baturin</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.5c03317</t>
   </si>
   <si>
     <t>Defect passivation in GST-perovskite platform using MgO thin film</t>
   </si>
   <si>
-    <t>Olga Kushchenko, Daniil Litvinov, Elena  Bodyago, Dmitry Gets, Ivan  Terekhov, P.I. Lazarenko, Mikhail Rybin, Artem Sinelnik</t>
+    <t>Olga Kushchenko, Daniil Litvinov, Elena  Bodyago, Dmitry Gets,  Terekhov D.Yu., P.I. Lazarenko, Mikhail Rybin, Artem Sinelnik</t>
   </si>
   <si>
     <t>Optical Materials</t>
   </si>
   <si>
     <t>10.1016/j.optmat.2025.116687</t>
   </si>
   <si>
     <t>Tunable high-order harmonic generation in GeSbTe nano-films</t>
   </si>
   <si>
     <t>Viacheslav Korolev, Artem Sinelnik, Mikhail Rybin, Petr Lazarenko, Olga Kushchenko, Victoria Glukhenkaya, Sergey Kozyukhin, Michael Zuerch, Christian Spielmann, Thomas Pertsch, Isabelle Staude, Daniil Kartashov</t>
   </si>
   <si>
     <t>Nanophotonics</t>
   </si>
   <si>
     <t>10.1515/nanoph-2023-0859</t>
   </si>
   <si>
     <t>Switching topological charge of optical vortex by two-dimensional structures</t>
   </si>
   <si>
     <t>Aleksandr Solomonov, Olga Kushchenko, Kseniya Kasyanova, Sofya Isaeva, Ivan Shishkin, Dmitriy Yu Terekhov, Petr I. Lazarenko, Mikhail Rybin, Stanislav Baturin, Artem Sinelnik</t>
   </si>
   <si>
     <t>Applied Materials Today</t>
   </si>
   <si>
     <t>10.1016/j.apmt.2024.102135</t>
   </si>
   <si>
     <t>Enhancement of perovskite spontaneous emission by phase change materials</t>
   </si>
   <si>
-    <t>Даниил Литвинов, Ольга Кущенко, Артем Синельник, Михаил Рыбин</t>
+    <t>Daniil Litvinov, Olga Kushchenko, Artem Sinelnik, Mikhail Rybin</t>
   </si>
   <si>
     <t>Journal of Physics D: Applied Physics</t>
   </si>
   <si>
     <t>10.1088/1361-6463/ad1dbd</t>
   </si>
   <si>
     <t>Three-dimensional perovskite-based photonic structures made by two-step crystallization</t>
   </si>
   <si>
     <t>Artem Sinelnik, Elena  Bodyago, Olga Kushchenko, Ivan Shishkin, N.K. Kuzmenko, Dmitry Gets, Sergey Makarov</t>
   </si>
   <si>
     <t>Optics &amp; Laser Technology</t>
   </si>
   <si>
     <t>10.1016/j.optlastec.2023.110411</t>
   </si>
   <si>
     <t>All Optically Switchable Active Photonics Based on the Halide Perovskite GST Platform</t>
   </si>
   <si>
     <t>Olga Kushchenko, Dmitry Gets, Mikhail Rybin,  Denis A. Yavsin, Sergey Makarov, Ivan Shishkin, Artem Sinelnik</t>
   </si>