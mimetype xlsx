--- v2 (2025-11-18)
+++ v3 (2026-01-18)
@@ -12,77 +12,92 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>All-Optically Switchable Platform Based on Phase-Change Material for Light-Emitting Device</t>
+  </si>
+  <si>
+    <t>Olga Kushchenko, Elena  Bodyago, Daniil Litvinov, Petr Lazarenko, Sergey Kozyukhin, Mikhail Rybin, Dmitry Gets, Artem Sinelnik</t>
+  </si>
+  <si>
+    <t>ACS Applied Materials &amp;amp; Interfaces</t>
+  </si>
+  <si>
+    <t>70714-70721</t>
+  </si>
+  <si>
+    <t>10.1021/acsami.5c18195</t>
   </si>
   <si>
     <t>High‐Efficient Switchable Third Harmonic Generation on Thin Film Phase Change Materials</t>
   </si>
   <si>
     <t>Daniil Litvinov, Olga Kushchenko, Petr I. Lazarenko, Alexey O. Yakubov, Alexey Yulin, Artem Sinelnik</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202501669</t>
   </si>
   <si>
     <t>Free-Space Orbital Angular Momentum Comb Generation via Second-Harmonic Generation</t>
   </si>
   <si>
     <t>Daniil Litvinov, Sofya Isaeva, Olga Kushchenko, Petr I. Lazarenko, Sergey A. Kozyukhin, Mikhail Rybin, Artem Sinelnik, Stanislav Baturin</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.5c03317</t>
   </si>
@@ -542,446 +557,475 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I14"/>
+  <dimension ref="A1:I15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="248.796" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
-      <c r="D2"/>
-      <c r="E2"/>
+      <c r="D2">
+        <v>17</v>
+      </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H2">
-        <v>13.14</v>
+        <v>9.44</v>
       </c>
       <c r="I2">
-        <v>3.78</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="H3">
-        <v>11.19</v>
+        <v>13.14</v>
       </c>
       <c r="I3">
-        <v>4.85</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C4" t="s">
-        <v>19</v>
-[...6 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="D4"/>
+      <c r="E4"/>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H4">
-        <v>3.08</v>
+        <v>11.19</v>
       </c>
       <c r="I4">
-        <v>0.6</v>
+        <v>4.85</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-      <c r="E5"/>
+        <v>24</v>
+      </c>
+      <c r="D5">
+        <v>159</v>
+      </c>
+      <c r="E5">
+        <v>116687</v>
+      </c>
       <c r="F5">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H5">
-        <v>7.92</v>
+        <v>3.08</v>
       </c>
       <c r="I5">
-        <v>2.12</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
-[...6 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="D6"/>
+      <c r="E6"/>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-      <c r="I6"/>
+        <v>29</v>
+      </c>
+      <c r="H6">
+        <v>7.92</v>
+      </c>
+      <c r="I6">
+        <v>2.12</v>
+      </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D7">
-        <v>57</v>
+        <v>37</v>
       </c>
       <c r="E7">
-        <v>155103</v>
+        <v>102135</v>
       </c>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
-        <v>32</v>
-[...6 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D8">
-        <v>171</v>
+        <v>57</v>
       </c>
       <c r="E8">
-        <v>110411</v>
+        <v>155103</v>
       </c>
       <c r="F8">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H8">
-        <v>3.87</v>
+        <v>3.41</v>
       </c>
       <c r="I8">
-        <v>0.87</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C9" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-      <c r="E9"/>
+        <v>40</v>
+      </c>
+      <c r="D9">
+        <v>171</v>
+      </c>
+      <c r="E9">
+        <v>110411</v>
+      </c>
       <c r="F9">
         <v>2023</v>
       </c>
       <c r="G9" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="H9">
-        <v>10.95</v>
+        <v>3.87</v>
       </c>
       <c r="I9">
-        <v>3.17</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B10" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C10" t="s">
-        <v>35</v>
-[...6 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="D10"/>
+      <c r="E10"/>
       <c r="F10">
         <v>2023</v>
       </c>
       <c r="G10" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="H10">
-        <v>3.87</v>
+        <v>10.95</v>
       </c>
       <c r="I10">
-        <v>0.87</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B11" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C11" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="D11">
-        <v>2015</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>161</v>
+      </c>
+      <c r="E11">
+        <v>109122</v>
       </c>
       <c r="F11">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="G11" t="s">
         <v>47</v>
       </c>
-      <c r="H11"/>
+      <c r="H11">
+        <v>3.87</v>
+      </c>
       <c r="I11">
-        <v>0.21</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>48</v>
       </c>
       <c r="B12" t="s">
         <v>49</v>
       </c>
       <c r="C12" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="D12">
         <v>2015</v>
       </c>
       <c r="E12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F12">
         <v>2021</v>
       </c>
       <c r="G12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H12"/>
       <c r="I12">
         <v>0.21</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B13" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C13" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="D13">
         <v>2015</v>
       </c>
       <c r="E13" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F13">
         <v>2021</v>
       </c>
       <c r="G13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H13"/>
       <c r="I13">
         <v>0.21</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B14" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C14" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="D14">
-        <v>64</v>
+        <v>2015</v>
       </c>
       <c r="E14" t="s">
         <v>59</v>
       </c>
       <c r="F14">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="G14" t="s">
         <v>60</v>
       </c>
-      <c r="H14">
+      <c r="H14"/>
+      <c r="I14">
+        <v>0.21</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
+      <c r="A15" t="s">
+        <v>61</v>
+      </c>
+      <c r="B15" t="s">
+        <v>62</v>
+      </c>
+      <c r="C15" t="s">
+        <v>63</v>
+      </c>
+      <c r="D15">
+        <v>64</v>
+      </c>
+      <c r="E15" t="s">
+        <v>64</v>
+      </c>
+      <c r="F15">
+        <v>2019</v>
+      </c>
+      <c r="G15" t="s">
+        <v>65</v>
+      </c>
+      <c r="H15">
         <v>0.6</v>
       </c>
-      <c r="I14">
+      <c r="I15">
         <v>0.38</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>