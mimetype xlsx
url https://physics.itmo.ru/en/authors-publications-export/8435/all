--- v3 (2026-01-18)
+++ v4 (2026-03-23)
@@ -12,79 +12,103 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Wavefront control of perovskite photoluminescence</t>
+  </si>
+  <si>
+    <t>Daniil Litvinov, Olga Kushchenko, Elena  Bodyago, Dmitry Gets,  Lazarenko Petr, Alexander Kolobov, Artem Sinelnik</t>
+  </si>
+  <si>
+    <t>Optics &amp;amp; Laser Technology</t>
+  </si>
+  <si>
+    <t>10.1016/j.optlastec.2026.115015</t>
+  </si>
+  <si>
+    <t>Synergy of optical methods for halide perovskite laser media optimization: Towards Auger recombination visualization and simplified fabrication</t>
+  </si>
+  <si>
+    <t>Elena  Bodyago, Ralina Salikhova, Olga Kushchenko, Artem Sinelnik, Sergey Makarov, Dmitry Gets</t>
+  </si>
+  <si>
+    <t>Materials Today Chemistry</t>
+  </si>
+  <si>
+    <t>10.1016/j.mtchem.2026.103409</t>
+  </si>
+  <si>
     <t>All-Optically Switchable Platform Based on Phase-Change Material for Light-Emitting Device</t>
   </si>
   <si>
     <t>Olga Kushchenko, Elena  Bodyago, Daniil Litvinov, Petr Lazarenko, Sergey Kozyukhin, Mikhail Rybin, Dmitry Gets, Artem Sinelnik</t>
   </si>
   <si>
     <t>ACS Applied Materials &amp;amp; Interfaces</t>
   </si>
   <si>
     <t>70714-70721</t>
   </si>
   <si>
     <t>10.1021/acsami.5c18195</t>
   </si>
   <si>
     <t>High‐Efficient Switchable Third Harmonic Generation on Thin Film Phase Change Materials</t>
   </si>
   <si>
     <t>Daniil Litvinov, Olga Kushchenko, Petr I. Lazarenko, Alexey O. Yakubov, Alexey Yulin, Artem Sinelnik</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202501669</t>
@@ -158,87 +182,87 @@
   <si>
     <t>Optics &amp; Laser Technology</t>
   </si>
   <si>
     <t>10.1016/j.optlastec.2023.110411</t>
   </si>
   <si>
     <t>All Optically Switchable Active Photonics Based on the Halide Perovskite GST Platform</t>
   </si>
   <si>
     <t>Olga Kushchenko, Dmitry Gets, Mikhail Rybin,  Denis A. Yavsin, Sergey Makarov, Ivan Shishkin, Artem Sinelnik</t>
   </si>
   <si>
     <t>10.1002/lpor.202200836</t>
   </si>
   <si>
     <t>2.5D switchable metasurfaces</t>
   </si>
   <si>
     <t>Aleksandr Solomonov, Olga Kushchenko, Ivan Shishkin, Denis A. Yavsin, Artem Sinelnik, Mikhail Rybin</t>
   </si>
   <si>
     <t>10.1016/j.optlastec.2023.109122</t>
   </si>
   <si>
+    <t>Active narrowband filter based on 2.5D metasurface from Ge2Sb2Te5</t>
+  </si>
+  <si>
+    <t>Aleksandr Solomonov, Olga Kushchenko, D A Yavsin, Mikhail Rybin, Artem Sinelnik</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012147</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012147</t>
+  </si>
+  <si>
     <t>Optomechanical interaction between single-walled carbon nanotubes of various structures</t>
   </si>
   <si>
     <t>Denis Kislov, Olga Kushchenko, Alexander Shalin</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012066</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012066</t>
   </si>
   <si>
     <t>Switchable Purcell enhancement of photoluminescence by GST film</t>
   </si>
   <si>
     <t>Olga Kushchenko, Artem Sinelnik, Ivan Shishkin, Dmitry Gets, Sergey Makarov, Mikhail Rybin</t>
   </si>
   <si>
     <t>012077</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012077</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1088/1742-6596/2015/1/012147</t>
   </si>
   <si>
     <t>Effective Rotational Potential of a Molecular Ions in a Plane Radio-Frequency Trap</t>
   </si>
   <si>
     <t>I. A. Vasil’ev, Olga Kushchenko, S. S. Rudyi, Yu. V. Rozhdestvenskii</t>
   </si>
   <si>
     <t>Technical Physics</t>
   </si>
   <si>
     <t>1379-1385</t>
   </si>
   <si>
     <t>10.1134/s1063784219090202</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -557,475 +581,533 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I15"/>
+  <dimension ref="A1:I17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="169.816" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="248.796" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="E2" t="s">
+        <v>199</v>
+      </c>
+      <c r="E2">
+        <v>115015</v>
+      </c>
+      <c r="F2">
+        <v>2026</v>
+      </c>
+      <c r="G2" t="s">
         <v>12</v>
       </c>
-      <c r="F2">
-[...4 lines deleted...]
-      </c>
       <c r="H2">
-        <v>9.44</v>
+        <v>5.69</v>
       </c>
       <c r="I2">
-        <v>2.54</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
         <v>14</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3">
+        <v>52</v>
+      </c>
+      <c r="E3">
+        <v>103409</v>
+      </c>
+      <c r="F3">
+        <v>2026</v>
+      </c>
+      <c r="G3" t="s">
         <v>16</v>
       </c>
-      <c r="D3"/>
-[...6 lines deleted...]
-      </c>
       <c r="H3">
-        <v>13.14</v>
+        <v>7.34</v>
       </c>
       <c r="I3">
-        <v>3.78</v>
+        <v>1.28</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4" t="s">
         <v>18</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>19</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4">
+        <v>17</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="D4"/>
-      <c r="E4"/>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
         <v>21</v>
       </c>
       <c r="H4">
-        <v>11.19</v>
+        <v>9.44</v>
       </c>
       <c r="I4">
-        <v>4.85</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
         <v>23</v>
       </c>
       <c r="C5" t="s">
         <v>24</v>
       </c>
-      <c r="D5">
-[...4 lines deleted...]
-      </c>
+      <c r="D5"/>
+      <c r="E5"/>
       <c r="F5">
         <v>2025</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5">
-        <v>3.08</v>
+        <v>13.14</v>
       </c>
       <c r="I5">
-        <v>0.6</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G6" t="s">
         <v>29</v>
       </c>
       <c r="H6">
-        <v>7.92</v>
+        <v>11.19</v>
       </c>
       <c r="I6">
-        <v>2.12</v>
+        <v>4.85</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>30</v>
       </c>
       <c r="B7" t="s">
         <v>31</v>
       </c>
       <c r="C7" t="s">
         <v>32</v>
       </c>
       <c r="D7">
-        <v>37</v>
+        <v>159</v>
       </c>
       <c r="E7">
-        <v>102135</v>
+        <v>116687</v>
       </c>
       <c r="F7">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G7" t="s">
         <v>33</v>
       </c>
-      <c r="H7"/>
-      <c r="I7"/>
+      <c r="H7">
+        <v>3.08</v>
+      </c>
+      <c r="I7">
+        <v>0.6</v>
+      </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>34</v>
       </c>
       <c r="B8" t="s">
         <v>35</v>
       </c>
       <c r="C8" t="s">
         <v>36</v>
       </c>
-      <c r="D8">
-[...4 lines deleted...]
-      </c>
+      <c r="D8"/>
+      <c r="E8"/>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>37</v>
       </c>
       <c r="H8">
-        <v>3.41</v>
+        <v>7.92</v>
       </c>
       <c r="I8">
-        <v>0.69</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>38</v>
       </c>
       <c r="B9" t="s">
         <v>39</v>
       </c>
       <c r="C9" t="s">
         <v>40</v>
       </c>
       <c r="D9">
-        <v>171</v>
+        <v>37</v>
       </c>
       <c r="E9">
-        <v>110411</v>
+        <v>102135</v>
       </c>
       <c r="F9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>41</v>
       </c>
-      <c r="H9">
-[...4 lines deleted...]
-      </c>
+      <c r="H9"/>
+      <c r="I9"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>42</v>
       </c>
       <c r="B10" t="s">
         <v>43</v>
       </c>
       <c r="C10" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-      <c r="E10"/>
+        <v>44</v>
+      </c>
+      <c r="D10">
+        <v>57</v>
+      </c>
+      <c r="E10">
+        <v>155103</v>
+      </c>
       <c r="F10">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G10" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H10">
-        <v>10.95</v>
+        <v>3.41</v>
       </c>
       <c r="I10">
-        <v>3.17</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C11" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="D11">
-        <v>161</v>
+        <v>171</v>
       </c>
       <c r="E11">
-        <v>109122</v>
+        <v>110411</v>
       </c>
       <c r="F11">
         <v>2023</v>
       </c>
       <c r="G11" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="H11">
         <v>3.87</v>
       </c>
       <c r="I11">
         <v>0.87</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B12" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C12" t="s">
-        <v>50</v>
-[...6 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="D12"/>
+      <c r="E12"/>
       <c r="F12">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="G12" t="s">
         <v>52</v>
       </c>
-      <c r="H12"/>
+      <c r="H12">
+        <v>10.95</v>
+      </c>
       <c r="I12">
-        <v>0.21</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>53</v>
       </c>
       <c r="B13" t="s">
         <v>54</v>
       </c>
       <c r="C13" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="D13">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="E13" t="s">
+        <v>161</v>
+      </c>
+      <c r="E13">
+        <v>109122</v>
+      </c>
+      <c r="F13">
+        <v>2023</v>
+      </c>
+      <c r="G13" t="s">
         <v>55</v>
       </c>
-      <c r="F13">
-[...5 lines deleted...]
-      <c r="H13"/>
+      <c r="H13">
+        <v>3.87</v>
+      </c>
       <c r="I13">
-        <v>0.21</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>56</v>
+      </c>
+      <c r="B14" t="s">
         <v>57</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="D14">
         <v>2015</v>
       </c>
       <c r="E14" t="s">
         <v>59</v>
       </c>
       <c r="F14">
         <v>2021</v>
       </c>
       <c r="G14" t="s">
         <v>60</v>
       </c>
       <c r="H14"/>
       <c r="I14">
         <v>0.21</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>61</v>
       </c>
       <c r="B15" t="s">
         <v>62</v>
       </c>
       <c r="C15" t="s">
+        <v>58</v>
+      </c>
+      <c r="D15">
+        <v>2015</v>
+      </c>
+      <c r="E15" t="s">
         <v>63</v>
       </c>
-      <c r="D15">
+      <c r="F15">
+        <v>2021</v>
+      </c>
+      <c r="G15" t="s">
         <v>64</v>
       </c>
-      <c r="E15" t="s">
+      <c r="H15"/>
+      <c r="I15">
+        <v>0.21</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16" t="s">
+        <v>65</v>
+      </c>
+      <c r="B16" t="s">
+        <v>66</v>
+      </c>
+      <c r="C16" t="s">
+        <v>58</v>
+      </c>
+      <c r="D16">
+        <v>2015</v>
+      </c>
+      <c r="E16" t="s">
+        <v>67</v>
+      </c>
+      <c r="F16">
+        <v>2021</v>
+      </c>
+      <c r="G16" t="s">
+        <v>68</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16">
+        <v>0.21</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" t="s">
+        <v>69</v>
+      </c>
+      <c r="B17" t="s">
+        <v>70</v>
+      </c>
+      <c r="C17" t="s">
+        <v>71</v>
+      </c>
+      <c r="D17">
         <v>64</v>
       </c>
-      <c r="F15">
+      <c r="E17" t="s">
+        <v>72</v>
+      </c>
+      <c r="F17">
         <v>2019</v>
       </c>
-      <c r="G15" t="s">
-[...2 lines deleted...]
-      <c r="H15">
+      <c r="G17" t="s">
+        <v>73</v>
+      </c>
+      <c r="H17">
         <v>0.6</v>
       </c>
-      <c r="I15">
+      <c r="I17">
         <v>0.38</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>