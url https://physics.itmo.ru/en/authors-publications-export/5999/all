--- v0 (2025-10-08)
+++ v1 (2026-03-31)
@@ -44,51 +44,51 @@
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
     <t>Composites based on heparin and MIL-101(Fe): the drug releasing depot for anticoagulant therapy and advanced medical nanofabrication</t>
   </si>
   <si>
-    <t>Andrey S. Drozdov, Leila R. Mingabudinova, Emiliya M. Shabanova, Nina O. Kolchina, Elizaveta I. Anastasova, Alina A. Markova, Alexander A. Shtil, Valentin Milichko, Galina L. Starova, Rafaella L. M. Precker, Evamarie Hey-Hawkins, Evgeny A. Pidko</t>
+    <t>Andrey S. Drozdov, Leila R. Mingabudinova, Emiliya M. Shabanova, Nina O. Kolchina, Elizaveta I. Anastasova, Alina A. Markova, Alexander A. Shtil, Galina L. Starova, Rafaella L. M. Precker, Evamarie Hey-Hawkins, Evgeny A. Pidko</t>
   </si>
   <si>
     <t>Journal of Materials Chemistry B</t>
   </si>
   <si>
     <t>2450-2459</t>
   </si>
   <si>
     <t>10.1039/c8tb00072g</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -410,51 +410,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="156.819" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="290.072" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="267.649" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>