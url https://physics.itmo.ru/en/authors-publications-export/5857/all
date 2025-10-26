--- v0 (2025-10-06)
+++ v1 (2025-10-26)
@@ -71,72 +71,72 @@
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>425-433</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.9b01378</t>
   </si>
   <si>
     <t>Nonlocal homogenization of PT-symmetric multilayered structures</t>
   </si>
   <si>
     <t>Denis Novitsky, Alexander Shalin, Andrey Novitsky</t>
   </si>
   <si>
     <t>Physical Review A</t>
   </si>
   <si>
     <t>043812</t>
   </si>
   <si>
     <t>10.1103/physreva.99.043812</t>
   </si>
   <si>
+    <t>Spherically symmetric inhomogeneous bianisotropic media: Wave propagation and light scattering</t>
+  </si>
+  <si>
+    <t>Andrey Novitsky, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>10.1103/PhysRevA.95.053818</t>
+  </si>
+  <si>
     <t>Magnetic field concentration with coaxial silicon nanocylinders in the optical spectral range</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Andrey Novitsky, Andrei Evlyukhin, Alexander Shalin</t>
   </si>
   <si>
     <t>Journal of the Optical Society of America B: Optical Physics</t>
   </si>
   <si>
     <t>D36-D41</t>
   </si>
   <si>
     <t>https://doi.org/10.1364/JOSAB.34.000D36</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1103/PhysRevA.95.053818</t>
   </si>
   <si>
     <t>Matter-wave tractor beams</t>
   </si>
   <si>
     <t>Maxim Gorlach, Andrey Novitsky</t>
   </si>
   <si>
     <t>Physical Review Letters</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.118.180401</t>
   </si>
   <si>
     <t>Light modulation abilities of nanostructures</t>
   </si>
   <si>
     <t>Andrey Novitsky</t>
   </si>
   <si>
     <t>AIP Conference Proceedings</t>
   </si>
   <si>
     <t>25-27</t>
   </si>
@@ -581,98 +581,98 @@
       </c>
       <c r="E3" t="s">
         <v>17</v>
       </c>
       <c r="F3">
         <v>2019</v>
       </c>
       <c r="G3" t="s">
         <v>18</v>
       </c>
       <c r="H3">
         <v>2.78</v>
       </c>
       <c r="I3">
         <v>1.42</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
         <v>20</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="D4">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>95</v>
+      </c>
+      <c r="E4">
+        <v>53818</v>
       </c>
       <c r="F4">
         <v>2018</v>
       </c>
       <c r="G4" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="H4">
-        <v>2.05</v>
+        <v>2.91</v>
       </c>
       <c r="I4">
-        <v>0.86</v>
+        <v>1.27</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>23</v>
+      </c>
+      <c r="C5" t="s">
         <v>24</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5">
+        <v>34</v>
+      </c>
+      <c r="E5" t="s">
         <v>25</v>
-      </c>
-[...7 lines deleted...]
-        <v>53818</v>
       </c>
       <c r="F5">
         <v>2018</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
-        <v>2.91</v>
+        <v>2.05</v>
       </c>
       <c r="I5">
-        <v>1.27</v>
+        <v>0.86</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>29</v>
       </c>
       <c r="D6">
         <v>118</v>
       </c>
       <c r="E6">
         <v>180401</v>
       </c>
       <c r="F6">
         <v>2017</v>
       </c>
       <c r="G6" t="s">
         <v>30</v>
       </c>
       <c r="H6">