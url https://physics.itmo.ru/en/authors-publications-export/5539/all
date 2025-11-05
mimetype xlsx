--- v0 (2025-10-06)
+++ v1 (2025-11-05)
@@ -12,77 +12,92 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Electroluminescence Enhancement with Gold Nanorods in Eu-Based Emission Organic Layer</t>
+  </si>
+  <si>
+    <t>Arseny Yu. Gladkikh, Abolfazl Mahmudpur, Oleksii Peltek, Maria Sandzhieva, Sergey Makarov, Valentina V. Utochnikova</t>
+  </si>
+  <si>
+    <t>Advanced Optical Materials</t>
+  </si>
+  <si>
+    <t>e00702</t>
+  </si>
+  <si>
+    <t>10.1002/adom.202500702</t>
   </si>
   <si>
     <t>Suppression of phase segregation in red CsPbIBr2-based perovskite LECs/LEDs: impact of Mn doping, crystallization control, and grain passivation</t>
   </si>
   <si>
     <t>Andrei S. Toikka, Ramazan Kenesbay, Maria Baeva, Dmitry M. Mitin, Maria Sandzhieva, Aleksandr Goltaev, Vladimir Fedorov, Alexander Pavlov, Dmitry Gets, Ivan Mukhin, Sergey Makarov</t>
   </si>
   <si>
     <t>Journal of Materials Chemistry C</t>
   </si>
   <si>
     <t>10.1039/d4tc05504g</t>
   </si>
   <si>
     <t>Neutral inorganic salt additives universally regulate multicolor perovskites for efficient electroluminescence</t>
   </si>
   <si>
     <t>Jiahao Tang, Qunqing Lin, Yashuang Guo, Zailan Zhang, Xinyi Lv, Kun Zhang, Binbin Fan, Maria Sandzhieva, Sergey Makarov, Zhesheng Chen, Hengyang Xiang, Haibo Zeng</t>
   </si>
   <si>
     <t>Nanoscale</t>
   </si>
   <si>
     <t>10.1039/d5nr00097a</t>
   </si>
@@ -566,51 +581,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I15"/>
+  <dimension ref="A1:I16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="363.197" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -624,425 +639,454 @@
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
-      <c r="D2"/>
-      <c r="E2"/>
+      <c r="D2">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H2">
-        <v>7.39</v>
+        <v>9.93</v>
       </c>
       <c r="I2">
-        <v>1.9</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="H3">
-        <v>8.31</v>
+        <v>7.39</v>
       </c>
       <c r="I3">
-        <v>1.74</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H4">
-        <v>13.28</v>
+        <v>8.31</v>
       </c>
       <c r="I4">
-        <v>3.79</v>
+        <v>1.74</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D5"/>
-      <c r="E5">
-[...1 lines deleted...]
-      </c>
+      <c r="E5"/>
       <c r="F5">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H5">
-        <v>3.16</v>
+        <v>13.28</v>
       </c>
       <c r="I5">
-        <v>0.47</v>
+        <v>3.79</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="D6"/>
-      <c r="E6"/>
+      <c r="E6">
+        <v>101239</v>
+      </c>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="H6">
-        <v>7.39</v>
+        <v>3.16</v>
       </c>
       <c r="I6">
-        <v>1.9</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C7" t="s">
-        <v>30</v>
-[...6 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="D7"/>
+      <c r="E7"/>
       <c r="F7">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H7">
-        <v>5.12</v>
+        <v>7.39</v>
       </c>
       <c r="I7">
-        <v>0.7</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D8">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>216</v>
+      </c>
+      <c r="E8">
+        <v>111349</v>
       </c>
       <c r="F8">
         <v>2023</v>
       </c>
       <c r="G8" t="s">
         <v>36</v>
       </c>
       <c r="H8">
-        <v>4.39</v>
+        <v>5.12</v>
       </c>
       <c r="I8">
-        <v>0.98</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>37</v>
       </c>
       <c r="B9" t="s">
         <v>38</v>
       </c>
       <c r="C9" t="s">
         <v>39</v>
       </c>
       <c r="D9">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>959</v>
+        <v>52</v>
+      </c>
+      <c r="E9" t="s">
+        <v>40</v>
       </c>
       <c r="F9">
         <v>2023</v>
       </c>
       <c r="G9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H9">
-        <v>3.75</v>
+        <v>4.39</v>
       </c>
       <c r="I9">
-        <v>0.56</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C10" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D10">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="E10">
-        <v>3916</v>
+        <v>959</v>
       </c>
       <c r="F10">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G10" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H10">
-        <v>5.72</v>
+        <v>3.75</v>
       </c>
       <c r="I10">
-        <v>0.84</v>
+        <v>0.56</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D11">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>12</v>
+      </c>
+      <c r="E11">
+        <v>3916</v>
       </c>
       <c r="F11">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="G11" t="s">
         <v>49</v>
       </c>
       <c r="H11">
-        <v>4.81</v>
+        <v>5.72</v>
       </c>
       <c r="I11">
-        <v>1.85</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>50</v>
       </c>
       <c r="B12" t="s">
         <v>51</v>
       </c>
       <c r="C12" t="s">
         <v>52</v>
       </c>
       <c r="D12">
-        <v>54</v>
+        <v>83</v>
       </c>
       <c r="E12" t="s">
         <v>53</v>
       </c>
       <c r="F12">
         <v>2018</v>
       </c>
       <c r="G12" t="s">
         <v>54</v>
       </c>
       <c r="H12">
-        <v>0.75</v>
+        <v>4.81</v>
       </c>
       <c r="I12">
-        <v>0.24</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>55</v>
       </c>
       <c r="B13" t="s">
         <v>56</v>
       </c>
       <c r="C13" t="s">
         <v>57</v>
       </c>
       <c r="D13">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="E13" t="s">
         <v>58</v>
       </c>
       <c r="F13">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="G13" t="s">
         <v>59</v>
       </c>
       <c r="H13">
-        <v>2.65</v>
+        <v>0.75</v>
       </c>
       <c r="I13">
-        <v>0.91</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>60</v>
       </c>
       <c r="B14" t="s">
         <v>61</v>
       </c>
       <c r="C14" t="s">
-        <v>47</v>
+        <v>62</v>
       </c>
       <c r="D14">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="E14" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F14">
         <v>2016</v>
       </c>
       <c r="G14" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H14">
-        <v>4.79</v>
+        <v>2.65</v>
       </c>
       <c r="I14">
-        <v>2.0</v>
+        <v>0.91</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C15" t="s">
-        <v>66</v>
+        <v>52</v>
       </c>
       <c r="D15">
-        <v>57</v>
+        <v>81</v>
       </c>
       <c r="E15" t="s">
         <v>67</v>
       </c>
       <c r="F15">
         <v>2016</v>
       </c>
       <c r="G15" t="s">
         <v>68</v>
       </c>
       <c r="H15">
+        <v>4.79</v>
+      </c>
+      <c r="I15">
+        <v>2.0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16" t="s">
+        <v>69</v>
+      </c>
+      <c r="B16" t="s">
+        <v>70</v>
+      </c>
+      <c r="C16" t="s">
+        <v>71</v>
+      </c>
+      <c r="D16">
+        <v>57</v>
+      </c>
+      <c r="E16" t="s">
+        <v>72</v>
+      </c>
+      <c r="F16">
+        <v>2016</v>
+      </c>
+      <c r="G16" t="s">
+        <v>73</v>
+      </c>
+      <c r="H16">
         <v>2.19</v>
       </c>
-      <c r="I15">
+      <c r="I16">
         <v>0.75</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>