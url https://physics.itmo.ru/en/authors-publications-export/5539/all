--- v1 (2025-11-05)
+++ v2 (2025-11-26)
@@ -12,116 +12,179 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Ionic Liquid-Mediated Crystallization of 3D Perovskite Films for High-Performance Light-Emitting Diodes</t>
+  </si>
+  <si>
+    <t>Wenjun Yuan, Kun Zhang, Haoqi Li, Xingle Shang, Yifei Wang, Xinrui Chen, Xingyu Ye, Jun Chen, Stepan Pozdnyakov, Maria Sandzhieva, Hengyang Xiang, Sergey Makarov, Haibo Zeng</t>
+  </si>
+  <si>
+    <t>ACS Applied Materials &amp;amp; Interfaces</t>
+  </si>
+  <si>
+    <t>59553-59562</t>
+  </si>
+  <si>
+    <t>10.1021/acsami.5c14039</t>
+  </si>
+  <si>
+    <t>Strongly‐Confined Small‐Size Perovskite Quantum Dots for Pure‐Color Light Emitting Diodes</t>
+  </si>
+  <si>
+    <t>Yuqin Su, Ying Zhou, Hengyang Xiang, Maria Sandzhieva, Sergey Makarov, Zhesheng Chen, Haibo Zeng</t>
+  </si>
+  <si>
+    <t>Advanced Optical Materials</t>
+  </si>
+  <si>
+    <t>10.1002/adom.202502048</t>
+  </si>
+  <si>
     <t>Electroluminescence Enhancement with Gold Nanorods in Eu-Based Emission Organic Layer</t>
   </si>
   <si>
     <t>Arseny Yu. Gladkikh, Abolfazl Mahmudpur, Oleksii Peltek, Maria Sandzhieva, Sergey Makarov, Valentina V. Utochnikova</t>
   </si>
   <si>
-    <t>Advanced Optical Materials</t>
-[...1 lines deleted...]
-  <si>
     <t>e00702</t>
   </si>
   <si>
     <t>10.1002/adom.202500702</t>
   </si>
   <si>
+    <t>Efficient Unbalanced Absorption Organic-Perovskite Nonmonolithic Tandem Solar Cells in Parallel Connection</t>
+  </si>
+  <si>
+    <t>Daniel Sapori, Maria Sandzhieva, Vladimir Ivanov, Sergey Makarov, Anvar A. Zakhidov</t>
+  </si>
+  <si>
+    <t>ACS Applied Energy Materials</t>
+  </si>
+  <si>
+    <t>8160-8168</t>
+  </si>
+  <si>
+    <t>10.1021/acsaem.5c00684</t>
+  </si>
+  <si>
+    <t>Volatile additive for selective tuning of non-fullerene acceptor morphology in the active layer of organic solar cells</t>
+  </si>
+  <si>
+    <t>Denis S. Baranov, Ivan A. Molchanov, Natalia V. Kravets, Elena S. Kobeleva, Mikhail N. Uvarov, Maria Sandzhieva, Danil K. Aleshin, Sergey Makarov, Xingjian Jiang, Yong Zhang, Vladimir A. Zinov'ev, Yuri V. Gatilov, Aleksandr S. Sukhikh, Alexander E. Kurtsevich, Konstantin M. Degtyarenko, Leonid V. Kulik</t>
+  </si>
+  <si>
+    <t>Organic Electronics</t>
+  </si>
+  <si>
+    <t>10.1016/j.orgel.2025.107283</t>
+  </si>
+  <si>
     <t>Suppression of phase segregation in red CsPbIBr2-based perovskite LECs/LEDs: impact of Mn doping, crystallization control, and grain passivation</t>
   </si>
   <si>
     <t>Andrei S. Toikka, Ramazan Kenesbay, Maria Baeva, Dmitry M. Mitin, Maria Sandzhieva, Aleksandr Goltaev, Vladimir Fedorov, Alexander Pavlov, Dmitry Gets, Ivan Mukhin, Sergey Makarov</t>
   </si>
   <si>
     <t>Journal of Materials Chemistry C</t>
   </si>
   <si>
     <t>10.1039/d4tc05504g</t>
   </si>
   <si>
     <t>Neutral inorganic salt additives universally regulate multicolor perovskites for efficient electroluminescence</t>
   </si>
   <si>
     <t>Jiahao Tang, Qunqing Lin, Yashuang Guo, Zailan Zhang, Xinyi Lv, Kun Zhang, Binbin Fan, Maria Sandzhieva, Sergey Makarov, Zhesheng Chen, Hengyang Xiang, Haibo Zeng</t>
   </si>
   <si>
     <t>Nanoscale</t>
   </si>
   <si>
     <t>10.1039/d5nr00097a</t>
+  </si>
+  <si>
+    <t>Functionalization of Hydrophilic and Amphiphilic Carbon Dots with Polyethylene Glycol for Electroluminescent Devices</t>
+  </si>
+  <si>
+    <t>Mikhail D. Miruschenko, Kseniia D. Kosolapova, Ivan A. Aleinik, Lyubov’ N. Borodina, Anna A. Vedernikova, Anastasiia V. Sokolova, Maria Sandzhieva, Aleksandr M. Mitroshin, Alexander V. Yakimansky, Aleksandra V. Koroleva, Evgeniy V. Zhizhin, Sergei A. Cherevkov, Michal Langer, Michal Otyepka, Elena V. Ushakova, Andrey L. Rogach</t>
+  </si>
+  <si>
+    <t>Small Structures</t>
+  </si>
+  <si>
+    <t>10.1002/sstr.202400528</t>
   </si>
   <si>
     <t>Controllable Transition Metal Cations Doping Enable Efficient and Spectral Stable Pure‐Red Perovskite QLED</t>
   </si>
   <si>
     <t>Yuqin Su, Qunqing Lin, Xinyi Lv, Yan Li, Kun Zhang, Xiuting Wu, Ying Zhou, Yashuang Guo, Maria Sandzhieva, Sergey Makarov, Hengyang Xiang, Haibo Zeng</t>
   </si>
   <si>
     <t>Small</t>
   </si>
   <si>
     <t>10.1002/smll.202412227</t>
   </si>
   <si>
     <t>Highly luminescent polyfluorene-based composite with CsPbX3 perovskite nanocrystals for light-emitting devices</t>
   </si>
   <si>
     <t>Maria Sandzhieva, Lev Zelenkov, Leonid Otpushchennikov, S. Miltsov, E.V. Zhukova, L.S. Litvinova, Sergey  Cherevkov, Irina Sevastianova, Dmitry Shestakov, A.V. Yakimansky, Sergey Makarov</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2024.101239</t>
   </si>
@@ -581,512 +644,653 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I16"/>
+  <dimension ref="A1:I21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="363.197" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="388.048" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2">
-        <v>9.93</v>
+        <v>9.44</v>
       </c>
       <c r="I2">
-        <v>2.89</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="D3"/>
+      <c r="D3">
+        <v>13</v>
+      </c>
       <c r="E3"/>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3">
-        <v>7.39</v>
+        <v>9.93</v>
       </c>
       <c r="I3">
-        <v>1.9</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
+        <v>16</v>
+      </c>
+      <c r="D4">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="D4"/>
-      <c r="E4"/>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
         <v>21</v>
       </c>
       <c r="H4">
-        <v>8.31</v>
+        <v>9.93</v>
       </c>
       <c r="I4">
-        <v>1.74</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
         <v>23</v>
       </c>
       <c r="C5" t="s">
         <v>24</v>
       </c>
-      <c r="D5"/>
-      <c r="E5"/>
+      <c r="D5">
+        <v>8</v>
+      </c>
+      <c r="E5" t="s">
+        <v>25</v>
+      </c>
       <c r="F5">
         <v>2025</v>
       </c>
       <c r="G5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H5">
-        <v>13.28</v>
+        <v>6.35</v>
       </c>
       <c r="I5">
-        <v>3.79</v>
+        <v>1.38</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="D6"/>
+        <v>29</v>
+      </c>
+      <c r="D6">
+        <v>144</v>
+      </c>
       <c r="E6">
-        <v>101239</v>
+        <v>107283</v>
       </c>
       <c r="F6">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H6">
-        <v>3.16</v>
+        <v>3.72</v>
       </c>
       <c r="I6">
-        <v>0.47</v>
+        <v>0.89</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="H7">
         <v>7.39</v>
       </c>
       <c r="I7">
         <v>1.9</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B8" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C8" t="s">
-        <v>35</v>
-[...6 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="D8"/>
+      <c r="E8"/>
       <c r="F8">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="G8" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="H8">
-        <v>5.12</v>
+        <v>8.31</v>
       </c>
       <c r="I8">
-        <v>0.7</v>
+        <v>1.74</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B9" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C9" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D9">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="E9"/>
       <c r="F9">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="G9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H9">
-        <v>4.39</v>
+        <v>3.34</v>
       </c>
       <c r="I9">
-        <v>0.98</v>
+        <v>3.09</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B10" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C10" t="s">
-        <v>44</v>
-[...6 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="D10"/>
+      <c r="E10"/>
       <c r="F10">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H10">
-        <v>3.75</v>
+        <v>13.28</v>
       </c>
       <c r="I10">
-        <v>0.56</v>
+        <v>3.79</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C11" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="D11"/>
       <c r="E11">
-        <v>3916</v>
+        <v>101239</v>
       </c>
       <c r="F11">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="G11" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H11">
-        <v>5.72</v>
+        <v>3.16</v>
       </c>
       <c r="I11">
-        <v>0.84</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C12" t="s">
-        <v>52</v>
-[...4 lines deleted...]
-      <c r="E12" t="s">
+        <v>33</v>
+      </c>
+      <c r="D12"/>
+      <c r="E12"/>
+      <c r="F12">
+        <v>2024</v>
+      </c>
+      <c r="G12" t="s">
         <v>53</v>
       </c>
-      <c r="F12">
-[...4 lines deleted...]
-      </c>
       <c r="H12">
-        <v>4.81</v>
+        <v>7.39</v>
       </c>
       <c r="I12">
-        <v>1.85</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>54</v>
+      </c>
+      <c r="B13" t="s">
         <v>55</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>56</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13">
+        <v>216</v>
+      </c>
+      <c r="E13">
+        <v>111349</v>
+      </c>
+      <c r="F13">
+        <v>2023</v>
+      </c>
+      <c r="G13" t="s">
         <v>57</v>
       </c>
-      <c r="D13">
-[...10 lines deleted...]
-      </c>
       <c r="H13">
-        <v>0.75</v>
+        <v>5.12</v>
       </c>
       <c r="I13">
-        <v>0.24</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" t="s">
+        <v>59</v>
+      </c>
+      <c r="C14" t="s">
         <v>60</v>
       </c>
-      <c r="B14" t="s">
+      <c r="D14">
+        <v>52</v>
+      </c>
+      <c r="E14" t="s">
         <v>61</v>
       </c>
-      <c r="C14" t="s">
+      <c r="F14">
+        <v>2023</v>
+      </c>
+      <c r="G14" t="s">
         <v>62</v>
       </c>
-      <c r="D14">
-[...10 lines deleted...]
-      </c>
       <c r="H14">
-        <v>2.65</v>
+        <v>4.39</v>
       </c>
       <c r="I14">
-        <v>0.91</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" t="s">
+        <v>64</v>
+      </c>
+      <c r="C15" t="s">
         <v>65</v>
       </c>
-      <c r="B15" t="s">
+      <c r="D15">
+        <v>16</v>
+      </c>
+      <c r="E15">
+        <v>959</v>
+      </c>
+      <c r="F15">
+        <v>2023</v>
+      </c>
+      <c r="G15" t="s">
         <v>66</v>
       </c>
-      <c r="C15" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H15">
-        <v>4.79</v>
+        <v>3.75</v>
       </c>
       <c r="I15">
-        <v>2.0</v>
+        <v>0.56</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>67</v>
+      </c>
+      <c r="B16" t="s">
+        <v>68</v>
+      </c>
+      <c r="C16" t="s">
         <v>69</v>
       </c>
-      <c r="B16" t="s">
+      <c r="D16">
+        <v>12</v>
+      </c>
+      <c r="E16">
+        <v>3916</v>
+      </c>
+      <c r="F16">
+        <v>2022</v>
+      </c>
+      <c r="G16" t="s">
         <v>70</v>
       </c>
-      <c r="C16" t="s">
+      <c r="H16">
+        <v>5.72</v>
+      </c>
+      <c r="I16">
+        <v>0.84</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" t="s">
         <v>71</v>
       </c>
-      <c r="D16">
+      <c r="B17" t="s">
+        <v>72</v>
+      </c>
+      <c r="C17" t="s">
+        <v>73</v>
+      </c>
+      <c r="D17">
+        <v>83</v>
+      </c>
+      <c r="E17" t="s">
+        <v>74</v>
+      </c>
+      <c r="F17">
+        <v>2018</v>
+      </c>
+      <c r="G17" t="s">
+        <v>75</v>
+      </c>
+      <c r="H17">
+        <v>4.81</v>
+      </c>
+      <c r="I17">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18" t="s">
+        <v>76</v>
+      </c>
+      <c r="B18" t="s">
+        <v>77</v>
+      </c>
+      <c r="C18" t="s">
+        <v>78</v>
+      </c>
+      <c r="D18">
+        <v>54</v>
+      </c>
+      <c r="E18" t="s">
+        <v>79</v>
+      </c>
+      <c r="F18">
+        <v>2018</v>
+      </c>
+      <c r="G18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H18">
+        <v>0.75</v>
+      </c>
+      <c r="I18">
+        <v>0.24</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19" t="s">
+        <v>81</v>
+      </c>
+      <c r="B19" t="s">
+        <v>82</v>
+      </c>
+      <c r="C19" t="s">
+        <v>83</v>
+      </c>
+      <c r="D19">
+        <v>72</v>
+      </c>
+      <c r="E19" t="s">
+        <v>84</v>
+      </c>
+      <c r="F19">
+        <v>2016</v>
+      </c>
+      <c r="G19" t="s">
+        <v>85</v>
+      </c>
+      <c r="H19">
+        <v>2.65</v>
+      </c>
+      <c r="I19">
+        <v>0.91</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20" t="s">
+        <v>86</v>
+      </c>
+      <c r="B20" t="s">
+        <v>87</v>
+      </c>
+      <c r="C20" t="s">
+        <v>73</v>
+      </c>
+      <c r="D20">
+        <v>81</v>
+      </c>
+      <c r="E20" t="s">
+        <v>88</v>
+      </c>
+      <c r="F20">
+        <v>2016</v>
+      </c>
+      <c r="G20" t="s">
+        <v>89</v>
+      </c>
+      <c r="H20">
+        <v>4.79</v>
+      </c>
+      <c r="I20">
+        <v>2.0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
+      <c r="A21" t="s">
+        <v>90</v>
+      </c>
+      <c r="B21" t="s">
+        <v>91</v>
+      </c>
+      <c r="C21" t="s">
+        <v>92</v>
+      </c>
+      <c r="D21">
         <v>57</v>
       </c>
-      <c r="E16" t="s">
-[...2 lines deleted...]
-      <c r="F16">
+      <c r="E21" t="s">
+        <v>93</v>
+      </c>
+      <c r="F21">
         <v>2016</v>
       </c>
-      <c r="G16" t="s">
-[...2 lines deleted...]
-      <c r="H16">
+      <c r="G21" t="s">
+        <v>94</v>
+      </c>
+      <c r="H21">
         <v>2.19</v>
       </c>
-      <c r="I16">
+      <c r="I21">
         <v>0.75</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>