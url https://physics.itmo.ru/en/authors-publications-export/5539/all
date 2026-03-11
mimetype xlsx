--- v2 (2025-11-26)
+++ v3 (2026-03-11)
@@ -158,51 +158,51 @@
   <si>
     <t>Mikhail D. Miruschenko, Kseniia D. Kosolapova, Ivan A. Aleinik, Lyubov’ N. Borodina, Anna A. Vedernikova, Anastasiia V. Sokolova, Maria Sandzhieva, Aleksandr M. Mitroshin, Alexander V. Yakimansky, Aleksandra V. Koroleva, Evgeniy V. Zhizhin, Sergei A. Cherevkov, Michal Langer, Michal Otyepka, Elena V. Ushakova, Andrey L. Rogach</t>
   </si>
   <si>
     <t>Small Structures</t>
   </si>
   <si>
     <t>10.1002/sstr.202400528</t>
   </si>
   <si>
     <t>Controllable Transition Metal Cations Doping Enable Efficient and Spectral Stable Pure‐Red Perovskite QLED</t>
   </si>
   <si>
     <t>Yuqin Su, Qunqing Lin, Xinyi Lv, Yan Li, Kun Zhang, Xiuting Wu, Ying Zhou, Yashuang Guo, Maria Sandzhieva, Sergey Makarov, Hengyang Xiang, Haibo Zeng</t>
   </si>
   <si>
     <t>Small</t>
   </si>
   <si>
     <t>10.1002/smll.202412227</t>
   </si>
   <si>
     <t>Highly luminescent polyfluorene-based composite with CsPbX3 perovskite nanocrystals for light-emitting devices</t>
   </si>
   <si>
-    <t>Maria Sandzhieva, Lev Zelenkov, Leonid Otpushchennikov, S. Miltsov, E.V. Zhukova, L.S. Litvinova, Sergey  Cherevkov, Irina Sevastianova, Dmitry Shestakov, A.V. Yakimansky, Sergey Makarov</t>
+    <t>Maria Sandzhieva, Lev Zelenkov, Leonid Otpushchennikov, S. Miltsov, E.V. Zhukova, L.S. Litvinova, Sergey  Cherevkov, Irina Danilovskaya (Sevastianova), Dmitry Shestakov, A.V. Yakimansky, Sergey Makarov</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2024.101239</t>
   </si>
   <si>
     <t>Amphiphilic acetylacetone-based carbon dots</t>
   </si>
   <si>
     <t>Sergei A. Cherevkov, Evgeniia A. Stepanidenko, Mikhail D. Miruschenko, Andrei M. Zverkov, Alexander M. Mitroshin, Igor V. Margaryan, Igor G. Spiridonov, Denis V. Danilov, Aleksandra V. Koroleva, Evgeniy V. Zhizhin, Marina V. Baidakova, Roman V. Sokolov, Maria Sandzhieva, Elena V. Ushakova, Andrey L. Rogach</t>
   </si>
   <si>
     <t>10.1039/d3tc04675c</t>
   </si>
   <si>
     <t>Hole-transport materials based on benzodithiophene-thiazolothiazole-containing conjugated polymers for efficient perovskite solar cells</t>
   </si>
   <si>
     <t>M.M. Tepliakova, I.E. Kuznetsov, D.S. Zamoretskov, A.N. Zhivchikova, A.V. Lolaeva, Aleksandra Furasova, Maria Sandzhieva, Sergey Makarov, M.V. Klyuev, D.K. Sagdullina, E.O. Perepelitsina, Y.G. Gladush, A.G. Nasibulin, K.J. Stevenson, A.V. Akkuratov</t>
   </si>
   <si>
     <t>Dyes and Pigments</t>
   </si>