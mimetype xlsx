--- v0 (2025-10-08)
+++ v1 (2026-03-11)
@@ -12,122 +12,152 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Composite structures of a-SiC:H/Ag/c-Si as reusable SERS substrates: fabrication, structural and optical properties</t>
+  </si>
+  <si>
+    <t>Kristina Prigoda, Vladimir Bolshakov, Anna Ermina, Danila Markov, Sergey Grudinkin, Nikolay Solodovchenko, Artem Larin, Dmitriy Dolgintsev, Anna Tsareva, Ekaterina Khrapova, Darina Krasilina, Nikolay Feoktistov, Yuliya Zharova</t>
+  </si>
+  <si>
+    <t>Applied Surface Science</t>
+  </si>
+  <si>
+    <t>10.1016/j.apsusc.2026.166291</t>
+  </si>
+  <si>
+    <t>Shape-controlled embedded silver nanoparticles and nanopits in silicon substrates (100), (110), (111): A comparative study of potential SERS application</t>
+  </si>
+  <si>
+    <t>Anna Ermina, Artem Larin, Nikolay Solodovchenko, Danila Markov, Darina Krasilina, Nadejda Belskaya, Kristina Prigoda, Vladimir Bolshakov, Yuliya Zharova</t>
+  </si>
+  <si>
+    <t>Materials Science in Semiconductor Processing</t>
+  </si>
+  <si>
+    <t>10.1016/j.mssp.2026.110462</t>
+  </si>
+  <si>
+    <t>Boat-shaped Ag nanoparticles embedded in c-Si (110): From fabrication to potential SERS application</t>
+  </si>
+  <si>
+    <t>Anna Ermina, Nikolay Solodovchenko, Artem Larin, Vladimir Bolshakov, Kristina Prigoda, Danila Markov, Yuliya Zharova</t>
+  </si>
+  <si>
+    <t>Journal of Physics and Chemistry of Solids</t>
+  </si>
+  <si>
+    <t>10.1016/j.jpcs.2025.113384</t>
+  </si>
+  <si>
     <t>Fano combs in light scattering by dielectric resonators</t>
   </si>
   <si>
     <t>Mihail Bochkarev, Nikolay Solodovchenko, Gleb  Chekmarev, Anna Ermina, Kirill Samusev, Mikhail Limonov</t>
   </si>
   <si>
     <t>Physical Review B</t>
   </si>
   <si>
     <t>10.1103/slk8-mskl</t>
   </si>
   <si>
     <t>Plasmonic hemispherical Ag nanoparticles on silicon substrate: A comprehensive study of optical properties</t>
   </si>
   <si>
     <t>Anna Ermina, Nikolay Solodovchenko, Vladimir O. Bolshakov, Kristina V. Prigoda, Danila P. Markov, Yuliya A. Zharova</t>
   </si>
   <si>
     <t>Optical Materials</t>
   </si>
   <si>
     <t>10.1016/j.optmat.2024.116315</t>
   </si>
   <si>
     <t>Anisotropic process of Ag nanoparticles embedding into c-Si during high-temperature annealing</t>
   </si>
   <si>
     <t>Yuliya A. Zharova, Anna Ermina, Nikolay Solodovchenko, Vladimir O. Bolshakov, Kristina V. Prigoda, Nadejda A. Belskaya, Danila P. Markov, Sergey A. Grudinkin</t>
   </si>
   <si>
-    <t>Applied Surface Science</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1016/j.apsusc.2024.161549</t>
   </si>
   <si>
     <t>Plasmonic disordered array of hemispherical AgNPs on SiO2/C-Si: Their optical and SERS properties</t>
   </si>
   <si>
     <t>Anna Ermina, Nikolay Solodovchenko, Vladimir S. Levitskii, Nadejda A. Belskaya, Sergey I. Pavlov, Vladimir O. Bolshakov, Vladimir A. Tolmachev, Yuliya A. Zharova</t>
-  </si>
-[...1 lines deleted...]
-    <t>Materials Science in Semiconductor Processing</t>
   </si>
   <si>
     <t>10.1016/j.mssp.2023.107861</t>
   </si>
   <si>
     <t>Silver particles embedded in silicon: The fabrication process and their application in surface enhanced Raman scattering (SERS)</t>
   </si>
   <si>
     <t>Anna Ermina, Nikolay Solodovchenko, Kristina V. Prigoda, Vladimir S. Levitskii, Vladimir O. Bolshakov, Maxim Yu. Maximov, Yury M. Koshtyal, Sergey I. Pavlov, Vladimir A. Tolmachev, Yuliya A. Zharova</t>
   </si>
   <si>
     <t>10.1016/j.apsusc.2022.155146</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -443,236 +473,323 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I6"/>
+  <dimension ref="A1:I9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="234.657" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="180.385" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="267.649" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="E2"/>
+        <v>730</v>
+      </c>
+      <c r="E2">
+        <v>166291</v>
+      </c>
       <c r="F2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
-        <v>4.04</v>
+        <v>6.71</v>
       </c>
       <c r="I2">
-        <v>1.78</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
-        <v>157</v>
+        <v>207</v>
       </c>
       <c r="E3">
-        <v>116315</v>
+        <v>110462</v>
       </c>
       <c r="F3">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3">
-        <v>3.08</v>
+        <v>3.93</v>
       </c>
       <c r="I3">
-        <v>0.6</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4">
-        <v>682</v>
+        <v>211</v>
       </c>
       <c r="E4">
-        <v>161549</v>
+        <v>113384</v>
       </c>
       <c r="F4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G4" t="s">
         <v>20</v>
       </c>
       <c r="H4">
-        <v>6.71</v>
+        <v>4.0</v>
       </c>
       <c r="I4">
-        <v>1.3</v>
+        <v>0.74</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5">
-        <v>169</v>
-[...3 lines deleted...]
-      </c>
+        <v>112</v>
+      </c>
+      <c r="E5"/>
       <c r="F5">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="G5" t="s">
         <v>24</v>
       </c>
       <c r="H5">
-        <v>3.93</v>
+        <v>4.04</v>
       </c>
       <c r="I5">
-        <v>0.7</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>25</v>
       </c>
       <c r="B6" t="s">
         <v>26</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="D6"/>
+        <v>27</v>
+      </c>
+      <c r="D6">
+        <v>157</v>
+      </c>
       <c r="E6">
+        <v>116315</v>
+      </c>
+      <c r="F6">
+        <v>2024</v>
+      </c>
+      <c r="G6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H6">
+        <v>3.08</v>
+      </c>
+      <c r="I6">
+        <v>0.6</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
+      <c r="A7" t="s">
+        <v>29</v>
+      </c>
+      <c r="B7" t="s">
+        <v>30</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7">
+        <v>682</v>
+      </c>
+      <c r="E7">
+        <v>161549</v>
+      </c>
+      <c r="F7">
+        <v>2024</v>
+      </c>
+      <c r="G7" t="s">
+        <v>31</v>
+      </c>
+      <c r="H7">
+        <v>6.71</v>
+      </c>
+      <c r="I7">
+        <v>1.3</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
+      <c r="A8" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" t="s">
+        <v>33</v>
+      </c>
+      <c r="C8" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8">
+        <v>169</v>
+      </c>
+      <c r="E8">
+        <v>107861</v>
+      </c>
+      <c r="F8">
+        <v>2023</v>
+      </c>
+      <c r="G8" t="s">
+        <v>34</v>
+      </c>
+      <c r="H8">
+        <v>3.93</v>
+      </c>
+      <c r="I8">
+        <v>0.7</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
+      <c r="A9" t="s">
+        <v>35</v>
+      </c>
+      <c r="B9" t="s">
+        <v>36</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9"/>
+      <c r="E9">
         <v>155146</v>
       </c>
-      <c r="F6">
+      <c r="F9">
         <v>2022</v>
       </c>
-      <c r="G6" t="s">
-[...2 lines deleted...]
-      <c r="H6">
+      <c r="G9" t="s">
+        <v>37</v>
+      </c>
+      <c r="H9">
         <v>7.39</v>
       </c>
-      <c r="I6">
+      <c r="I9">
         <v>1.15</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>