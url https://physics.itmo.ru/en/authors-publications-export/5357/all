--- v0 (2025-10-06)
+++ v1 (2025-10-26)
@@ -77,72 +77,72 @@
   <si>
     <t>Fano combs in light scattering by dielectric resonators</t>
   </si>
   <si>
     <t>Mihail Bochkarev, Nikolay Solodovchenko, Gleb  Chekmarev, Anna Ermina, Kirill Samusev, Mikhail Limonov</t>
   </si>
   <si>
     <t>Physical Review B</t>
   </si>
   <si>
     <t>10.1103/slk8-mskl</t>
   </si>
   <si>
     <t>Topology and curvature effects in the photonics of ring – split ring – cuboid transitions</t>
   </si>
   <si>
     <t>Mihail Bochkarev, Nikolay Solodovchenko, Kirill Samusev, Mikhail Limonov</t>
   </si>
   <si>
     <t>Materials Today</t>
   </si>
   <si>
     <t>10.1016/j.mattod.2024.08.015</t>
   </si>
   <si>
+    <t>Scattering Spectra and Hot Spots in Dielectric Ring and Ring-disk Dimer</t>
+  </si>
+  <si>
+    <t>Аlina Сhetverikova, Kirill Bronnikov, Nikolay Solodovchenko, Mihail Bochkarev, Kirill Samusev, Mikhail Limonov</t>
+  </si>
+  <si>
+    <t>2024 Photonics &amp;amp; Electromagnetics Research Symposium (PIERS)</t>
+  </si>
+  <si>
+    <t>1-4</t>
+  </si>
+  <si>
+    <t>10.1109/piers62282.2024.10618589</t>
+  </si>
+  <si>
     <t>Photonics of Topological Transition from Dielectric Ring to Split Ring</t>
   </si>
   <si>
-    <t>2024 Photonics &amp;amp; Electromagnetics Research Symposium (PIERS)</t>
-[...1 lines deleted...]
-  <si>
     <t>1-6</t>
   </si>
   <si>
     <t>10.1109/piers62282.2024.10618369</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1109/piers62282.2024.10618589</t>
   </si>
   <si>
     <t>Ge-Sb-Te based metasurface with angle-tunable switchable response in the telecom bands</t>
   </si>
   <si>
     <t>Aleksandr Solomonov, Mihail Bochkarev, S. I. Pavlov, P. I. Lazarenko, V. V. Kovalyuk, A. D. Golikov, G. N. Goltsman, S. A. Kozyukhin, S. A. Dyakov, Mikhail Rybin, A. B. Pevtsov</t>
   </si>
   <si>
     <t>10.1103/physrevb.108.085127</t>
   </si>
   <si>
     <t>Optical “fingerprints” of dielectric resonators</t>
   </si>
   <si>
     <t>Аlina Сhetverikova, Mihail Bochkarev, Nikolay Solodovchenko, Kirill Samusev, Mikhail Limonov</t>
   </si>
   <si>
     <t>Journal of the Optical Society of America B</t>
   </si>
   <si>
     <t>10.1364/josab.495800</t>
   </si>
 </sst>
 </file>
 
@@ -597,81 +597,81 @@
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4">
         <v>2024</v>
       </c>
       <c r="G4" t="s">
         <v>20</v>
       </c>
       <c r="H4">
         <v>31.04</v>
       </c>
       <c r="I4">
         <v>8.07</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="C5" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="D5"/>
       <c r="E5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F5">
         <v>2024</v>
       </c>
       <c r="G5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H5"/>
       <c r="I5"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="C6" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="D6"/>
+        <v>23</v>
+      </c>
+      <c r="D6">
+        <v>13</v>
+      </c>
       <c r="E6" t="s">
         <v>27</v>
       </c>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
         <v>28</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>29</v>
       </c>
       <c r="B7" t="s">
         <v>30</v>
       </c>
       <c r="C7" t="s">
         <v>15</v>
       </c>
       <c r="D7">
         <v>108</v>
       </c>