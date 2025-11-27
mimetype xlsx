--- v0 (2025-10-09)
+++ v1 (2025-11-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
@@ -99,50 +99,62 @@
     <t>10.1002/advs.202405989</t>
   </si>
   <si>
     <t>Non-thermal plasma etching of MOF thin films in high optical quality for interference sensing</t>
   </si>
   <si>
     <t>Pavel Alekseevskiy, Maria Timofeeva, Semyon Bachinin, Regis Peignier, Cedric Noel, Pascal Boulet, Thierry Belmonte, Valentin Milichko</t>
   </si>
   <si>
     <t>Optical Materials</t>
   </si>
   <si>
     <t>10.1016/j.optmat.2024.115666</t>
   </si>
   <si>
     <t>Light-driven anisotropy of 2D metal-organic framework single crystal for repeatable optical modulation</t>
   </si>
   <si>
     <t>Yuliya Kenzhebayeva, Nikita Kulachenkov, Sergei Rzhevskii, Pavel A. Slepukhin, Vladimir V. Shilovskikh, Anastasia Efimova, Pavel Alekseevskiy, Gennady Y. Gor, Alina Emelianova, Sergei Shipilovskikh, Irina D. Yushina, Alexander Krylov, Dmitry I. Pavlov, Vladimir P. Fedin, Andrei S. Potapov, Valentin Milichko</t>
   </si>
   <si>
     <t>Communications Materials</t>
   </si>
   <si>
     <t>10.1038/s43246-024-00485-5</t>
+  </si>
+  <si>
+    <t>Two-dimensional thin and porous membranes for gas molecules sensing</t>
+  </si>
+  <si>
+    <t>Anastasia Efimova, Pavel Alekseevskiy, Maria Timofeeva, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>Optical Sensing and Detection VIII</t>
+  </si>
+  <si>
+    <t>10.1117/12.3021972</t>
   </si>
   <si>
     <t>Grayscale to Multicolor Laser Writing Inside a Label‐Free Metal‐Organic Frameworks</t>
   </si>
   <si>
     <t>Nikolaj Zhestkij, Anastasia Efimova, Yuliya Kenzhebayeva, Svyatoslav Povarov, Pavel Alekseevskiy, Sergei Rzhevskii, Sergei Shipilovskikh, Valentin Milichko</t>
   </si>
   <si>
     <t>10.1002/adfm.202311235</t>
   </si>
   <si>
     <t>Detection of extreme temperatures via emission from MOFs of a varied structure</t>
   </si>
   <si>
     <t>Ekaterina Gunina, Pavel Alekseevskiy, Yuliya Kenzhebayeva, Yuri Mezenov, Valentin Milichko</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2023.101225</t>
   </si>
   <si>
     <t>Exfoliation of 2D Metal‐Organic Frameworks: toward Advanced Scalable Materials for Optical Sensing</t>
   </si>
@@ -572,51 +584,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I16"/>
+  <dimension ref="A1:I17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="162.675" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="452.889" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -759,315 +771,338 @@
       <c r="D6">
         <v>5</v>
       </c>
       <c r="E6"/>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
         <v>28</v>
       </c>
       <c r="H6">
         <v>7.5</v>
       </c>
       <c r="I6">
         <v>2.13</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>29</v>
       </c>
       <c r="B7" t="s">
         <v>30</v>
       </c>
       <c r="C7" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="D7"/>
-      <c r="E7"/>
+      <c r="E7">
+        <v>112</v>
+      </c>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
-        <v>31</v>
-[...6 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C8" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="D8"/>
-      <c r="E8">
-[...1 lines deleted...]
-      </c>
+      <c r="E8"/>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>35</v>
       </c>
       <c r="H8">
-        <v>3.16</v>
+        <v>19.92</v>
       </c>
       <c r="I8">
-        <v>0.47</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>36</v>
       </c>
       <c r="B9" t="s">
         <v>37</v>
       </c>
       <c r="C9" t="s">
         <v>38</v>
       </c>
       <c r="D9"/>
-      <c r="E9"/>
+      <c r="E9">
+        <v>101225</v>
+      </c>
       <c r="F9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>39</v>
       </c>
       <c r="H9">
-        <v>15.37</v>
+        <v>3.16</v>
       </c>
       <c r="I9">
-        <v>3.63</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>40</v>
       </c>
       <c r="B10" t="s">
         <v>41</v>
       </c>
       <c r="C10" t="s">
         <v>42</v>
       </c>
-      <c r="D10">
-[...2 lines deleted...]
-      <c r="E10" t="s">
+      <c r="D10"/>
+      <c r="E10"/>
+      <c r="F10">
+        <v>2023</v>
+      </c>
+      <c r="G10" t="s">
         <v>43</v>
       </c>
-      <c r="F10">
-[...4 lines deleted...]
-      </c>
       <c r="H10">
-        <v>12.26</v>
+        <v>15.37</v>
       </c>
       <c r="I10">
-        <v>3.76</v>
+        <v>3.63</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>44</v>
+      </c>
+      <c r="B11" t="s">
         <v>45</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>46</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11">
+        <v>22</v>
+      </c>
+      <c r="E11" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
       <c r="F11">
         <v>2022</v>
       </c>
       <c r="G11" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H11">
-        <v>5.44</v>
+        <v>12.26</v>
       </c>
       <c r="I11">
-        <v>1.12</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>49</v>
+      </c>
+      <c r="B12" t="s">
         <v>50</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>51</v>
       </c>
-      <c r="C12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D12">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>101026</v>
+        <v>61</v>
+      </c>
+      <c r="E12" t="s">
+        <v>52</v>
       </c>
       <c r="F12">
         <v>2022</v>
       </c>
       <c r="G12" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H12">
-        <v>3.01</v>
+        <v>5.44</v>
       </c>
       <c r="I12">
-        <v>0.55</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B13" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C13" t="s">
-        <v>55</v>
+        <v>38</v>
       </c>
       <c r="D13">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>50</v>
+      </c>
+      <c r="E13">
+        <v>101026</v>
       </c>
       <c r="F13">
         <v>2022</v>
       </c>
       <c r="G13" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="H13">
-        <v>6.14</v>
+        <v>3.01</v>
       </c>
       <c r="I13">
-        <v>1.18</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>57</v>
+      </c>
+      <c r="B14" t="s">
         <v>58</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>59</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14">
+        <v>5</v>
+      </c>
+      <c r="E14" t="s">
         <v>60</v>
       </c>
-      <c r="D14"/>
-[...2 lines deleted...]
-      </c>
       <c r="F14">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G14" t="s">
         <v>61</v>
       </c>
       <c r="H14">
-        <v>6.39</v>
+        <v>6.14</v>
       </c>
       <c r="I14">
-        <v>1.42</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>62</v>
       </c>
       <c r="B15" t="s">
         <v>63</v>
       </c>
       <c r="C15" t="s">
         <v>64</v>
       </c>
-      <c r="D15">
-[...2 lines deleted...]
-      <c r="E15" t="s">
+      <c r="D15"/>
+      <c r="E15">
+        <v>2101196</v>
+      </c>
+      <c r="F15">
+        <v>2021</v>
+      </c>
+      <c r="G15" t="s">
         <v>65</v>
       </c>
-      <c r="F15">
-[...5 lines deleted...]
-      <c r="H15"/>
+      <c r="H15">
+        <v>6.39</v>
+      </c>
       <c r="I15">
-        <v>0.19</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>66</v>
+      </c>
+      <c r="B16" t="s">
         <v>67</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>68</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16">
+        <v>2300</v>
+      </c>
+      <c r="E16" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>1036</v>
       </c>
       <c r="F16">
         <v>2020</v>
       </c>
       <c r="G16" t="s">
         <v>70</v>
       </c>
-      <c r="H16">
+      <c r="H16"/>
+      <c r="I16">
+        <v>0.19</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" t="s">
+        <v>71</v>
+      </c>
+      <c r="B17" t="s">
+        <v>72</v>
+      </c>
+      <c r="C17" t="s">
+        <v>73</v>
+      </c>
+      <c r="D17">
+        <v>10</v>
+      </c>
+      <c r="E17">
+        <v>1036</v>
+      </c>
+      <c r="F17">
+        <v>2020</v>
+      </c>
+      <c r="G17" t="s">
+        <v>74</v>
+      </c>
+      <c r="H17">
         <v>5.08</v>
       </c>
-      <c r="I16">
+      <c r="I17">
         <v>0.92</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>