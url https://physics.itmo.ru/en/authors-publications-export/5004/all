--- v0 (2025-10-07)
+++ v1 (2025-11-30)
@@ -329,75 +329,75 @@
   <si>
     <t>Light-Induced Color Switching of Single Metal–Organic Framework Nanocrystals</t>
   </si>
   <si>
     <t>Yuliya Kenzhebayeva, Semyon Bachinin, Aleksandr Solomonov, Venera Gilemkhanova, Sergei Shipilovskikh, Nikita Kulachenkov, Sergey P. Fisenko, Mikhail Rybin, Valentin Milichko</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry Letters</t>
   </si>
   <si>
     <t>777-783</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.1c03630</t>
   </si>
   <si>
     <t>The influence of substitutes on the room temperature photoluminescence of 2-amino-4-oxobut-2-enoic acid molecular crystals</t>
   </si>
   <si>
     <t>Ekaterina Gunina, Nikolaj Zhestkij, Semyon Bachinin, Sergey P. Fisenko, Daria. A. Shipilovskikh, Valentin Milichko, Sergei Shipilovskikh</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2021.100990</t>
   </si>
   <si>
+    <t>Tuneable photoluminescence of TBAPY-based Metal-Organic Complex</t>
+  </si>
+  <si>
+    <t>Maria Timofeeva, Semyon Bachinin, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012151</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012151</t>
+  </si>
+  <si>
     <t>Linear optical properties of HKUST-1 metal-organic framework: Effect of the crystal size and synthetic approach</t>
   </si>
   <si>
     <t>Yuliya Kenzhebayeva, Semyon Bachinin, Venera Gilemkhanova, Valentin Milichko</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012059</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012059</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1088/1742-6596/2015/1/012151</t>
   </si>
   <si>
     <t>Metal-Organic Frameworks for Metal-Ion Batteries: Towards Scalability</t>
   </si>
   <si>
     <t>Semyon Bachinin, Venera Gilemkhanova, Maria Timofeeva, Yuliya Kenzhebayeva, Andrei Yankin, Valentin Milichko</t>
   </si>
   <si>
     <t>Chimica Techno Acta</t>
   </si>
   <si>
     <t>10.15826/chimtech.2021.8.3.04</t>
   </si>
   <si>
     <t>Polymer Matrix Incorporated with ZIF-8 for Application in Nonlinear Optics</t>
   </si>
   <si>
     <t>Yuri Mezenov, Nikita Kulachenkov, Andrei Yankin, Sergey S. Rzhevskiy, Pavel Alekseevskiy, Venera Gilemkhanova, Semyon Bachinin, Vyacheslav Dyachuk, Valentin Milichko</t>
   </si>
   <si>
     <t>Nanomaterials</t>
   </si>
   <si>
     <t>10.3390/nano10061036</t>
   </si>