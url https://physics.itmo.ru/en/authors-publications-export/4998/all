--- v0 (2025-10-08)
+++ v1 (2025-11-14)
@@ -122,72 +122,72 @@
   <si>
     <t>10.1021/acsanm.2c00941</t>
   </si>
   <si>
     <t>Nonlinear optical heating of all-dielectric super-cavity: efficient light-to-heat conversion through giant thermorefractive bistability</t>
   </si>
   <si>
     <t>Daniil Ryabov, Olesya Pashina, Georgiy Zograf, Sergey Makarov, Mihail Petrov</t>
   </si>
   <si>
     <t>10.1515/nanoph-2022-0074</t>
   </si>
   <si>
     <t>Single‐Walled Carbon Nanotube Thin Film for Flexible and Highly Responsive Perovskite Photodetector</t>
   </si>
   <si>
     <t>Alexandr Marunchenko, Mikhail Baranov,  Elena V. Ushakova, Daniil Ryabov, Anatoly Pushkarev, Dmitry Gets, Albert G. Nasibulin, Sergey Makarov</t>
   </si>
   <si>
     <t>Advanced Functional Materials</t>
   </si>
   <si>
     <t>10.1002/adfm.202109834</t>
   </si>
   <si>
+    <t>Ultrafast laser heating of non-plasmonic nanocylinders</t>
+  </si>
+  <si>
+    <t>Olesya Pashina, Daniil Ryabov, Georgiy Zograf, Sergey Makarov, Mihail Petrov</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012104</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012104</t>
+  </si>
+  <si>
     <t>Optical heating of doped semiconductor nanocylinders supporting quasi-BIC modes</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012129</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012129</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1088/1742-6596/2015/1/012104</t>
   </si>
   <si>
     <t>Stimulated Raman scattering from Mie-resonant subwavelength nanoparticles</t>
   </si>
   <si>
     <t>Georgiy Zograf, Daniil Ryabov, Pavel Voroshilov, Pavel Tonkaev, Dmitry Permyakov, Yuri Kivshar, Sergey Makarov</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>5786–5791</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.0c01646</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -744,83 +744,83 @@
       <c r="C8" t="s">
         <v>34</v>
       </c>
       <c r="D8"/>
       <c r="E8">
         <v>2109834</v>
       </c>
       <c r="F8">
         <v>2022</v>
       </c>
       <c r="G8" t="s">
         <v>35</v>
       </c>
       <c r="H8">
         <v>19.92</v>
       </c>
       <c r="I8">
         <v>5.0</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>36</v>
       </c>
       <c r="B9" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="C9" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D9">
         <v>2015</v>
       </c>
       <c r="E9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F9">
         <v>2021</v>
       </c>
       <c r="G9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H9">
         <v>0.55</v>
       </c>
       <c r="I9">
         <v>0.21</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B10" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="C10" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D10">
         <v>2015</v>
       </c>
       <c r="E10" t="s">
         <v>42</v>
       </c>
       <c r="F10">
         <v>2021</v>
       </c>
       <c r="G10" t="s">
         <v>43</v>
       </c>
       <c r="H10">
         <v>0.55</v>
       </c>
       <c r="I10">
         <v>0.21</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>44</v>
       </c>
       <c r="B11" t="s">