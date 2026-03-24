--- v0 (2025-10-09)
+++ v1 (2026-03-24)
@@ -56,69 +56,69 @@
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
     <t>Design of Qi-Compatible Repeater for Efficient Wireless Power Transfer in Volumetric Resonator</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Andrej Vdovenko, Mikhail Udrov, Mikhail Siganov,  Pavel Seregin, Pavel Belov, Alena Shchelokova</t>
   </si>
   <si>
     <t>2025 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
   </si>
   <si>
     <t>1-4</t>
   </si>
   <si>
     <t>10.1109/wptce62521.2025.11062315</t>
   </si>
   <si>
+    <t>Design and demonstration of the volumetric resonator with uniform magnetic field distribution for wireless power transfer</t>
+  </si>
+  <si>
+    <t>Aigerim Jandaliyeva, Andrej Vdovenko, Mikhail Siganov, Leila  Suleiman,  Pavel Seregin, Mikhail Udrov, Alena Shchelokova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2024 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
+  </si>
+  <si>
+    <t>10.1109/wptce59894.2024.10557310</t>
+  </si>
+  <si>
     <t>Room-Sized Helmholtz-Type Resonator for Ubiquitous Wireless Power Transfer</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Nikita Mikhailov, Andrej Vdovenko, Mikhail Siganov, Evgenii Maiorov,  Pavel Seregin, Alena Shchelokova, Pavel Belov</t>
   </si>
   <si>
-    <t>2024 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/wptce59894.2024.10557386</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1109/wptce59894.2024.10557310</t>
   </si>
   <si>
     <t>Wireless power transfer in magnetic resonance imaging at a higher-order mode of a birdcage coil</t>
   </si>
   <si>
     <t>Oleg Burmistrov, Nikita Mikhailov, Dmitriy S. Dashkevich,  Pavel Seregin, Nikita Olekhno</t>
   </si>
   <si>
     <t>Physical Review Applied</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.21.014047</t>
   </si>
   <si>
     <t>Multi-mode metasurface as a receive coil for magnetic resonance imaging</t>
   </si>
   <si>
     <t>Денис Буров, Павел Серегин, Алёна Щелокова, Евгений Корешин</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/5.0152815</t>
   </si>