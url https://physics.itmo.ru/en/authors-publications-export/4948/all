--- v0 (2025-10-08)
+++ v1 (2026-01-13)
@@ -12,143 +12,152 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Synthesis and characterization of ZnBTC-based MOFs: effect of solvents and salt</t>
+  </si>
+  <si>
+    <t>Maria Timofeeva, Andrei Yankin</t>
+  </si>
+  <si>
+    <t>Chimica Techno Acta</t>
+  </si>
+  <si>
+    <t>10.15826/chimtech.2023.10.1.05</t>
+  </si>
+  <si>
     <t>Dimensionality Mediated Highly Repeatable and Fast Transformation of Coordination Polymer Single Crystals for All-Optical Data Processing</t>
   </si>
   <si>
     <t>Nikita Kulachenkov, Marina Barsukova, Pavel Alekseevskiy, Aleksandr A. Sapianik, Maxim Sergeev, Andrei Yankin, Andrey Krasilin, Semyon Bachinin, Sergei Shipilovskikh, Petr Poturaev, Natalia Medvedeva, Ekaterina Denislamova, Pavel S. Zelenovskiy, Vladimir V. Shilovskikh, Yuliya Kenzhebayeva, Anastasia Efimova, Alexander S. Novikov, Artem  Lunev, Vladimir P. Fedin, Valentin Milichko</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>6972-6981</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.2c01770</t>
   </si>
   <si>
     <t>MOF‐Based Sustainable Memory Devices</t>
   </si>
   <si>
     <t>Nikita Kulachenkov, Quentin Haar, Sergei Shipilovskikh, Andrei Yankin, Jean‐François Pierson, Alexandre Nomine, Valentin Milichko</t>
   </si>
   <si>
     <t>Advanced Functional Materials</t>
   </si>
   <si>
     <t>10.1002/adfm.202107949</t>
   </si>
   <si>
     <t>Metal-Organic Frameworks for Metal-Ion Batteries: Towards Scalability</t>
   </si>
   <si>
     <t>Semyon Bachinin, Venera Gilemkhanova, Maria Timofeeva, Yuliya Kenzhebayeva, Andrei Yankin, Valentin Milichko</t>
   </si>
   <si>
-    <t>Chimica Techno Acta</t>
-[...1 lines deleted...]
-  <si>
     <t>10.15826/chimtech.2021.8.3.04</t>
   </si>
   <si>
+    <t>Sonication of 2D metal-organic framework for atomic force microscopy</t>
+  </si>
+  <si>
+    <t>Pavel Alekseevskiy, Andrei Yankin, Marina O. Barsukova, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020001</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031912</t>
+  </si>
+  <si>
     <t>Optical switching in metal-organic framework</t>
   </si>
   <si>
     <t>Nikita Kulachenkov, Andrei Yankin, Valentin Milichko</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020073</t>
   </si>
   <si>
     <t>10.1063/5.0031913</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1063/5.0031912</t>
   </si>
   <si>
     <t>Polymer Matrix Incorporated with ZIF-8 for Application in Nonlinear Optics</t>
   </si>
   <si>
     <t>Yuri Mezenov, Nikita Kulachenkov, Andrei Yankin, Sergey S. Rzhevskiy, Pavel Alekseevskiy, Venera Gilemkhanova, Semyon Bachinin, Vyacheslav Dyachuk, Valentin Milichko</t>
   </si>
   <si>
     <t>Nanomaterials</t>
   </si>
   <si>
     <t>10.3390/nano10061036</t>
   </si>
   <si>
     <t>Nickel Salicylaldoxime-Based Coordination Polymer as a Cathode for Lithium-Ion Batteries</t>
   </si>
   <si>
     <t>Evgenii V. Beletskii, Daniil A. Lukyanov, Petr S. Vlasov, Andrei Yankin, Arslan B. Atangulov, Vladimir V. Sizov, Oleg V. Levin</t>
   </si>
   <si>
     <t>Energies</t>
   </si>
   <si>
     <t>10.3390/en13102480</t>
   </si>
@@ -713,51 +722,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I27"/>
+  <dimension ref="A1:I28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="233.514" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="452.889" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -772,784 +781,811 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E2"/>
       <c r="F2">
         <v>2022</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H2">
-        <v>12.26</v>
+        <v>0.41</v>
       </c>
       <c r="I2">
-        <v>3.76</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
         <v>14</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3">
+        <v>22</v>
+      </c>
+      <c r="E3" t="s">
         <v>16</v>
       </c>
-      <c r="D3">
-[...4 lines deleted...]
-      </c>
       <c r="F3">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3">
-        <v>19.92</v>
+        <v>12.26</v>
       </c>
       <c r="I3">
-        <v>5.0</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="E4">
-        <v>20210304</v>
+        <v>2107949</v>
       </c>
       <c r="F4">
         <v>2021</v>
       </c>
       <c r="G4" t="s">
         <v>21</v>
       </c>
-      <c r="H4"/>
+      <c r="H4">
+        <v>19.92</v>
+      </c>
       <c r="I4">
-        <v>0.13</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
         <v>23</v>
       </c>
       <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5">
+        <v>8</v>
+      </c>
+      <c r="E5">
+        <v>20210304</v>
+      </c>
+      <c r="F5">
+        <v>2021</v>
+      </c>
+      <c r="G5" t="s">
         <v>24</v>
-      </c>
-[...10 lines deleted...]
-        <v>26</v>
       </c>
       <c r="H5"/>
       <c r="I5">
-        <v>0.19</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" t="s">
+        <v>26</v>
+      </c>
+      <c r="C6" t="s">
         <v>27</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
       <c r="D6">
         <v>2300</v>
       </c>
       <c r="E6" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F6">
         <v>2020</v>
       </c>
       <c r="G6" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H6"/>
       <c r="I6">
         <v>0.19</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>30</v>
+      </c>
+      <c r="B7" t="s">
         <v>31</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
+        <v>27</v>
+      </c>
+      <c r="D7">
+        <v>2300</v>
+      </c>
+      <c r="E7" t="s">
         <v>32</v>
-      </c>
-[...7 lines deleted...]
-        <v>1036</v>
       </c>
       <c r="F7">
         <v>2020</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="H7"/>
       <c r="I7">
-        <v>0.92</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>34</v>
+      </c>
+      <c r="B8" t="s">
         <v>35</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>36</v>
       </c>
-      <c r="C8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="E8">
-        <v>2480</v>
+        <v>1036</v>
       </c>
       <c r="F8">
         <v>2020</v>
       </c>
       <c r="G8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H8">
-        <v>3.0</v>
+        <v>5.08</v>
       </c>
       <c r="I8">
-        <v>0.6</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" t="s">
         <v>39</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>40</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>13</v>
+      </c>
+      <c r="E9">
+        <v>2480</v>
       </c>
       <c r="F9">
         <v>2020</v>
       </c>
       <c r="G9" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="H9">
-        <v>12.96</v>
+        <v>3.0</v>
       </c>
       <c r="I9">
-        <v>5.44</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C10" t="s">
         <v>44</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10">
+        <v>59</v>
+      </c>
+      <c r="E10" t="s">
         <v>45</v>
-      </c>
-[...7 lines deleted...]
-        <v>47</v>
       </c>
       <c r="F10">
         <v>2020</v>
       </c>
       <c r="G10" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="H10">
-        <v>0.87</v>
+        <v>12.96</v>
       </c>
       <c r="I10">
-        <v>0.23</v>
+        <v>5.44</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>47</v>
+      </c>
+      <c r="B11" t="s">
+        <v>48</v>
+      </c>
+      <c r="C11" t="s">
         <v>49</v>
       </c>
-      <c r="B11" t="s">
+      <c r="D11">
+        <v>90</v>
+      </c>
+      <c r="E11" t="s">
         <v>50</v>
       </c>
-      <c r="C11" t="s">
-[...5 lines deleted...]
-      <c r="E11" t="s">
+      <c r="F11">
+        <v>2020</v>
+      </c>
+      <c r="G11" t="s">
         <v>51</v>
       </c>
-      <c r="F11">
-[...4 lines deleted...]
-      </c>
       <c r="H11">
-        <v>0.72</v>
+        <v>0.87</v>
       </c>
       <c r="I11">
-        <v>0.22</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" t="s">
         <v>53</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
+        <v>49</v>
+      </c>
+      <c r="D12">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
         <v>54</v>
-      </c>
-[...7 lines deleted...]
-        <v>4652</v>
       </c>
       <c r="F12">
         <v>2019</v>
       </c>
       <c r="G12" t="s">
         <v>55</v>
       </c>
       <c r="H12">
-        <v>2.7</v>
+        <v>0.72</v>
       </c>
       <c r="I12">
-        <v>0.64</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>56</v>
       </c>
       <c r="B13" t="s">
         <v>57</v>
       </c>
       <c r="C13" t="s">
-        <v>58</v>
+        <v>40</v>
       </c>
       <c r="D13">
-        <v>256</v>
+        <v>12</v>
       </c>
       <c r="E13">
-        <v>116151</v>
+        <v>4652</v>
       </c>
       <c r="F13">
         <v>2019</v>
       </c>
       <c r="G13" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="H13">
-        <v>3.29</v>
+        <v>2.7</v>
       </c>
       <c r="I13">
-        <v>0.66</v>
+        <v>0.64</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>59</v>
+      </c>
+      <c r="B14" t="s">
         <v>60</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>61</v>
       </c>
-      <c r="C14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>256</v>
+      </c>
+      <c r="E14">
+        <v>116151</v>
       </c>
       <c r="F14">
         <v>2019</v>
       </c>
       <c r="G14" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="H14">
-        <v>0.72</v>
+        <v>3.29</v>
       </c>
       <c r="I14">
-        <v>0.22</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" t="s">
         <v>64</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
+        <v>49</v>
+      </c>
+      <c r="D15">
+        <v>89</v>
+      </c>
+      <c r="E15" t="s">
         <v>65</v>
-      </c>
-[...7 lines deleted...]
-        <v>67</v>
       </c>
       <c r="F15">
         <v>2019</v>
       </c>
       <c r="G15" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="H15">
-        <v>1.81</v>
+        <v>0.72</v>
       </c>
       <c r="I15">
-        <v>0.45</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>67</v>
+      </c>
+      <c r="B16" t="s">
+        <v>68</v>
+      </c>
+      <c r="C16" t="s">
         <v>69</v>
       </c>
-      <c r="B16" t="s">
+      <c r="D16">
+        <v>4</v>
+      </c>
+      <c r="E16" t="s">
         <v>70</v>
-      </c>
-[...7 lines deleted...]
-        <v>72</v>
       </c>
       <c r="F16">
         <v>2019</v>
       </c>
       <c r="G16" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="H16">
-        <v>0.62</v>
+        <v>1.81</v>
       </c>
       <c r="I16">
-        <v>0.21</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>72</v>
+      </c>
+      <c r="B17" t="s">
+        <v>73</v>
+      </c>
+      <c r="C17" t="s">
         <v>74</v>
       </c>
-      <c r="B17" t="s">
+      <c r="D17">
+        <v>55</v>
+      </c>
+      <c r="E17" t="s">
         <v>75</v>
-      </c>
-[...7 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F17">
         <v>2019</v>
       </c>
       <c r="G17" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="H17">
-        <v>0.72</v>
+        <v>0.62</v>
       </c>
       <c r="I17">
-        <v>0.22</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>77</v>
+      </c>
+      <c r="B18" t="s">
         <v>78</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D18">
         <v>89</v>
       </c>
       <c r="E18" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F18">
         <v>2019</v>
       </c>
       <c r="G18" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="H18">
         <v>0.72</v>
       </c>
       <c r="I18">
         <v>0.22</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>81</v>
+      </c>
+      <c r="B19" t="s">
         <v>82</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
+        <v>49</v>
+      </c>
+      <c r="D19">
+        <v>89</v>
+      </c>
+      <c r="E19" t="s">
         <v>83</v>
-      </c>
-[...7 lines deleted...]
-        <v>85</v>
       </c>
       <c r="F19">
         <v>2019</v>
       </c>
       <c r="G19" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="H19">
-        <v>2.28</v>
+        <v>0.72</v>
       </c>
       <c r="I19">
-        <v>0.58</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>85</v>
+      </c>
+      <c r="B20" t="s">
+        <v>86</v>
+      </c>
+      <c r="C20" t="s">
         <v>87</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20">
+        <v>60</v>
+      </c>
+      <c r="E20" t="s">
         <v>88</v>
       </c>
-      <c r="C20" t="s">
-[...5 lines deleted...]
-      <c r="E20" t="s">
+      <c r="F20">
+        <v>2019</v>
+      </c>
+      <c r="G20" t="s">
         <v>89</v>
       </c>
-      <c r="F20">
-[...4 lines deleted...]
-      </c>
       <c r="H20">
-        <v>0.55</v>
+        <v>2.28</v>
       </c>
       <c r="I20">
-        <v>0.2</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>90</v>
+      </c>
+      <c r="B21" t="s">
         <v>91</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
+        <v>49</v>
+      </c>
+      <c r="D21">
+        <v>86</v>
+      </c>
+      <c r="E21" t="s">
         <v>92</v>
-      </c>
-[...7 lines deleted...]
-        <v>93</v>
       </c>
       <c r="F21">
         <v>2016</v>
       </c>
       <c r="G21" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="H21">
-        <v>0.6</v>
+        <v>0.55</v>
       </c>
       <c r="I21">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>94</v>
+      </c>
+      <c r="B22" t="s">
         <v>95</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
+        <v>74</v>
+      </c>
+      <c r="D22">
+        <v>52</v>
+      </c>
+      <c r="E22" t="s">
         <v>96</v>
-      </c>
-[...7 lines deleted...]
-        <v>97</v>
       </c>
       <c r="F22">
         <v>2016</v>
       </c>
       <c r="G22" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="H22">
-        <v>2.19</v>
+        <v>0.6</v>
       </c>
       <c r="I22">
-        <v>0.75</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>98</v>
+      </c>
+      <c r="B23" t="s">
         <v>99</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" t="s">
-        <v>71</v>
+        <v>87</v>
       </c>
       <c r="D23">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="E23" t="s">
         <v>100</v>
       </c>
       <c r="F23">
         <v>2016</v>
       </c>
       <c r="G23" t="s">
         <v>101</v>
       </c>
       <c r="H23">
-        <v>0.6</v>
+        <v>2.19</v>
       </c>
       <c r="I23">
-        <v>0.25</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>102</v>
       </c>
       <c r="B24" t="s">
+        <v>91</v>
+      </c>
+      <c r="C24" t="s">
+        <v>74</v>
+      </c>
+      <c r="D24">
+        <v>52</v>
+      </c>
+      <c r="E24" t="s">
         <v>103</v>
-      </c>
-[...7 lines deleted...]
-        <v>104</v>
       </c>
       <c r="F24">
         <v>2016</v>
       </c>
       <c r="G24" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="H24">
-        <v>0.55</v>
+        <v>0.6</v>
       </c>
       <c r="I24">
-        <v>0.2</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>105</v>
+      </c>
+      <c r="B25" t="s">
         <v>106</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
+        <v>49</v>
+      </c>
+      <c r="D25">
+        <v>86</v>
+      </c>
+      <c r="E25" t="s">
         <v>107</v>
       </c>
-      <c r="C25" t="s">
+      <c r="F25">
+        <v>2016</v>
+      </c>
+      <c r="G25" t="s">
         <v>108</v>
       </c>
-      <c r="D25">
-[...10 lines deleted...]
-      </c>
       <c r="H25">
-        <v>0.46</v>
+        <v>0.55</v>
       </c>
       <c r="I25">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>109</v>
+      </c>
+      <c r="B26" t="s">
+        <v>110</v>
+      </c>
+      <c r="C26" t="s">
         <v>111</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26">
+        <v>49</v>
+      </c>
+      <c r="E26" t="s">
         <v>112</v>
-      </c>
-[...7 lines deleted...]
-        <v>113</v>
       </c>
       <c r="F26">
         <v>2015</v>
       </c>
       <c r="G26" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="H26">
-        <v>0.48</v>
+        <v>0.46</v>
       </c>
       <c r="I26">
-        <v>0.21</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>114</v>
+      </c>
+      <c r="B27" t="s">
         <v>115</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D27">
         <v>85</v>
       </c>
       <c r="E27" t="s">
         <v>116</v>
       </c>
       <c r="F27">
         <v>2015</v>
       </c>
       <c r="G27" t="s">
         <v>117</v>
       </c>
       <c r="H27">
         <v>0.48</v>
       </c>
       <c r="I27">
+        <v>0.21</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28" t="s">
+        <v>118</v>
+      </c>
+      <c r="B28" t="s">
+        <v>110</v>
+      </c>
+      <c r="C28" t="s">
+        <v>49</v>
+      </c>
+      <c r="D28">
+        <v>85</v>
+      </c>
+      <c r="E28" t="s">
+        <v>119</v>
+      </c>
+      <c r="F28">
+        <v>2015</v>
+      </c>
+      <c r="G28" t="s">
+        <v>120</v>
+      </c>
+      <c r="H28">
+        <v>0.48</v>
+      </c>
+      <c r="I28">
         <v>0.21</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>