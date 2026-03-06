--- v1 (2026-01-13)
+++ v2 (2026-03-06)
@@ -89,75 +89,75 @@
   <si>
     <t>10.1021/acs.nanolett.2c01770</t>
   </si>
   <si>
     <t>MOF‐Based Sustainable Memory Devices</t>
   </si>
   <si>
     <t>Nikita Kulachenkov, Quentin Haar, Sergei Shipilovskikh, Andrei Yankin, Jean‐François Pierson, Alexandre Nomine, Valentin Milichko</t>
   </si>
   <si>
     <t>Advanced Functional Materials</t>
   </si>
   <si>
     <t>10.1002/adfm.202107949</t>
   </si>
   <si>
     <t>Metal-Organic Frameworks for Metal-Ion Batteries: Towards Scalability</t>
   </si>
   <si>
     <t>Semyon Bachinin, Venera Gilemkhanova, Maria Timofeeva, Yuliya Kenzhebayeva, Andrei Yankin, Valentin Milichko</t>
   </si>
   <si>
     <t>10.15826/chimtech.2021.8.3.04</t>
   </si>
   <si>
+    <t>Optical switching in metal-organic framework</t>
+  </si>
+  <si>
+    <t>Nikita Kulachenkov, Andrei Yankin, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020073</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031913</t>
+  </si>
+  <si>
     <t>Sonication of 2D metal-organic framework for atomic force microscopy</t>
   </si>
   <si>
     <t>Pavel Alekseevskiy, Andrei Yankin, Marina O. Barsukova, Valentin Milichko</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020001</t>
   </si>
   <si>
     <t>10.1063/5.0031912</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1063/5.0031913</t>
   </si>
   <si>
     <t>Polymer Matrix Incorporated with ZIF-8 for Application in Nonlinear Optics</t>
   </si>
   <si>
     <t>Yuri Mezenov, Nikita Kulachenkov, Andrei Yankin, Sergey S. Rzhevskiy, Pavel Alekseevskiy, Venera Gilemkhanova, Semyon Bachinin, Vyacheslav Dyachuk, Valentin Milichko</t>
   </si>
   <si>
     <t>Nanomaterials</t>
   </si>
   <si>
     <t>10.3390/nano10061036</t>
   </si>
   <si>
     <t>Nickel Salicylaldoxime-Based Coordination Polymer as a Cathode for Lithium-Ion Batteries</t>
   </si>
   <si>
     <t>Evgenii V. Beletskii, Daniil A. Lukyanov, Petr S. Vlasov, Andrei Yankin, Arslan B. Atangulov, Vladimir V. Sizov, Oleg V. Levin</t>
   </si>
   <si>
     <t>Energies</t>
   </si>
   <si>
     <t>10.3390/en13102480</t>
   </si>