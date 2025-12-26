--- v0 (2025-10-06)
+++ v1 (2025-12-26)
@@ -12,77 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Heterostructured perovskite nanocrystals for water stable plasmon-enhanced photoelectrocatalysis</t>
+  </si>
+  <si>
+    <t>Yuan Yuan, Anastasiia P. Dmitrieva, Stepan Pozdnyakov, Lev Zelenkov, Pavel Krasnov, Yangyang Ju, Ruslan Azizov, Ivan V. Moskalenko, Elena F. Krivoshapkina, Pavel V. Krivoshapkin, Pavel Talianov, Sergey Makarov, Soslan A. Khubezhov</t>
+  </si>
+  <si>
+    <t>Light: Advanced Manufacturing</t>
+  </si>
+  <si>
+    <t>10.37188/lam.2025.080</t>
   </si>
   <si>
     <t>Template-Assisted Synthesis of CsPbBr3 Nanocrystals with a Humidity-Induced Fluorescent Response: Mechanism and Sensing Applications</t>
   </si>
   <si>
     <t>Pavel Talianov, Daria Mikushina, Sergei Rzhevskii, Konstantin Arabuli, Lev Zelenkov, Soslan Khubezhov, Lev Logunov, Dmitry Gets,  Oleksii O. Peltek, Mikhail Zyuzin, Sergey Makarov</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry Letters</t>
   </si>
   <si>
     <t>4205-4213</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.5c00151</t>
   </si>
   <si>
     <t>Lead‐Free Halide Perovskite Nanoparticles for Up‐Conversion Lasing and Efficient Second Harmonic Generation</t>
   </si>
   <si>
     <t>Stepan Ilin, Daria Khmelevskaia, Anna Nikolaeva, George M. Maragkakis, Sotiris Psilodimitrakopoulos, Leonidas Mouchliadis, Pavel Talianov, Soslan Khubezhov, Emmanuel Stratakis, Lev Zelenkov, Sergey Makarov</t>
   </si>
   <si>
     <t>Advanced Optical Materials</t>
   </si>
@@ -515,51 +527,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I11"/>
+  <dimension ref="A1:I12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="198.095" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -574,300 +586,329 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>6</v>
+      </c>
+      <c r="E2">
+        <v>1</v>
       </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H2">
-        <v>6.89</v>
+        <v>9.44</v>
       </c>
       <c r="I2">
-        <v>1.85</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
         <v>14</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3">
         <v>16</v>
       </c>
-      <c r="D3"/>
-      <c r="E3"/>
+      <c r="E3" t="s">
+        <v>16</v>
+      </c>
       <c r="F3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3">
-        <v>9.93</v>
+        <v>6.89</v>
       </c>
       <c r="I3">
-        <v>2.89</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G4" t="s">
         <v>21</v>
       </c>
       <c r="H4">
-        <v>8.31</v>
+        <v>9.93</v>
       </c>
       <c r="I4">
-        <v>1.74</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
         <v>23</v>
       </c>
       <c r="C5" t="s">
         <v>24</v>
       </c>
-      <c r="D5">
-[...1 lines deleted...]
-      </c>
+      <c r="D5"/>
       <c r="E5"/>
       <c r="F5">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5">
-        <v>7.92</v>
+        <v>8.31</v>
       </c>
       <c r="I5">
-        <v>2.12</v>
+        <v>1.74</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6">
-        <v>5</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="E6"/>
       <c r="F6">
         <v>2022</v>
       </c>
       <c r="G6" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="H6"/>
+        <v>29</v>
+      </c>
+      <c r="H6">
+        <v>7.92</v>
+      </c>
       <c r="I6">
-        <v>0.75</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>30</v>
+      </c>
+      <c r="B7" t="s">
         <v>31</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>32</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7">
+        <v>5</v>
+      </c>
+      <c r="E7" t="s">
         <v>33</v>
       </c>
-      <c r="D7"/>
-      <c r="E7"/>
       <c r="F7">
         <v>2022</v>
       </c>
       <c r="G7" t="s">
         <v>34</v>
       </c>
-      <c r="H7">
-[...1 lines deleted...]
-      </c>
+      <c r="H7"/>
       <c r="I7">
-        <v>2.27</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>35</v>
       </c>
       <c r="B8" t="s">
         <v>36</v>
       </c>
       <c r="C8" t="s">
         <v>37</v>
       </c>
-      <c r="D8">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="D8"/>
+      <c r="E8"/>
+      <c r="F8">
+        <v>2022</v>
+      </c>
+      <c r="G8" t="s">
         <v>38</v>
       </c>
-      <c r="F8">
-[...5 lines deleted...]
-      <c r="H8"/>
+      <c r="H8">
+        <v>7.08</v>
+      </c>
       <c r="I8">
-        <v>0.21</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>39</v>
+      </c>
+      <c r="B9" t="s">
         <v>40</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>41</v>
       </c>
-      <c r="C9" t="s">
-[...2 lines deleted...]
-      <c r="D9"/>
+      <c r="D9">
+        <v>2015</v>
+      </c>
       <c r="E9" t="s">
         <v>42</v>
       </c>
       <c r="F9">
         <v>2021</v>
       </c>
       <c r="G9" t="s">
         <v>43</v>
       </c>
-      <c r="H9">
-[...1 lines deleted...]
-      </c>
+      <c r="H9"/>
       <c r="I9">
-        <v>2.56</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>44</v>
       </c>
       <c r="B10" t="s">
         <v>45</v>
       </c>
       <c r="C10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10"/>
+      <c r="E10" t="s">
         <v>46</v>
       </c>
-      <c r="D10"/>
-      <c r="E10"/>
       <c r="F10">
         <v>2021</v>
       </c>
       <c r="G10" t="s">
         <v>47</v>
       </c>
       <c r="H10">
-        <v>9.23</v>
+        <v>6.48</v>
       </c>
       <c r="I10">
-        <v>2.54</v>
+        <v>2.56</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>48</v>
       </c>
       <c r="B11" t="s">
         <v>49</v>
       </c>
       <c r="C11" t="s">
         <v>50</v>
       </c>
       <c r="D11"/>
-      <c r="E11">
-[...1 lines deleted...]
-      </c>
+      <c r="E11"/>
       <c r="F11">
         <v>2021</v>
       </c>
       <c r="G11" t="s">
         <v>51</v>
       </c>
       <c r="H11">
+        <v>9.23</v>
+      </c>
+      <c r="I11">
+        <v>2.54</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
+      <c r="A12" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" t="s">
+        <v>53</v>
+      </c>
+      <c r="C12" t="s">
+        <v>54</v>
+      </c>
+      <c r="D12"/>
+      <c r="E12">
+        <v>2000421</v>
+      </c>
+      <c r="F12">
+        <v>2021</v>
+      </c>
+      <c r="G12" t="s">
+        <v>55</v>
+      </c>
+      <c r="H12">
         <v>10.95</v>
       </c>
-      <c r="I11">
+      <c r="I12">
         <v>3.17</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>