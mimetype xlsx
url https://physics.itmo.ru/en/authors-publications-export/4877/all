--- v0 (2025-10-08)
+++ v1 (2025-11-18)
@@ -101,75 +101,75 @@
   <si>
     <t>Elastic Gallium Phosphide Nanowire Optical Waveguides—Versatile Subwavelength Platform for Integrated Photonics</t>
   </si>
   <si>
     <t>Alexey Kuznetsov, Eduard Moiseev, Artem Abramov, Nikita Fominykh, Vladislav A. Sharov, Valeriy M. Kondratev, Ivan Shishkin, Konstantin P. Kotlyar, Demid A. Kirilenko, Vladimir V. Fedorov, Svetlana A. Kadinskaya, Alexandr A. Vorobyev, Ivan Mukhin, Aleksey V. Arsenin, Valentyn S. Volkov, Vasily Kravtsov, Alexey Bolshakov</t>
   </si>
   <si>
     <t>Small</t>
   </si>
   <si>
     <t>10.1002/smll.202301660</t>
   </si>
   <si>
     <t>Special scattering regimes for conical all-dielectric nanoparticles</t>
   </si>
   <si>
     <t>Alexey Kuznetsov, Adria Сanos Valero, Hadi K. Shamkhi, Pavel Terekhov, Xingjie Ni, Vjaceslavs Bobrovs, Mikhail Rybin, Alexander Shalin</t>
   </si>
   <si>
     <t>Scientific Reports</t>
   </si>
   <si>
     <t>10.1038/s41598-022-25542-2</t>
   </si>
   <si>
+    <t>Non-Huygens transparent metasurfaces based on the novel Hybrid anapole state</t>
+  </si>
+  <si>
+    <t>Alexey Kuznetsov, Adria Сanos Valero</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012079</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012079</t>
+  </si>
+  <si>
     <t>Various multipole combinations for conical Si particles</t>
   </si>
   <si>
     <t>Alexey Kuznetsov, Adria Сanos Valero, P D Terekhov, H K Shamkhi</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012080</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012080</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1088/1742-6596/2015/1/012079</t>
   </si>
   <si>
     <t>Transparent hybrid anapole metasurfaces with negligible electromagnetic coupling for phase engineering</t>
   </si>
   <si>
     <t>Alexey Kuznetsov, Adria Сanos Valero, Mikhail Tarkhov, Vjaceslavs Bobrovs, Dmitrii Redka, Alexander Shalin</t>
   </si>
   <si>
     <t>Nanophotonics</t>
   </si>
   <si>
     <t>4385-4398</t>
   </si>
   <si>
     <t>10.1515/nanoph-2021-0377</t>
   </si>
   <si>
     <t>Optical properties of a metasurface based on silicon nanocylinders in a hybrid Anapole state</t>
   </si>
   <si>
     <t>Alexey Kuznetsov, Adria Сanos Valero, Alexander Shalin</t>
   </si>
   <si>
     <t>AIP Conference Proceedings</t>
   </si>