--- v0 (2025-10-06)
+++ v1 (2025-12-08)
@@ -104,75 +104,75 @@
   <si>
     <t>Gulnaz Rakhmanova, Aleksey Osipov, D I Ilin, Irina Shushakova, Ivan Iorsh</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>012173</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012173</t>
   </si>
   <si>
     <t>Helical phase in two-dimensional magnets due to four-spin interactions</t>
   </si>
   <si>
     <t>Gulnaz Rakhmanova, D I Ilin, Aleksey Osipov, Irina Shushakova, Ivan Iorsh, I A Ado, Mikhail Titov</t>
   </si>
   <si>
     <t>012165</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2086/1/012165</t>
   </si>
   <si>
+    <t>Topological plasmon polariton on a Dirac magnet helical state: The second harmonic generation enhancement</t>
+  </si>
+  <si>
+    <t>Gulnaz Rakhmanova, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020101</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031857</t>
+  </si>
+  <si>
     <t>Many-body phenomena in semiconductors and cluster expansion approach</t>
   </si>
   <si>
     <t>Andrew Kudlis,  Gulnaz Rakhmanova, Ivan Iorsh</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020072</t>
   </si>
   <si>
     <t>10.1063/5.0032135</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1063/5.0031857</t>
   </si>
   <si>
     <t>Broadband enhancement of second-harmonic generation at the domain walls of magnetic topological insulators</t>
   </si>
   <si>
     <t>Nanophotonics</t>
   </si>
   <si>
     <t>4489-4495</t>
   </si>
   <si>
     <t>10.1515/nanoph-2020-0287</t>
   </si>
   <si>
     <t>Topological plasmon-polariton on a Dirac magnet helical state</t>
   </si>
   <si>
     <t>Ivan Iorsh,  Gulnaz Rakhmanova, M Titov</t>
   </si>
   <si>
     <t>012158</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1410/1/012158</t>
   </si>
@@ -755,51 +755,51 @@
       <c r="C8" t="s">
         <v>32</v>
       </c>
       <c r="D8">
         <v>2300</v>
       </c>
       <c r="E8" t="s">
         <v>37</v>
       </c>
       <c r="F8">
         <v>2020</v>
       </c>
       <c r="G8" t="s">
         <v>38</v>
       </c>
       <c r="H8"/>
       <c r="I8">
         <v>0.19</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>39</v>
       </c>
       <c r="B9" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="C9" t="s">
         <v>40</v>
       </c>
       <c r="D9">
         <v>9</v>
       </c>
       <c r="E9" t="s">
         <v>41</v>
       </c>
       <c r="F9">
         <v>2020</v>
       </c>
       <c r="G9" t="s">
         <v>42</v>
       </c>
       <c r="H9">
         <v>8.45</v>
       </c>
       <c r="I9">
         <v>2.72</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">