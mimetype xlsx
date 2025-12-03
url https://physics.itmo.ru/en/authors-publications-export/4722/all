--- v0 (2025-10-07)
+++ v1 (2025-12-03)
@@ -41,75 +41,75 @@
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Detection and analysis of protein compounds based on Raman scattering and machine learning</t>
+  </si>
+  <si>
+    <t>Ekaterina Ponkratova, Artem Shtumpf, Landysh Fatkhutdinova, G.I. Bikbaeva, Alexey Kokhanovskiy, Andrey Bogdanov, Alina A. Manshina, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>2024 International Conference Laser Optics (ICLO)</t>
+  </si>
+  <si>
+    <t>547-547</t>
+  </si>
+  <si>
+    <t>10.1109/iclo59702.2024.10624391</t>
+  </si>
+  <si>
     <t>Laser formation of photocatalytically active TiO2 coating</t>
   </si>
   <si>
     <t>Ekaterina Ponkratova, Artem Shtumpf, Andrey Kuzmichev, D.A. Rud, Eduard Ageev, Dmitry Sinev, Dmitry Zuev</t>
   </si>
   <si>
-    <t>2024 International Conference Laser Optics (ICLO)</t>
-[...1 lines deleted...]
-  <si>
     <t>412-412</t>
   </si>
   <si>
     <t>10.1109/iclo59702.2024.10624429</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1109/iclo59702.2024.10624391</t>
   </si>
   <si>
     <t>Nanosecond Laser-Assisted Fabrication of Photocatalytically Active TiO2 Nanocoatings: Implication in Organic Dyes Degradation</t>
   </si>
   <si>
     <t>Ekaterina Ponkratova, Andrey Kuzmichev, Dmitry A. Rud, Soslan Khubezhov, Dmitriy Dolgintsev, Eduard Ageev, Vadim P. Veiko, Dmitry A. Sinev, Dmitry Zuev</t>
   </si>
   <si>
     <t>ACS Applied Nano Materials</t>
   </si>
   <si>
     <t>19268-19278</t>
   </si>
   <si>
     <t>10.1021/acsanm.4c03155</t>
   </si>
   <si>
     <t>Fast and scalable fabrication of Ag/TiO2 nanostructured substrates for enhanced plasmonic sensing and photocatalytic applications</t>
   </si>
   <si>
     <t>Soslan A. Khubezhov, Ekaterina Ponkratova, Andrey Kuzmichev, Ksenia A. Maleeva, Artem Larin, Marina Karsakova, Dzmitry V. Yakimchuk, Mikhail Zyuzin, Sergey Makarov, Dmitry Zuev</t>
   </si>
   <si>
     <t>Applied Surface Science</t>
   </si>