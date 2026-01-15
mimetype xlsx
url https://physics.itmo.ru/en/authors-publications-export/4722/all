--- v1 (2025-12-03)
+++ v2 (2026-01-15)
@@ -41,123 +41,123 @@
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Laser formation of photocatalytically active TiO2 coating</t>
+  </si>
+  <si>
+    <t>Ekaterina Ponkratova, Artem Shtumpf, Andrey Kuzmichev, D.A. Rud, Eduard Ageev, Dmitry Sinev, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>2024 International Conference Laser Optics (ICLO)</t>
+  </si>
+  <si>
+    <t>412-412</t>
+  </si>
+  <si>
+    <t>10.1109/iclo59702.2024.10624429</t>
+  </si>
+  <si>
     <t>Detection and analysis of protein compounds based on Raman scattering and machine learning</t>
   </si>
   <si>
     <t>Ekaterina Ponkratova, Artem Shtumpf, Landysh Fatkhutdinova, G.I. Bikbaeva, Alexey Kokhanovskiy, Andrey Bogdanov, Alina A. Manshina, Dmitry Zuev</t>
   </si>
   <si>
-    <t>2024 International Conference Laser Optics (ICLO)</t>
-[...1 lines deleted...]
-  <si>
     <t>547-547</t>
   </si>
   <si>
     <t>10.1109/iclo59702.2024.10624391</t>
   </si>
   <si>
-    <t>Laser formation of photocatalytically active TiO2 coating</t>
-[...10 lines deleted...]
-  <si>
     <t>Nanosecond Laser-Assisted Fabrication of Photocatalytically Active TiO2 Nanocoatings: Implication in Organic Dyes Degradation</t>
   </si>
   <si>
     <t>Ekaterina Ponkratova, Andrey Kuzmichev, Dmitry A. Rud, Soslan Khubezhov, Dmitriy Dolgintsev, Eduard Ageev, Vadim P. Veiko, Dmitry A. Sinev, Dmitry Zuev</t>
   </si>
   <si>
     <t>ACS Applied Nano Materials</t>
   </si>
   <si>
     <t>19268-19278</t>
   </si>
   <si>
     <t>10.1021/acsanm.4c03155</t>
   </si>
   <si>
     <t>Fast and scalable fabrication of Ag/TiO2 nanostructured substrates for enhanced plasmonic sensing and photocatalytic applications</t>
   </si>
   <si>
     <t>Soslan A. Khubezhov, Ekaterina Ponkratova, Andrey Kuzmichev, Ksenia A. Maleeva, Artem Larin, Marina Karsakova, Dzmitry V. Yakimchuk, Mikhail Zyuzin, Sergey Makarov, Dmitry Zuev</t>
   </si>
   <si>
     <t>Applied Surface Science</t>
   </si>
   <si>
     <t>10.1016/j.apsusc.2024.160669</t>
   </si>
   <si>
+    <t>Gold-Titanium Dioxide Developed Structures for Sensing and Photocatalysis</t>
+  </si>
+  <si>
+    <t>Ekaterina Ponkratova, Soslan Khubezhov, Oleg Il'in, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>2023 IEEE 23rd International Conference on Nanotechnology (NANO)</t>
+  </si>
+  <si>
+    <t>10.1109/nano58406.2023.10231180</t>
+  </si>
+  <si>
     <t>Femtosecond Direct Laser Writing on Bi-Layer Gold-Silicon Films for Hidden Data Storage and Random Key Generation</t>
   </si>
   <si>
     <t>Мартин Сандомирский, Екатерина Понкратова, Елена Петрова, Павел Кустов, Артем Ларин, Эдуард Агеев, Дмитрий Зуев</t>
   </si>
   <si>
-    <t>2023 IEEE 23rd International Conference on Nanotechnology (NANO)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/nano58406.2023.10231269</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1109/nano58406.2023.10231180</t>
   </si>
   <si>
     <t>Оптические свойства золото-кремниевых структур вулканообразной формы, изготовленных с помощью фемтосекундного лазерного воздействия</t>
   </si>
   <si>
     <t>Екатерина Понкратова, Эдуард Агеев, Артем Ларин, Иван Мухин, Дмитрий Зуев</t>
   </si>
   <si>
     <t>Письма в журнал технической физики</t>
   </si>
   <si>
     <t>10.21883/pjtf.2023.13.55728.19568</t>
   </si>
   <si>
     <t>Rapid Identification and Monitoring of Multiple Bacterial Infections Using Printed Nanoarrays</t>
   </si>
   <si>
     <t>Zeying Zhang, Yali Sun, Yaqi Yang, Xu Yang, Huadong Wang, Yang Yun, Xiangyu Pan, Zewei Lian, Artem Kuzmin, Ekaterina Ponkratova, Julia Mikhailova, Zian Xie, Xiaoran Chen, Qi Pan, Bingda Chen, Hongfei Xie, Tingqing Wu, Sisi Chen, Jimei Chi, Fangyi Liu, Dmitry Zuev, Meng Su, Yanlin Song</t>
   </si>
   <si>
     <t>Advanced Materials</t>
   </si>
   <si>
     <t>10.1002/adma.202211363</t>
   </si>