--- v0 (2025-10-06)
+++ v1 (2025-11-06)
@@ -104,195 +104,195 @@
   <si>
     <t>Esmaeel Zanganeh, Adria Сanos Valero, Alexander Shalin, Polina Kapitanova, Mingzhao Song, Elizaveta Nenasheva, Andrey Miroshnichenko, Andrey Evlyukhin</t>
   </si>
   <si>
     <t>2022 Wireless Power Week (WPW)</t>
   </si>
   <si>
     <t>10.1109/wpw54272.2022.9853903</t>
   </si>
   <si>
     <t>Novel Hybrid anapole state and non-Huygens’ transparent metasurfaces</t>
   </si>
   <si>
     <t>A S Shalin, A V Kuznetsov, V Bobrovs, Adria Сanos Valero</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>012001</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2172/1/012001</t>
   </si>
   <si>
+    <t>Non-Huygens transparent metasurfaces based on the novel Hybrid anapole state</t>
+  </si>
+  <si>
+    <t>Alexey Kuznetsov, Adria Сanos Valero</t>
+  </si>
+  <si>
+    <t>012079</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012079</t>
+  </si>
+  <si>
     <t>Various multipole combinations for conical Si particles</t>
   </si>
   <si>
     <t>Alexey Kuznetsov, Adria Сanos Valero, P D Terekhov, H K Shamkhi</t>
   </si>
   <si>
     <t>012080</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012080</t>
   </si>
   <si>
-    <t>Non-Huygens transparent metasurfaces based on the novel Hybrid anapole state</t>
-[...10 lines deleted...]
-  <si>
     <t>Nonradiating sources for efficient wireless power transfer</t>
   </si>
   <si>
     <t>Esmaeel Zanganeh, Mingzhao Song, Adria Сanos Valero, Alexander Shalin, Andrey Miroshnichenko, Andrey Evlyukhin, Polina Kapitanova</t>
   </si>
   <si>
     <t>Nanophotonics</t>
   </si>
   <si>
     <t>4399-4408</t>
   </si>
   <si>
     <t>10.1515/nanoph-2021-0378</t>
   </si>
   <si>
     <t>Transparent hybrid anapole metasurfaces with negligible electromagnetic coupling for phase engineering</t>
   </si>
   <si>
     <t>Alexey Kuznetsov, Adria Сanos Valero, Mikhail Tarkhov, Vjaceslavs Bobrovs, Dmitrii Redka, Alexander Shalin</t>
   </si>
   <si>
     <t>4385-4398</t>
   </si>
   <si>
     <t>10.1515/nanoph-2021-0377</t>
   </si>
   <si>
     <t>Theory, Observation, and Ultrafast Response of the Hybrid Anapole Regime in Light Scattering</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Egor Gurvitz, Fedor Benimetskiy, Dmitry Pidgayko, Anton Samusev,  Andrey B. Evlyukhin, Vjaceslavs Bobrovs, Dmitrii Redka, Michael I. Tribelsky, Mohsen Rahmani, Khosro Zangeneh Kamali, Alexander A. Pavlov, Andrey E. Miroshnichenko, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1002/lpor.202100114</t>
   </si>
   <si>
+    <t>Optical properties of a metasurface based on silicon nanocylinders in a hybrid Anapole state</t>
+  </si>
+  <si>
+    <t>Alexey Kuznetsov, Adria Сanos Valero, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020075</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031735</t>
+  </si>
+  <si>
     <t>Hybrid anapoles: Near-zero scattering States driven by high order modal interference</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Egor Gurvitz, Andrey Miroshnichenko, Alexander Shalin</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020015</t>
   </si>
   <si>
     <t>10.1063/5.0031974</t>
   </si>
   <si>
     <t>Effective electromagnetic fields of a particle situated near a substrate</t>
   </si>
   <si>
     <t>Hadi Shamkhi Al Naeemah, Adria Сanos Valero, Alexander Shalin</t>
   </si>
   <si>
     <t>020115</t>
   </si>
   <si>
     <t>10.1063/5.0031705</t>
   </si>
   <si>
     <t>Spin-locked scattering forces in the near field of high index particles</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Denis Kislov, Egor Gurvitz,  Hadi. K. Shamkhi, Alexander. A. Pavlov, Dmitrii Redka, Sergey Yankin, Pavel Zemánek, Alexander Shalin</t>
   </si>
   <si>
     <t>020016</t>
   </si>
   <si>
     <t>10.1063/5.0031977</t>
   </si>
   <si>
-    <t>Optical properties of a metasurface based on silicon nanocylinders in a hybrid Anapole state</t>
-[...8 lines deleted...]
-    <t>10.1063/5.0031735</t>
+    <t>Nanovortex‐Driven All‐Dielectric Optical Diffusion Boosting and Sorting Concept for Lab‐on‐a‐Chip Platforms</t>
+  </si>
+  <si>
+    <t>Adria Сanos Valero, Denis Kislov, Egor Gurvitz, Hadi Shamkhi Al Naeemah, Alexander A. Pavlov, Dmitrii Redka, Sergey Yankin, Pavel Zemánek, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>Advanced Science</t>
+  </si>
+  <si>
+    <t>10.1002/advs.201903049</t>
+  </si>
+  <si>
+    <t>Optically-driven Rotation of Perfectly Absorbing Nanoparticles</t>
+  </si>
+  <si>
+    <t>Adria Сanos Valero, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>012021</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012021</t>
   </si>
   <si>
     <t>Nontrivial invisibility induced by optical hybrid anapole</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Egor Gurvitz, Alexander Shalin</t>
   </si>
   <si>
     <t>012020</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012020</t>
-  </si>
-[...22 lines deleted...]
-    <t>10.1088/1742-6596/1461/1/012021</t>
   </si>
   <si>
     <t>Non-Huygens Invisible Metasurfaces</t>
   </si>
   <si>
     <t>Hadi Shamkhi Al Naeemah, Kseniia Baryshnikova, Andrey Sayanskiy, Pavel Terekhov, Egor Gurvitz, Adria Сanos Valero, Polina Kapitanova, Andrei Evlyukhin, Pavel Belov, Yuri Kivshar, Alexander Shalin</t>
   </si>
   <si>
     <t>2019 PhotonIcs &amp; Electromagnetics Research Symposium - Spring (PIERS-Spring)</t>
   </si>
   <si>
     <t>10.1109/piers-spring46901.2019.9017217</t>
   </si>
   <si>
     <t>Transparency and perfect absorption of all-dielectric resonant metasurfaces governed by the transverse Kerker effect</t>
   </si>
   <si>
     <t>Hadi Shamkhi Al Naeemah, Andrey Sayanskiy, Adria Сanos Valero, Polina Kapitanova, Yuri Kivshar, Alexander Shalin</t>
   </si>
   <si>
     <t>Physical Review Materials</t>
   </si>
   <si>
     <t>085201</t>
   </si>
@@ -1049,96 +1049,96 @@
       <c r="D15">
         <v>2300</v>
       </c>
       <c r="E15" t="s">
         <v>65</v>
       </c>
       <c r="F15">
         <v>2020</v>
       </c>
       <c r="G15" t="s">
         <v>66</v>
       </c>
       <c r="H15"/>
       <c r="I15">
         <v>0.19</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>67</v>
       </c>
       <c r="B16" t="s">
         <v>68</v>
       </c>
       <c r="C16" t="s">
-        <v>27</v>
+        <v>69</v>
       </c>
       <c r="D16">
-        <v>1461</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>7</v>
+      </c>
+      <c r="E16">
+        <v>1903049</v>
       </c>
       <c r="F16">
         <v>2020</v>
       </c>
       <c r="G16" t="s">
         <v>70</v>
       </c>
-      <c r="H16"/>
+      <c r="H16">
+        <v>16.81</v>
+      </c>
       <c r="I16">
-        <v>0.23</v>
+        <v>5.39</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>71</v>
       </c>
       <c r="B17" t="s">
         <v>72</v>
       </c>
       <c r="C17" t="s">
+        <v>27</v>
+      </c>
+      <c r="D17">
+        <v>1461</v>
+      </c>
+      <c r="E17" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>1903049</v>
       </c>
       <c r="F17">
         <v>2020</v>
       </c>
       <c r="G17" t="s">
         <v>74</v>
       </c>
-      <c r="H17">
-[...1 lines deleted...]
-      </c>
+      <c r="H17"/>
       <c r="I17">
-        <v>5.39</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>75</v>
       </c>
       <c r="B18" t="s">
         <v>76</v>
       </c>
       <c r="C18" t="s">
         <v>27</v>
       </c>
       <c r="D18">
         <v>1461</v>
       </c>
       <c r="E18" t="s">
         <v>77</v>
       </c>
       <c r="F18">
         <v>2020</v>
       </c>
       <c r="G18" t="s">
         <v>78</v>
       </c>
       <c r="H18"/>