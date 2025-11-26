--- v1 (2025-11-06)
+++ v2 (2025-11-26)
@@ -104,159 +104,159 @@
   <si>
     <t>Esmaeel Zanganeh, Adria Сanos Valero, Alexander Shalin, Polina Kapitanova, Mingzhao Song, Elizaveta Nenasheva, Andrey Miroshnichenko, Andrey Evlyukhin</t>
   </si>
   <si>
     <t>2022 Wireless Power Week (WPW)</t>
   </si>
   <si>
     <t>10.1109/wpw54272.2022.9853903</t>
   </si>
   <si>
     <t>Novel Hybrid anapole state and non-Huygens’ transparent metasurfaces</t>
   </si>
   <si>
     <t>A S Shalin, A V Kuznetsov, V Bobrovs, Adria Сanos Valero</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>012001</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2172/1/012001</t>
   </si>
   <si>
+    <t>Various multipole combinations for conical Si particles</t>
+  </si>
+  <si>
+    <t>Alexey Kuznetsov, Adria Сanos Valero, P D Terekhov, H K Shamkhi</t>
+  </si>
+  <si>
+    <t>012080</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012080</t>
+  </si>
+  <si>
     <t>Non-Huygens transparent metasurfaces based on the novel Hybrid anapole state</t>
   </si>
   <si>
     <t>Alexey Kuznetsov, Adria Сanos Valero</t>
   </si>
   <si>
     <t>012079</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012079</t>
   </si>
   <si>
-    <t>Various multipole combinations for conical Si particles</t>
-[...10 lines deleted...]
-  <si>
     <t>Nonradiating sources for efficient wireless power transfer</t>
   </si>
   <si>
     <t>Esmaeel Zanganeh, Mingzhao Song, Adria Сanos Valero, Alexander Shalin, Andrey Miroshnichenko, Andrey Evlyukhin, Polina Kapitanova</t>
   </si>
   <si>
     <t>Nanophotonics</t>
   </si>
   <si>
     <t>4399-4408</t>
   </si>
   <si>
     <t>10.1515/nanoph-2021-0378</t>
   </si>
   <si>
     <t>Transparent hybrid anapole metasurfaces with negligible electromagnetic coupling for phase engineering</t>
   </si>
   <si>
     <t>Alexey Kuznetsov, Adria Сanos Valero, Mikhail Tarkhov, Vjaceslavs Bobrovs, Dmitrii Redka, Alexander Shalin</t>
   </si>
   <si>
     <t>4385-4398</t>
   </si>
   <si>
     <t>10.1515/nanoph-2021-0377</t>
   </si>
   <si>
     <t>Theory, Observation, and Ultrafast Response of the Hybrid Anapole Regime in Light Scattering</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Egor Gurvitz, Fedor Benimetskiy, Dmitry Pidgayko, Anton Samusev,  Andrey B. Evlyukhin, Vjaceslavs Bobrovs, Dmitrii Redka, Michael I. Tribelsky, Mohsen Rahmani, Khosro Zangeneh Kamali, Alexander A. Pavlov, Andrey E. Miroshnichenko, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1002/lpor.202100114</t>
   </si>
   <si>
+    <t>Spin-locked scattering forces in the near field of high index particles</t>
+  </si>
+  <si>
+    <t>Adria Сanos Valero, Denis Kislov, Egor Gurvitz,  Hadi. K. Shamkhi, Alexander. A. Pavlov, Dmitrii Redka, Sergey Yankin, Pavel Zemánek, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020016</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031977</t>
+  </si>
+  <si>
     <t>Optical properties of a metasurface based on silicon nanocylinders in a hybrid Anapole state</t>
   </si>
   <si>
     <t>Alexey Kuznetsov, Adria Сanos Valero, Alexander Shalin</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020075</t>
   </si>
   <si>
     <t>10.1063/5.0031735</t>
   </si>
   <si>
     <t>Hybrid anapoles: Near-zero scattering States driven by high order modal interference</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Egor Gurvitz, Andrey Miroshnichenko, Alexander Shalin</t>
   </si>
   <si>
     <t>020015</t>
   </si>
   <si>
     <t>10.1063/5.0031974</t>
   </si>
   <si>
     <t>Effective electromagnetic fields of a particle situated near a substrate</t>
   </si>
   <si>
     <t>Hadi Shamkhi Al Naeemah, Adria Сanos Valero, Alexander Shalin</t>
   </si>
   <si>
     <t>020115</t>
   </si>
   <si>
     <t>10.1063/5.0031705</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1063/5.0031977</t>
   </si>
   <si>
     <t>Nanovortex‐Driven All‐Dielectric Optical Diffusion Boosting and Sorting Concept for Lab‐on‐a‐Chip Platforms</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Denis Kislov, Egor Gurvitz, Hadi Shamkhi Al Naeemah, Alexander A. Pavlov, Dmitrii Redka, Sergey Yankin, Pavel Zemánek, Alexander Shalin</t>
   </si>
   <si>
     <t>Advanced Science</t>
   </si>
   <si>
     <t>10.1002/advs.201903049</t>
   </si>
   <si>
     <t>Optically-driven Rotation of Perfectly Absorbing Nanoparticles</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Alexander Shalin</t>
   </si>
   <si>
     <t>012021</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012021</t>
   </si>