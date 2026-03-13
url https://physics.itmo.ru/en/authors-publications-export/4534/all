--- v0 (2025-10-09)
+++ v1 (2026-03-13)
@@ -149,75 +149,75 @@
   <si>
     <t>Flexible Metal‐Organic Framework for Mechanical Sub Tbyte inch            −2            Data Recording under Ambient Condition</t>
   </si>
   <si>
     <t>Pavel Alekseevskiy, Sergei Rzhevskii, Venera Gilemkhanova, Nikita Kulachenkov, A. Sapianik, M. Barsukova, V. P. Fedin, Valentin Milichko</t>
   </si>
   <si>
     <t>Advanced Materials Interfaces</t>
   </si>
   <si>
     <t>10.1002/admi.202101196</t>
   </si>
   <si>
     <t>MOF‐Based Sustainable Memory Devices</t>
   </si>
   <si>
     <t>Nikita Kulachenkov, Quentin Haar, Sergei Shipilovskikh, Andrei Yankin, Jean‐François Pierson, Alexandre Nomine, Valentin Milichko</t>
   </si>
   <si>
     <t>Advanced Functional Materials</t>
   </si>
   <si>
     <t>10.1002/adfm.202107949</t>
   </si>
   <si>
+    <t>Electron beam induced nanoparticle growth in metal-organic frameworks</t>
+  </si>
+  <si>
+    <t>Yuri Mezenov, Nikita Kulachenkov, Stéphanie Bruyere, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020086</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031914</t>
+  </si>
+  <si>
     <t>Optical switching in metal-organic framework</t>
   </si>
   <si>
     <t>Nikita Kulachenkov, Andrei Yankin, Valentin Milichko</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020073</t>
   </si>
   <si>
     <t>10.1063/5.0031913</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1063/5.0031914</t>
   </si>
   <si>
     <t>Polymer Matrix Incorporated with ZIF-8 for Application in Nonlinear Optics</t>
   </si>
   <si>
     <t>Yuri Mezenov, Nikita Kulachenkov, Andrei Yankin, Sergey S. Rzhevskiy, Pavel Alekseevskiy, Venera Gilemkhanova, Semyon Bachinin, Vyacheslav Dyachuk, Valentin Milichko</t>
   </si>
   <si>
     <t>Nanomaterials</t>
   </si>
   <si>
     <t>10.3390/nano10061036</t>
   </si>
   <si>
     <t>Photochromic Free MOF‐Based Near‐Infrared Optical Switch</t>
   </si>
   <si>
     <t>Valentin Milichko, Nikita Kulachenkov, Dapeng Sun, Yuri Mezenov, Andrei Yankin, Sergey Rzevskiy, Vyacheslav Dyachuk, Alexandre Nomine, Ghouti Medjahdi, Evgeny A. Pidko</t>
   </si>
   <si>
     <t>Angewandte Chemie International Edition</t>
   </si>
   <si>
     <t>15522 –15526</t>
   </si>