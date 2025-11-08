--- v0 (2025-10-09)
+++ v1 (2025-11-08)
@@ -272,185 +272,185 @@
   <si>
     <t>Denis V. Lebedev, Alexey Mozharov,  Bolshakov A. D., Vitaliy Shkoldin, Dmitry Permyakov, Alexander O. Golubok, Anton Samusev, Ivan Mukhin</t>
   </si>
   <si>
     <t>Physica Status Solidi - Rapid Research Letters</t>
   </si>
   <si>
     <t>10.1002/pssr.201900607</t>
   </si>
   <si>
     <t>Peculiarities of Magnetron Sputtering of Nickel Oxide Thin Films for Use in Perovskite Solar Cells</t>
   </si>
   <si>
     <t>Alexey Mozharov, Sergey Makarov, Alexey Bolshakov, Ivan Mukhin</t>
   </si>
   <si>
     <t>Technical Physics</t>
   </si>
   <si>
     <t>422-426</t>
   </si>
   <si>
     <t>10.1134/s1063784219030022</t>
   </si>
   <si>
+    <t>Dopant-stimulated growth of GaN nanotube-like nanostructures on Si (111) by molecular beam epitaxy</t>
+  </si>
+  <si>
+    <t>Alexey Bolshakov, Alexey Mozharov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>Beilstein Journal of Nanotechnology</t>
+  </si>
+  <si>
+    <t>146-154</t>
+  </si>
+  <si>
+    <t>10.3762/bjnano.9.17</t>
+  </si>
+  <si>
+    <t>Core-Shell III-Nitride Nanowire Heterostructure: Negative Differential Resistance and Device Application Potential</t>
+  </si>
+  <si>
+    <t>Alexey Mozharov, Alexey Bolshakov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>Semiconductors</t>
+  </si>
+  <si>
+    <t>489-492</t>
+  </si>
+  <si>
+    <t>10.1134/S1063782618040231</t>
+  </si>
+  <si>
+    <t>Effect of the Conductive Channel Cut-Off on Operation of n+–n–n+ GaN NW-Based Gunn Diode</t>
+  </si>
+  <si>
+    <t>Alexey Mozharov, Filipp Komissarenko, Alexey Bolshakov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>1809-1812</t>
+  </si>
+  <si>
+    <t>10.1134/S106378261814021X</t>
+  </si>
+  <si>
+    <t>Annealing atmosphere influence on contact resistivity of ohmic Pd/Ge/Au contact to n-GaAs</t>
+  </si>
+  <si>
+    <t>Alexey Mozharov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>Nanosystems: Physics, Chemistry, Mathematics</t>
+  </si>
+  <si>
+    <t>789-792</t>
+  </si>
+  <si>
+    <t>10.17586/2220-8054-2018-9-6-789-792</t>
+  </si>
+  <si>
+    <t>Study of SiC buffer layer thickness influence on photovoltaic properties of n-GaN NWs/SiC/p-Si heterostructure</t>
+  </si>
+  <si>
+    <t>Materials Science in Semiconductor Processing</t>
+  </si>
+  <si>
+    <t>20-25</t>
+  </si>
+  <si>
+    <t>10.1016/j.mssp.2018.09.024</t>
+  </si>
+  <si>
+    <t>Droplet epitaxy mediated growth of GaN nanostructures on Si (111) via plasma-assisted molecular beam epitaxy</t>
+  </si>
+  <si>
+    <t>CrystEngComm</t>
+  </si>
+  <si>
+    <t>3370-3380</t>
+  </si>
+  <si>
+    <t>10.1039/C8CE00348C</t>
+  </si>
+  <si>
+    <t>Microlens-Enhanced Substrate Patterning and MBE Growth of GaP Nanowires</t>
+  </si>
+  <si>
+    <t>Alexey Bolshakov, Alexey Mozharov, Vitaliy Shkoldin, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>2088-2091</t>
+  </si>
+  <si>
+    <t>10.1134/S1063782618160054</t>
+  </si>
+  <si>
+    <t>Theoretical modeling of the self-catalyzed nanowire growth: nucleation-and adsorption-limited regimes</t>
+  </si>
+  <si>
+    <t>Materials Research Express</t>
+  </si>
+  <si>
+    <t>10.1088/2053-1591/aa9e9d</t>
+  </si>
+  <si>
     <t>Single-photon emitter at 80 K based on a dielectric nanoantenna with a CdSe/ZnSe quantum dot</t>
   </si>
   <si>
-    <t>Alexey Mozharov, Ivan Mukhin</t>
-[...1 lines deleted...]
-  <si>
     <t>201-204</t>
   </si>
   <si>
     <t>10.1134/S0021364018150109</t>
   </si>
   <si>
     <t>Self-Catalyzed MBE-Grown GaP Nanowires on Si (111): V/III Ratio Effects on the Morphology and Crystal Phase Switching</t>
   </si>
   <si>
-    <t>Alexey Bolshakov, Alexey Mozharov, Vitaliy Shkoldin, Ivan Mukhin</t>
-[...4 lines deleted...]
-  <si>
     <t>2092-2095</t>
   </si>
   <si>
     <t>10.1134/S106378261816008X</t>
   </si>
   <si>
     <t>Influence of condensation enhancement effect on AFM image contrast inversion in hydrophilic nanocapillaries</t>
   </si>
   <si>
     <t>Ivan Mukhin, Alexey Mozharov, Alexey Bolshakov</t>
   </si>
   <si>
     <t>Applied Surface Science</t>
   </si>
   <si>
     <t>621-626</t>
   </si>
   <si>
     <t>10.1016/j.apsusc.2018.11.212</t>
   </si>
   <si>
-    <t>Dopant-stimulated growth of GaN nanotube-like nanostructures on Si (111) by molecular beam epitaxy</t>
-[...91 lines deleted...]
-  <si>
     <t>Light outcoupling from quantum dot-based microdisk laser via plasmonic nanoantenna</t>
   </si>
   <si>
     <t>Ivan Mukhin, Alexey Mozharov, Filipp Komissarenko, Zarina Sadrieva, Andrey Bogdanov</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>4 (2)</t>
   </si>
   <si>
     <t>275–281</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.6b00552</t>
   </si>
   <si>
     <t>Single-stage fabrication of low-loss dielectric nanoresonators from high-loss material</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Alexey Mozharov, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/690/1/012020</t>
@@ -467,66 +467,66 @@
   <si>
     <t>Sergey Makarov, Valentin Milichko, Ivan Mukhin, Ivan Shishkin, Dmitry Zuev, Alexey Mozharov, Pavel Belov</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>91-99</t>
   </si>
   <si>
     <t>10.1002/lpor.201500119</t>
   </si>
   <si>
     <t>Laser writing of nanoparticle-based plasmonic structures</t>
   </si>
   <si>
     <t>Sergey Makarov, Valentin Milichko, Pavel Belov, Alexey Mozharov, Ivan Mukhin</t>
   </si>
   <si>
     <t>2015 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>10.1109/DD.2015.7354859</t>
   </si>
   <si>
+    <t>Specialized probes with nanowhisker structures for high resolution magnetic force microscopy</t>
+  </si>
+  <si>
+    <t>Kirill Belousov, Alexey Mozharov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/643/1/012095</t>
+  </si>
+  <si>
     <t>Modeling, synthesis and study of highly efficient solar cells based on III-nitride nanowire arrays grown on Si substrates</t>
   </si>
   <si>
     <t>Alexey Mozharov, Alexey Bolshakov, Ivan Mukhin,  Harmand J. C.</t>
   </si>
   <si>
     <t>10.1088/1742-6596/643/1/012115</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1088/1742-6596/643/1/012095</t>
   </si>
   <si>
     <t>Numerical modeling of photovoltaic efficiency of n-type GaN nanowires on p-type Si heterojunction</t>
   </si>
   <si>
     <t>507-510</t>
   </si>
   <si>
     <t>10.1002/pssr.201510241</t>
   </si>
   <si>
     <t>Tuning of magnetic optical response in a dielectric nanoparticle by ultrafast photoexcitation of dense electronhole plasma</t>
   </si>
   <si>
     <t>Sergey Makarov, Ivan Mukhin, Alexey Mozharov, Valentin Milichko, Pavel Belov</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>6187-6192</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.5b02534</t>
   </si>
@@ -1389,355 +1389,355 @@
       </c>
       <c r="E18" t="s">
         <v>84</v>
       </c>
       <c r="F18">
         <v>2019</v>
       </c>
       <c r="G18" t="s">
         <v>85</v>
       </c>
       <c r="H18">
         <v>0.6</v>
       </c>
       <c r="I18">
         <v>0.38</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>86</v>
       </c>
       <c r="B19" t="s">
         <v>87</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>88</v>
       </c>
       <c r="D19">
-        <v>108</v>
+        <v>9</v>
       </c>
       <c r="E19" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F19">
         <v>2019</v>
       </c>
       <c r="G19" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H19">
-        <v>1.4</v>
+        <v>2.61</v>
       </c>
       <c r="I19">
-        <v>0.58</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B20" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C20" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D20">
         <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F20">
         <v>2019</v>
       </c>
       <c r="G20" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="H20">
         <v>0.64</v>
       </c>
       <c r="I20">
         <v>0.3</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B21" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C21" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D21">
-        <v>471</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
         <v>98</v>
       </c>
       <c r="F21">
         <v>2019</v>
       </c>
       <c r="G21" t="s">
         <v>99</v>
       </c>
       <c r="H21">
-        <v>6.18</v>
+        <v>0.64</v>
       </c>
       <c r="I21">
-        <v>1.23</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>100</v>
       </c>
       <c r="B22" t="s">
         <v>101</v>
       </c>
       <c r="C22" t="s">
         <v>102</v>
       </c>
       <c r="D22">
         <v>9</v>
       </c>
       <c r="E22" t="s">
         <v>103</v>
       </c>
       <c r="F22">
         <v>2019</v>
       </c>
       <c r="G22" t="s">
         <v>104</v>
       </c>
-      <c r="H22">
-[...4 lines deleted...]
-      </c>
+      <c r="H22"/>
+      <c r="I22"/>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>105</v>
       </c>
       <c r="B23" t="s">
+        <v>92</v>
+      </c>
+      <c r="C23" t="s">
         <v>106</v>
       </c>
-      <c r="C23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D23">
-        <v>52</v>
+        <v>90</v>
       </c>
       <c r="E23" t="s">
         <v>107</v>
       </c>
       <c r="F23">
         <v>2019</v>
       </c>
       <c r="G23" t="s">
         <v>108</v>
       </c>
       <c r="H23">
-        <v>0.64</v>
+        <v>3.09</v>
       </c>
       <c r="I23">
-        <v>0.3</v>
+        <v>0.67</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>109</v>
       </c>
       <c r="B24" t="s">
+        <v>87</v>
+      </c>
+      <c r="C24" t="s">
         <v>110</v>
       </c>
-      <c r="C24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D24">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="E24" t="s">
         <v>111</v>
       </c>
       <c r="F24">
         <v>2019</v>
       </c>
       <c r="G24" t="s">
         <v>112</v>
       </c>
       <c r="H24">
-        <v>0.64</v>
+        <v>3.12</v>
       </c>
       <c r="I24">
-        <v>0.3</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>113</v>
       </c>
       <c r="B25" t="s">
-        <v>87</v>
+        <v>114</v>
       </c>
       <c r="C25" t="s">
-        <v>114</v>
+        <v>93</v>
       </c>
       <c r="D25">
-        <v>9</v>
+        <v>52</v>
       </c>
       <c r="E25" t="s">
         <v>115</v>
       </c>
       <c r="F25">
         <v>2019</v>
       </c>
       <c r="G25" t="s">
         <v>116</v>
       </c>
-      <c r="H25"/>
-      <c r="I25"/>
+      <c r="H25">
+        <v>0.64</v>
+      </c>
+      <c r="I25">
+        <v>0.3</v>
+      </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>117</v>
       </c>
       <c r="B26" t="s">
-        <v>106</v>
+        <v>87</v>
       </c>
       <c r="C26" t="s">
         <v>118</v>
       </c>
       <c r="D26">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>119</v>
+        <v>4</v>
+      </c>
+      <c r="E26">
+        <v>125027</v>
       </c>
       <c r="F26">
         <v>2019</v>
       </c>
       <c r="G26" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="H26">
-        <v>3.09</v>
+        <v>1.93</v>
       </c>
       <c r="I26">
-        <v>0.67</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B27" t="s">
         <v>101</v>
       </c>
       <c r="C27" t="s">
-        <v>122</v>
+        <v>44</v>
       </c>
       <c r="D27">
-        <v>20</v>
+        <v>108</v>
       </c>
       <c r="E27" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="F27">
         <v>2019</v>
       </c>
       <c r="G27" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="H27">
-        <v>3.12</v>
+        <v>1.4</v>
       </c>
       <c r="I27">
-        <v>0.81</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="B28" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="C28" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D28">
         <v>52</v>
       </c>
       <c r="E28" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="F28">
         <v>2019</v>
       </c>
       <c r="G28" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="H28">
         <v>0.64</v>
       </c>
       <c r="I28">
         <v>0.3</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>126</v>
+      </c>
+      <c r="B29" t="s">
+        <v>127</v>
+      </c>
+      <c r="C29" t="s">
         <v>128</v>
       </c>
-      <c r="B29" t="s">
-[...2 lines deleted...]
-      <c r="C29" t="s">
+      <c r="D29">
+        <v>471</v>
+      </c>
+      <c r="E29" t="s">
         <v>129</v>
-      </c>
-[...4 lines deleted...]
-        <v>125027</v>
       </c>
       <c r="F29">
         <v>2019</v>
       </c>
       <c r="G29" t="s">
         <v>130</v>
       </c>
       <c r="H29">
-        <v>1.93</v>
+        <v>6.18</v>
       </c>
       <c r="I29">
-        <v>0.37</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>131</v>
       </c>
       <c r="B30" t="s">
         <v>132</v>
       </c>
       <c r="C30" t="s">
         <v>133</v>
       </c>
       <c r="D30" t="s">
         <v>134</v>
       </c>
       <c r="E30" t="s">
         <v>135</v>
       </c>
       <c r="F30">
         <v>2017</v>
       </c>
       <c r="G30" t="s">
         <v>136</v>
       </c>
       <c r="H30">
@@ -1757,51 +1757,51 @@
       <c r="C31" t="s">
         <v>49</v>
       </c>
       <c r="D31">
         <v>690</v>
       </c>
       <c r="E31">
         <v>12020</v>
       </c>
       <c r="F31">
         <v>2016</v>
       </c>
       <c r="G31" t="s">
         <v>139</v>
       </c>
       <c r="H31"/>
       <c r="I31">
         <v>0.25</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>140</v>
       </c>
       <c r="B32" t="s">
-        <v>106</v>
+        <v>92</v>
       </c>
       <c r="C32" t="s">
         <v>49</v>
       </c>
       <c r="D32">
         <v>690</v>
       </c>
       <c r="E32">
         <v>12041</v>
       </c>
       <c r="F32">
         <v>2016</v>
       </c>
       <c r="G32" t="s">
         <v>141</v>
       </c>
       <c r="H32"/>
       <c r="I32">
         <v>0.25</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>142</v>
       </c>
@@ -1843,96 +1843,96 @@
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34">
         <v>2015</v>
       </c>
       <c r="G34" t="s">
         <v>150</v>
       </c>
       <c r="H34"/>
       <c r="I34"/>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>151</v>
       </c>
       <c r="B35" t="s">
         <v>152</v>
       </c>
       <c r="C35" t="s">
         <v>49</v>
       </c>
       <c r="D35">
         <v>643</v>
       </c>
       <c r="E35">
-        <v>12115</v>
+        <v>12095</v>
       </c>
       <c r="F35">
         <v>2015</v>
       </c>
       <c r="G35" t="s">
         <v>153</v>
       </c>
       <c r="H35"/>
       <c r="I35">
         <v>0.26</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>154</v>
       </c>
       <c r="B36" t="s">
         <v>155</v>
       </c>
       <c r="C36" t="s">
         <v>49</v>
       </c>
       <c r="D36">
         <v>643</v>
       </c>
       <c r="E36">
-        <v>12095</v>
+        <v>12115</v>
       </c>
       <c r="F36">
         <v>2015</v>
       </c>
       <c r="G36" t="s">
         <v>156</v>
       </c>
       <c r="H36"/>
       <c r="I36">
         <v>0.26</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>157</v>
       </c>
       <c r="B37" t="s">
-        <v>106</v>
+        <v>92</v>
       </c>
       <c r="C37" t="s">
         <v>79</v>
       </c>
       <c r="D37">
         <v>9</v>
       </c>
       <c r="E37" t="s">
         <v>158</v>
       </c>
       <c r="F37">
         <v>2015</v>
       </c>
       <c r="G37" t="s">
         <v>159</v>
       </c>
       <c r="H37">
         <v>2.14</v>
       </c>
       <c r="I37">
         <v>1.16</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">