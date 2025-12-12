--- v1 (2025-11-08)
+++ v2 (2025-12-12)
@@ -272,185 +272,185 @@
   <si>
     <t>Denis V. Lebedev, Alexey Mozharov,  Bolshakov A. D., Vitaliy Shkoldin, Dmitry Permyakov, Alexander O. Golubok, Anton Samusev, Ivan Mukhin</t>
   </si>
   <si>
     <t>Physica Status Solidi - Rapid Research Letters</t>
   </si>
   <si>
     <t>10.1002/pssr.201900607</t>
   </si>
   <si>
     <t>Peculiarities of Magnetron Sputtering of Nickel Oxide Thin Films for Use in Perovskite Solar Cells</t>
   </si>
   <si>
     <t>Alexey Mozharov, Sergey Makarov, Alexey Bolshakov, Ivan Mukhin</t>
   </si>
   <si>
     <t>Technical Physics</t>
   </si>
   <si>
     <t>422-426</t>
   </si>
   <si>
     <t>10.1134/s1063784219030022</t>
   </si>
   <si>
+    <t>Theoretical modeling of the self-catalyzed nanowire growth: nucleation-and adsorption-limited regimes</t>
+  </si>
+  <si>
+    <t>Alexey Bolshakov, Alexey Mozharov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>Materials Research Express</t>
+  </si>
+  <si>
+    <t>10.1088/2053-1591/aa9e9d</t>
+  </si>
+  <si>
+    <t>Single-photon emitter at 80 K based on a dielectric nanoantenna with a CdSe/ZnSe quantum dot</t>
+  </si>
+  <si>
+    <t>Alexey Mozharov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>201-204</t>
+  </si>
+  <si>
+    <t>10.1134/S0021364018150109</t>
+  </si>
+  <si>
+    <t>Self-Catalyzed MBE-Grown GaP Nanowires on Si (111): V/III Ratio Effects on the Morphology and Crystal Phase Switching</t>
+  </si>
+  <si>
+    <t>Alexey Bolshakov, Alexey Mozharov, Vitaliy Shkoldin, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>Semiconductors</t>
+  </si>
+  <si>
+    <t>2092-2095</t>
+  </si>
+  <si>
+    <t>10.1134/S106378261816008X</t>
+  </si>
+  <si>
+    <t>Influence of condensation enhancement effect on AFM image contrast inversion in hydrophilic nanocapillaries</t>
+  </si>
+  <si>
+    <t>Ivan Mukhin, Alexey Mozharov, Alexey Bolshakov</t>
+  </si>
+  <si>
+    <t>Applied Surface Science</t>
+  </si>
+  <si>
+    <t>621-626</t>
+  </si>
+  <si>
+    <t>10.1016/j.apsusc.2018.11.212</t>
+  </si>
+  <si>
     <t>Dopant-stimulated growth of GaN nanotube-like nanostructures on Si (111) by molecular beam epitaxy</t>
   </si>
   <si>
-    <t>Alexey Bolshakov, Alexey Mozharov, Ivan Mukhin</t>
-[...1 lines deleted...]
-  <si>
     <t>Beilstein Journal of Nanotechnology</t>
   </si>
   <si>
     <t>146-154</t>
   </si>
   <si>
     <t>10.3762/bjnano.9.17</t>
   </si>
   <si>
     <t>Core-Shell III-Nitride Nanowire Heterostructure: Negative Differential Resistance and Device Application Potential</t>
   </si>
   <si>
     <t>Alexey Mozharov, Alexey Bolshakov, Ivan Mukhin</t>
   </si>
   <si>
-    <t>Semiconductors</t>
-[...1 lines deleted...]
-  <si>
     <t>489-492</t>
   </si>
   <si>
     <t>10.1134/S1063782618040231</t>
   </si>
   <si>
     <t>Effect of the Conductive Channel Cut-Off on Operation of n+–n–n+ GaN NW-Based Gunn Diode</t>
   </si>
   <si>
     <t>Alexey Mozharov, Filipp Komissarenko, Alexey Bolshakov, Ivan Mukhin</t>
   </si>
   <si>
     <t>1809-1812</t>
   </si>
   <si>
     <t>10.1134/S106378261814021X</t>
   </si>
   <si>
     <t>Annealing atmosphere influence on contact resistivity of ohmic Pd/Ge/Au contact to n-GaAs</t>
   </si>
   <si>
-    <t>Alexey Mozharov, Ivan Mukhin</t>
-[...1 lines deleted...]
-  <si>
     <t>Nanosystems: Physics, Chemistry, Mathematics</t>
   </si>
   <si>
     <t>789-792</t>
   </si>
   <si>
     <t>10.17586/2220-8054-2018-9-6-789-792</t>
   </si>
   <si>
     <t>Study of SiC buffer layer thickness influence on photovoltaic properties of n-GaN NWs/SiC/p-Si heterostructure</t>
   </si>
   <si>
     <t>Materials Science in Semiconductor Processing</t>
   </si>
   <si>
     <t>20-25</t>
   </si>
   <si>
     <t>10.1016/j.mssp.2018.09.024</t>
   </si>
   <si>
     <t>Droplet epitaxy mediated growth of GaN nanostructures on Si (111) via plasma-assisted molecular beam epitaxy</t>
   </si>
   <si>
     <t>CrystEngComm</t>
   </si>
   <si>
     <t>3370-3380</t>
   </si>
   <si>
     <t>10.1039/C8CE00348C</t>
   </si>
   <si>
     <t>Microlens-Enhanced Substrate Patterning and MBE Growth of GaP Nanowires</t>
   </si>
   <si>
-    <t>Alexey Bolshakov, Alexey Mozharov, Vitaliy Shkoldin, Ivan Mukhin</t>
-[...1 lines deleted...]
-  <si>
     <t>2088-2091</t>
   </si>
   <si>
     <t>10.1134/S1063782618160054</t>
   </si>
   <si>
-    <t>Theoretical modeling of the self-catalyzed nanowire growth: nucleation-and adsorption-limited regimes</t>
-[...40 lines deleted...]
-  <si>
     <t>Light outcoupling from quantum dot-based microdisk laser via plasmonic nanoantenna</t>
   </si>
   <si>
     <t>Ivan Mukhin, Alexey Mozharov, Filipp Komissarenko, Zarina Sadrieva, Andrey Bogdanov</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>4 (2)</t>
   </si>
   <si>
     <t>275–281</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.6b00552</t>
   </si>
   <si>
     <t>Single-stage fabrication of low-loss dielectric nanoresonators from high-loss material</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Alexey Mozharov, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/690/1/012020</t>
@@ -467,66 +467,66 @@
   <si>
     <t>Sergey Makarov, Valentin Milichko, Ivan Mukhin, Ivan Shishkin, Dmitry Zuev, Alexey Mozharov, Pavel Belov</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>91-99</t>
   </si>
   <si>
     <t>10.1002/lpor.201500119</t>
   </si>
   <si>
     <t>Laser writing of nanoparticle-based plasmonic structures</t>
   </si>
   <si>
     <t>Sergey Makarov, Valentin Milichko, Pavel Belov, Alexey Mozharov, Ivan Mukhin</t>
   </si>
   <si>
     <t>2015 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>10.1109/DD.2015.7354859</t>
   </si>
   <si>
+    <t>Modeling, synthesis and study of highly efficient solar cells based on III-nitride nanowire arrays grown on Si substrates</t>
+  </si>
+  <si>
+    <t>Alexey Mozharov, Alexey Bolshakov, Ivan Mukhin,  Harmand J. C.</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/643/1/012115</t>
+  </si>
+  <si>
     <t>Specialized probes with nanowhisker structures for high resolution magnetic force microscopy</t>
   </si>
   <si>
     <t>Kirill Belousov, Alexey Mozharov, Ivan Mukhin</t>
   </si>
   <si>
     <t>10.1088/1742-6596/643/1/012095</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1088/1742-6596/643/1/012115</t>
   </si>
   <si>
     <t>Numerical modeling of photovoltaic efficiency of n-type GaN nanowires on p-type Si heterojunction</t>
   </si>
   <si>
     <t>507-510</t>
   </si>
   <si>
     <t>10.1002/pssr.201510241</t>
   </si>
   <si>
     <t>Tuning of magnetic optical response in a dielectric nanoparticle by ultrafast photoexcitation of dense electronhole plasma</t>
   </si>
   <si>
     <t>Sergey Makarov, Ivan Mukhin, Alexey Mozharov, Valentin Milichko, Pavel Belov</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>6187-6192</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.5b02534</t>
   </si>
@@ -1392,352 +1392,352 @@
       </c>
       <c r="F18">
         <v>2019</v>
       </c>
       <c r="G18" t="s">
         <v>85</v>
       </c>
       <c r="H18">
         <v>0.6</v>
       </c>
       <c r="I18">
         <v>0.38</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>86</v>
       </c>
       <c r="B19" t="s">
         <v>87</v>
       </c>
       <c r="C19" t="s">
         <v>88</v>
       </c>
       <c r="D19">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>4</v>
+      </c>
+      <c r="E19">
+        <v>125027</v>
       </c>
       <c r="F19">
         <v>2019</v>
       </c>
       <c r="G19" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="H19">
-        <v>2.61</v>
+        <v>1.93</v>
       </c>
       <c r="I19">
-        <v>0.66</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>90</v>
+      </c>
+      <c r="B20" t="s">
         <v>91</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
+        <v>44</v>
+      </c>
+      <c r="D20">
+        <v>108</v>
+      </c>
+      <c r="E20" t="s">
         <v>92</v>
-      </c>
-[...7 lines deleted...]
-        <v>94</v>
       </c>
       <c r="F20">
         <v>2019</v>
       </c>
       <c r="G20" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="H20">
-        <v>0.64</v>
+        <v>1.4</v>
       </c>
       <c r="I20">
-        <v>0.3</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>94</v>
+      </c>
+      <c r="B21" t="s">
+        <v>95</v>
+      </c>
+      <c r="C21" t="s">
         <v>96</v>
-      </c>
-[...4 lines deleted...]
-        <v>93</v>
       </c>
       <c r="D21">
         <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="F21">
         <v>2019</v>
       </c>
       <c r="G21" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="H21">
         <v>0.64</v>
       </c>
       <c r="I21">
         <v>0.3</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>99</v>
+      </c>
+      <c r="B22" t="s">
         <v>100</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>101</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22">
+        <v>471</v>
+      </c>
+      <c r="E22" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>103</v>
       </c>
       <c r="F22">
         <v>2019</v>
       </c>
       <c r="G22" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-      <c r="I22"/>
+        <v>103</v>
+      </c>
+      <c r="H22">
+        <v>6.18</v>
+      </c>
+      <c r="I22">
+        <v>1.23</v>
+      </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>104</v>
+      </c>
+      <c r="B23" t="s">
+        <v>87</v>
+      </c>
+      <c r="C23" t="s">
         <v>105</v>
       </c>
-      <c r="B23" t="s">
-[...2 lines deleted...]
-      <c r="C23" t="s">
+      <c r="D23">
+        <v>9</v>
+      </c>
+      <c r="E23" t="s">
         <v>106</v>
-      </c>
-[...4 lines deleted...]
-        <v>107</v>
       </c>
       <c r="F23">
         <v>2019</v>
       </c>
       <c r="G23" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="H23">
-        <v>3.09</v>
+        <v>2.61</v>
       </c>
       <c r="I23">
-        <v>0.67</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>108</v>
+      </c>
+      <c r="B24" t="s">
         <v>109</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" t="s">
+        <v>96</v>
+      </c>
+      <c r="D24">
+        <v>52</v>
+      </c>
+      <c r="E24" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>111</v>
       </c>
       <c r="F24">
         <v>2019</v>
       </c>
       <c r="G24" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="H24">
-        <v>3.12</v>
+        <v>0.64</v>
       </c>
       <c r="I24">
-        <v>0.81</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>112</v>
+      </c>
+      <c r="B25" t="s">
         <v>113</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="D25">
         <v>52</v>
       </c>
       <c r="E25" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F25">
         <v>2019</v>
       </c>
       <c r="G25" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H25">
         <v>0.64</v>
       </c>
       <c r="I25">
         <v>0.3</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>116</v>
+      </c>
+      <c r="B26" t="s">
+        <v>91</v>
+      </c>
+      <c r="C26" t="s">
         <v>117</v>
       </c>
-      <c r="B26" t="s">
-[...2 lines deleted...]
-      <c r="C26" t="s">
+      <c r="D26">
+        <v>9</v>
+      </c>
+      <c r="E26" t="s">
         <v>118</v>
-      </c>
-[...4 lines deleted...]
-        <v>125027</v>
       </c>
       <c r="F26">
         <v>2019</v>
       </c>
       <c r="G26" t="s">
         <v>119</v>
       </c>
-      <c r="H26">
-[...4 lines deleted...]
-      </c>
+      <c r="H26"/>
+      <c r="I26"/>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>120</v>
       </c>
       <c r="B27" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="C27" t="s">
-        <v>44</v>
+        <v>121</v>
       </c>
       <c r="D27">
-        <v>108</v>
+        <v>90</v>
       </c>
       <c r="E27" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F27">
         <v>2019</v>
       </c>
       <c r="G27" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="H27">
-        <v>1.4</v>
+        <v>3.09</v>
       </c>
       <c r="I27">
-        <v>0.58</v>
+        <v>0.67</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B28" t="s">
-        <v>114</v>
+        <v>87</v>
       </c>
       <c r="C28" t="s">
-        <v>93</v>
+        <v>125</v>
       </c>
       <c r="D28">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="F28">
         <v>2019</v>
       </c>
       <c r="G28" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="H28">
-        <v>0.64</v>
+        <v>3.12</v>
       </c>
       <c r="I28">
-        <v>0.3</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B29" t="s">
-        <v>127</v>
+        <v>95</v>
       </c>
       <c r="C29" t="s">
-        <v>128</v>
+        <v>96</v>
       </c>
       <c r="D29">
-        <v>471</v>
+        <v>52</v>
       </c>
       <c r="E29" t="s">
         <v>129</v>
       </c>
       <c r="F29">
         <v>2019</v>
       </c>
       <c r="G29" t="s">
         <v>130</v>
       </c>
       <c r="H29">
-        <v>6.18</v>
+        <v>0.64</v>
       </c>
       <c r="I29">
-        <v>1.23</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>131</v>
       </c>
       <c r="B30" t="s">
         <v>132</v>
       </c>
       <c r="C30" t="s">
         <v>133</v>
       </c>
       <c r="D30" t="s">
         <v>134</v>
       </c>
       <c r="E30" t="s">
         <v>135</v>
       </c>
       <c r="F30">
         <v>2017</v>
       </c>
       <c r="G30" t="s">
         <v>136</v>
       </c>
       <c r="H30">
@@ -1757,51 +1757,51 @@
       <c r="C31" t="s">
         <v>49</v>
       </c>
       <c r="D31">
         <v>690</v>
       </c>
       <c r="E31">
         <v>12020</v>
       </c>
       <c r="F31">
         <v>2016</v>
       </c>
       <c r="G31" t="s">
         <v>139</v>
       </c>
       <c r="H31"/>
       <c r="I31">
         <v>0.25</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>140</v>
       </c>
       <c r="B32" t="s">
-        <v>92</v>
+        <v>109</v>
       </c>
       <c r="C32" t="s">
         <v>49</v>
       </c>
       <c r="D32">
         <v>690</v>
       </c>
       <c r="E32">
         <v>12041</v>
       </c>
       <c r="F32">
         <v>2016</v>
       </c>
       <c r="G32" t="s">
         <v>141</v>
       </c>
       <c r="H32"/>
       <c r="I32">
         <v>0.25</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>142</v>
       </c>
@@ -1843,96 +1843,96 @@
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34">
         <v>2015</v>
       </c>
       <c r="G34" t="s">
         <v>150</v>
       </c>
       <c r="H34"/>
       <c r="I34"/>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>151</v>
       </c>
       <c r="B35" t="s">
         <v>152</v>
       </c>
       <c r="C35" t="s">
         <v>49</v>
       </c>
       <c r="D35">
         <v>643</v>
       </c>
       <c r="E35">
-        <v>12095</v>
+        <v>12115</v>
       </c>
       <c r="F35">
         <v>2015</v>
       </c>
       <c r="G35" t="s">
         <v>153</v>
       </c>
       <c r="H35"/>
       <c r="I35">
         <v>0.26</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>154</v>
       </c>
       <c r="B36" t="s">
         <v>155</v>
       </c>
       <c r="C36" t="s">
         <v>49</v>
       </c>
       <c r="D36">
         <v>643</v>
       </c>
       <c r="E36">
-        <v>12115</v>
+        <v>12095</v>
       </c>
       <c r="F36">
         <v>2015</v>
       </c>
       <c r="G36" t="s">
         <v>156</v>
       </c>
       <c r="H36"/>
       <c r="I36">
         <v>0.26</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>157</v>
       </c>
       <c r="B37" t="s">
-        <v>92</v>
+        <v>109</v>
       </c>
       <c r="C37" t="s">
         <v>79</v>
       </c>
       <c r="D37">
         <v>9</v>
       </c>
       <c r="E37" t="s">
         <v>158</v>
       </c>
       <c r="F37">
         <v>2015</v>
       </c>
       <c r="G37" t="s">
         <v>159</v>
       </c>
       <c r="H37">
         <v>2.14</v>
       </c>
       <c r="I37">
         <v>1.16</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">