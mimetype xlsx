--- v2 (2025-12-12)
+++ v3 (2026-03-22)
@@ -272,83 +272,92 @@
   <si>
     <t>Denis V. Lebedev, Alexey Mozharov,  Bolshakov A. D., Vitaliy Shkoldin, Dmitry Permyakov, Alexander O. Golubok, Anton Samusev, Ivan Mukhin</t>
   </si>
   <si>
     <t>Physica Status Solidi - Rapid Research Letters</t>
   </si>
   <si>
     <t>10.1002/pssr.201900607</t>
   </si>
   <si>
     <t>Peculiarities of Magnetron Sputtering of Nickel Oxide Thin Films for Use in Perovskite Solar Cells</t>
   </si>
   <si>
     <t>Alexey Mozharov, Sergey Makarov, Alexey Bolshakov, Ivan Mukhin</t>
   </si>
   <si>
     <t>Technical Physics</t>
   </si>
   <si>
     <t>422-426</t>
   </si>
   <si>
     <t>10.1134/s1063784219030022</t>
   </si>
   <si>
+    <t>Microlens-Enhanced Substrate Patterning and MBE Growth of GaP Nanowires</t>
+  </si>
+  <si>
+    <t>Alexey Bolshakov, Alexey Mozharov, Vitaliy Shkoldin, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>Semiconductors</t>
+  </si>
+  <si>
+    <t>2088-2091</t>
+  </si>
+  <si>
+    <t>10.1134/S1063782618160054</t>
+  </si>
+  <si>
     <t>Theoretical modeling of the self-catalyzed nanowire growth: nucleation-and adsorption-limited regimes</t>
   </si>
   <si>
     <t>Alexey Bolshakov, Alexey Mozharov, Ivan Mukhin</t>
   </si>
   <si>
     <t>Materials Research Express</t>
   </si>
   <si>
     <t>10.1088/2053-1591/aa9e9d</t>
   </si>
   <si>
     <t>Single-photon emitter at 80 K based on a dielectric nanoantenna with a CdSe/ZnSe quantum dot</t>
   </si>
   <si>
     <t>Alexey Mozharov, Ivan Mukhin</t>
   </si>
   <si>
     <t>201-204</t>
   </si>
   <si>
     <t>10.1134/S0021364018150109</t>
   </si>
   <si>
     <t>Self-Catalyzed MBE-Grown GaP Nanowires on Si (111): V/III Ratio Effects on the Morphology and Crystal Phase Switching</t>
   </si>
   <si>
-    <t>Alexey Bolshakov, Alexey Mozharov, Vitaliy Shkoldin, Ivan Mukhin</t>
-[...4 lines deleted...]
-  <si>
     <t>2092-2095</t>
   </si>
   <si>
     <t>10.1134/S106378261816008X</t>
   </si>
   <si>
     <t>Influence of condensation enhancement effect on AFM image contrast inversion in hydrophilic nanocapillaries</t>
   </si>
   <si>
     <t>Ivan Mukhin, Alexey Mozharov, Alexey Bolshakov</t>
   </si>
   <si>
     <t>Applied Surface Science</t>
   </si>
   <si>
     <t>621-626</t>
   </si>
   <si>
     <t>10.1016/j.apsusc.2018.11.212</t>
   </si>
   <si>
     <t>Dopant-stimulated growth of GaN nanotube-like nanostructures on Si (111) by molecular beam epitaxy</t>
   </si>
   <si>
     <t>Beilstein Journal of Nanotechnology</t>
@@ -398,59 +407,50 @@
   <si>
     <t>Study of SiC buffer layer thickness influence on photovoltaic properties of n-GaN NWs/SiC/p-Si heterostructure</t>
   </si>
   <si>
     <t>Materials Science in Semiconductor Processing</t>
   </si>
   <si>
     <t>20-25</t>
   </si>
   <si>
     <t>10.1016/j.mssp.2018.09.024</t>
   </si>
   <si>
     <t>Droplet epitaxy mediated growth of GaN nanostructures on Si (111) via plasma-assisted molecular beam epitaxy</t>
   </si>
   <si>
     <t>CrystEngComm</t>
   </si>
   <si>
     <t>3370-3380</t>
   </si>
   <si>
     <t>10.1039/C8CE00348C</t>
   </si>
   <si>
-    <t>Microlens-Enhanced Substrate Patterning and MBE Growth of GaP Nanowires</t>
-[...7 lines deleted...]
-  <si>
     <t>Light outcoupling from quantum dot-based microdisk laser via plasmonic nanoantenna</t>
   </si>
   <si>
     <t>Ivan Mukhin, Alexey Mozharov, Filipp Komissarenko, Zarina Sadrieva, Andrey Bogdanov</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>4 (2)</t>
   </si>
   <si>
     <t>275–281</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.6b00552</t>
   </si>
   <si>
     <t>Single-stage fabrication of low-loss dielectric nanoresonators from high-loss material</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Alexey Mozharov, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/690/1/012020</t>
@@ -467,66 +467,66 @@
   <si>
     <t>Sergey Makarov, Valentin Milichko, Ivan Mukhin, Ivan Shishkin, Dmitry Zuev, Alexey Mozharov, Pavel Belov</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>91-99</t>
   </si>
   <si>
     <t>10.1002/lpor.201500119</t>
   </si>
   <si>
     <t>Laser writing of nanoparticle-based plasmonic structures</t>
   </si>
   <si>
     <t>Sergey Makarov, Valentin Milichko, Pavel Belov, Alexey Mozharov, Ivan Mukhin</t>
   </si>
   <si>
     <t>2015 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>10.1109/DD.2015.7354859</t>
   </si>
   <si>
+    <t>Specialized probes with nanowhisker structures for high resolution magnetic force microscopy</t>
+  </si>
+  <si>
+    <t>Kirill Belousov, Alexey Mozharov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/643/1/012095</t>
+  </si>
+  <si>
     <t>Modeling, synthesis and study of highly efficient solar cells based on III-nitride nanowire arrays grown on Si substrates</t>
   </si>
   <si>
     <t>Alexey Mozharov, Alexey Bolshakov, Ivan Mukhin,  Harmand J. C.</t>
   </si>
   <si>
     <t>10.1088/1742-6596/643/1/012115</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1088/1742-6596/643/1/012095</t>
   </si>
   <si>
     <t>Numerical modeling of photovoltaic efficiency of n-type GaN nanowires on p-type Si heterojunction</t>
   </si>
   <si>
     <t>507-510</t>
   </si>
   <si>
     <t>10.1002/pssr.201510241</t>
   </si>
   <si>
     <t>Tuning of magnetic optical response in a dielectric nanoparticle by ultrafast photoexcitation of dense electronhole plasma</t>
   </si>
   <si>
     <t>Sergey Makarov, Ivan Mukhin, Alexey Mozharov, Valentin Milichko, Pavel Belov</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>6187-6192</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.5b02534</t>
   </si>
@@ -1392,352 +1392,352 @@
       </c>
       <c r="F18">
         <v>2019</v>
       </c>
       <c r="G18" t="s">
         <v>85</v>
       </c>
       <c r="H18">
         <v>0.6</v>
       </c>
       <c r="I18">
         <v>0.38</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>86</v>
       </c>
       <c r="B19" t="s">
         <v>87</v>
       </c>
       <c r="C19" t="s">
         <v>88</v>
       </c>
       <c r="D19">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>125027</v>
+        <v>52</v>
+      </c>
+      <c r="E19" t="s">
+        <v>89</v>
       </c>
       <c r="F19">
         <v>2019</v>
       </c>
       <c r="G19" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H19">
-        <v>1.93</v>
+        <v>0.64</v>
       </c>
       <c r="I19">
-        <v>0.37</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B20" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="D20">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>4</v>
+      </c>
+      <c r="E20">
+        <v>125027</v>
       </c>
       <c r="F20">
         <v>2019</v>
       </c>
       <c r="G20" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="H20">
-        <v>1.4</v>
+        <v>1.93</v>
       </c>
       <c r="I20">
-        <v>0.58</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B21" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C21" t="s">
-        <v>96</v>
+        <v>44</v>
       </c>
       <c r="D21">
-        <v>52</v>
+        <v>108</v>
       </c>
       <c r="E21" t="s">
         <v>97</v>
       </c>
       <c r="F21">
         <v>2019</v>
       </c>
       <c r="G21" t="s">
         <v>98</v>
       </c>
       <c r="H21">
-        <v>0.64</v>
+        <v>1.4</v>
       </c>
       <c r="I21">
-        <v>0.3</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>99</v>
       </c>
       <c r="B22" t="s">
+        <v>87</v>
+      </c>
+      <c r="C22" t="s">
+        <v>88</v>
+      </c>
+      <c r="D22">
+        <v>52</v>
+      </c>
+      <c r="E22" t="s">
         <v>100</v>
-      </c>
-[...7 lines deleted...]
-        <v>102</v>
       </c>
       <c r="F22">
         <v>2019</v>
       </c>
       <c r="G22" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="H22">
-        <v>6.18</v>
+        <v>0.64</v>
       </c>
       <c r="I22">
-        <v>1.23</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>102</v>
+      </c>
+      <c r="B23" t="s">
+        <v>103</v>
+      </c>
+      <c r="C23" t="s">
         <v>104</v>
       </c>
-      <c r="B23" t="s">
-[...2 lines deleted...]
-      <c r="C23" t="s">
+      <c r="D23">
+        <v>471</v>
+      </c>
+      <c r="E23" t="s">
         <v>105</v>
-      </c>
-[...4 lines deleted...]
-        <v>106</v>
       </c>
       <c r="F23">
         <v>2019</v>
       </c>
       <c r="G23" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H23">
-        <v>2.61</v>
+        <v>6.18</v>
       </c>
       <c r="I23">
-        <v>0.66</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>107</v>
+      </c>
+      <c r="B24" t="s">
+        <v>92</v>
+      </c>
+      <c r="C24" t="s">
         <v>108</v>
       </c>
-      <c r="B24" t="s">
+      <c r="D24">
+        <v>9</v>
+      </c>
+      <c r="E24" t="s">
         <v>109</v>
-      </c>
-[...7 lines deleted...]
-        <v>110</v>
       </c>
       <c r="F24">
         <v>2019</v>
       </c>
       <c r="G24" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="H24">
-        <v>0.64</v>
+        <v>2.61</v>
       </c>
       <c r="I24">
-        <v>0.3</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>111</v>
+      </c>
+      <c r="B25" t="s">
         <v>112</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="D25">
         <v>52</v>
       </c>
       <c r="E25" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="F25">
         <v>2019</v>
       </c>
       <c r="G25" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="H25">
         <v>0.64</v>
       </c>
       <c r="I25">
         <v>0.3</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>115</v>
+      </c>
+      <c r="B26" t="s">
         <v>116</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" t="s">
+        <v>88</v>
+      </c>
+      <c r="D26">
+        <v>52</v>
+      </c>
+      <c r="E26" t="s">
         <v>117</v>
-      </c>
-[...4 lines deleted...]
-        <v>118</v>
       </c>
       <c r="F26">
         <v>2019</v>
       </c>
       <c r="G26" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-      <c r="I26"/>
+        <v>118</v>
+      </c>
+      <c r="H26">
+        <v>0.64</v>
+      </c>
+      <c r="I26">
+        <v>0.3</v>
+      </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>119</v>
+      </c>
+      <c r="B27" t="s">
+        <v>96</v>
+      </c>
+      <c r="C27" t="s">
         <v>120</v>
       </c>
-      <c r="B27" t="s">
-[...2 lines deleted...]
-      <c r="C27" t="s">
+      <c r="D27">
+        <v>9</v>
+      </c>
+      <c r="E27" t="s">
         <v>121</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
       <c r="F27">
         <v>2019</v>
       </c>
       <c r="G27" t="s">
-        <v>123</v>
-[...6 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>123</v>
+      </c>
+      <c r="B28" t="s">
+        <v>112</v>
+      </c>
+      <c r="C28" t="s">
         <v>124</v>
       </c>
-      <c r="B28" t="s">
-[...2 lines deleted...]
-      <c r="C28" t="s">
+      <c r="D28">
+        <v>90</v>
+      </c>
+      <c r="E28" t="s">
         <v>125</v>
-      </c>
-[...4 lines deleted...]
-        <v>126</v>
       </c>
       <c r="F28">
         <v>2019</v>
       </c>
       <c r="G28" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H28">
-        <v>3.12</v>
+        <v>3.09</v>
       </c>
       <c r="I28">
-        <v>0.81</v>
+        <v>0.67</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>127</v>
+      </c>
+      <c r="B29" t="s">
+        <v>92</v>
+      </c>
+      <c r="C29" t="s">
         <v>128</v>
       </c>
-      <c r="B29" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D29">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="E29" t="s">
         <v>129</v>
       </c>
       <c r="F29">
         <v>2019</v>
       </c>
       <c r="G29" t="s">
         <v>130</v>
       </c>
       <c r="H29">
-        <v>0.64</v>
+        <v>3.12</v>
       </c>
       <c r="I29">
-        <v>0.3</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>131</v>
       </c>
       <c r="B30" t="s">
         <v>132</v>
       </c>
       <c r="C30" t="s">
         <v>133</v>
       </c>
       <c r="D30" t="s">
         <v>134</v>
       </c>
       <c r="E30" t="s">
         <v>135</v>
       </c>
       <c r="F30">
         <v>2017</v>
       </c>
       <c r="G30" t="s">
         <v>136</v>
       </c>
       <c r="H30">
@@ -1757,51 +1757,51 @@
       <c r="C31" t="s">
         <v>49</v>
       </c>
       <c r="D31">
         <v>690</v>
       </c>
       <c r="E31">
         <v>12020</v>
       </c>
       <c r="F31">
         <v>2016</v>
       </c>
       <c r="G31" t="s">
         <v>139</v>
       </c>
       <c r="H31"/>
       <c r="I31">
         <v>0.25</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>140</v>
       </c>
       <c r="B32" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="C32" t="s">
         <v>49</v>
       </c>
       <c r="D32">
         <v>690</v>
       </c>
       <c r="E32">
         <v>12041</v>
       </c>
       <c r="F32">
         <v>2016</v>
       </c>
       <c r="G32" t="s">
         <v>141</v>
       </c>
       <c r="H32"/>
       <c r="I32">
         <v>0.25</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>142</v>
       </c>
@@ -1843,96 +1843,96 @@
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34">
         <v>2015</v>
       </c>
       <c r="G34" t="s">
         <v>150</v>
       </c>
       <c r="H34"/>
       <c r="I34"/>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>151</v>
       </c>
       <c r="B35" t="s">
         <v>152</v>
       </c>
       <c r="C35" t="s">
         <v>49</v>
       </c>
       <c r="D35">
         <v>643</v>
       </c>
       <c r="E35">
-        <v>12115</v>
+        <v>12095</v>
       </c>
       <c r="F35">
         <v>2015</v>
       </c>
       <c r="G35" t="s">
         <v>153</v>
       </c>
       <c r="H35"/>
       <c r="I35">
         <v>0.26</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>154</v>
       </c>
       <c r="B36" t="s">
         <v>155</v>
       </c>
       <c r="C36" t="s">
         <v>49</v>
       </c>
       <c r="D36">
         <v>643</v>
       </c>
       <c r="E36">
-        <v>12095</v>
+        <v>12115</v>
       </c>
       <c r="F36">
         <v>2015</v>
       </c>
       <c r="G36" t="s">
         <v>156</v>
       </c>
       <c r="H36"/>
       <c r="I36">
         <v>0.26</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>157</v>
       </c>
       <c r="B37" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="C37" t="s">
         <v>79</v>
       </c>
       <c r="D37">
         <v>9</v>
       </c>
       <c r="E37" t="s">
         <v>158</v>
       </c>
       <c r="F37">
         <v>2015</v>
       </c>
       <c r="G37" t="s">
         <v>159</v>
       </c>
       <c r="H37">
         <v>2.14</v>
       </c>
       <c r="I37">
         <v>1.16</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">