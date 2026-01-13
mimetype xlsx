--- v0 (2025-10-10)
+++ v1 (2026-01-13)
@@ -269,72 +269,72 @@
   <si>
     <t>George Zograf, Albert R. Muslimov, Ivan Shishkin, Alexandre Nomine, Jaafar Ghanbaja, Pintu Ghosh, Qiang Li, Mikhail Zyuzin, Sergey Makarov</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.201900082</t>
   </si>
   <si>
     <t>Synergistic Effect of Plasma and Laser Processes in Liquid for Alloyed-Nanoparticle Synthesis</t>
   </si>
   <si>
     <t>Natalie Tarasenka, Alexandre Nomine, Alena Nevar, Mikhail Nedelko, Hiba Kabbara, Stéphanie Bruyère, Jaafar Ghanbaja, Cédric Noel, Andrey Krasilin, George Zograf, Valentin Milichko, Nikita Kulachenkov, Sergey Makarov, Thierry Belmonte, Nikolai Tarasenko</t>
   </si>
   <si>
     <t>Physical Review Applied</t>
   </si>
   <si>
     <t>014021</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.13.014021</t>
   </si>
   <si>
+    <t>Charge injection into the Ni-phyllosilicate nanoscrolls with reduced Ni nanoparticles using Kelvin force probe microscopy</t>
+  </si>
+  <si>
+    <t>T S Kunkel, Andrey Krasilin, E K Khrapova, E A Straumal, Alexandre Nomine, J Ghanbaja, A V Ankudinov</t>
+  </si>
+  <si>
+    <t>IOP Conference Series: Materials Science and Engineering</t>
+  </si>
+  <si>
+    <t>012023</t>
+  </si>
+  <si>
+    <t>10.1088/1757-899x/699/1/012023</t>
+  </si>
+  <si>
     <t>Ultrafast Melting of Metal–Organic Frameworks for Advanced Nanophotonics</t>
   </si>
   <si>
     <t>Nikita Kulachenkov, Stéphanie Bruyere, Sergey A. Sapchenko, Yuri Mezenov, Dapeng Sun, Andrey Krasilin, Alexandre Nomine, Jaâfar Ghanbaja, Thierry Belmonte, Vladimir P. Fedin, Evgeny A. Pidko, Valentin Milichko</t>
   </si>
   <si>
     <t>10.1002/adfm.201908292</t>
-  </si>
-[...13 lines deleted...]
-    <t>10.1088/1757-899x/699/1/012023</t>
   </si>
   <si>
     <t>Plasmonic nanosponges filled with silicon for enhanced white light emission</t>
   </si>
   <si>
     <t>Artem Larin, Alexandre Nomine, Eduard Ageev, J. Ghanbaja, L. N. Kolotova, S. V. Starikov, S. Bruyère, T. Belmonte, Sergey Makarov, Dmitry Zuev</t>
   </si>
   <si>
     <t>1013-1021</t>
   </si>
   <si>
     <t>10.1039/c9nr08952g</t>
   </si>
   <si>
     <t>Biomimetic drug delivery platforms based on mesenchymal stem cells impregnated with light-responsive submicron sized carriers</t>
   </si>
   <si>
     <t>Oleksii Peltek, Alexandre Nomine, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>Biomaterials Science</t>
   </si>
   <si>
     <t>1137-1147</t>
   </si>
@@ -1239,96 +1239,96 @@
       </c>
       <c r="E18" t="s">
         <v>83</v>
       </c>
       <c r="F18">
         <v>2020</v>
       </c>
       <c r="G18" t="s">
         <v>84</v>
       </c>
       <c r="H18">
         <v>4.99</v>
       </c>
       <c r="I18">
         <v>1.88</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>85</v>
       </c>
       <c r="B19" t="s">
         <v>86</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>87</v>
       </c>
       <c r="D19">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>1908292</v>
+        <v>699</v>
+      </c>
+      <c r="E19" t="s">
+        <v>88</v>
       </c>
       <c r="F19">
         <v>2019</v>
       </c>
       <c r="G19" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="H19"/>
       <c r="I19">
-        <v>5.88</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B20" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C20" t="s">
-        <v>90</v>
+        <v>42</v>
       </c>
       <c r="D20">
-        <v>699</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>30</v>
+      </c>
+      <c r="E20">
+        <v>1908292</v>
       </c>
       <c r="F20">
         <v>2019</v>
       </c>
       <c r="G20" t="s">
         <v>92</v>
       </c>
-      <c r="H20"/>
+      <c r="H20">
+        <v>16.84</v>
+      </c>
       <c r="I20">
-        <v>0.19</v>
+        <v>5.88</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>93</v>
       </c>
       <c r="B21" t="s">
         <v>94</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21">
         <v>12</v>
       </c>
       <c r="E21" t="s">
         <v>95</v>
       </c>
       <c r="F21">
         <v>2019</v>
       </c>
       <c r="G21" t="s">
         <v>96</v>
       </c>
       <c r="H21">