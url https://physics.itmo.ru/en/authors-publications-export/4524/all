--- v0 (2025-10-10)
+++ v1 (2025-11-03)
@@ -608,101 +608,101 @@
   <si>
     <t>10.1063/5.0011471</t>
   </si>
   <si>
     <t>Polariton gap and gap-stripe solitons in Zeeman lattices</t>
   </si>
   <si>
     <t>Dmitry Zezyulin, Yaroslav V. Kartashov, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1103/physrevb.101.245305</t>
   </si>
   <si>
     <t>Retraction notice to “Tamm plasmon-polaritons: First experimental observation” [Superlattice. Microst., 47 (2010) 44–49]</t>
   </si>
   <si>
     <t>S. Brand, Ivan Iorsh, Ivan Shelykh, A. Yu Egorov, A.P. Vasil'ev</t>
   </si>
   <si>
     <t>Superlattices and Microstructures</t>
   </si>
   <si>
     <t>10.1016/j.spmi.2020.106569</t>
   </si>
   <si>
+    <t>Floquet engineering of 2D materials</t>
+  </si>
+  <si>
+    <t>O. V. Kibis, Ivan Iorsh, Ivan Shelykh</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012064</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012064</t>
+  </si>
+  <si>
+    <t>Strong coupling of excitons in 2D MoSe2/hBN heterostructure with optical bound states in the continuum</t>
+  </si>
+  <si>
+    <t>Fedor Benimetskiy, Vasily Kravtsov, Ivan Mukhin, Ivan Sinev, Anton Samusev, Ivan Shelykh, D. N. Krizhanovskii, M. S. Skolnick, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>012012</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012012</t>
+  </si>
+  <si>
+    <t>Electron-photonic topological states on the surface of a bulk semiconductor driven by a high-frequency field</t>
+  </si>
+  <si>
+    <t>O. V. Kibis, O. Kyriienko, Ivan Shelykh</t>
+  </si>
+  <si>
+    <t>012063</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012063</t>
+  </si>
+  <si>
     <t>Ab-initio calculation of electronic properties of all-inorganic Pb-based mixed-halide perovskites</t>
   </si>
   <si>
     <t>E. D. Cherotchenko, Tatiana Liashenko, Kirill Agapev, Ivan Vrubel, Roman Polozkov, Ivan Shelykh</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012023</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012023</t>
   </si>
   <si>
-    <t>Floquet engineering of 2D materials</t>
-[...34 lines deleted...]
-  <si>
     <t>Nonlinear polaritons in a monolayer semiconductor coupled to optical bound states in the continuum</t>
   </si>
   <si>
     <t>Vasily Kravtsov, Fedor Benimetskiy, Tatyana Ivanova, Anton Samusev, Ivan Sinev, Dmitry Pidgayko, Alexey Mozharov, Ivan Mukhin, Maksim S. Lozhkin, Yuri V. Kapitonov, Andrey S. Brichkin, Vladimir D. Kulakovskii, Ivan Shelykh, Alexander I. Tartakovskii, Paul M. Walker, Maurice S. Skolnick, Dmitry N. Krizhanovskii, Ivan Iorsh</t>
   </si>
   <si>
     <t>Light: Science and Applications</t>
   </si>
   <si>
     <t>10.1038/s41377-020-0286-z</t>
   </si>
   <si>
     <t>Spinning polariton vortices with magnetic field</t>
   </si>
   <si>
     <t>10.1103/physrevb.101.104308</t>
   </si>
   <si>
     <t>Mechanisms of blueshifts in organic polariton condensates</t>
   </si>
   <si>
     <t>Timur Yagafarov, Denis Sannikov, Anton Zasedatelev, Kyriacos Georgiou, Anton Baranikov, Ivan Shelykh, Lizhi Gai, Zhen Shen, David Lidzey, Pavlos Lagoudakis</t>
   </si>
   <si>
     <t>Communications Physics</t>
@@ -953,83 +953,83 @@
   <si>
     <t>10.1134/S1063782618140130</t>
   </si>
   <si>
     <t>Spin Domains in One-Dimensional Conservative Polariton Solitons</t>
   </si>
   <si>
     <t>Maksym Sich, Lucy E. Tapia-Rodriguez, Helgi Sigurdsson, Paul M. Walker, Edmund Clarke, Ivan Shelykh, Benjamin Royall, Evgeny S. Sedov, Alexey V. Kavokin, Dmitry V. Skryabin, Maurice S. Skolnick, Dmitry N. Krizhanovskii</t>
   </si>
   <si>
     <t>5095-5102</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.8b01410</t>
   </si>
   <si>
     <t>Optical analog of Rashba spin-orbit interaction in asymmetric polariton waveguides</t>
   </si>
   <si>
     <t>Ivan Shelykh, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1103/physrevb.98.155428</t>
   </si>
   <si>
+    <t>Resonant pumping of polaritonic SSH chains</t>
+  </si>
+  <si>
+    <t>012070</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012070</t>
+  </si>
+  <si>
+    <t>Ab-initio study of electronic properties of a two-dimensional array of carbon nanotubes</t>
+  </si>
+  <si>
+    <t>Natalia Senkevich, Roman Polozkov, S Morina, E D Cherotchenko, Mikhail Portnoi, Ivan Shelykh</t>
+  </si>
+  <si>
+    <t>012120</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012120</t>
+  </si>
+  <si>
     <t>Effect of high-frequency pumping on thin-film topological insulators</t>
   </si>
   <si>
     <t>A A Pervishko, D Yudin, Ivan Shelykh</t>
   </si>
   <si>
     <t>012114</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012114</t>
   </si>
   <si>
-    <t>Resonant pumping of polaritonic SSH chains</t>
-[...19 lines deleted...]
-  <si>
     <t>Electromagnetic Dressing of Graphene</t>
   </si>
   <si>
     <t>O. V. Kibis, K. Dini, Ivan Iorsh, V. P. Dragunov, Ivan Shelykh</t>
   </si>
   <si>
     <t>867-869</t>
   </si>
   <si>
     <t>10.1134/s0022476618040170</t>
   </si>
   <si>
     <t>Polarization-resolved strong light–matter coupling in planar GaAs/AlGaAs waveguides</t>
   </si>
   <si>
     <t>Pavel Yu. Shapochkin, Maksim S. Lozhkin, Ivan A. Solovev, Olga A. Lozhkina, Yury P. Efimov, Sergey A. Eliseev, Vyacheslav A. Lovcjus, Gleb G. Kozlov, Anastasia A. Pervishko, Paul M. Walker, Ivan Shelykh, Maurice S. Skolnick, Yury V. Kapitonov</t>
   </si>
   <si>
     <t>Optics Letters</t>
   </si>
   <si>
     <t>10.1364/ol.43.004526</t>
   </si>
   <si>
     <t>Topological metamaterials based on polariton rings</t>
@@ -1085,68 +1085,68 @@
   <si>
     <t>Y. Marques, D. Yudin, Ivan Shelykh, A. C. Seridonio</t>
   </si>
   <si>
     <t>10.1103/physrevb.97.235121</t>
   </si>
   <si>
     <t>Resonant interaction of slow light solitons and dispersive waves in nonlinear chiral photonic waveguide</t>
   </si>
   <si>
     <t>Alexey Yulin, Ivan Iorsh, Ivan Shelykh</t>
   </si>
   <si>
     <t>053065</t>
   </si>
   <si>
     <t>10.1088/1367-2630/aac4fa</t>
   </si>
   <si>
     <t>Quantum ring with the Rashba spin-orbit interaction in the regime of strong light-matter coupling</t>
   </si>
   <si>
     <t>https://doi.org/10.1103/PhysRevB.97.155434</t>
   </si>
   <si>
+    <t>Valerii Kozin, Ivan Iorsh, O. V. Kibis, Ivan Shelykh</t>
+  </si>
+  <si>
+    <t>10.1103/physrevb.97.155434</t>
+  </si>
+  <si>
     <t>Floquet Engineering of Gapped 2D Materials</t>
   </si>
   <si>
     <t>O. V. Kibis, K. Dini, Ivan Iorsh, Ivan Shelykh</t>
   </si>
   <si>
     <t>523-525</t>
   </si>
   <si>
     <t>10.1134/s1063782618040176</t>
   </si>
   <si>
-    <t>Valerii Kozin, Ivan Iorsh, O. V. Kibis, Ivan Shelykh</t>
-[...4 lines deleted...]
-  <si>
     <t>Transition from Propagating Polariton Solitons to a Standing Wave Condensate Induced by Interactions</t>
   </si>
   <si>
     <t>M. Sich, J. K. Chana, O. A. Egorov, H. Sigurdsson, Ivan Shelykh, D. V. Skryabin, P. M. Walker, E. Clarke, B. Royall, M. S. Skolnick</t>
   </si>
   <si>
     <t>10.1103/physrevlett.120.167402</t>
   </si>
   <si>
     <t>Geometry Optimization and Charge Density Distribution of Single Layer of ZN-Based Metal-Organic Framework</t>
   </si>
   <si>
     <t>Natalia Senkevich, Ivan Vrubel, Roman Polozkov, Ivan Shelykh</t>
   </si>
   <si>
     <t>597-599</t>
   </si>
   <si>
     <t>10.1134/s1063782618050287</t>
   </si>
   <si>
     <t>Chiral solitons in spinor polariton rings</t>
   </si>
   <si>
     <t>Dmitry Zezyulin, Dmitry Gulevich, D. V. Skryabin, Ivan Shelykh</t>
@@ -1844,68 +1844,68 @@
   <si>
     <t>10.1103/physreva.90.055802</t>
   </si>
   <si>
     <t>Spatial Coherence Properties of One Dimensional Exciton-Polariton Condensates</t>
   </si>
   <si>
     <t>J. Fischer, I. G. Savenko, M. D. Fraser, S. Holzinger, S. Brodbeck, M. Kamp, Ivan Shelykh, C. Schneider, S. Höfling</t>
   </si>
   <si>
     <t>10.1103/physrevlett.113.203902</t>
   </si>
   <si>
     <t>Exciton-polariton laser diodes</t>
   </si>
   <si>
     <t>M. Amthor, J. Fischer, Ivan Shelykh, A. Chernenko, A. Rahimi-Iman, V. D. Kulakovskii, S. Reitzenstein, N. Y. Kim, M. Durnev, A. V. Kavokin, Y. Yamamoto, A. Forchel, M. Kamp, C. Schneider, S. Höfling</t>
   </si>
   <si>
     <t>Nanophotonics and Micro/Nano Optics II</t>
   </si>
   <si>
     <t>10.1117/12.2074122</t>
   </si>
   <si>
+    <t>Tunable single-photon emission from dipolaritons</t>
+  </si>
+  <si>
+    <t>O. Kyriienko, Ivan Shelykh, T. C. H. Liew</t>
+  </si>
+  <si>
+    <t>10.1103/physreva.90.033807</t>
+  </si>
+  <si>
     <t>Bistability in microcavities with incoherent optical or electrical excitation</t>
   </si>
   <si>
     <t>O. Kyriienko, E. A. Ostrovskaya, O. A. Egorov, Ivan Shelykh, T. C. H. Liew</t>
   </si>
   <si>
     <t>10.1103/physrevb.90.125407</t>
   </si>
   <si>
-    <t>Tunable single-photon emission from dipolaritons</t>
-[...7 lines deleted...]
-  <si>
     <t>Information processing with topologically protected vortex memories in exciton-polariton condensates</t>
   </si>
   <si>
     <t>H. Sigurdsson, O. A. Egorov, X. Ma, Ivan Shelykh, T. C. H. Liew</t>
   </si>
   <si>
     <t>10.1103/physrevb.90.014504</t>
   </si>
   <si>
     <t>Tuning the Energy of a Polariton Condensate via Bias-Controlled Rabi Splitting</t>
   </si>
   <si>
     <t>P. Tsotsis, S. I. Tsintzos, P. G. Lagoudakis, O. Kyriienko, Ivan Shelykh, J. J. Baumberg, A. V. Kavokin, P. S. Eldridge, P. G. Savvidis</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.2.014002</t>
   </si>
   <si>
     <t>Semiconductor cavity QED: Band gap induced by vacuum fluctuations</t>
   </si>
   <si>
     <t>T. Espinosa-Ortega, O. Kyriienko, O. V. Kibis, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1103/physreva.89.062115</t>
@@ -2351,69 +2351,69 @@
   <si>
     <t>E. B. Magnusson, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1103/physrevb.84.195308</t>
   </si>
   <si>
     <t>Band gap in graphene induced by vacuum fluctuations</t>
   </si>
   <si>
     <t>10.1103/physrevb.84.195413</t>
   </si>
   <si>
     <t>Angle-resolved reflectance and surface plasmonics of the MAX phases</t>
   </si>
   <si>
     <t>10.1364/ol.36.003966</t>
   </si>
   <si>
     <t>Elementary excitations in spinor polariton-electron systems</t>
   </si>
   <si>
     <t>10.1103/physrevb.84.125313</t>
   </si>
   <si>
+    <t>EFFECTIVE INTERACTIONS IN A HYBRID POLARITON-ELECTRON SYSTEM</t>
+  </si>
+  <si>
+    <t>O. KYRIIENKO, Ivan Shelykh</t>
+  </si>
+  <si>
+    <t>Physics, Chemistry and Applications of Nanostructures</t>
+  </si>
+  <si>
+    <t>10.1142/9789814343909_0011</t>
+  </si>
+  <si>
     <t>FULL DENSITY MATRIX FORMALISM APPLIED TO 1D EXCITON-POLARITON TRANSPORT</t>
   </si>
   <si>
     <t>E. B. MAGNUSSON, Ivan Shelykh</t>
   </si>
   <si>
-    <t>Physics, Chemistry and Applications of Nanostructures</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1142/9789814343909_0010</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1142/9789814343909_0011</t>
   </si>
   <si>
     <t>Coherent interactions between phonons and exciton or exciton-polariton condensates</t>
   </si>
   <si>
     <t>D. V. Vishnevsky, D. D. Solnyshkov, G. Malpuech, N. A. Gippius, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1103/physrevb.84.035312</t>
   </si>
   <si>
     <t>Excitons in narrow-gap carbon nanotubes</t>
   </si>
   <si>
     <t>R. R. Hartmann, Ivan Shelykh, Mikhail Portnoi</t>
   </si>
   <si>
     <t>10.1103/physrevb.84.035437</t>
   </si>
   <si>
     <t>Nonlinear Terahertz Emission in Semiconductor Microcavities</t>
   </si>
   <si>
     <t>Ivan Shelykh, M. A. Kaliteevski</t>
   </si>
@@ -4622,51 +4622,51 @@
       <c r="C62" t="s">
         <v>11</v>
       </c>
       <c r="D62">
         <v>100</v>
       </c>
       <c r="E62"/>
       <c r="F62">
         <v>2019</v>
       </c>
       <c r="G62" t="s">
         <v>227</v>
       </c>
       <c r="H62">
         <v>3.58</v>
       </c>
       <c r="I62">
         <v>1.81</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>228</v>
       </c>
       <c r="B63" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="C63" t="s">
         <v>229</v>
       </c>
       <c r="D63">
         <v>53</v>
       </c>
       <c r="E63" t="s">
         <v>230</v>
       </c>
       <c r="F63">
         <v>2019</v>
       </c>
       <c r="G63" t="s">
         <v>231</v>
       </c>
       <c r="H63">
         <v>0.64</v>
       </c>
       <c r="I63">
         <v>0.3</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
@@ -4718,51 +4718,51 @@
       </c>
       <c r="G65" t="s">
         <v>238</v>
       </c>
       <c r="H65">
         <v>3.58</v>
       </c>
       <c r="I65">
         <v>1.81</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>239</v>
       </c>
       <c r="B66" t="s">
         <v>240</v>
       </c>
       <c r="C66" t="s">
         <v>200</v>
       </c>
       <c r="D66">
         <v>1331</v>
       </c>
       <c r="E66" t="s">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="F66">
         <v>2019</v>
       </c>
       <c r="G66" t="s">
         <v>241</v>
       </c>
       <c r="H66"/>
       <c r="I66">
         <v>0.22</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>242</v>
       </c>
       <c r="B67" t="s">
         <v>243</v>
       </c>
       <c r="C67" t="s">
         <v>244</v>
       </c>
       <c r="D67">
         <v>7</v>
       </c>
@@ -5271,97 +5271,97 @@
       <c r="C85" t="s">
         <v>11</v>
       </c>
       <c r="D85">
         <v>98</v>
       </c>
       <c r="E85"/>
       <c r="F85">
         <v>2018</v>
       </c>
       <c r="G85" t="s">
         <v>312</v>
       </c>
       <c r="H85">
         <v>3.74</v>
       </c>
       <c r="I85">
         <v>1.5</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
         <v>313</v>
       </c>
       <c r="B86" t="s">
-        <v>314</v>
+        <v>71</v>
       </c>
       <c r="C86" t="s">
         <v>200</v>
       </c>
       <c r="D86">
         <v>1092</v>
       </c>
       <c r="E86" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="F86">
         <v>2018</v>
       </c>
       <c r="G86" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="H86"/>
       <c r="I86">
-        <v>0.24</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
+        <v>316</v>
+      </c>
+      <c r="B87" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="C87" t="s">
         <v>200</v>
       </c>
       <c r="D87">
         <v>1092</v>
       </c>
       <c r="E87" t="s">
         <v>318</v>
       </c>
       <c r="F87">
         <v>2018</v>
       </c>
       <c r="G87" t="s">
         <v>319</v>
       </c>
       <c r="H87"/>
       <c r="I87">
-        <v>0.23</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>320</v>
       </c>
       <c r="B88" t="s">
         <v>321</v>
       </c>
       <c r="C88" t="s">
         <v>200</v>
       </c>
       <c r="D88">
         <v>1092</v>
       </c>
       <c r="E88" t="s">
         <v>322</v>
       </c>
       <c r="F88">
         <v>2018</v>
       </c>
       <c r="G88" t="s">
         <v>323</v>
       </c>
       <c r="H88"/>
@@ -5629,102 +5629,102 @@
       </c>
       <c r="C98" t="s">
         <v>11</v>
       </c>
       <c r="D98">
         <v>97</v>
       </c>
       <c r="E98">
         <v>155434</v>
       </c>
       <c r="F98">
         <v>2018</v>
       </c>
       <c r="G98" t="s">
         <v>356</v>
       </c>
       <c r="H98">
         <v>3.74</v>
       </c>
       <c r="I98">
         <v>1.5</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
+        <v>355</v>
+      </c>
+      <c r="B99" t="s">
         <v>357</v>
       </c>
-      <c r="B99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99" t="s">
-        <v>229</v>
+        <v>11</v>
       </c>
       <c r="D99">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="E99"/>
       <c r="F99">
         <v>2018</v>
       </c>
       <c r="G99" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="H99">
-        <v>0.69</v>
+        <v>3.74</v>
       </c>
       <c r="I99">
-        <v>0.31</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="B100" t="s">
+        <v>360</v>
+      </c>
+      <c r="C100" t="s">
+        <v>229</v>
+      </c>
+      <c r="D100">
+        <v>52</v>
+      </c>
+      <c r="E100" t="s">
         <v>361</v>
       </c>
-      <c r="C100" t="s">
-[...5 lines deleted...]
-      <c r="E100"/>
       <c r="F100">
         <v>2018</v>
       </c>
       <c r="G100" t="s">
         <v>362</v>
       </c>
       <c r="H100">
-        <v>3.74</v>
+        <v>0.69</v>
       </c>
       <c r="I100">
-        <v>1.5</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
         <v>363</v>
       </c>
       <c r="B101" t="s">
         <v>364</v>
       </c>
       <c r="C101" t="s">
         <v>139</v>
       </c>
       <c r="D101">
         <v>120</v>
       </c>
       <c r="E101"/>
       <c r="F101">
         <v>2018</v>
       </c>
       <c r="G101" t="s">
         <v>365</v>
       </c>
       <c r="H101">
         <v>9.23</v>
       </c>
@@ -6257,51 +6257,51 @@
       </c>
       <c r="D121">
         <v>4</v>
       </c>
       <c r="E121" t="s">
         <v>428</v>
       </c>
       <c r="F121">
         <v>2017</v>
       </c>
       <c r="G121" t="s">
         <v>429</v>
       </c>
       <c r="H121">
         <v>6.88</v>
       </c>
       <c r="I121">
         <v>3.38</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
         <v>430</v>
       </c>
       <c r="B122" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="C122" t="s">
         <v>11</v>
       </c>
       <c r="D122">
         <v>95</v>
       </c>
       <c r="E122"/>
       <c r="F122">
         <v>2017</v>
       </c>
       <c r="G122" t="s">
         <v>431</v>
       </c>
       <c r="H122">
         <v>3.81</v>
       </c>
       <c r="I122">
         <v>2.34</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
         <v>432</v>
       </c>
@@ -7656,94 +7656,94 @@
       </c>
       <c r="C175" t="s">
         <v>608</v>
       </c>
       <c r="D175"/>
       <c r="E175"/>
       <c r="F175">
         <v>2014</v>
       </c>
       <c r="G175" t="s">
         <v>609</v>
       </c>
       <c r="H175"/>
       <c r="I175">
         <v>0.24</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" t="s">
         <v>610</v>
       </c>
       <c r="B176" t="s">
         <v>611</v>
       </c>
       <c r="C176" t="s">
-        <v>11</v>
+        <v>105</v>
       </c>
       <c r="D176">
         <v>90</v>
       </c>
       <c r="E176"/>
       <c r="F176">
         <v>2014</v>
       </c>
       <c r="G176" t="s">
         <v>612</v>
       </c>
       <c r="H176">
-        <v>3.74</v>
+        <v>2.81</v>
       </c>
       <c r="I176">
-        <v>2.81</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" t="s">
         <v>613</v>
       </c>
       <c r="B177" t="s">
         <v>614</v>
       </c>
       <c r="C177" t="s">
-        <v>105</v>
+        <v>11</v>
       </c>
       <c r="D177">
         <v>90</v>
       </c>
       <c r="E177"/>
       <c r="F177">
         <v>2014</v>
       </c>
       <c r="G177" t="s">
         <v>615</v>
       </c>
       <c r="H177">
+        <v>3.74</v>
+      </c>
+      <c r="I177">
         <v>2.81</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.31</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" t="s">
         <v>616</v>
       </c>
       <c r="B178" t="s">
         <v>617</v>
       </c>
       <c r="C178" t="s">
         <v>11</v>
       </c>
       <c r="D178">
         <v>90</v>
       </c>
       <c r="E178"/>
       <c r="F178">
         <v>2014</v>
       </c>
       <c r="G178" t="s">
         <v>618</v>
       </c>
       <c r="H178">
         <v>3.74</v>
       </c>
@@ -8222,51 +8222,51 @@
         <v>682</v>
       </c>
       <c r="C198" t="s">
         <v>11</v>
       </c>
       <c r="D198">
         <v>88</v>
       </c>
       <c r="E198"/>
       <c r="F198">
         <v>2013</v>
       </c>
       <c r="G198" t="s">
         <v>683</v>
       </c>
       <c r="H198">
         <v>3.66</v>
       </c>
       <c r="I198"/>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" t="s">
         <v>684</v>
       </c>
       <c r="B199" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="C199" t="s">
         <v>11</v>
       </c>
       <c r="D199">
         <v>87</v>
       </c>
       <c r="E199"/>
       <c r="F199">
         <v>2013</v>
       </c>
       <c r="G199" t="s">
         <v>685</v>
       </c>
       <c r="H199">
         <v>3.66</v>
       </c>
       <c r="I199"/>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" t="s">
         <v>521</v>
       </c>
       <c r="B200" t="s">
         <v>686</v>
@@ -8962,51 +8962,51 @@
         <v>771</v>
       </c>
       <c r="C226" t="s">
         <v>11</v>
       </c>
       <c r="D226">
         <v>84</v>
       </c>
       <c r="E226"/>
       <c r="F226">
         <v>2011</v>
       </c>
       <c r="G226" t="s">
         <v>772</v>
       </c>
       <c r="H226">
         <v>3.69</v>
       </c>
       <c r="I226"/>
     </row>
     <row r="227" spans="1:9">
       <c r="A227" t="s">
         <v>773</v>
       </c>
       <c r="B227" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="C227" t="s">
         <v>11</v>
       </c>
       <c r="D227">
         <v>84</v>
       </c>
       <c r="E227"/>
       <c r="F227">
         <v>2011</v>
       </c>
       <c r="G227" t="s">
         <v>774</v>
       </c>
       <c r="H227">
         <v>3.69</v>
       </c>
       <c r="I227"/>
     </row>
     <row r="228" spans="1:9">
       <c r="A228" t="s">
         <v>775</v>
       </c>
       <c r="B228" t="s">
         <v>725</v>