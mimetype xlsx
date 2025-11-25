--- v1 (2025-11-03)
+++ v2 (2025-11-25)
@@ -455,71 +455,71 @@
   <si>
     <t>Physical Review Letters</t>
   </si>
   <si>
     <t>10.1103/physrevlett.126.075302</t>
   </si>
   <si>
     <t>Anomalous Exciton Hall Effect</t>
   </si>
   <si>
     <t>Valerii Kozin, Vadim Shabashov, A. V. Kavokin, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1103/physrevlett.126.036801</t>
   </si>
   <si>
     <t>Bosonic Hofstadter butterflies in synthetic antiferromagnetic patterns</t>
   </si>
   <si>
     <t>Journal of Physics: Condensed Matter</t>
   </si>
   <si>
     <t>10.1088/1361-648x/abd99b</t>
   </si>
   <si>
+    <t>Spin–valley dynamics in alloy-based transition metal dichalcogenide heterobilayers</t>
+  </si>
+  <si>
+    <t>Vasily Kravtsov,  Aleksey D Liubomirov,  Roman V Cherbunin,  Alessandro Catanzaro,  Armando Genco,  Daniel Gillard,  Evgeny M Alexeev, Tatyana Ivanova, Ivan Shelykh,  Alexander I Tartakovskii,  Maurice S Skolnick, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>025011</t>
+  </si>
+  <si>
+    <t>10.1088/2053-1583/abcf12</t>
+  </si>
+  <si>
     <t>Optical analogue of Dresselhaus spin–orbit interaction in photonic graphene</t>
   </si>
   <si>
     <t>C. E. Whittaker, T. Dowling, Alexey Yulin, B. Royall, E. Clarke, M. S. Skolnick, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1038/s41566-020-00729-z</t>
   </si>
   <si>
-    <t>Spin–valley dynamics in alloy-based transition metal dichalcogenide heterobilayers</t>
-[...10 lines deleted...]
-  <si>
     <t>Nonlinear Quantum Optics with Trion Polaritons in 2D Monolayers: Conventional and Unconventional Photon Blockade</t>
   </si>
   <si>
     <t>O. Kyriienko, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1103/physrevlett.125.197402</t>
   </si>
   <si>
     <t>High refractive index and extreme biaxial optical anisotropy of rhenium diselenide for applications in all-dielectric nanophotonics</t>
   </si>
   <si>
     <t>Anton Shubnic, Roman Polozkov, Ivan Shelykh, Ivan Iorsh</t>
   </si>
   <si>
     <t>Nanophotonics</t>
   </si>
   <si>
     <t>10.1515/nanoph-2020-0416</t>
   </si>
   <si>
     <t>Interaction induced hybridization of Majorana zero modes in a coupled quantum-dot–superconducting-nanowire hybrid system</t>
   </si>
   <si>
     <t>L. S. Ricco, Y. Marques, J. E. Sanches, Ivan Shelykh, A. C. Seridonio</t>
@@ -608,152 +608,152 @@
   <si>
     <t>10.1063/5.0011471</t>
   </si>
   <si>
     <t>Polariton gap and gap-stripe solitons in Zeeman lattices</t>
   </si>
   <si>
     <t>Dmitry Zezyulin, Yaroslav V. Kartashov, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1103/physrevb.101.245305</t>
   </si>
   <si>
     <t>Retraction notice to “Tamm plasmon-polaritons: First experimental observation” [Superlattice. Microst., 47 (2010) 44–49]</t>
   </si>
   <si>
     <t>S. Brand, Ivan Iorsh, Ivan Shelykh, A. Yu Egorov, A.P. Vasil'ev</t>
   </si>
   <si>
     <t>Superlattices and Microstructures</t>
   </si>
   <si>
     <t>10.1016/j.spmi.2020.106569</t>
   </si>
   <si>
+    <t>Electron-photonic topological states on the surface of a bulk semiconductor driven by a high-frequency field</t>
+  </si>
+  <si>
+    <t>O. V. Kibis, O. Kyriienko, Ivan Shelykh</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012063</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012063</t>
+  </si>
+  <si>
+    <t>Ab-initio calculation of electronic properties of all-inorganic Pb-based mixed-halide perovskites</t>
+  </si>
+  <si>
+    <t>E. D. Cherotchenko, Tatiana Liashenko, Kirill Agapev, Ivan Vrubel, Roman Polozkov, Ivan Shelykh</t>
+  </si>
+  <si>
+    <t>012023</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012023</t>
+  </si>
+  <si>
     <t>Floquet engineering of 2D materials</t>
   </si>
   <si>
     <t>O. V. Kibis, Ivan Iorsh, Ivan Shelykh</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012064</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012064</t>
   </si>
   <si>
     <t>Strong coupling of excitons in 2D MoSe2/hBN heterostructure with optical bound states in the continuum</t>
   </si>
   <si>
     <t>Fedor Benimetskiy, Vasily Kravtsov, Ivan Mukhin, Ivan Sinev, Anton Samusev, Ivan Shelykh, D. N. Krizhanovskii, M. S. Skolnick, Ivan Iorsh</t>
   </si>
   <si>
     <t>012012</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012012</t>
   </si>
   <si>
-    <t>Electron-photonic topological states on the surface of a bulk semiconductor driven by a high-frequency field</t>
-[...22 lines deleted...]
-  <si>
     <t>Nonlinear polaritons in a monolayer semiconductor coupled to optical bound states in the continuum</t>
   </si>
   <si>
     <t>Vasily Kravtsov, Fedor Benimetskiy, Tatyana Ivanova, Anton Samusev, Ivan Sinev, Dmitry Pidgayko, Alexey Mozharov, Ivan Mukhin, Maksim S. Lozhkin, Yuri V. Kapitonov, Andrey S. Brichkin, Vladimir D. Kulakovskii, Ivan Shelykh, Alexander I. Tartakovskii, Paul M. Walker, Maurice S. Skolnick, Dmitry N. Krizhanovskii, Ivan Iorsh</t>
   </si>
   <si>
     <t>Light: Science and Applications</t>
   </si>
   <si>
     <t>10.1038/s41377-020-0286-z</t>
   </si>
   <si>
     <t>Spinning polariton vortices with magnetic field</t>
   </si>
   <si>
     <t>10.1103/physrevb.101.104308</t>
   </si>
   <si>
     <t>Mechanisms of blueshifts in organic polariton condensates</t>
   </si>
   <si>
     <t>Timur Yagafarov, Denis Sannikov, Anton Zasedatelev, Kyriacos Georgiou, Anton Baranikov, Ivan Shelykh, Lizhi Gai, Zhen Shen, David Lidzey, Pavlos Lagoudakis</t>
   </si>
   <si>
     <t>Communications Physics</t>
   </si>
   <si>
     <t>10.1038/s42005-019-0278-6</t>
   </si>
   <si>
+    <t>Topological Electronic States on the Surface of a Strained Gapless Semiconductor</t>
+  </si>
+  <si>
+    <t>Semiconductors</t>
+  </si>
+  <si>
+    <t>1867-1869</t>
+  </si>
+  <si>
+    <t>10.1134/s1063782619140100</t>
+  </si>
+  <si>
     <t>Spontaneous topological transitions in a honeycomb lattice of exciton-polariton condensates due to spin bifurcations</t>
   </si>
   <si>
     <t>H. Sigurdsson, Yury Krivosenko, Ivan Iorsh, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1103/physrevb.100.235444</t>
   </si>
   <si>
-    <t>Topological Electronic States on the Surface of a Strained Gapless Semiconductor</t>
-[...10 lines deleted...]
-  <si>
     <t>Coherence and Interaction in Confined Room-Temperature Polariton Condensates with Frenkel Excitons</t>
   </si>
   <si>
     <t>Simon Betzold, Marco Dusel, Oleksandr Kyriienko, Christof P. Dietrich, Sebastian Klembt, Jürgen Ohmer, Utz Fischer, Ivan Shelykh, Christian Schneider, Sven Höfling</t>
   </si>
   <si>
     <t>384-392</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.9b01300</t>
   </si>
   <si>
     <t>Carbon nanotube array as a van der Waals two-dimensional hyperbolic material</t>
   </si>
   <si>
     <t>Roman Polozkov, Natalia Senkevich, S. Morina, P. Kuzhir, Mikhail Portnoi, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1103/physrevb.100.235401</t>
   </si>
   <si>
     <t>Acoustic waves in polariton wires</t>
   </si>
   <si>
     <t>Valerii Kozin, Alexey Yulin, Ivan Iorsh, Ivan Shelykh</t>
@@ -914,122 +914,122 @@
   <si>
     <t>Vanik Shahnazaryan, Ivan Shelykh, Mikhail Portnoi</t>
   </si>
   <si>
     <t>904-914</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.8b01543</t>
   </si>
   <si>
     <t>Modeling and Assessment of Afterglow Decay Curves from Thermally Stimulated Luminescence of Complex Garnets</t>
   </si>
   <si>
     <t>Vasilii M. Khanin, Ivan Vrubel, Roman Polozkov, Ivan Shelykh, Ivan D. Venevtsev, Andries Meijerink, Herfried Wieczorek, Jack Boerekamp, Sandra Spoor, Piotr A. Rodnyi, Cees Ronda</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry A</t>
   </si>
   <si>
     <t>1894-1903</t>
   </si>
   <si>
     <t>10.1021/acs.jpca.8b11778</t>
   </si>
   <si>
+    <t>Quantum Rings Dressed by a High-Frequency Electromagnetic Field</t>
+  </si>
+  <si>
+    <t>Valerii Kozin, Ivan Iorsh, Ivan Shelykh</t>
+  </si>
+  <si>
+    <t>1806–1808</t>
+  </si>
+  <si>
+    <t>10.1134/S1063782618140130</t>
+  </si>
+  <si>
     <t>Electronic properties of quantum rings dressed by a high-frequency electromagnetic field</t>
   </si>
   <si>
-    <t>Valerii Kozin, Ivan Iorsh, Ivan Shelykh</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1088/1742-6596/1092/1/012055</t>
   </si>
   <si>
-    <t>Quantum Rings Dressed by a High-Frequency Electromagnetic Field</t>
-[...7 lines deleted...]
-  <si>
     <t>Spin Domains in One-Dimensional Conservative Polariton Solitons</t>
   </si>
   <si>
     <t>Maksym Sich, Lucy E. Tapia-Rodriguez, Helgi Sigurdsson, Paul M. Walker, Edmund Clarke, Ivan Shelykh, Benjamin Royall, Evgeny S. Sedov, Alexey V. Kavokin, Dmitry V. Skryabin, Maurice S. Skolnick, Dmitry N. Krizhanovskii</t>
   </si>
   <si>
     <t>5095-5102</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.8b01410</t>
   </si>
   <si>
     <t>Optical analog of Rashba spin-orbit interaction in asymmetric polariton waveguides</t>
   </si>
   <si>
     <t>Ivan Shelykh, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1103/physrevb.98.155428</t>
   </si>
   <si>
+    <t>Effect of high-frequency pumping on thin-film topological insulators</t>
+  </si>
+  <si>
+    <t>A A Pervishko, D Yudin, Ivan Shelykh</t>
+  </si>
+  <si>
+    <t>012114</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012114</t>
+  </si>
+  <si>
     <t>Resonant pumping of polaritonic SSH chains</t>
   </si>
   <si>
     <t>012070</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012070</t>
   </si>
   <si>
     <t>Ab-initio study of electronic properties of a two-dimensional array of carbon nanotubes</t>
   </si>
   <si>
     <t>Natalia Senkevich, Roman Polozkov, S Morina, E D Cherotchenko, Mikhail Portnoi, Ivan Shelykh</t>
   </si>
   <si>
     <t>012120</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012120</t>
   </si>
   <si>
-    <t>Effect of high-frequency pumping on thin-film topological insulators</t>
-[...10 lines deleted...]
-  <si>
     <t>Electromagnetic Dressing of Graphene</t>
   </si>
   <si>
     <t>O. V. Kibis, K. Dini, Ivan Iorsh, V. P. Dragunov, Ivan Shelykh</t>
   </si>
   <si>
     <t>867-869</t>
   </si>
   <si>
     <t>10.1134/s0022476618040170</t>
   </si>
   <si>
     <t>Polarization-resolved strong light–matter coupling in planar GaAs/AlGaAs waveguides</t>
   </si>
   <si>
     <t>Pavel Yu. Shapochkin, Maksim S. Lozhkin, Ivan A. Solovev, Olga A. Lozhkina, Yury P. Efimov, Sergey A. Eliseev, Vyacheslav A. Lovcjus, Gleb G. Kozlov, Anastasia A. Pervishko, Paul M. Walker, Ivan Shelykh, Maurice S. Skolnick, Yury V. Kapitonov</t>
   </si>
   <si>
     <t>Optics Letters</t>
   </si>
   <si>
     <t>10.1364/ol.43.004526</t>
   </si>
   <si>
     <t>Topological metamaterials based on polariton rings</t>
@@ -1364,74 +1364,74 @@
   <si>
     <t>10.1103/physrevb.95.035401</t>
   </si>
   <si>
     <t>Topological properties of the illuminated arrays of mesoscopic rings</t>
   </si>
   <si>
     <t>2016 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>188-192</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756839</t>
   </si>
   <si>
     <t>Realization of anomalous multiferroicity in free-standing graphene with magnetic adatoms</t>
   </si>
   <si>
     <t>Y. Marques, L. S. Ricco, F. A. Dessotti, R. S. Machado, Ivan Shelykh, M. de Souza, A. C. Seridonio</t>
   </si>
   <si>
     <t>10.1103/physrevb.94.205119</t>
   </si>
   <si>
+    <t>Ensemble of asymmetric quantum dots in a cavity as a terahertz laser source</t>
+  </si>
+  <si>
+    <t>I. Yu. Chestnov, Vanik Shahnazaryan, Ivan Shelykh, A. P. Alodjants</t>
+  </si>
+  <si>
+    <t>JETP Letters</t>
+  </si>
+  <si>
+    <t>169-174</t>
+  </si>
+  <si>
+    <t>10.1134/s0021364016150066</t>
+  </si>
+  <si>
     <t>Two-dimensional electron gas in the regime of strong light-matter coupling: Dynamical conductivity and all-optical measurements of Rashba and Dresselhaus coupling</t>
   </si>
   <si>
     <t>Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1103/physrevb.94.161404</t>
   </si>
   <si>
-    <t>Ensemble of asymmetric quantum dots in a cavity as a terahertz laser source</t>
-[...13 lines deleted...]
-  <si>
     <t>Optically tunable spin transport on the surface of a topological insulator</t>
   </si>
   <si>
     <t>D Yudin, O V Kibis, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1088/1367-2630/18/10/103014</t>
   </si>
   <si>
     <t>Kagome lattice from an exciton-polariton perspective</t>
   </si>
   <si>
     <t>D. R. Gulevich, D. Yudin, Ivan Iorsh, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1103/physrevb.94.115437</t>
   </si>
   <si>
     <t>Nonlinear band-structure of an exciton-polariton condensate in a one-dimensional lattice</t>
   </si>
   <si>
     <t>I. Yu. Chestnov, Alexey Yulin, A. P. Alodjants, Ivan Shelykh, O. A. Egorov</t>
   </si>
   <si>
     <t>2016 International Conference Laser Optics (LO)</t>
@@ -2186,74 +2186,74 @@
   <si>
     <t>Transmutation of Skyrmions to Half-Solitons Driven by the Nonlinear Optical Spin Hall Effect</t>
   </si>
   <si>
     <t>H. Flayac, D. D. Solnyshkov, Ivan Shelykh, G. Malpuech</t>
   </si>
   <si>
     <t>10.1103/physrevlett.110.016404</t>
   </si>
   <si>
     <t>Spatial coherence of polaritons in a 1D channel</t>
   </si>
   <si>
     <t>Ivan Iorsh, Ivan Shelykh</t>
   </si>
   <si>
     <t>Journal of Experimental and Theoretical Physics</t>
   </si>
   <si>
     <t>32-38</t>
   </si>
   <si>
     <t>10.1134/S1063776113010135</t>
   </si>
   <si>
+    <t>Special Section Guest Editorial: Polaritons</t>
+  </si>
+  <si>
+    <t>Journal of Nanophotonics</t>
+  </si>
+  <si>
+    <t>061899</t>
+  </si>
+  <si>
+    <t>10.1117/1.jnp.6.061899</t>
+  </si>
+  <si>
     <t>Intersubband polaritonics revisited</t>
   </si>
   <si>
     <t>Oleksandr Kyriienko, Ivan Shelykh</t>
   </si>
   <si>
-    <t>Journal of Nanophotonics</t>
-[...1 lines deleted...]
-  <si>
     <t>061804</t>
   </si>
   <si>
     <t>10.1117/1.jnp.6.061804</t>
   </si>
   <si>
-    <t>Special Section Guest Editorial: Polaritons</t>
-[...7 lines deleted...]
-  <si>
     <t>Hall effect for indirect excitons in an inhomogeneous magnetic field</t>
   </si>
   <si>
     <t>K. B. Arnardottir, O. Kyriienko, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1103/physrevb.86.245311</t>
   </si>
   <si>
     <t>Non-adiabatic population transfer in coupled bosonic systems</t>
   </si>
   <si>
     <t>T C H Liew, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1088/0953-4075/45/24/245003</t>
   </si>
   <si>
     <t>BCS pairing in fully repulsive fermion mixtures</t>
   </si>
   <si>
     <t>T. Espinosa-Ortega, O. Kyriienko, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1103/physreva.86.053620</t>
@@ -2372,66 +2372,66 @@
   <si>
     <t>10.1103/physrevb.84.125313</t>
   </si>
   <si>
     <t>EFFECTIVE INTERACTIONS IN A HYBRID POLARITON-ELECTRON SYSTEM</t>
   </si>
   <si>
     <t>O. KYRIIENKO, Ivan Shelykh</t>
   </si>
   <si>
     <t>Physics, Chemistry and Applications of Nanostructures</t>
   </si>
   <si>
     <t>10.1142/9789814343909_0011</t>
   </si>
   <si>
     <t>FULL DENSITY MATRIX FORMALISM APPLIED TO 1D EXCITON-POLARITON TRANSPORT</t>
   </si>
   <si>
     <t>E. B. MAGNUSSON, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1142/9789814343909_0010</t>
   </si>
   <si>
+    <t>Excitons in narrow-gap carbon nanotubes</t>
+  </si>
+  <si>
+    <t>R. R. Hartmann, Ivan Shelykh, Mikhail Portnoi</t>
+  </si>
+  <si>
+    <t>10.1103/physrevb.84.035437</t>
+  </si>
+  <si>
     <t>Coherent interactions between phonons and exciton or exciton-polariton condensates</t>
   </si>
   <si>
     <t>D. V. Vishnevsky, D. D. Solnyshkov, G. Malpuech, N. A. Gippius, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1103/physrevb.84.035312</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1103/physrevb.84.035437</t>
   </si>
   <si>
     <t>Nonlinear Terahertz Emission in Semiconductor Microcavities</t>
   </si>
   <si>
     <t>Ivan Shelykh, M. A. Kaliteevski</t>
   </si>
   <si>
     <t>10.1103/physrevlett.107.027401</t>
   </si>
   <si>
     <t>Spin-to-orbital angular momentum conversion in semiconductor microcavities</t>
   </si>
   <si>
     <t>F. Manni, K. G. Lagoudakis, T. K. Paraïso, R. Cerna, Y. Léger, T. C. H. Liew, Ivan Shelykh, A. V. Kavokin, F. Morier-Genoud, B. Deveaud-Plédran</t>
   </si>
   <si>
     <t>10.1103/physrevb.83.241307</t>
   </si>
   <si>
     <t>Suppression of Zeeman Splitting of the Energy Levels of Exciton-Polariton Condensates in Semiconductor Microcavities in an External Magnetic Field</t>
   </si>
   <si>
     <t>P. Walker, T. C. H. Liew, D. Sarkar, M. Durska, A. P. D. Love, M. S. Skolnick, J. S. Roberts, Ivan Shelykh, A. V. Kavokin</t>
   </si>
@@ -4006,94 +4006,94 @@
       </c>
       <c r="E39">
         <v>135802</v>
       </c>
       <c r="F39">
         <v>2021</v>
       </c>
       <c r="G39" t="s">
         <v>146</v>
       </c>
       <c r="H39">
         <v>2.33</v>
       </c>
       <c r="I39">
         <v>0.91</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>147</v>
       </c>
       <c r="B40" t="s">
         <v>148</v>
       </c>
       <c r="C40" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-      <c r="E40"/>
+        <v>54</v>
+      </c>
+      <c r="D40">
+        <v>8</v>
+      </c>
+      <c r="E40" t="s">
+        <v>149</v>
+      </c>
       <c r="F40">
         <v>2020</v>
       </c>
       <c r="G40" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="H40">
-        <v>38.77</v>
+        <v>7.1</v>
       </c>
       <c r="I40">
-        <v>13.67</v>
+        <v>2.7</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B41" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C41" t="s">
-        <v>54</v>
-[...6 lines deleted...]
-      </c>
+        <v>86</v>
+      </c>
+      <c r="D41"/>
+      <c r="E41"/>
       <c r="F41">
         <v>2020</v>
       </c>
       <c r="G41" t="s">
         <v>153</v>
       </c>
       <c r="H41">
-        <v>7.1</v>
+        <v>38.77</v>
       </c>
       <c r="I41">
-        <v>2.7</v>
+        <v>13.67</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>154</v>
       </c>
       <c r="B42" t="s">
         <v>155</v>
       </c>
       <c r="C42" t="s">
         <v>139</v>
       </c>
       <c r="D42">
         <v>125</v>
       </c>
       <c r="E42"/>
       <c r="F42">
         <v>2020</v>
       </c>
       <c r="G42" t="s">
         <v>156</v>
       </c>
       <c r="H42">
         <v>9.16</v>
       </c>
@@ -4595,99 +4595,99 @@
       <c r="C61" t="s">
         <v>223</v>
       </c>
       <c r="D61">
         <v>3</v>
       </c>
       <c r="E61"/>
       <c r="F61">
         <v>2020</v>
       </c>
       <c r="G61" t="s">
         <v>224</v>
       </c>
       <c r="H61">
         <v>6.37</v>
       </c>
       <c r="I61">
         <v>2.38</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>225</v>
       </c>
       <c r="B62" t="s">
+        <v>199</v>
+      </c>
+      <c r="C62" t="s">
         <v>226</v>
       </c>
-      <c r="C62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D62">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="E62"/>
+        <v>53</v>
+      </c>
+      <c r="E62" t="s">
+        <v>227</v>
+      </c>
       <c r="F62">
         <v>2019</v>
       </c>
       <c r="G62" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="H62">
-        <v>3.58</v>
+        <v>0.64</v>
       </c>
       <c r="I62">
-        <v>1.81</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B63" t="s">
-        <v>208</v>
+        <v>230</v>
       </c>
       <c r="C63" t="s">
-        <v>229</v>
+        <v>11</v>
       </c>
       <c r="D63">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>100</v>
+      </c>
+      <c r="E63"/>
       <c r="F63">
         <v>2019</v>
       </c>
       <c r="G63" t="s">
         <v>231</v>
       </c>
       <c r="H63">
-        <v>0.64</v>
+        <v>3.58</v>
       </c>
       <c r="I63">
-        <v>0.3</v>
+        <v>1.81</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>232</v>
       </c>
       <c r="B64" t="s">
         <v>233</v>
       </c>
       <c r="C64" t="s">
         <v>15</v>
       </c>
       <c r="D64">
         <v>7</v>
       </c>
       <c r="E64" t="s">
         <v>234</v>
       </c>
       <c r="F64">
         <v>2019</v>
       </c>
       <c r="G64" t="s">
         <v>235</v>
       </c>
       <c r="H64">
@@ -4718,51 +4718,51 @@
       </c>
       <c r="G65" t="s">
         <v>238</v>
       </c>
       <c r="H65">
         <v>3.58</v>
       </c>
       <c r="I65">
         <v>1.81</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>239</v>
       </c>
       <c r="B66" t="s">
         <v>240</v>
       </c>
       <c r="C66" t="s">
         <v>200</v>
       </c>
       <c r="D66">
         <v>1331</v>
       </c>
       <c r="E66" t="s">
-        <v>213</v>
+        <v>205</v>
       </c>
       <c r="F66">
         <v>2019</v>
       </c>
       <c r="G66" t="s">
         <v>241</v>
       </c>
       <c r="H66"/>
       <c r="I66">
         <v>0.22</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>242</v>
       </c>
       <c r="B67" t="s">
         <v>243</v>
       </c>
       <c r="C67" t="s">
         <v>244</v>
       </c>
       <c r="D67">
         <v>7</v>
       </c>
@@ -5162,96 +5162,96 @@
       </c>
       <c r="E81" t="s">
         <v>298</v>
       </c>
       <c r="F81">
         <v>2019</v>
       </c>
       <c r="G81" t="s">
         <v>299</v>
       </c>
       <c r="H81">
         <v>2.6</v>
       </c>
       <c r="I81">
         <v>1.48</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
         <v>300</v>
       </c>
       <c r="B82" t="s">
         <v>301</v>
       </c>
       <c r="C82" t="s">
-        <v>200</v>
+        <v>226</v>
       </c>
       <c r="D82">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>12055</v>
+        <v>52</v>
+      </c>
+      <c r="E82" t="s">
+        <v>302</v>
       </c>
       <c r="F82">
         <v>2019</v>
       </c>
       <c r="G82" t="s">
-        <v>302</v>
-[...1 lines deleted...]
-      <c r="H82"/>
+        <v>303</v>
+      </c>
+      <c r="H82">
+        <v>0.64</v>
+      </c>
       <c r="I82">
-        <v>0.22</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B83" t="s">
         <v>301</v>
       </c>
       <c r="C83" t="s">
-        <v>229</v>
+        <v>200</v>
       </c>
       <c r="D83">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>304</v>
+        <v>1092</v>
+      </c>
+      <c r="E83">
+        <v>12055</v>
       </c>
       <c r="F83">
         <v>2019</v>
       </c>
       <c r="G83" t="s">
         <v>305</v>
       </c>
-      <c r="H83">
-[...1 lines deleted...]
-      </c>
+      <c r="H83"/>
       <c r="I83">
-        <v>0.3</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
         <v>306</v>
       </c>
       <c r="B84" t="s">
         <v>307</v>
       </c>
       <c r="C84" t="s">
         <v>15</v>
       </c>
       <c r="D84">
         <v>5</v>
       </c>
       <c r="E84" t="s">
         <v>308</v>
       </c>
       <c r="F84">
         <v>2018</v>
       </c>
       <c r="G84" t="s">
         <v>309</v>
       </c>
       <c r="H84">
@@ -5271,97 +5271,97 @@
       <c r="C85" t="s">
         <v>11</v>
       </c>
       <c r="D85">
         <v>98</v>
       </c>
       <c r="E85"/>
       <c r="F85">
         <v>2018</v>
       </c>
       <c r="G85" t="s">
         <v>312</v>
       </c>
       <c r="H85">
         <v>3.74</v>
       </c>
       <c r="I85">
         <v>1.5</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
         <v>313</v>
       </c>
       <c r="B86" t="s">
-        <v>71</v>
+        <v>314</v>
       </c>
       <c r="C86" t="s">
         <v>200</v>
       </c>
       <c r="D86">
         <v>1092</v>
       </c>
       <c r="E86" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="F86">
         <v>2018</v>
       </c>
       <c r="G86" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H86"/>
       <c r="I86">
-        <v>0.23</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B87" t="s">
-        <v>317</v>
+        <v>71</v>
       </c>
       <c r="C87" t="s">
         <v>200</v>
       </c>
       <c r="D87">
         <v>1092</v>
       </c>
       <c r="E87" t="s">
         <v>318</v>
       </c>
       <c r="F87">
         <v>2018</v>
       </c>
       <c r="G87" t="s">
         <v>319</v>
       </c>
       <c r="H87"/>
       <c r="I87">
-        <v>0.24</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>320</v>
       </c>
       <c r="B88" t="s">
         <v>321</v>
       </c>
       <c r="C88" t="s">
         <v>200</v>
       </c>
       <c r="D88">
         <v>1092</v>
       </c>
       <c r="E88" t="s">
         <v>322</v>
       </c>
       <c r="F88">
         <v>2018</v>
       </c>
       <c r="G88" t="s">
         <v>323</v>
       </c>
       <c r="H88"/>
@@ -5662,51 +5662,51 @@
       <c r="D99">
         <v>97</v>
       </c>
       <c r="E99"/>
       <c r="F99">
         <v>2018</v>
       </c>
       <c r="G99" t="s">
         <v>358</v>
       </c>
       <c r="H99">
         <v>3.74</v>
       </c>
       <c r="I99">
         <v>1.5</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
         <v>359</v>
       </c>
       <c r="B100" t="s">
         <v>360</v>
       </c>
       <c r="C100" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="D100">
         <v>52</v>
       </c>
       <c r="E100" t="s">
         <v>361</v>
       </c>
       <c r="F100">
         <v>2018</v>
       </c>
       <c r="G100" t="s">
         <v>362</v>
       </c>
       <c r="H100">
         <v>0.69</v>
       </c>
       <c r="I100">
         <v>0.31</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
         <v>363</v>
       </c>
       <c r="B101" t="s">
@@ -5718,51 +5718,51 @@
       <c r="D101">
         <v>120</v>
       </c>
       <c r="E101"/>
       <c r="F101">
         <v>2018</v>
       </c>
       <c r="G101" t="s">
         <v>365</v>
       </c>
       <c r="H101">
         <v>9.23</v>
       </c>
       <c r="I101">
         <v>3.57</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
         <v>366</v>
       </c>
       <c r="B102" t="s">
         <v>367</v>
       </c>
       <c r="C102" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="D102">
         <v>52</v>
       </c>
       <c r="E102" t="s">
         <v>368</v>
       </c>
       <c r="F102">
         <v>2018</v>
       </c>
       <c r="G102" t="s">
         <v>369</v>
       </c>
       <c r="H102">
         <v>0.69</v>
       </c>
       <c r="I102">
         <v>0.31</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
         <v>370</v>
       </c>
       <c r="B103" t="s">
@@ -6410,95 +6410,95 @@
         <v>11</v>
       </c>
       <c r="D127">
         <v>94</v>
       </c>
       <c r="E127"/>
       <c r="F127">
         <v>2016</v>
       </c>
       <c r="G127" t="s">
         <v>449</v>
       </c>
       <c r="H127">
         <v>3.84</v>
       </c>
       <c r="I127"/>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
         <v>450</v>
       </c>
       <c r="B128" t="s">
         <v>451</v>
       </c>
       <c r="C128" t="s">
-        <v>11</v>
+        <v>452</v>
       </c>
       <c r="D128">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="E128"/>
+        <v>104</v>
+      </c>
+      <c r="E128" t="s">
+        <v>453</v>
+      </c>
       <c r="F128">
         <v>2016</v>
       </c>
       <c r="G128" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="H128">
-        <v>3.84</v>
-[...1 lines deleted...]
-      <c r="I128"/>
+        <v>1.24</v>
+      </c>
+      <c r="I128">
+        <v>0.93</v>
+      </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B129" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="C129" t="s">
-        <v>455</v>
+        <v>11</v>
       </c>
       <c r="D129">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="E129"/>
       <c r="F129">
         <v>2016</v>
       </c>
       <c r="G129" t="s">
         <v>457</v>
       </c>
       <c r="H129">
-        <v>1.24</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.84</v>
+      </c>
+      <c r="I129"/>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
         <v>458</v>
       </c>
       <c r="B130" t="s">
         <v>459</v>
       </c>
       <c r="C130" t="s">
         <v>282</v>
       </c>
       <c r="D130">
         <v>18</v>
       </c>
       <c r="E130">
         <v>103014</v>
       </c>
       <c r="F130">
         <v>2016</v>
       </c>
       <c r="G130" t="s">
         <v>460</v>
       </c>
       <c r="H130">
         <v>3.79</v>
@@ -8222,51 +8222,51 @@
         <v>682</v>
       </c>
       <c r="C198" t="s">
         <v>11</v>
       </c>
       <c r="D198">
         <v>88</v>
       </c>
       <c r="E198"/>
       <c r="F198">
         <v>2013</v>
       </c>
       <c r="G198" t="s">
         <v>683</v>
       </c>
       <c r="H198">
         <v>3.66</v>
       </c>
       <c r="I198"/>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" t="s">
         <v>684</v>
       </c>
       <c r="B199" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
       <c r="C199" t="s">
         <v>11</v>
       </c>
       <c r="D199">
         <v>87</v>
       </c>
       <c r="E199"/>
       <c r="F199">
         <v>2013</v>
       </c>
       <c r="G199" t="s">
         <v>685</v>
       </c>
       <c r="H199">
         <v>3.66</v>
       </c>
       <c r="I199"/>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" t="s">
         <v>521</v>
       </c>
       <c r="B200" t="s">
         <v>686</v>
@@ -8326,51 +8326,51 @@
       </c>
       <c r="D202">
         <v>497</v>
       </c>
       <c r="E202" t="s">
         <v>694</v>
       </c>
       <c r="F202">
         <v>2013</v>
       </c>
       <c r="G202" t="s">
         <v>695</v>
       </c>
       <c r="H202">
         <v>42.35</v>
       </c>
       <c r="I202">
         <v>19.69</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" t="s">
         <v>696</v>
       </c>
       <c r="B203" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="C203" t="s">
         <v>697</v>
       </c>
       <c r="D203"/>
       <c r="E203"/>
       <c r="F203">
         <v>2013</v>
       </c>
       <c r="G203" t="s">
         <v>698</v>
       </c>
       <c r="H203"/>
       <c r="I203"/>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" t="s">
         <v>699</v>
       </c>
       <c r="B204" t="s">
         <v>700</v>
       </c>
       <c r="C204" t="s">
         <v>139</v>
       </c>
@@ -8557,83 +8557,83 @@
       </c>
       <c r="D211">
         <v>116</v>
       </c>
       <c r="E211" t="s">
         <v>722</v>
       </c>
       <c r="F211">
         <v>2013</v>
       </c>
       <c r="G211" t="s">
         <v>723</v>
       </c>
       <c r="H211">
         <v>0.93</v>
       </c>
       <c r="I211">
         <v>0.48</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" t="s">
         <v>724</v>
       </c>
       <c r="B212" t="s">
+        <v>456</v>
+      </c>
+      <c r="C212" t="s">
         <v>725</v>
-      </c>
-[...1 lines deleted...]
-        <v>726</v>
       </c>
       <c r="D212">
         <v>6</v>
       </c>
       <c r="E212" t="s">
-        <v>727</v>
+        <v>726</v>
       </c>
       <c r="F212">
         <v>2012</v>
       </c>
       <c r="G212" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="H212">
         <v>1.64</v>
       </c>
       <c r="I212">
         <v>0.89</v>
       </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" t="s">
+        <v>728</v>
+      </c>
+      <c r="B213" t="s">
         <v>729</v>
       </c>
-      <c r="B213" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C213" t="s">
-        <v>726</v>
+        <v>725</v>
       </c>
       <c r="D213">
         <v>6</v>
       </c>
       <c r="E213" t="s">
         <v>730</v>
       </c>
       <c r="F213">
         <v>2012</v>
       </c>
       <c r="G213" t="s">
         <v>731</v>
       </c>
       <c r="H213">
         <v>1.64</v>
       </c>
       <c r="I213">
         <v>0.89</v>
       </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" t="s">
         <v>732</v>
       </c>
       <c r="B214" t="s">
@@ -8857,51 +8857,51 @@
       <c r="D222">
         <v>108</v>
       </c>
       <c r="E222"/>
       <c r="F222">
         <v>2012</v>
       </c>
       <c r="G222" t="s">
         <v>758</v>
       </c>
       <c r="H222">
         <v>7.94</v>
       </c>
       <c r="I222">
         <v>6.29</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" t="s">
         <v>759</v>
       </c>
       <c r="B223" t="s">
         <v>760</v>
       </c>
       <c r="C223" t="s">
-        <v>726</v>
+        <v>725</v>
       </c>
       <c r="D223">
         <v>6</v>
       </c>
       <c r="E223" t="s">
         <v>761</v>
       </c>
       <c r="F223">
         <v>2012</v>
       </c>
       <c r="G223" t="s">
         <v>762</v>
       </c>
       <c r="H223">
         <v>1.64</v>
       </c>
       <c r="I223">
         <v>0.89</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224" t="s">
         <v>763</v>
       </c>
       <c r="B224" t="s">
@@ -8962,76 +8962,76 @@
         <v>771</v>
       </c>
       <c r="C226" t="s">
         <v>11</v>
       </c>
       <c r="D226">
         <v>84</v>
       </c>
       <c r="E226"/>
       <c r="F226">
         <v>2011</v>
       </c>
       <c r="G226" t="s">
         <v>772</v>
       </c>
       <c r="H226">
         <v>3.69</v>
       </c>
       <c r="I226"/>
     </row>
     <row r="227" spans="1:9">
       <c r="A227" t="s">
         <v>773</v>
       </c>
       <c r="B227" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
       <c r="C227" t="s">
         <v>11</v>
       </c>
       <c r="D227">
         <v>84</v>
       </c>
       <c r="E227"/>
       <c r="F227">
         <v>2011</v>
       </c>
       <c r="G227" t="s">
         <v>774</v>
       </c>
       <c r="H227">
         <v>3.69</v>
       </c>
       <c r="I227"/>
     </row>
     <row r="228" spans="1:9">
       <c r="A228" t="s">
         <v>775</v>
       </c>
       <c r="B228" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C228" t="s">
         <v>330</v>
       </c>
       <c r="D228">
         <v>36</v>
       </c>
       <c r="E228">
         <v>3966</v>
       </c>
       <c r="F228">
         <v>2011</v>
       </c>
       <c r="G228" t="s">
         <v>776</v>
       </c>
       <c r="H228">
         <v>3.4</v>
       </c>
       <c r="I228">
         <v>2.52</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" t="s">
@@ -9130,67 +9130,67 @@
         <v>789</v>
       </c>
       <c r="B233" t="s">
         <v>790</v>
       </c>
       <c r="C233" t="s">
         <v>11</v>
       </c>
       <c r="D233">
         <v>84</v>
       </c>
       <c r="E233"/>
       <c r="F233">
         <v>2011</v>
       </c>
       <c r="G233" t="s">
         <v>791</v>
       </c>
       <c r="H233">
         <v>3.69</v>
       </c>
       <c r="I233"/>
     </row>
     <row r="234" spans="1:9">
       <c r="A234" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="B234" t="s">
-        <v>790</v>
+        <v>787</v>
       </c>
       <c r="C234" t="s">
         <v>11</v>
       </c>
       <c r="D234">
         <v>84</v>
       </c>
       <c r="E234"/>
       <c r="F234">
         <v>2011</v>
       </c>
       <c r="G234" t="s">
-        <v>791</v>
+        <v>788</v>
       </c>
       <c r="H234">
         <v>3.69</v>
       </c>
       <c r="I234"/>
     </row>
     <row r="235" spans="1:9">
       <c r="A235" t="s">
         <v>792</v>
       </c>
       <c r="B235" t="s">
         <v>793</v>
       </c>
       <c r="C235" t="s">
         <v>139</v>
       </c>
       <c r="D235">
         <v>107</v>
       </c>
       <c r="E235"/>
       <c r="F235">
         <v>2011</v>
       </c>
       <c r="G235" t="s">
         <v>794</v>