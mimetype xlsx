--- v0 (2025-10-06)
+++ v1 (2026-03-25)
@@ -95,69 +95,69 @@
   <si>
     <t>Modeling Aspects in Optical Metrology V</t>
   </si>
   <si>
     <t>10.1117/12.2184847</t>
   </si>
   <si>
     <t>Application of fractal masks with spiral phase distribution for the determination phase discontinuities in transparent objects</t>
   </si>
   <si>
     <t>Holography: Advances and Modern Trends IV</t>
   </si>
   <si>
     <t>10.1117/12.2179563</t>
   </si>
   <si>
     <t>Amplitude-phase type fractal screens and their application in phase-retrieval method</t>
   </si>
   <si>
     <t>Yana Muzychenko, Alexander Zinchik</t>
   </si>
   <si>
     <t>10.1117/12.2179772</t>
   </si>
   <si>
+    <t>Application of Fraunhofer diffraction patterns for calculation of fractal dimension</t>
+  </si>
+  <si>
+    <t>Yana Muzychenko, Alexander Zinchik, Sergey Stafeev</t>
+  </si>
+  <si>
+    <t>22nd Congress of the International Commission for Optics: Light for the Development of the World</t>
+  </si>
+  <si>
+    <t>10.1117/12.902174</t>
+  </si>
+  <si>
     <t>Fractal diffraction elements with variable transmittance and phase shift</t>
   </si>
   <si>
     <t>Yana Muzychenko, Alexander Zinchik, Sergey Stafeev, M. G. Tomilin</t>
   </si>
   <si>
-    <t>22nd Congress of the International Commission for Optics: Light for the Development of the World</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1117/12.903551</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1117/12.902174</t>
   </si>
   <si>
     <t>Focusing properties of fractal phase-type zone plates</t>
   </si>
   <si>
     <t>Holography, Diffractive Optics, and Applications IV</t>
   </si>
   <si>
     <t>10.1117/12.871776</t>
   </si>
   <si>
     <t>Application of fractal masks to determination phase discontinuities in transparent objects</t>
   </si>
   <si>
     <t>Alexander Zinchik, Yana Muzychenko, Sergey Stafeev</t>
   </si>
   <si>
     <t>10.1117/12.871774</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -685,51 +685,51 @@
       <c r="A8" t="s">
         <v>31</v>
       </c>
       <c r="B8" t="s">
         <v>32</v>
       </c>
       <c r="C8" t="s">
         <v>29</v>
       </c>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8">
         <v>2011</v>
       </c>
       <c r="G8" t="s">
         <v>33</v>
       </c>
       <c r="H8"/>
       <c r="I8"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>34</v>
       </c>
       <c r="B9" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C9" t="s">
         <v>35</v>
       </c>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9">
         <v>2010</v>
       </c>
       <c r="G9" t="s">
         <v>36</v>
       </c>
       <c r="H9"/>
       <c r="I9"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>37</v>
       </c>
       <c r="B10" t="s">
         <v>38</v>
       </c>
       <c r="C10" t="s">
         <v>35</v>
       </c>