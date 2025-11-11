--- v0 (2025-10-07)
+++ v1 (2025-11-11)
@@ -12,77 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Short‐Term Bienenstock‐Cooper‐Munro Learning in Optoelectrically‐Driven Flexible Halide Perovskite Single Crystal Memristors</t>
+  </si>
+  <si>
+    <t>Ivan Matchenya, Anton Khanas, Roman Podgornyi, Daniil Shirkin, Aleksei Ekgardt,  Sizykh Nikita, Sergey Anoshkin, Dmitry V. Krasnikov, Alexey Yulin, Albert G. Nasibulin, Ivan G. Scheblykin, Anatoly Pushkarev, Andrei Zenkevich, Juan Bisquert, Alexandr Marunchenko</t>
+  </si>
+  <si>
+    <t>Small Methods</t>
+  </si>
+  <si>
+    <t>10.1002/smtd.202500203</t>
   </si>
   <si>
     <t>Blue-Emitting Cs(Pb,Cd)Br3 Nanocrystals Resistant to Electric Field-Induced Ion Segregation</t>
   </si>
   <si>
     <t>Sergey Anoshkin, Elizaveta Sapozhnikova, Yibo Feng, Yangyang Ju, Alexander Pavlov, Roman Polozkov, Alexey Yulin, Haizheng Zhong, Anatoly Pushkarev</t>
   </si>
   <si>
     <t>ACS Applied Materials &amp; Interfaces</t>
   </si>
   <si>
     <t>10.1021/acsami.3c18122</t>
   </si>
   <si>
     <t>Photoinduced Transition from Quasi-Two-Dimensional Ruddlesden–Popper to Three-Dimensional Halide Perovskites for the Optical Writing of Multicolor and Light-Erasable Images</t>
   </si>
   <si>
     <t>Sergey Anoshkin, Ivan Shishkin, Daria Markina, Lev Logunov, Hilmi Volkan Demir, Andrey L. Rogach, Anatoly Pushkarev, Sergey Makarov</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry Letters</t>
   </si>
   <si>
     <t>540-548</t>
   </si>
@@ -503,334 +515,361 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I10"/>
+  <dimension ref="A1:I11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="203.95" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="216.947" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="308.925" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
-      <c r="D2"/>
+      <c r="D2">
+        <v>9</v>
+      </c>
       <c r="E2"/>
       <c r="F2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
-        <v>10.38</v>
+        <v>14.19</v>
       </c>
       <c r="I2">
-        <v>2.14</v>
+        <v>4.66</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="D3">
-[...4 lines deleted...]
-      </c>
+      <c r="D3"/>
+      <c r="E3"/>
       <c r="F3">
         <v>2024</v>
       </c>
       <c r="G3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H3">
-        <v>6.89</v>
+        <v>10.38</v>
       </c>
       <c r="I3">
-        <v>1.85</v>
+        <v>2.14</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4" t="s">
         <v>18</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>19</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="D4"/>
-[...2 lines deleted...]
-      </c>
       <c r="F4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G4" t="s">
         <v>21</v>
       </c>
-      <c r="H4"/>
-      <c r="I4"/>
+      <c r="H4">
+        <v>6.89</v>
+      </c>
+      <c r="I4">
+        <v>1.85</v>
+      </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
         <v>23</v>
       </c>
       <c r="C5" t="s">
         <v>24</v>
       </c>
       <c r="D5"/>
-      <c r="E5"/>
+      <c r="E5">
+        <v>2202407</v>
+      </c>
       <c r="F5">
         <v>2023</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
-      <c r="H5">
-[...4 lines deleted...]
-      </c>
+      <c r="H5"/>
+      <c r="I5"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
-      <c r="D6">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="D6"/>
+      <c r="E6"/>
+      <c r="F6">
+        <v>2023</v>
+      </c>
+      <c r="G6" t="s">
         <v>29</v>
       </c>
-      <c r="F6">
-[...4 lines deleted...]
-      </c>
       <c r="H6">
-        <v>3.97</v>
+        <v>18.03</v>
       </c>
       <c r="I6">
-        <v>1.03</v>
+        <v>4.61</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>30</v>
+      </c>
+      <c r="B7" t="s">
         <v>31</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>32</v>
       </c>
-      <c r="C7" t="s">
-[...4 lines deleted...]
-        <v>2001715</v>
+      <c r="D7">
+        <v>118</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
       </c>
       <c r="F7">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H7">
-        <v>9.93</v>
+        <v>3.97</v>
       </c>
       <c r="I7">
-        <v>2.89</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C8" t="s">
-        <v>36</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>24</v>
+      </c>
+      <c r="D8"/>
+      <c r="E8">
+        <v>2001715</v>
       </c>
       <c r="F8">
         <v>2020</v>
       </c>
       <c r="G8" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="H8"/>
+        <v>37</v>
+      </c>
+      <c r="H8">
+        <v>9.93</v>
+      </c>
       <c r="I8">
-        <v>0.19</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" t="s">
         <v>39</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>40</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9">
+        <v>2300</v>
+      </c>
+      <c r="E9" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
       <c r="F9">
         <v>2020</v>
       </c>
       <c r="G9" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H9"/>
       <c r="I9">
-        <v>0.23</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>43</v>
+      </c>
+      <c r="B10" t="s">
         <v>44</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>45</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+      <c r="D10">
+        <v>1461</v>
+      </c>
+      <c r="E10" t="s">
         <v>46</v>
       </c>
-      <c r="E10">
-[...1 lines deleted...]
-      </c>
       <c r="F10">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="G10" t="s">
         <v>47</v>
       </c>
       <c r="H10"/>
       <c r="I10">
+        <v>0.23</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
+      <c r="A11" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" t="s">
+        <v>49</v>
+      </c>
+      <c r="C11" t="s">
+        <v>45</v>
+      </c>
+      <c r="D11" t="s">
+        <v>50</v>
+      </c>
+      <c r="E11">
+        <v>12122</v>
+      </c>
+      <c r="F11">
+        <v>2018</v>
+      </c>
+      <c r="G11" t="s">
+        <v>51</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11">
         <v>0.24</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>